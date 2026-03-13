--- v0 (2026-03-12)
+++ v1 (2026-03-13)
@@ -92,51 +92,51 @@
       <left style="thin"/>
       <right style="thin"/>
       <top style="thin"/>
       <bottom style="thin"/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="3">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="4" xfId="0" applyBorder="true" applyFill="true" applyFont="true">
       <alignment horizontal="center" wrapText="true" vertical="center"/>
       <protection locked="true"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:I645"/>
+  <dimension ref="A1:I649"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <cols>
     <col min="1" max="1" width="22.0" customWidth="true"/>
     <col min="2" max="2" width="22.0" customWidth="true"/>
     <col min="3" max="3" width="22.0" customWidth="true"/>
     <col min="4" max="4" width="22.0" customWidth="true"/>
     <col min="5" max="5" width="22.0" customWidth="true"/>
     <col min="6" max="6" width="22.0" customWidth="true"/>
     <col min="7" max="7" width="22.0" customWidth="true"/>
     <col min="8" max="8" width="22.0" customWidth="true"/>
     <col min="9" max="9" width="22.0" customWidth="true"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>timeOpen</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>timeClose</t>
@@ -158,18716 +158,18832 @@
         </is>
       </c>
       <c r="F1" s="1" t="inlineStr">
         <is>
           <t>priceHigh</t>
         </is>
       </c>
       <c r="G1" s="1" t="inlineStr">
         <is>
           <t>priceLow</t>
         </is>
       </c>
       <c r="H1" s="1" t="inlineStr">
         <is>
           <t>priceClose</t>
         </is>
       </c>
       <c r="I1" s="1" t="inlineStr">
         <is>
           <t>volume</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="2" t="n">
-        <v>1.7729712E12</v>
+        <v>1.7733168E12</v>
       </c>
       <c r="B2" s="2" t="n">
-        <v>1.773057599999E12</v>
+        <v>1.773403199999E12</v>
       </c>
       <c r="C2" s="2" t="n">
-        <v>1.77300114E12</v>
+        <v>1.77334206E12</v>
       </c>
       <c r="D2" s="2" t="n">
-        <v>1.7729772E12</v>
+        <v>1.7733192E12</v>
       </c>
       <c r="E2" s="2" t="n">
-        <v>0.0015661334661138</v>
+        <v>0.0017043382176306</v>
       </c>
       <c r="F2" s="2" t="n">
-        <v>0.001586666309505</v>
+        <v>0.0020395539266546</v>
       </c>
       <c r="G2" s="2" t="n">
-        <v>0.0015577155982571</v>
+        <v>0.0016983675518046</v>
       </c>
       <c r="H2" s="2" t="n">
-        <v>0.0015666740536413</v>
+        <v>0.0017476258597546</v>
       </c>
       <c r="I2" s="2" t="n">
-        <v>123026.93</v>
+        <v>72381.84</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="2" t="n">
-        <v>1.7728848E12</v>
+        <v>1.7732304E12</v>
       </c>
       <c r="B3" s="2" t="n">
-        <v>1.772971199999E12</v>
+        <v>1.773316799999E12</v>
       </c>
       <c r="C3" s="2" t="n">
-        <v>1.77295044E12</v>
+        <v>1.77331092E12</v>
       </c>
       <c r="D3" s="2" t="n">
-        <v>1.7729079E12</v>
+        <v>1.77326376E12</v>
       </c>
       <c r="E3" s="2" t="n">
-        <v>0.0015341953530141</v>
+        <v>0.0016780223137277</v>
       </c>
       <c r="F3" s="2" t="n">
-        <v>0.0016666916137719</v>
+        <v>0.0025156293951191</v>
       </c>
       <c r="G3" s="2" t="n">
-        <v>0.001527539335581</v>
+        <v>0.0016532909603101</v>
       </c>
       <c r="H3" s="2" t="n">
-        <v>0.0015661334661138</v>
+        <v>0.0017043382176306</v>
       </c>
       <c r="I3" s="2" t="n">
-        <v>125183.07</v>
+        <v>135288.47</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="2" t="n">
-        <v>1.7727984E12</v>
+        <v>1.773144E12</v>
       </c>
       <c r="B4" s="2" t="n">
-        <v>1.772884799999E12</v>
+        <v>1.773230399999E12</v>
       </c>
       <c r="C4" s="2" t="n">
-        <v>1.77286128E12</v>
+        <v>1.77321768E12</v>
       </c>
       <c r="D4" s="2" t="n">
-        <v>1.77281928E12</v>
+        <v>1.773144E12</v>
       </c>
       <c r="E4" s="2" t="n">
-        <v>0.0014851451299941</v>
+        <v>0.0015903113788265</v>
       </c>
       <c r="F4" s="2" t="n">
-        <v>0.0016058847912146</v>
+        <v>0.001681942012757</v>
       </c>
       <c r="G4" s="2" t="n">
-        <v>0.0014760708514491</v>
+        <v>0.0015903113788265</v>
       </c>
       <c r="H4" s="2" t="n">
-        <v>0.0015341953530141</v>
+        <v>0.0016780223137277</v>
       </c>
       <c r="I4" s="2" t="n">
-        <v>100800.38</v>
+        <v>75569.68</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="2" t="n">
-        <v>1.772712E12</v>
+        <v>1.7730576E12</v>
       </c>
       <c r="B5" s="2" t="n">
-        <v>1.772798399999E12</v>
+        <v>1.773143999999E12</v>
       </c>
       <c r="C5" s="2" t="n">
-        <v>1.77275976E12</v>
+        <v>1.77307944E12</v>
       </c>
       <c r="D5" s="2" t="n">
-        <v>1.77271284E12</v>
+        <v>1.77305928E12</v>
       </c>
       <c r="E5" s="2" t="n">
-        <v>0.0012971501538174</v>
+        <v>0.0015666740536413</v>
       </c>
       <c r="F5" s="2" t="n">
-        <v>0.0018379696671123</v>
+        <v>0.0026043518632426</v>
       </c>
       <c r="G5" s="2" t="n">
-        <v>0.0012943781976827</v>
+        <v>0.0015653403309865</v>
       </c>
       <c r="H5" s="2" t="n">
-        <v>0.0014851451299941</v>
+        <v>0.0015903113788265</v>
       </c>
       <c r="I5" s="2" t="n">
-        <v>79303.87</v>
+        <v>213535.35</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="2" t="n">
-        <v>1.7726256E12</v>
+        <v>1.7729712E12</v>
       </c>
       <c r="B6" s="2" t="n">
-        <v>1.772711999999E12</v>
+        <v>1.773057599999E12</v>
       </c>
       <c r="C6" s="2" t="n">
-        <v>1.77271188E12</v>
+        <v>1.77300114E12</v>
       </c>
       <c r="D6" s="2" t="n">
-        <v>1.77264222E12</v>
+        <v>1.7729772E12</v>
       </c>
       <c r="E6" s="2" t="n">
-        <v>0.001100750005892</v>
+        <v>0.0015661334661138</v>
       </c>
       <c r="F6" s="2" t="n">
-        <v>0.0013280264096608</v>
+        <v>0.001586666309505</v>
       </c>
       <c r="G6" s="2" t="n">
-        <v>0.0010929313110845</v>
+        <v>0.0015577155982571</v>
       </c>
       <c r="H6" s="2" t="n">
-        <v>0.0012971501538174</v>
+        <v>0.0015666740536413</v>
       </c>
       <c r="I6" s="2" t="n">
-        <v>72664.37</v>
+        <v>123026.93</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="2" t="n">
-        <v>1.7725392E12</v>
+        <v>1.7728848E12</v>
       </c>
       <c r="B7" s="2" t="n">
-        <v>1.772625599999E12</v>
+        <v>1.772971199999E12</v>
       </c>
       <c r="C7" s="2" t="n">
-        <v>1.77254232E12</v>
+        <v>1.77295044E12</v>
       </c>
       <c r="D7" s="2" t="n">
-        <v>1.77259692E12</v>
+        <v>1.7729079E12</v>
       </c>
       <c r="E7" s="2" t="n">
-        <v>0.0020720452058539</v>
+        <v>0.0015341953530141</v>
       </c>
       <c r="F7" s="2" t="n">
-        <v>0.0020823415878028</v>
+        <v>0.0016666916137719</v>
       </c>
       <c r="G7" s="2" t="n">
-        <v>0.001059545726967</v>
+        <v>0.001527539335581</v>
       </c>
       <c r="H7" s="2" t="n">
-        <v>0.001100750005892</v>
+        <v>0.0015661334661138</v>
       </c>
       <c r="I7" s="2" t="n">
-        <v>88675.55</v>
+        <v>125183.07</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="2" t="n">
-        <v>1.7724528E12</v>
+        <v>1.7727984E12</v>
       </c>
       <c r="B8" s="2" t="n">
-        <v>1.772539199999E12</v>
+        <v>1.772884799999E12</v>
       </c>
       <c r="C8" s="2" t="n">
-        <v>1.77245976E12</v>
+        <v>1.77286128E12</v>
       </c>
       <c r="D8" s="2" t="n">
-        <v>1.77245604E12</v>
+        <v>1.77281928E12</v>
       </c>
       <c r="E8" s="2" t="n">
-        <v>0.0021862010629271</v>
+        <v>0.0014851451299941</v>
       </c>
       <c r="F8" s="2" t="n">
-        <v>0.002194913986526</v>
+        <v>0.0016058847912146</v>
       </c>
       <c r="G8" s="2" t="n">
-        <v>0.0020002827751357</v>
+        <v>0.0014760708514491</v>
       </c>
       <c r="H8" s="2" t="n">
-        <v>0.0020720452058539</v>
+        <v>0.0015341953530141</v>
       </c>
       <c r="I8" s="2" t="n">
-        <v>83556.54</v>
+        <v>100800.38</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="2" t="n">
-        <v>1.7723664E12</v>
+        <v>1.772712E12</v>
       </c>
       <c r="B9" s="2" t="n">
-        <v>1.772452799999E12</v>
+        <v>1.772798399999E12</v>
       </c>
       <c r="C9" s="2" t="n">
-        <v>1.77241854E12</v>
+        <v>1.77275976E12</v>
       </c>
       <c r="D9" s="2" t="n">
-        <v>1.77242928E12</v>
+        <v>1.77271284E12</v>
       </c>
       <c r="E9" s="2" t="n">
-        <v>0.004471180699427</v>
+        <v>0.0012971501538174</v>
       </c>
       <c r="F9" s="2" t="n">
-        <v>0.004646010317114</v>
+        <v>0.0018379696671123</v>
       </c>
       <c r="G9" s="2" t="n">
-        <v>0.0019332255976858</v>
+        <v>0.0012943781976827</v>
       </c>
       <c r="H9" s="2" t="n">
-        <v>0.0021862010629271</v>
+        <v>0.0014851451299941</v>
       </c>
       <c r="I9" s="2" t="n">
-        <v>119607.75</v>
+        <v>79303.87</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="2" t="n">
-        <v>1.77228E12</v>
+        <v>1.7726256E12</v>
       </c>
       <c r="B10" s="2" t="n">
-        <v>1.772366399999E12</v>
+        <v>1.772711999999E12</v>
       </c>
       <c r="C10" s="2" t="n">
-        <v>1.77236208E12</v>
+        <v>1.77271188E12</v>
       </c>
       <c r="D10" s="2" t="n">
-        <v>1.77230214E12</v>
+        <v>1.77264222E12</v>
       </c>
       <c r="E10" s="2" t="n">
-        <v>0.0041612393657299</v>
+        <v>0.001100750005892</v>
       </c>
       <c r="F10" s="2" t="n">
-        <v>0.0044754194382192</v>
+        <v>0.0013280264096608</v>
       </c>
       <c r="G10" s="2" t="n">
-        <v>0.0041374140623631</v>
+        <v>0.0010929313110845</v>
       </c>
       <c r="H10" s="2" t="n">
-        <v>0.004471180699427</v>
+        <v>0.0012971501538174</v>
       </c>
       <c r="I10" s="2" t="n">
-        <v>87951.95</v>
+        <v>72664.37</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="2" t="n">
-        <v>1.7721936E12</v>
+        <v>1.7725392E12</v>
       </c>
       <c r="B11" s="2" t="n">
-        <v>1.772279999999E12</v>
+        <v>1.772625599999E12</v>
       </c>
       <c r="C11" s="2" t="n">
-        <v>1.7722797E12</v>
+        <v>1.77254232E12</v>
       </c>
       <c r="D11" s="2" t="n">
-        <v>1.77223968E12</v>
+        <v>1.77259692E12</v>
       </c>
       <c r="E11" s="2" t="n">
-        <v>0.0038701085054586</v>
+        <v>0.0020720452058539</v>
       </c>
       <c r="F11" s="2" t="n">
-        <v>0.0041741750764303</v>
+        <v>0.0020823415878028</v>
       </c>
       <c r="G11" s="2" t="n">
-        <v>0.0038435756373049</v>
+        <v>0.001059545726967</v>
       </c>
       <c r="H11" s="2" t="n">
-        <v>0.0041612393657299</v>
+        <v>0.001100750005892</v>
       </c>
       <c r="I11" s="2" t="n">
-        <v>90592.41</v>
+        <v>88675.55</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="2" t="n">
-        <v>1.7721072E12</v>
+        <v>1.7724528E12</v>
       </c>
       <c r="B12" s="2" t="n">
-        <v>1.772193599999E12</v>
+        <v>1.772539199999E12</v>
       </c>
       <c r="C12" s="2" t="n">
-        <v>1.77218496E12</v>
+        <v>1.77245976E12</v>
       </c>
       <c r="D12" s="2" t="n">
-        <v>1.77211626E12</v>
+        <v>1.77245604E12</v>
       </c>
       <c r="E12" s="2" t="n">
-        <v>0.0036002382860428</v>
+        <v>0.0021862010629271</v>
       </c>
       <c r="F12" s="2" t="n">
-        <v>0.0038762148833821</v>
+        <v>0.002194913986526</v>
       </c>
       <c r="G12" s="2" t="n">
-        <v>0.0035881129382365</v>
+        <v>0.0020002827751357</v>
       </c>
       <c r="H12" s="2" t="n">
-        <v>0.0038701085054586</v>
+        <v>0.0020720452058539</v>
       </c>
       <c r="I12" s="2" t="n">
-        <v>83185.99</v>
+        <v>83556.54</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="2" t="n">
-        <v>1.7720208E12</v>
+        <v>1.7723664E12</v>
       </c>
       <c r="B13" s="2" t="n">
-        <v>1.772107199999E12</v>
+        <v>1.772452799999E12</v>
       </c>
       <c r="C13" s="2" t="n">
-        <v>1.77210102E12</v>
+        <v>1.77241854E12</v>
       </c>
       <c r="D13" s="2" t="n">
-        <v>1.77202296E12</v>
+        <v>1.77242928E12</v>
       </c>
       <c r="E13" s="2" t="n">
-        <v>0.0033651358532204</v>
+        <v>0.004471180699427</v>
       </c>
       <c r="F13" s="2" t="n">
-        <v>0.0036094875158688</v>
+        <v>0.004646010317114</v>
       </c>
       <c r="G13" s="2" t="n">
-        <v>0.0033565154939409</v>
+        <v>0.0019332255976858</v>
       </c>
       <c r="H13" s="2" t="n">
-        <v>0.0036002382860428</v>
+        <v>0.0021862010629271</v>
       </c>
       <c r="I13" s="2" t="n">
-        <v>81149.41</v>
+        <v>119607.75</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="2" t="n">
-        <v>1.7719344E12</v>
+        <v>1.77228E12</v>
       </c>
       <c r="B14" s="2" t="n">
-        <v>1.772020799999E12</v>
+        <v>1.772366399999E12</v>
       </c>
       <c r="C14" s="2" t="n">
-        <v>1.77200988E12</v>
+        <v>1.77236208E12</v>
       </c>
       <c r="D14" s="2" t="n">
-        <v>1.77195534E12</v>
+        <v>1.77230214E12</v>
       </c>
       <c r="E14" s="2" t="n">
-        <v>0.0031271497865888</v>
+        <v>0.0041612393657299</v>
       </c>
       <c r="F14" s="2" t="n">
-        <v>0.0033767635575343</v>
+        <v>0.0044754194382192</v>
       </c>
       <c r="G14" s="2" t="n">
-        <v>0.0031210776046495</v>
+        <v>0.0041374140623631</v>
       </c>
       <c r="H14" s="2" t="n">
-        <v>0.0033651358532204</v>
+        <v>0.004471180699427</v>
       </c>
       <c r="I14" s="2" t="n">
-        <v>87777.74</v>
+        <v>87951.95</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="2" t="n">
-        <v>1.771848E12</v>
+        <v>1.7721936E12</v>
       </c>
       <c r="B15" s="2" t="n">
-        <v>1.771934399999E12</v>
+        <v>1.772279999999E12</v>
       </c>
       <c r="C15" s="2" t="n">
-        <v>1.77192762E12</v>
+        <v>1.7722797E12</v>
       </c>
       <c r="D15" s="2" t="n">
-        <v>1.77185682E12</v>
+        <v>1.77223968E12</v>
       </c>
       <c r="E15" s="2" t="n">
-        <v>0.0029145467294495</v>
+        <v>0.0038701085054586</v>
       </c>
       <c r="F15" s="2" t="n">
-        <v>0.0031336832011245</v>
+        <v>0.0041741750764303</v>
       </c>
       <c r="G15" s="2" t="n">
-        <v>0.0029011794633336</v>
+        <v>0.0038435756373049</v>
       </c>
       <c r="H15" s="2" t="n">
-        <v>0.0031271497865888</v>
+        <v>0.0041612393657299</v>
       </c>
       <c r="I15" s="2" t="n">
-        <v>81635.21</v>
+        <v>90592.41</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="2" t="n">
-        <v>1.7717616E12</v>
+        <v>1.7721072E12</v>
       </c>
       <c r="B16" s="2" t="n">
-        <v>1.771847999999E12</v>
+        <v>1.772193599999E12</v>
       </c>
       <c r="C16" s="2" t="n">
-        <v>1.77184344E12</v>
+        <v>1.77218496E12</v>
       </c>
       <c r="D16" s="2" t="n">
-        <v>1.771764E12</v>
+        <v>1.77211626E12</v>
       </c>
       <c r="E16" s="2" t="n">
-        <v>0.0027150891283035</v>
+        <v>0.0036002382860428</v>
       </c>
       <c r="F16" s="2" t="n">
-        <v>0.0029196145182977</v>
+        <v>0.0038762148833821</v>
       </c>
       <c r="G16" s="2" t="n">
-        <v>0.0027009227836362</v>
+        <v>0.0035881129382365</v>
       </c>
       <c r="H16" s="2" t="n">
-        <v>0.0029145467294495</v>
+        <v>0.0038701085054586</v>
       </c>
       <c r="I16" s="2" t="n">
-        <v>81884.97</v>
+        <v>83185.99</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="2" t="n">
-        <v>1.7716752E12</v>
+        <v>1.7720208E12</v>
       </c>
       <c r="B17" s="2" t="n">
-        <v>1.771761599999E12</v>
+        <v>1.772107199999E12</v>
       </c>
       <c r="C17" s="2" t="n">
-        <v>1.7717496E12</v>
+        <v>1.77210102E12</v>
       </c>
       <c r="D17" s="2" t="n">
-        <v>1.77168714E12</v>
+        <v>1.77202296E12</v>
       </c>
       <c r="E17" s="2" t="n">
-        <v>0.0025443962816382</v>
+        <v>0.0033651358532204</v>
       </c>
       <c r="F17" s="2" t="n">
-        <v>0.0027162751142414</v>
+        <v>0.0036094875158688</v>
       </c>
       <c r="G17" s="2" t="n">
-        <v>0.0025283542777343</v>
+        <v>0.0033565154939409</v>
       </c>
       <c r="H17" s="2" t="n">
-        <v>0.0027150891283035</v>
+        <v>0.0036002382860428</v>
       </c>
       <c r="I17" s="2" t="n">
-        <v>78034.82</v>
+        <v>81149.41</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="2" t="n">
-        <v>1.7715888E12</v>
+        <v>1.7719344E12</v>
       </c>
       <c r="B18" s="2" t="n">
-        <v>1.771675199999E12</v>
+        <v>1.772020799999E12</v>
       </c>
       <c r="C18" s="2" t="n">
-        <v>1.77167514E12</v>
+        <v>1.77200988E12</v>
       </c>
       <c r="D18" s="2" t="n">
-        <v>1.77158886E12</v>
+        <v>1.77195534E12</v>
       </c>
       <c r="E18" s="2" t="n">
-        <v>0.0023630599323715</v>
+        <v>0.0031271497865888</v>
       </c>
       <c r="F18" s="2" t="n">
-        <v>0.0025443962816382</v>
+        <v>0.0033767635575343</v>
       </c>
       <c r="G18" s="2" t="n">
-        <v>0.0023626050075831</v>
+        <v>0.0031210776046495</v>
       </c>
       <c r="H18" s="2" t="n">
-        <v>0.0025443962816382</v>
+        <v>0.0033651358532204</v>
       </c>
       <c r="I18" s="2" t="n">
-        <v>83618.72</v>
+        <v>87777.74</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="2" t="n">
-        <v>1.7715024E12</v>
+        <v>1.771848E12</v>
       </c>
       <c r="B19" s="2" t="n">
-        <v>1.771588799999E12</v>
+        <v>1.771934399999E12</v>
       </c>
       <c r="C19" s="2" t="n">
-        <v>1.77158418E12</v>
+        <v>1.77192762E12</v>
       </c>
       <c r="D19" s="2" t="n">
-        <v>1.77151986E12</v>
+        <v>1.77185682E12</v>
       </c>
       <c r="E19" s="2" t="n">
-        <v>0.0022156919188462</v>
+        <v>0.0029145467294495</v>
       </c>
       <c r="F19" s="2" t="n">
-        <v>0.0023746906932178</v>
+        <v>0.0031336832011245</v>
       </c>
       <c r="G19" s="2" t="n">
-        <v>0.002206784667395</v>
+        <v>0.0029011794633336</v>
       </c>
       <c r="H19" s="2" t="n">
-        <v>0.0023630599323715</v>
+        <v>0.0031271497865888</v>
       </c>
       <c r="I19" s="2" t="n">
-        <v>80613.13</v>
+        <v>81635.21</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="2" t="n">
-        <v>1.771416E12</v>
+        <v>1.7717616E12</v>
       </c>
       <c r="B20" s="2" t="n">
-        <v>1.771502399999E12</v>
+        <v>1.771847999999E12</v>
       </c>
       <c r="C20" s="2" t="n">
-        <v>1.77150234E12</v>
+        <v>1.77184344E12</v>
       </c>
       <c r="D20" s="2" t="n">
-        <v>1.77141768E12</v>
+        <v>1.771764E12</v>
       </c>
       <c r="E20" s="2" t="n">
-        <v>0.0020446390845123</v>
+        <v>0.0027150891283035</v>
       </c>
       <c r="F20" s="2" t="n">
-        <v>0.0022156919188462</v>
+        <v>0.0029196145182977</v>
       </c>
       <c r="G20" s="2" t="n">
-        <v>0.0020417291643227</v>
+        <v>0.0027009227836362</v>
       </c>
       <c r="H20" s="2" t="n">
-        <v>0.0022156919188462</v>
+        <v>0.0029145467294495</v>
       </c>
       <c r="I20" s="2" t="n">
-        <v>82711.41</v>
+        <v>81884.97</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="2" t="n">
-        <v>1.7713296E12</v>
+        <v>1.7716752E12</v>
       </c>
       <c r="B21" s="2" t="n">
-        <v>1.771415999999E12</v>
+        <v>1.771761599999E12</v>
       </c>
       <c r="C21" s="2" t="n">
-        <v>1.7714112E12</v>
+        <v>1.7717496E12</v>
       </c>
       <c r="D21" s="2" t="n">
-        <v>1.77134658E12</v>
+        <v>1.77168714E12</v>
       </c>
       <c r="E21" s="2" t="n">
-        <v>0.0019168700677103</v>
+        <v>0.0025443962816382</v>
       </c>
       <c r="F21" s="2" t="n">
-        <v>0.0020671932214721</v>
+        <v>0.0027162751142414</v>
       </c>
       <c r="G21" s="2" t="n">
-        <v>0.0019075745797451</v>
+        <v>0.0025283542777343</v>
       </c>
       <c r="H21" s="2" t="n">
-        <v>0.0020446390845123</v>
+        <v>0.0027150891283035</v>
       </c>
       <c r="I21" s="2" t="n">
-        <v>88474.08</v>
+        <v>78034.82</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="2" t="n">
-        <v>1.7712432E12</v>
+        <v>1.7715888E12</v>
       </c>
       <c r="B22" s="2" t="n">
-        <v>1.771329599999E12</v>
+        <v>1.771675199999E12</v>
       </c>
       <c r="C22" s="2" t="n">
-        <v>1.77132696E12</v>
+        <v>1.77167514E12</v>
       </c>
       <c r="D22" s="2" t="n">
-        <v>1.77125322E12</v>
+        <v>1.77158886E12</v>
       </c>
       <c r="E22" s="2" t="n">
-        <v>0.0017827922832716</v>
+        <v>0.0023630599323715</v>
       </c>
       <c r="F22" s="2" t="n">
-        <v>0.0019204407000786</v>
+        <v>0.0025443962816382</v>
       </c>
       <c r="G22" s="2" t="n">
-        <v>0.0017785038357343</v>
+        <v>0.0023626050075831</v>
       </c>
       <c r="H22" s="2" t="n">
-        <v>0.0019168700677103</v>
+        <v>0.0025443962816382</v>
       </c>
       <c r="I22" s="2" t="n">
-        <v>80210.51</v>
+        <v>83618.72</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="2" t="n">
-        <v>1.7711568E12</v>
+        <v>1.7715024E12</v>
       </c>
       <c r="B23" s="2" t="n">
-        <v>1.771243199999E12</v>
+        <v>1.771588799999E12</v>
       </c>
       <c r="C23" s="2" t="n">
-        <v>1.77123804E12</v>
+        <v>1.77158418E12</v>
       </c>
       <c r="D23" s="2" t="n">
-        <v>1.77116322E12</v>
+        <v>1.77151986E12</v>
       </c>
       <c r="E23" s="2" t="n">
-        <v>0.001664467558336</v>
+        <v>0.0022156919188462</v>
       </c>
       <c r="F23" s="2" t="n">
-        <v>0.0017888604019669</v>
+        <v>0.0023746906932178</v>
       </c>
       <c r="G23" s="2" t="n">
-        <v>0.0016610449855974</v>
+        <v>0.002206784667395</v>
       </c>
       <c r="H23" s="2" t="n">
-        <v>0.0017827922832716</v>
+        <v>0.0023630599323715</v>
       </c>
       <c r="I23" s="2" t="n">
-        <v>82369.44</v>
+        <v>80613.13</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="2" t="n">
-        <v>1.7710704E12</v>
+        <v>1.771416E12</v>
       </c>
       <c r="B24" s="2" t="n">
-        <v>1.771156799999E12</v>
+        <v>1.771502399999E12</v>
       </c>
       <c r="C24" s="2" t="n">
-        <v>1.77114444E12</v>
+        <v>1.77150234E12</v>
       </c>
       <c r="D24" s="2" t="n">
-        <v>1.77109242E12</v>
+        <v>1.77141768E12</v>
       </c>
       <c r="E24" s="2" t="n">
-        <v>0.0015290206618341</v>
+        <v>0.0020446390845123</v>
       </c>
       <c r="F24" s="2" t="n">
-        <v>0.0016683272459655</v>
+        <v>0.0022156919188462</v>
       </c>
       <c r="G24" s="2" t="n">
-        <v>0.0015249406348495</v>
+        <v>0.0020417291643227</v>
       </c>
       <c r="H24" s="2" t="n">
-        <v>0.001664467558336</v>
+        <v>0.0022156919188462</v>
       </c>
       <c r="I24" s="2" t="n">
-        <v>81525.73</v>
+        <v>82711.41</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="2" t="n">
-        <v>1.770984E12</v>
+        <v>1.7713296E12</v>
       </c>
       <c r="B25" s="2" t="n">
-        <v>1.771070399999E12</v>
+        <v>1.771415999999E12</v>
       </c>
       <c r="C25" s="2" t="n">
-        <v>1.77105954E12</v>
+        <v>1.7714112E12</v>
       </c>
       <c r="D25" s="2" t="n">
-        <v>1.77100764E12</v>
+        <v>1.77134658E12</v>
       </c>
       <c r="E25" s="2" t="n">
-        <v>0.0014364188337948</v>
+        <v>0.0019168700677103</v>
       </c>
       <c r="F25" s="2" t="n">
-        <v>0.0015341504326895</v>
+        <v>0.0020671932214721</v>
       </c>
       <c r="G25" s="2" t="n">
-        <v>0.0014266296157682</v>
+        <v>0.0019075745797451</v>
       </c>
       <c r="H25" s="2" t="n">
-        <v>0.0015290206618341</v>
+        <v>0.0020446390845123</v>
       </c>
       <c r="I25" s="2" t="n">
-        <v>73851.63</v>
+        <v>88474.08</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="2" t="n">
-        <v>1.7708976E12</v>
+        <v>1.7712432E12</v>
       </c>
       <c r="B26" s="2" t="n">
-        <v>1.770983999999E12</v>
+        <v>1.771329599999E12</v>
       </c>
       <c r="C26" s="2" t="n">
-        <v>1.77097956E12</v>
+        <v>1.77132696E12</v>
       </c>
       <c r="D26" s="2" t="n">
-        <v>1.77089766E12</v>
+        <v>1.77125322E12</v>
       </c>
       <c r="E26" s="2" t="n">
-        <v>0.0013385541102923</v>
+        <v>0.0017827922832716</v>
       </c>
       <c r="F26" s="2" t="n">
-        <v>0.0014401194040215</v>
+        <v>0.0019204407000786</v>
       </c>
       <c r="G26" s="2" t="n">
-        <v>0.0013385541102923</v>
+        <v>0.0017785038357343</v>
       </c>
       <c r="H26" s="2" t="n">
-        <v>0.0014364188337948</v>
+        <v>0.0019168700677103</v>
       </c>
       <c r="I26" s="2" t="n">
-        <v>74329.46</v>
+        <v>80210.51</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="2" t="n">
-        <v>1.7708112E12</v>
+        <v>1.7711568E12</v>
       </c>
       <c r="B27" s="2" t="n">
-        <v>1.770897599999E12</v>
+        <v>1.771243199999E12</v>
       </c>
       <c r="C27" s="2" t="n">
-        <v>1.77088992E12</v>
+        <v>1.77123804E12</v>
       </c>
       <c r="D27" s="2" t="n">
-        <v>1.7708451E12</v>
+        <v>1.77116322E12</v>
       </c>
       <c r="E27" s="2" t="n">
-        <v>0.0012932586855621</v>
+        <v>0.001664467558336</v>
       </c>
       <c r="F27" s="2" t="n">
-        <v>0.0013551009259089</v>
+        <v>0.0017888604019669</v>
       </c>
       <c r="G27" s="2" t="n">
-        <v>0.0012817639207402</v>
+        <v>0.0016610449855974</v>
       </c>
       <c r="H27" s="2" t="n">
-        <v>0.0013385541102923</v>
+        <v>0.0017827922832716</v>
       </c>
       <c r="I27" s="2" t="n">
-        <v>76066.66</v>
+        <v>82369.44</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="2" t="n">
-        <v>1.7707248E12</v>
+        <v>1.7710704E12</v>
       </c>
       <c r="B28" s="2" t="n">
-        <v>1.770811199999E12</v>
+        <v>1.771156799999E12</v>
       </c>
       <c r="C28" s="2" t="n">
-        <v>1.77078894E12</v>
+        <v>1.77114444E12</v>
       </c>
       <c r="D28" s="2" t="n">
-        <v>1.77074964E12</v>
+        <v>1.77109242E12</v>
       </c>
       <c r="E28" s="2" t="n">
-        <v>0.0012450430618802</v>
+        <v>0.0015290206618341</v>
       </c>
       <c r="F28" s="2" t="n">
-        <v>0.0013040286524852</v>
+        <v>0.0016683272459655</v>
       </c>
       <c r="G28" s="2" t="n">
-        <v>0.0012326873820441</v>
+        <v>0.0015249406348495</v>
       </c>
       <c r="H28" s="2" t="n">
-        <v>0.0012932586855621</v>
+        <v>0.001664467558336</v>
       </c>
       <c r="I28" s="2" t="n">
-        <v>68708.28</v>
+        <v>81525.73</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="2" t="n">
-        <v>1.7706384E12</v>
+        <v>1.770984E12</v>
       </c>
       <c r="B29" s="2" t="n">
-        <v>1.770724799999E12</v>
+        <v>1.771070399999E12</v>
       </c>
       <c r="C29" s="2" t="n">
-        <v>1.77071442E12</v>
+        <v>1.77105954E12</v>
       </c>
       <c r="D29" s="2" t="n">
-        <v>1.77063972E12</v>
+        <v>1.77100764E12</v>
       </c>
       <c r="E29" s="2" t="n">
-        <v>0.0011720669993596</v>
+        <v>0.0014364188337948</v>
       </c>
       <c r="F29" s="2" t="n">
-        <v>0.0012534258258105</v>
+        <v>0.0015341504326895</v>
       </c>
       <c r="G29" s="2" t="n">
-        <v>0.0011637004503386</v>
+        <v>0.0014266296157682</v>
       </c>
       <c r="H29" s="2" t="n">
-        <v>0.0012450430618802</v>
+        <v>0.0015290206618341</v>
       </c>
       <c r="I29" s="2" t="n">
-        <v>60939.81</v>
+        <v>73851.63</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="2" t="n">
-        <v>1.770552E12</v>
+        <v>1.7708976E12</v>
       </c>
       <c r="B30" s="2" t="n">
-        <v>1.770638399999E12</v>
+        <v>1.770983999999E12</v>
       </c>
       <c r="C30" s="2" t="n">
-        <v>1.77058482E12</v>
+        <v>1.77097956E12</v>
       </c>
       <c r="D30" s="2" t="n">
-        <v>1.77061344E12</v>
+        <v>1.77089766E12</v>
       </c>
       <c r="E30" s="2" t="n">
-        <v>0.0011782611486365</v>
+        <v>0.0013385541102923</v>
       </c>
       <c r="F30" s="2" t="n">
-        <v>0.0011836252249091</v>
+        <v>0.0014401194040215</v>
       </c>
       <c r="G30" s="2" t="n">
-        <v>0.0011621337842638</v>
+        <v>0.0013385541102923</v>
       </c>
       <c r="H30" s="2" t="n">
-        <v>0.0011720669993596</v>
+        <v>0.0014364188337948</v>
       </c>
       <c r="I30" s="2" t="n">
-        <v>71980.99</v>
+        <v>74329.46</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="2" t="n">
-        <v>1.7704656E12</v>
+        <v>1.7708112E12</v>
       </c>
       <c r="B31" s="2" t="n">
-        <v>1.770551999999E12</v>
+        <v>1.770897599999E12</v>
       </c>
       <c r="C31" s="2" t="n">
-        <v>1.77053346E12</v>
+        <v>1.77088992E12</v>
       </c>
       <c r="D31" s="2" t="n">
-        <v>1.77046782E12</v>
+        <v>1.7708451E12</v>
       </c>
       <c r="E31" s="2" t="n">
-        <v>0.0011693904468049</v>
+        <v>0.0012932586855621</v>
       </c>
       <c r="F31" s="2" t="n">
-        <v>0.001187013051892</v>
+        <v>0.0013551009259089</v>
       </c>
       <c r="G31" s="2" t="n">
-        <v>0.0011627374515476</v>
+        <v>0.0012817639207402</v>
       </c>
       <c r="H31" s="2" t="n">
-        <v>0.0011782611486365</v>
+        <v>0.0013385541102923</v>
       </c>
       <c r="I31" s="2" t="n">
-        <v>68634.24</v>
+        <v>76066.66</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="2" t="n">
-        <v>1.7703792E12</v>
+        <v>1.7707248E12</v>
       </c>
       <c r="B32" s="2" t="n">
-        <v>1.770465599999E12</v>
+        <v>1.770811199999E12</v>
       </c>
       <c r="C32" s="2" t="n">
-        <v>1.77044304E12</v>
+        <v>1.77078894E12</v>
       </c>
       <c r="D32" s="2" t="n">
-        <v>1.77041502E12</v>
+        <v>1.77074964E12</v>
       </c>
       <c r="E32" s="2" t="n">
-        <v>0.0011608650093485</v>
+        <v>0.0012450430618802</v>
       </c>
       <c r="F32" s="2" t="n">
-        <v>0.0011808438780509</v>
+        <v>0.0013040286524852</v>
       </c>
       <c r="G32" s="2" t="n">
-        <v>0.0011581161414341</v>
+        <v>0.0012326873820441</v>
       </c>
       <c r="H32" s="2" t="n">
-        <v>0.0011693904468049</v>
+        <v>0.0012932586855621</v>
       </c>
       <c r="I32" s="2" t="n">
-        <v>70741.61</v>
+        <v>68708.28</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="2" t="n">
-        <v>1.7702928E12</v>
+        <v>1.7706384E12</v>
       </c>
       <c r="B33" s="2" t="n">
-        <v>1.770379199999E12</v>
+        <v>1.770724799999E12</v>
       </c>
       <c r="C33" s="2" t="n">
-        <v>1.77032922E12</v>
+        <v>1.77071442E12</v>
       </c>
       <c r="D33" s="2" t="n">
-        <v>1.77037152E12</v>
+        <v>1.77063972E12</v>
       </c>
       <c r="E33" s="2" t="n">
-        <v>0.0011616167853469</v>
+        <v>0.0011720669993596</v>
       </c>
       <c r="F33" s="2" t="n">
-        <v>0.0011767177934811</v>
+        <v>0.0012534258258105</v>
       </c>
       <c r="G33" s="2" t="n">
-        <v>0.0011568766023911</v>
+        <v>0.0011637004503386</v>
       </c>
       <c r="H33" s="2" t="n">
-        <v>0.0011608650093485</v>
+        <v>0.0012450430618802</v>
       </c>
       <c r="I33" s="2" t="n">
-        <v>69920.23</v>
+        <v>60939.81</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="2" t="n">
-        <v>1.7702064E12</v>
+        <v>1.770552E12</v>
       </c>
       <c r="B34" s="2" t="n">
-        <v>1.770292799999E12</v>
+        <v>1.770638399999E12</v>
       </c>
       <c r="C34" s="2" t="n">
-        <v>1.77025218E12</v>
+        <v>1.77058482E12</v>
       </c>
       <c r="D34" s="2" t="n">
-        <v>1.77028716E12</v>
+        <v>1.77061344E12</v>
       </c>
       <c r="E34" s="2" t="n">
-        <v>0.0011710758821623</v>
+        <v>0.0011782611486365</v>
       </c>
       <c r="F34" s="2" t="n">
-        <v>0.0011731803939035</v>
+        <v>0.0011836252249091</v>
       </c>
       <c r="G34" s="2" t="n">
-        <v>0.0011614955345889</v>
+        <v>0.0011621337842638</v>
       </c>
       <c r="H34" s="2" t="n">
-        <v>0.0011616167853469</v>
+        <v>0.0011720669993596</v>
       </c>
       <c r="I34" s="2" t="n">
-        <v>69159.48</v>
+        <v>71980.99</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="2" t="n">
-        <v>1.77012E12</v>
+        <v>1.7704656E12</v>
       </c>
       <c r="B35" s="2" t="n">
-        <v>1.770206399999E12</v>
+        <v>1.770551999999E12</v>
       </c>
       <c r="C35" s="2" t="n">
-        <v>1.77013764E12</v>
+        <v>1.77053346E12</v>
       </c>
       <c r="D35" s="2" t="n">
-        <v>1.77013134E12</v>
+        <v>1.77046782E12</v>
       </c>
       <c r="E35" s="2" t="n">
-        <v>0.0011770454362792</v>
+        <v>0.0011693904468049</v>
       </c>
       <c r="F35" s="2" t="n">
-        <v>0.0011794418686181</v>
+        <v>0.001187013051892</v>
       </c>
       <c r="G35" s="2" t="n">
-        <v>0.0011596807710002</v>
+        <v>0.0011627374515476</v>
       </c>
       <c r="H35" s="2" t="n">
-        <v>0.0011710758821623</v>
+        <v>0.0011782611486365</v>
       </c>
       <c r="I35" s="2" t="n">
-        <v>67615.59</v>
+        <v>68634.24</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="2" t="n">
-        <v>1.7699472E12</v>
+        <v>1.7703792E12</v>
       </c>
       <c r="B36" s="2" t="n">
-        <v>1.770033599999E12</v>
+        <v>1.770465599999E12</v>
       </c>
       <c r="C36" s="2" t="n">
-        <v>1.7699499E12</v>
+        <v>1.77044304E12</v>
       </c>
       <c r="D36" s="2" t="n">
-        <v>1.77003078E12</v>
+        <v>1.77041502E12</v>
       </c>
       <c r="E36" s="2" t="n">
-        <v>0.0012208198321354</v>
+        <v>0.0011608650093485</v>
       </c>
       <c r="F36" s="2" t="n">
-        <v>0.0012267321841134</v>
+        <v>0.0011808438780509</v>
       </c>
       <c r="G36" s="2" t="n">
-        <v>0.0011785105708212</v>
+        <v>0.0011581161414341</v>
       </c>
       <c r="H36" s="2" t="n">
-        <v>0.0011884101455375</v>
+        <v>0.0011693904468049</v>
       </c>
       <c r="I36" s="2" t="n">
-        <v>69324.4</v>
+        <v>70741.61</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="2" t="n">
-        <v>1.7698608E12</v>
+        <v>1.7702928E12</v>
       </c>
       <c r="B37" s="2" t="n">
-        <v>1.769947199999E12</v>
+        <v>1.770379199999E12</v>
       </c>
       <c r="C37" s="2" t="n">
-        <v>1.7698641E12</v>
+        <v>1.77032922E12</v>
       </c>
       <c r="D37" s="2" t="n">
-        <v>1.76992506E12</v>
+        <v>1.77037152E12</v>
       </c>
       <c r="E37" s="2" t="n">
-        <v>0.0012297635721313</v>
+        <v>0.0011616167853469</v>
       </c>
       <c r="F37" s="2" t="n">
-        <v>0.0012376824143228</v>
+        <v>0.0011767177934811</v>
       </c>
       <c r="G37" s="2" t="n">
-        <v>0.0012018134525521</v>
+        <v>0.0011568766023911</v>
       </c>
       <c r="H37" s="2" t="n">
-        <v>0.0012208198321354</v>
+        <v>0.0011608650093485</v>
       </c>
       <c r="I37" s="2" t="n">
-        <v>72183.04</v>
+        <v>69920.23</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="2" t="n">
-        <v>1.7697744E12</v>
+        <v>1.7702064E12</v>
       </c>
       <c r="B38" s="2" t="n">
-        <v>1.769860799999E12</v>
+        <v>1.770292799999E12</v>
       </c>
       <c r="C38" s="2" t="n">
-        <v>1.76977506E12</v>
+        <v>1.77025218E12</v>
       </c>
       <c r="D38" s="2" t="n">
-        <v>1.76984082E12</v>
+        <v>1.77028716E12</v>
       </c>
       <c r="E38" s="2" t="n">
-        <v>0.0012590103935859</v>
+        <v>0.0011710758821623</v>
       </c>
       <c r="F38" s="2" t="n">
-        <v>0.0012595510921401</v>
+        <v>0.0011731803939035</v>
       </c>
       <c r="G38" s="2" t="n">
-        <v>0.0012200698408404</v>
+        <v>0.0011614955345889</v>
       </c>
       <c r="H38" s="2" t="n">
-        <v>0.0012297635721313</v>
+        <v>0.0011616167853469</v>
       </c>
       <c r="I38" s="2" t="n">
-        <v>68934.95</v>
+        <v>69159.48</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="2" t="n">
-        <v>1.769688E12</v>
+        <v>1.77012E12</v>
       </c>
       <c r="B39" s="2" t="n">
-        <v>1.769774399999E12</v>
+        <v>1.770206399999E12</v>
       </c>
       <c r="C39" s="2" t="n">
-        <v>1.76971578E12</v>
+        <v>1.77013764E12</v>
       </c>
       <c r="D39" s="2" t="n">
-        <v>1.76976132E12</v>
+        <v>1.77013134E12</v>
       </c>
       <c r="E39" s="2" t="n">
-        <v>0.0012585063226121</v>
+        <v>0.0011770454362792</v>
       </c>
       <c r="F39" s="2" t="n">
-        <v>0.0012681122242401</v>
+        <v>0.0011794418686181</v>
       </c>
       <c r="G39" s="2" t="n">
-        <v>0.0012397417660724</v>
+        <v>0.0011596807710002</v>
       </c>
       <c r="H39" s="2" t="n">
-        <v>0.0012590103935859</v>
+        <v>0.0011710758821623</v>
       </c>
       <c r="I39" s="2" t="n">
-        <v>71710.24</v>
+        <v>67615.59</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="2" t="n">
-        <v>1.7696016E12</v>
+        <v>1.7699472E12</v>
       </c>
       <c r="B40" s="2" t="n">
-        <v>1.769687999999E12</v>
+        <v>1.770033599999E12</v>
       </c>
       <c r="C40" s="2" t="n">
-        <v>1.7696016E12</v>
+        <v>1.7699499E12</v>
       </c>
       <c r="D40" s="2" t="n">
-        <v>1.76968284E12</v>
+        <v>1.77003078E12</v>
       </c>
       <c r="E40" s="2" t="n">
-        <v>0.0012723120709213</v>
+        <v>0.0012208198321354</v>
       </c>
       <c r="F40" s="2" t="n">
-        <v>0.0012723120709213</v>
+        <v>0.0012267321841134</v>
       </c>
       <c r="G40" s="2" t="n">
-        <v>0.0012485088314354</v>
+        <v>0.0011785105708212</v>
       </c>
       <c r="H40" s="2" t="n">
-        <v>0.0012585063226121</v>
+        <v>0.0011884101455375</v>
       </c>
       <c r="I40" s="2" t="n">
-        <v>70224.36</v>
+        <v>69324.4</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="2" t="n">
-        <v>1.7695152E12</v>
+        <v>1.7698608E12</v>
       </c>
       <c r="B41" s="2" t="n">
-        <v>1.769601599999E12</v>
+        <v>1.769947199999E12</v>
       </c>
       <c r="C41" s="2" t="n">
-        <v>1.76958888E12</v>
+        <v>1.7698641E12</v>
       </c>
       <c r="D41" s="2" t="n">
-        <v>1.76954844E12</v>
+        <v>1.76992506E12</v>
       </c>
       <c r="E41" s="2" t="n">
-        <v>0.0012192890868219</v>
+        <v>0.0012297635721313</v>
       </c>
       <c r="F41" s="2" t="n">
-        <v>0.00127650921951</v>
+        <v>0.0012376824143228</v>
       </c>
       <c r="G41" s="2" t="n">
-        <v>0.0012102430055578</v>
+        <v>0.0012018134525521</v>
       </c>
       <c r="H41" s="2" t="n">
-        <v>0.0012723120709213</v>
+        <v>0.0012208198321354</v>
       </c>
       <c r="I41" s="2" t="n">
-        <v>67558.18</v>
+        <v>72183.04</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="2" t="n">
-        <v>1.7694288E12</v>
+        <v>1.7697744E12</v>
       </c>
       <c r="B42" s="2" t="n">
-        <v>1.769515199999E12</v>
+        <v>1.769860799999E12</v>
       </c>
       <c r="C42" s="2" t="n">
-        <v>1.76943348E12</v>
+        <v>1.76977506E12</v>
       </c>
       <c r="D42" s="2" t="n">
-        <v>1.76949222E12</v>
+        <v>1.76984082E12</v>
       </c>
       <c r="E42" s="2" t="n">
-        <v>0.0012237149442741</v>
+        <v>0.0012590103935859</v>
       </c>
       <c r="F42" s="2" t="n">
-        <v>0.0012432861738136</v>
+        <v>0.0012595510921401</v>
       </c>
       <c r="G42" s="2" t="n">
-        <v>0.0012013588509891</v>
+        <v>0.0012200698408404</v>
       </c>
       <c r="H42" s="2" t="n">
-        <v>0.0012192890868219</v>
+        <v>0.0012297635721313</v>
       </c>
       <c r="I42" s="2" t="n">
-        <v>64078.5</v>
+        <v>68934.95</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="2" t="n">
-        <v>1.7693424E12</v>
+        <v>1.769688E12</v>
       </c>
       <c r="B43" s="2" t="n">
-        <v>1.769428799999E12</v>
+        <v>1.769774399999E12</v>
       </c>
       <c r="C43" s="2" t="n">
-        <v>1.769394E12</v>
+        <v>1.76971578E12</v>
       </c>
       <c r="D43" s="2" t="n">
-        <v>1.76935656E12</v>
+        <v>1.76976132E12</v>
       </c>
       <c r="E43" s="2" t="n">
-        <v>0.0012191553387004</v>
+        <v>0.0012585063226121</v>
       </c>
       <c r="F43" s="2" t="n">
-        <v>0.001249750173498</v>
+        <v>0.0012681122242401</v>
       </c>
       <c r="G43" s="2" t="n">
-        <v>0.0012079128902796</v>
+        <v>0.0012397417660724</v>
       </c>
       <c r="H43" s="2" t="n">
-        <v>0.0012237149442741</v>
+        <v>0.0012590103935859</v>
       </c>
       <c r="I43" s="2" t="n">
-        <v>72917.01</v>
+        <v>71710.24</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="2" t="n">
-        <v>1.769256E12</v>
+        <v>1.7696016E12</v>
       </c>
       <c r="B44" s="2" t="n">
-        <v>1.769342399999E12</v>
+        <v>1.769687999999E12</v>
       </c>
       <c r="C44" s="2" t="n">
-        <v>1.769265E12</v>
+        <v>1.7696016E12</v>
       </c>
       <c r="D44" s="2" t="n">
-        <v>1.76931468E12</v>
+        <v>1.76968284E12</v>
       </c>
       <c r="E44" s="2" t="n">
-        <v>0.0012574986260279</v>
+        <v>0.0012723120709213</v>
       </c>
       <c r="F44" s="2" t="n">
-        <v>0.0012672401616474</v>
+        <v>0.0012723120709213</v>
       </c>
       <c r="G44" s="2" t="n">
-        <v>0.0012124101473615</v>
+        <v>0.0012485088314354</v>
       </c>
       <c r="H44" s="2" t="n">
-        <v>0.0012191553387004</v>
+        <v>0.0012585063226121</v>
       </c>
       <c r="I44" s="2" t="n">
-        <v>66525.12</v>
+        <v>70224.36</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="2" t="n">
-        <v>1.7691696E12</v>
+        <v>1.7695152E12</v>
       </c>
       <c r="B45" s="2" t="n">
-        <v>1.769255999999E12</v>
+        <v>1.769601599999E12</v>
       </c>
       <c r="C45" s="2" t="n">
-        <v>1.76920752E12</v>
+        <v>1.76958888E12</v>
       </c>
       <c r="D45" s="2" t="n">
-        <v>1.76919456E12</v>
+        <v>1.76954844E12</v>
       </c>
       <c r="E45" s="2" t="n">
-        <v>0.00125528491211</v>
+        <v>0.0012192890868219</v>
       </c>
       <c r="F45" s="2" t="n">
-        <v>0.0012796422500388</v>
+        <v>0.00127650921951</v>
       </c>
       <c r="G45" s="2" t="n">
-        <v>0.0012468731708495</v>
+        <v>0.0012102430055578</v>
       </c>
       <c r="H45" s="2" t="n">
-        <v>0.0012574986260279</v>
+        <v>0.0012723120709213</v>
       </c>
       <c r="I45" s="2" t="n">
-        <v>67907.47</v>
+        <v>67558.18</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="2" t="n">
-        <v>1.7690832E12</v>
+        <v>1.7694288E12</v>
       </c>
       <c r="B46" s="2" t="n">
-        <v>1.769169599999E12</v>
+        <v>1.769515199999E12</v>
       </c>
       <c r="C46" s="2" t="n">
-        <v>1.76915418E12</v>
+        <v>1.76943348E12</v>
       </c>
       <c r="D46" s="2" t="n">
-        <v>1.76913438E12</v>
+        <v>1.76949222E12</v>
       </c>
       <c r="E46" s="2" t="n">
-        <v>0.0011994868401706</v>
+        <v>0.0012237149442741</v>
       </c>
       <c r="F46" s="2" t="n">
-        <v>0.0012685108383348</v>
+        <v>0.0012432861738136</v>
       </c>
       <c r="G46" s="2" t="n">
-        <v>0.0011904086011465</v>
+        <v>0.0012013588509891</v>
       </c>
       <c r="H46" s="2" t="n">
-        <v>0.00125528491211</v>
+        <v>0.0012192890868219</v>
       </c>
       <c r="I46" s="2" t="n">
-        <v>66209.39</v>
+        <v>64078.5</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="2" t="n">
-        <v>1.7689968E12</v>
+        <v>1.7693424E12</v>
       </c>
       <c r="B47" s="2" t="n">
-        <v>1.769083199999E12</v>
+        <v>1.769428799999E12</v>
       </c>
       <c r="C47" s="2" t="n">
-        <v>1.76907426E12</v>
+        <v>1.769394E12</v>
       </c>
       <c r="D47" s="2" t="n">
-        <v>1.76904054E12</v>
+        <v>1.76935656E12</v>
       </c>
       <c r="E47" s="2" t="n">
-        <v>0.0011473271290531</v>
+        <v>0.0012191553387004</v>
       </c>
       <c r="F47" s="2" t="n">
-        <v>0.00120678795554</v>
+        <v>0.001249750173498</v>
       </c>
       <c r="G47" s="2" t="n">
-        <v>0.0011437976939515</v>
+        <v>0.0012079128902796</v>
       </c>
       <c r="H47" s="2" t="n">
-        <v>0.0011994868401706</v>
+        <v>0.0012237149442741</v>
       </c>
       <c r="I47" s="2" t="n">
-        <v>67338.6</v>
+        <v>72917.01</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="2" t="n">
-        <v>1.7689104E12</v>
+        <v>1.769256E12</v>
       </c>
       <c r="B48" s="2" t="n">
-        <v>1.768996799999E12</v>
+        <v>1.769342399999E12</v>
       </c>
       <c r="C48" s="2" t="n">
-        <v>1.76898762E12</v>
+        <v>1.769265E12</v>
       </c>
       <c r="D48" s="2" t="n">
-        <v>1.76892744E12</v>
+        <v>1.76931468E12</v>
       </c>
       <c r="E48" s="2" t="n">
-        <v>0.0011404422213117</v>
+        <v>0.0012574986260279</v>
       </c>
       <c r="F48" s="2" t="n">
-        <v>0.0011527316447877</v>
+        <v>0.0012672401616474</v>
       </c>
       <c r="G48" s="2" t="n">
-        <v>0.0011313486874767</v>
+        <v>0.0012124101473615</v>
       </c>
       <c r="H48" s="2" t="n">
-        <v>0.0011473271290531</v>
+        <v>0.0012191553387004</v>
       </c>
       <c r="I48" s="2" t="n">
-        <v>71960.56</v>
+        <v>66525.12</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="2" t="n">
-        <v>1.768824E12</v>
+        <v>1.7691696E12</v>
       </c>
       <c r="B49" s="2" t="n">
-        <v>1.768910399999E12</v>
+        <v>1.769255999999E12</v>
       </c>
       <c r="C49" s="2" t="n">
-        <v>1.76889552E12</v>
+        <v>1.76920752E12</v>
       </c>
       <c r="D49" s="2" t="n">
-        <v>1.76882604E12</v>
+        <v>1.76919456E12</v>
       </c>
       <c r="E49" s="2" t="n">
-        <v>0.0010694661591852</v>
+        <v>0.00125528491211</v>
       </c>
       <c r="F49" s="2" t="n">
-        <v>0.0011496503809887</v>
+        <v>0.0012796422500388</v>
       </c>
       <c r="G49" s="2" t="n">
-        <v>0.0010642085870796</v>
+        <v>0.0012468731708495</v>
       </c>
       <c r="H49" s="2" t="n">
-        <v>0.0011404422213117</v>
+        <v>0.0012574986260279</v>
       </c>
       <c r="I49" s="2" t="n">
-        <v>59933.19</v>
+        <v>67907.47</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="2" t="n">
-        <v>1.7687376E12</v>
+        <v>1.7690832E12</v>
       </c>
       <c r="B50" s="2" t="n">
-        <v>1.768823999999E12</v>
+        <v>1.769169599999E12</v>
       </c>
       <c r="C50" s="2" t="n">
-        <v>1.76880126E12</v>
+        <v>1.76915418E12</v>
       </c>
       <c r="D50" s="2" t="n">
-        <v>1.76874204E12</v>
+        <v>1.76913438E12</v>
       </c>
       <c r="E50" s="2" t="n">
-        <v>0.0010195735613288</v>
+        <v>0.0011994868401706</v>
       </c>
       <c r="F50" s="2" t="n">
-        <v>0.0010894423837287</v>
+        <v>0.0012685108383348</v>
       </c>
       <c r="G50" s="2" t="n">
-        <v>0.0010140706947743</v>
+        <v>0.0011904086011465</v>
       </c>
       <c r="H50" s="2" t="n">
-        <v>0.0010694661591852</v>
+        <v>0.00125528491211</v>
       </c>
       <c r="I50" s="2" t="n">
-        <v>69289.25</v>
+        <v>66209.39</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="2" t="n">
-        <v>1.7686512E12</v>
+        <v>1.7689968E12</v>
       </c>
       <c r="B51" s="2" t="n">
-        <v>1.768737599999E12</v>
+        <v>1.769083199999E12</v>
       </c>
       <c r="C51" s="2" t="n">
-        <v>1.76872866E12</v>
+        <v>1.76907426E12</v>
       </c>
       <c r="D51" s="2" t="n">
-        <v>1.768659E12</v>
+        <v>1.76904054E12</v>
       </c>
       <c r="E51" s="2" t="n">
-        <v>9.809280099569E-4</v>
+        <v>0.0011473271290531</v>
       </c>
       <c r="F51" s="2" t="n">
-        <v>0.00102769983875</v>
+        <v>0.00120678795554</v>
       </c>
       <c r="G51" s="2" t="n">
-        <v>9.670289889668E-4</v>
+        <v>0.0011437976939515</v>
       </c>
       <c r="H51" s="2" t="n">
-        <v>0.0010195735613288</v>
+        <v>0.0011994868401706</v>
       </c>
       <c r="I51" s="2" t="n">
-        <v>69938.1</v>
+        <v>67338.6</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="2" t="n">
-        <v>1.7685648E12</v>
+        <v>1.7689104E12</v>
       </c>
       <c r="B52" s="2" t="n">
-        <v>1.768651199999E12</v>
+        <v>1.768996799999E12</v>
       </c>
       <c r="C52" s="2" t="n">
-        <v>1.76864478E12</v>
+        <v>1.76898762E12</v>
       </c>
       <c r="D52" s="2" t="n">
-        <v>1.76857974E12</v>
+        <v>1.76892744E12</v>
       </c>
       <c r="E52" s="2" t="n">
-        <v>9.389825258157E-4</v>
+        <v>0.0011404422213117</v>
       </c>
       <c r="F52" s="2" t="n">
-        <v>9.856278438401E-4</v>
+        <v>0.0011527316447877</v>
       </c>
       <c r="G52" s="2" t="n">
-        <v>9.2796699397E-4</v>
+        <v>0.0011313486874767</v>
       </c>
       <c r="H52" s="2" t="n">
-        <v>9.809280099569E-4</v>
+        <v>0.0011473271290531</v>
       </c>
       <c r="I52" s="2" t="n">
-        <v>66002.07</v>
+        <v>71960.56</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="2" t="n">
-        <v>1.7684784E12</v>
+        <v>1.768824E12</v>
       </c>
       <c r="B53" s="2" t="n">
-        <v>1.768564799999E12</v>
+        <v>1.768910399999E12</v>
       </c>
       <c r="C53" s="2" t="n">
-        <v>1.76856312E12</v>
+        <v>1.76889552E12</v>
       </c>
       <c r="D53" s="2" t="n">
-        <v>1.76847936E12</v>
+        <v>1.76882604E12</v>
       </c>
       <c r="E53" s="2" t="n">
-        <v>8.948706140729E-4</v>
+        <v>0.0010694661591852</v>
       </c>
       <c r="F53" s="2" t="n">
-        <v>9.42360114626E-4</v>
+        <v>0.0011496503809887</v>
       </c>
       <c r="G53" s="2" t="n">
-        <v>8.844577476986E-4</v>
+        <v>0.0010642085870796</v>
       </c>
       <c r="H53" s="2" t="n">
-        <v>9.389825258157E-4</v>
+        <v>0.0011404422213117</v>
       </c>
       <c r="I53" s="2" t="n">
-        <v>67650.15</v>
+        <v>59933.19</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="2" t="n">
-        <v>1.768392E12</v>
+        <v>1.7687376E12</v>
       </c>
       <c r="B54" s="2" t="n">
-        <v>1.768478399999E12</v>
+        <v>1.768823999999E12</v>
       </c>
       <c r="C54" s="2" t="n">
-        <v>1.76846682E12</v>
+        <v>1.76880126E12</v>
       </c>
       <c r="D54" s="2" t="n">
-        <v>1.7684133E12</v>
+        <v>1.76874204E12</v>
       </c>
       <c r="E54" s="2" t="n">
-        <v>8.551925347855E-4</v>
+        <v>0.0010195735613288</v>
       </c>
       <c r="F54" s="2" t="n">
-        <v>9.024478280934E-4</v>
+        <v>0.0010894423837287</v>
       </c>
       <c r="G54" s="2" t="n">
-        <v>8.444257151349E-4</v>
+        <v>0.0010140706947743</v>
       </c>
       <c r="H54" s="2" t="n">
-        <v>8.948706140729E-4</v>
+        <v>0.0010694661591852</v>
       </c>
       <c r="I54" s="2" t="n">
-        <v>50461.42</v>
+        <v>69289.25</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="2" t="n">
-        <v>1.7683056E12</v>
+        <v>1.7686512E12</v>
       </c>
       <c r="B55" s="2" t="n">
-        <v>1.768391999999E12</v>
+        <v>1.768737599999E12</v>
       </c>
       <c r="C55" s="2" t="n">
-        <v>1.76838342E12</v>
+        <v>1.76872866E12</v>
       </c>
       <c r="D55" s="2" t="n">
-        <v>1.76830656E12</v>
+        <v>1.768659E12</v>
       </c>
       <c r="E55" s="2" t="n">
-        <v>8.108868779881E-4</v>
+        <v>9.809280099569E-4</v>
       </c>
       <c r="F55" s="2" t="n">
-        <v>8.604456904684E-4</v>
+        <v>0.00102769983875</v>
       </c>
       <c r="G55" s="2" t="n">
-        <v>8.087370193756E-4</v>
+        <v>9.670289889668E-4</v>
       </c>
       <c r="H55" s="2" t="n">
-        <v>8.551925347855E-4</v>
+        <v>0.0010195735613288</v>
       </c>
       <c r="I55" s="2" t="n">
-        <v>49554.79</v>
+        <v>69938.1</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="2" t="n">
-        <v>1.7682192E12</v>
+        <v>1.7685648E12</v>
       </c>
       <c r="B56" s="2" t="n">
-        <v>1.768305599999E12</v>
+        <v>1.768651199999E12</v>
       </c>
       <c r="C56" s="2" t="n">
-        <v>1.7683002E12</v>
+        <v>1.76864478E12</v>
       </c>
       <c r="D56" s="2" t="n">
-        <v>1.7682471E12</v>
+        <v>1.76857974E12</v>
       </c>
       <c r="E56" s="2" t="n">
-        <v>7.726131046374E-4</v>
+        <v>9.389825258157E-4</v>
       </c>
       <c r="F56" s="2" t="n">
-        <v>8.120461284799E-4</v>
+        <v>9.856278438401E-4</v>
       </c>
       <c r="G56" s="2" t="n">
-        <v>7.651670174505E-4</v>
+        <v>9.2796699397E-4</v>
       </c>
       <c r="H56" s="2" t="n">
-        <v>8.108868779881E-4</v>
+        <v>9.809280099569E-4</v>
       </c>
       <c r="I56" s="2" t="n">
-        <v>39846.64</v>
+        <v>66002.07</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="2" t="n">
-        <v>1.7681328E12</v>
+        <v>1.7684784E12</v>
       </c>
       <c r="B57" s="2" t="n">
-        <v>1.768219199999E12</v>
+        <v>1.768564799999E12</v>
       </c>
       <c r="C57" s="2" t="n">
-        <v>1.76817906E12</v>
+        <v>1.76856312E12</v>
       </c>
       <c r="D57" s="2" t="n">
-        <v>1.76813388E12</v>
+        <v>1.76847936E12</v>
       </c>
       <c r="E57" s="2" t="n">
-        <v>7.448472984776E-4</v>
+        <v>8.948706140729E-4</v>
       </c>
       <c r="F57" s="2" t="n">
-        <v>7.765320564457E-4</v>
+        <v>9.42360114626E-4</v>
       </c>
       <c r="G57" s="2" t="n">
-        <v>7.403139593274E-4</v>
+        <v>8.844577476986E-4</v>
       </c>
       <c r="H57" s="2" t="n">
-        <v>7.726131046374E-4</v>
+        <v>9.389825258157E-4</v>
       </c>
       <c r="I57" s="2" t="n">
-        <v>41609.36</v>
+        <v>67650.15</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="2" t="n">
-        <v>1.7680464E12</v>
+        <v>1.768392E12</v>
       </c>
       <c r="B58" s="2" t="n">
-        <v>1.768132799999E12</v>
+        <v>1.768478399999E12</v>
       </c>
       <c r="C58" s="2" t="n">
-        <v>1.76810928E12</v>
+        <v>1.76846682E12</v>
       </c>
       <c r="D58" s="2" t="n">
-        <v>1.76806206E12</v>
+        <v>1.7684133E12</v>
       </c>
       <c r="E58" s="2" t="n">
-        <v>7.09169427467E-4</v>
+        <v>8.551925347855E-4</v>
       </c>
       <c r="F58" s="2" t="n">
-        <v>7.46714749855E-4</v>
+        <v>9.024478280934E-4</v>
       </c>
       <c r="G58" s="2" t="n">
-        <v>6.977412129501E-4</v>
+        <v>8.444257151349E-4</v>
       </c>
       <c r="H58" s="2" t="n">
-        <v>7.448472984776E-4</v>
+        <v>8.948706140729E-4</v>
       </c>
       <c r="I58" s="2" t="n">
-        <v>43315.23</v>
+        <v>50461.42</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="2" t="n">
-        <v>1.76796E12</v>
+        <v>1.7683056E12</v>
       </c>
       <c r="B59" s="2" t="n">
-        <v>1.768046399999E12</v>
+        <v>1.768391999999E12</v>
       </c>
       <c r="C59" s="2" t="n">
-        <v>1.76804628E12</v>
+        <v>1.76838342E12</v>
       </c>
       <c r="D59" s="2" t="n">
-        <v>1.76798142E12</v>
+        <v>1.76830656E12</v>
       </c>
       <c r="E59" s="2" t="n">
-        <v>6.803947464899E-4</v>
+        <v>8.108868779881E-4</v>
       </c>
       <c r="F59" s="2" t="n">
-        <v>7.09169427467E-4</v>
+        <v>8.604456904684E-4</v>
       </c>
       <c r="G59" s="2" t="n">
-        <v>6.755938814476E-4</v>
+        <v>8.087370193756E-4</v>
       </c>
       <c r="H59" s="2" t="n">
-        <v>7.09169427467E-4</v>
+        <v>8.551925347855E-4</v>
       </c>
       <c r="I59" s="2" t="n">
-        <v>41049.68</v>
+        <v>49554.79</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="2" t="n">
-        <v>1.7678736E12</v>
+        <v>1.7682192E12</v>
       </c>
       <c r="B60" s="2" t="n">
-        <v>1.767959999999E12</v>
+        <v>1.768305599999E12</v>
       </c>
       <c r="C60" s="2" t="n">
-        <v>1.7679354E12</v>
+        <v>1.7683002E12</v>
       </c>
       <c r="D60" s="2" t="n">
-        <v>1.7678736E12</v>
+        <v>1.7682471E12</v>
       </c>
       <c r="E60" s="2" t="n">
-        <v>6.489418985736E-4</v>
+        <v>7.726131046374E-4</v>
       </c>
       <c r="F60" s="2" t="n">
-        <v>6.885279418693E-4</v>
+        <v>8.120461284799E-4</v>
       </c>
       <c r="G60" s="2" t="n">
-        <v>6.489418985736E-4</v>
+        <v>7.651670174505E-4</v>
       </c>
       <c r="H60" s="2" t="n">
-        <v>6.803947464899E-4</v>
+        <v>8.108868779881E-4</v>
       </c>
       <c r="I60" s="2" t="n">
-        <v>38637.51</v>
+        <v>39846.64</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="2" t="n">
-        <v>1.7677872E12</v>
+        <v>1.7681328E12</v>
       </c>
       <c r="B61" s="2" t="n">
-        <v>1.767873599999E12</v>
+        <v>1.768219199999E12</v>
       </c>
       <c r="C61" s="2" t="n">
-        <v>1.76787204E12</v>
+        <v>1.76817906E12</v>
       </c>
       <c r="D61" s="2" t="n">
-        <v>1.76779578E12</v>
+        <v>1.76813388E12</v>
       </c>
       <c r="E61" s="2" t="n">
-        <v>6.147043262616E-4</v>
+        <v>7.448472984776E-4</v>
       </c>
       <c r="F61" s="2" t="n">
-        <v>6.513247517299E-4</v>
+        <v>7.765320564457E-4</v>
       </c>
       <c r="G61" s="2" t="n">
-        <v>6.03219091595E-4</v>
+        <v>7.403139593274E-4</v>
       </c>
       <c r="H61" s="2" t="n">
-        <v>6.489418985736E-4</v>
+        <v>7.726131046374E-4</v>
       </c>
       <c r="I61" s="2" t="n">
-        <v>37543.85</v>
+        <v>41609.36</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="2" t="n">
-        <v>1.7677008E12</v>
+        <v>1.7680464E12</v>
       </c>
       <c r="B62" s="2" t="n">
-        <v>1.767787199999E12</v>
+        <v>1.768132799999E12</v>
       </c>
       <c r="C62" s="2" t="n">
-        <v>1.76777934E12</v>
+        <v>1.76810928E12</v>
       </c>
       <c r="D62" s="2" t="n">
-        <v>1.7677023E12</v>
+        <v>1.76806206E12</v>
       </c>
       <c r="E62" s="2" t="n">
-        <v>6.06475944927E-4</v>
+        <v>7.09169427467E-4</v>
       </c>
       <c r="F62" s="2" t="n">
-        <v>6.167751439105E-4</v>
+        <v>7.46714749855E-4</v>
       </c>
       <c r="G62" s="2" t="n">
-        <v>6.032109723936E-4</v>
+        <v>6.977412129501E-4</v>
       </c>
       <c r="H62" s="2" t="n">
-        <v>6.147043262616E-4</v>
+        <v>7.448472984776E-4</v>
       </c>
       <c r="I62" s="2" t="n">
-        <v>23107.75</v>
+        <v>43315.23</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="2" t="n">
-        <v>1.7676144E12</v>
+        <v>1.76796E12</v>
       </c>
       <c r="B63" s="2" t="n">
-        <v>1.767700799999E12</v>
+        <v>1.768046399999E12</v>
       </c>
       <c r="C63" s="2" t="n">
-        <v>1.76768796E12</v>
+        <v>1.76804628E12</v>
       </c>
       <c r="D63" s="2" t="n">
-        <v>1.76763588E12</v>
+        <v>1.76798142E12</v>
       </c>
       <c r="E63" s="2" t="n">
-        <v>6.022851553059E-4</v>
+        <v>6.803947464899E-4</v>
       </c>
       <c r="F63" s="2" t="n">
-        <v>6.163634282235E-4</v>
+        <v>7.09169427467E-4</v>
       </c>
       <c r="G63" s="2" t="n">
-        <v>5.946101288385E-4</v>
+        <v>6.755938814476E-4</v>
       </c>
       <c r="H63" s="2" t="n">
-        <v>6.06475944927E-4</v>
+        <v>7.09169427467E-4</v>
       </c>
       <c r="I63" s="2" t="n">
-        <v>59735.21</v>
+        <v>41049.68</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="2" t="n">
-        <v>1.767528E12</v>
+        <v>1.7678736E12</v>
       </c>
       <c r="B64" s="2" t="n">
-        <v>1.767614399999E12</v>
+        <v>1.767959999999E12</v>
       </c>
       <c r="C64" s="2" t="n">
-        <v>1.76754414E12</v>
+        <v>1.7679354E12</v>
       </c>
       <c r="D64" s="2" t="n">
-        <v>1.76757378E12</v>
+        <v>1.7678736E12</v>
       </c>
       <c r="E64" s="2" t="n">
-        <v>6.029823670247E-4</v>
+        <v>6.489418985736E-4</v>
       </c>
       <c r="F64" s="2" t="n">
-        <v>6.056315821251E-4</v>
+        <v>6.885279418693E-4</v>
       </c>
       <c r="G64" s="2" t="n">
-        <v>5.918170676509E-4</v>
+        <v>6.489418985736E-4</v>
       </c>
       <c r="H64" s="2" t="n">
-        <v>6.022851553059E-4</v>
+        <v>6.803947464899E-4</v>
       </c>
       <c r="I64" s="2" t="n">
-        <v>90184.83</v>
+        <v>38637.51</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="2" t="n">
-        <v>1.7674416E12</v>
+        <v>1.7677872E12</v>
       </c>
       <c r="B65" s="2" t="n">
-        <v>1.767527999999E12</v>
+        <v>1.767873599999E12</v>
       </c>
       <c r="C65" s="2" t="n">
-        <v>1.76745114E12</v>
+        <v>1.76787204E12</v>
       </c>
       <c r="D65" s="2" t="n">
-        <v>1.76746998E12</v>
+        <v>1.76779578E12</v>
       </c>
       <c r="E65" s="2" t="n">
-        <v>6.009814883503E-4</v>
+        <v>6.147043262616E-4</v>
       </c>
       <c r="F65" s="2" t="n">
-        <v>6.058487872645E-4</v>
+        <v>6.513247517299E-4</v>
       </c>
       <c r="G65" s="2" t="n">
-        <v>5.934984204949E-4</v>
+        <v>6.03219091595E-4</v>
       </c>
       <c r="H65" s="2" t="n">
-        <v>6.029823670247E-4</v>
+        <v>6.489418985736E-4</v>
       </c>
       <c r="I65" s="2" t="n">
-        <v>102859.01</v>
+        <v>37543.85</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="2" t="n">
-        <v>1.7673552E12</v>
+        <v>1.7677008E12</v>
       </c>
       <c r="B66" s="2" t="n">
-        <v>1.767441599999E12</v>
+        <v>1.767787199999E12</v>
       </c>
       <c r="C66" s="2" t="n">
-        <v>1.76736882E12</v>
+        <v>1.76777934E12</v>
       </c>
       <c r="D66" s="2" t="n">
-        <v>1.76743224E12</v>
+        <v>1.7677023E12</v>
       </c>
       <c r="E66" s="2" t="n">
-        <v>6.012782024003E-4</v>
+        <v>6.06475944927E-4</v>
       </c>
       <c r="F66" s="2" t="n">
-        <v>6.0546706417E-4</v>
+        <v>6.167751439105E-4</v>
       </c>
       <c r="G66" s="2" t="n">
-        <v>5.95841539407E-4</v>
+        <v>6.032109723936E-4</v>
       </c>
       <c r="H66" s="2" t="n">
-        <v>6.009814883503E-4</v>
+        <v>6.147043262616E-4</v>
       </c>
       <c r="I66" s="2" t="n">
-        <v>76149.15</v>
+        <v>23107.75</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="2" t="n">
-        <v>1.7672688E12</v>
+        <v>1.7676144E12</v>
       </c>
       <c r="B67" s="2" t="n">
-        <v>1.767355199999E12</v>
+        <v>1.767700799999E12</v>
       </c>
       <c r="C67" s="2" t="n">
-        <v>1.76735406E12</v>
+        <v>1.76768796E12</v>
       </c>
       <c r="D67" s="2" t="n">
-        <v>1.76729196E12</v>
+        <v>1.76763588E12</v>
       </c>
       <c r="E67" s="2" t="n">
-        <v>5.953871479985E-4</v>
+        <v>6.022851553059E-4</v>
       </c>
       <c r="F67" s="2" t="n">
-        <v>6.029440805036E-4</v>
+        <v>6.163634282235E-4</v>
       </c>
       <c r="G67" s="2" t="n">
-        <v>5.90780932555E-4</v>
+        <v>5.946101288385E-4</v>
       </c>
       <c r="H67" s="2" t="n">
-        <v>6.012782024003E-4</v>
+        <v>6.06475944927E-4</v>
       </c>
       <c r="I67" s="2" t="n">
-        <v>73938.4</v>
+        <v>59735.21</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" s="2" t="n">
-        <v>1.7671824E12</v>
+        <v>1.767528E12</v>
       </c>
       <c r="B68" s="2" t="n">
-        <v>1.767268799999E12</v>
+        <v>1.767614399999E12</v>
       </c>
       <c r="C68" s="2" t="n">
-        <v>1.76723352E12</v>
+        <v>1.76754414E12</v>
       </c>
       <c r="D68" s="2" t="n">
-        <v>1.76725092E12</v>
+        <v>1.76757378E12</v>
       </c>
       <c r="E68" s="2" t="n">
-        <v>5.938458860984E-4</v>
+        <v>6.029823670247E-4</v>
       </c>
       <c r="F68" s="2" t="n">
-        <v>6.017815199893E-4</v>
+        <v>6.056315821251E-4</v>
       </c>
       <c r="G68" s="2" t="n">
-        <v>5.863710243192E-4</v>
+        <v>5.918170676509E-4</v>
       </c>
       <c r="H68" s="2" t="n">
-        <v>5.953871479985E-4</v>
+        <v>6.022851553059E-4</v>
       </c>
       <c r="I68" s="2" t="n">
-        <v>84477.31</v>
+        <v>90184.83</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" s="2" t="n">
-        <v>1.767096E12</v>
+        <v>1.7674416E12</v>
       </c>
       <c r="B69" s="2" t="n">
-        <v>1.767182399999E12</v>
+        <v>1.767527999999E12</v>
       </c>
       <c r="C69" s="2" t="n">
-        <v>1.7671458E12</v>
+        <v>1.76745114E12</v>
       </c>
       <c r="D69" s="2" t="n">
-        <v>1.76717094E12</v>
+        <v>1.76746998E12</v>
       </c>
       <c r="E69" s="2" t="n">
-        <v>5.91936860689E-4</v>
+        <v>6.009814883503E-4</v>
       </c>
       <c r="F69" s="2" t="n">
-        <v>5.985062753402E-4</v>
+        <v>6.058487872645E-4</v>
       </c>
       <c r="G69" s="2" t="n">
-        <v>5.871400179356E-4</v>
+        <v>5.934984204949E-4</v>
       </c>
       <c r="H69" s="2" t="n">
-        <v>5.938458860984E-4</v>
+        <v>6.029823670247E-4</v>
       </c>
       <c r="I69" s="2" t="n">
-        <v>71323.4</v>
+        <v>102859.01</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" s="2" t="n">
-        <v>1.7448048E12</v>
+        <v>1.7673552E12</v>
       </c>
       <c r="B70" s="2" t="n">
-        <v>1.744891199999E12</v>
+        <v>1.767441599999E12</v>
       </c>
       <c r="C70" s="2" t="n">
-        <v>1.74480612E12</v>
+        <v>1.76736882E12</v>
       </c>
       <c r="D70" s="2" t="n">
-        <v>1.74480612E12</v>
+        <v>1.76743224E12</v>
       </c>
       <c r="E70" s="2" t="n">
-        <v>8.899830023101E-4</v>
+        <v>6.012782024003E-4</v>
       </c>
       <c r="F70" s="2" t="n">
-        <v>8.899830023101E-4</v>
+        <v>6.0546706417E-4</v>
       </c>
       <c r="G70" s="2" t="n">
-        <v>8.899830023101E-4</v>
+        <v>5.95841539407E-4</v>
       </c>
       <c r="H70" s="2" t="n">
-        <v>8.899830023101E-4</v>
+        <v>6.009814883503E-4</v>
       </c>
       <c r="I70" s="2" t="n">
-        <v>0.0</v>
+        <v>76149.15</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" s="2" t="n">
-        <v>1.7447184E12</v>
+        <v>1.7672688E12</v>
       </c>
       <c r="B71" s="2" t="n">
-        <v>1.744804799999E12</v>
+        <v>1.767355199999E12</v>
       </c>
       <c r="C71" s="2" t="n">
-        <v>1.74471942E12</v>
+        <v>1.76735406E12</v>
       </c>
       <c r="D71" s="2" t="n">
-        <v>1.74471942E12</v>
+        <v>1.76729196E12</v>
       </c>
       <c r="E71" s="2" t="n">
-        <v>8.899830023101E-4</v>
+        <v>5.953871479985E-4</v>
       </c>
       <c r="F71" s="2" t="n">
-        <v>8.899830023101E-4</v>
+        <v>6.029440805036E-4</v>
       </c>
       <c r="G71" s="2" t="n">
-        <v>8.899830023101E-4</v>
+        <v>5.90780932555E-4</v>
       </c>
       <c r="H71" s="2" t="n">
-        <v>8.899830023101E-4</v>
+        <v>6.012782024003E-4</v>
       </c>
       <c r="I71" s="2" t="n">
-        <v>0.0</v>
+        <v>73938.4</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" s="2" t="n">
-        <v>1.744632E12</v>
+        <v>1.7671824E12</v>
       </c>
       <c r="B72" s="2" t="n">
-        <v>1.744718399999E12</v>
+        <v>1.767268799999E12</v>
       </c>
       <c r="C72" s="2" t="n">
-        <v>1.7446347E12</v>
+        <v>1.76723352E12</v>
       </c>
       <c r="D72" s="2" t="n">
-        <v>1.7446347E12</v>
+        <v>1.76725092E12</v>
       </c>
       <c r="E72" s="2" t="n">
-        <v>8.899830023101E-4</v>
+        <v>5.938458860984E-4</v>
       </c>
       <c r="F72" s="2" t="n">
-        <v>8.899830023101E-4</v>
+        <v>6.017815199893E-4</v>
       </c>
       <c r="G72" s="2" t="n">
-        <v>8.899830023101E-4</v>
+        <v>5.863710243192E-4</v>
       </c>
       <c r="H72" s="2" t="n">
-        <v>8.899830023101E-4</v>
+        <v>5.953871479985E-4</v>
       </c>
       <c r="I72" s="2" t="n">
-        <v>0.0</v>
+        <v>84477.31</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" s="2" t="n">
-        <v>1.7445456E12</v>
+        <v>1.767096E12</v>
       </c>
       <c r="B73" s="2" t="n">
-        <v>1.744631999999E12</v>
+        <v>1.767182399999E12</v>
       </c>
       <c r="C73" s="2" t="n">
-        <v>1.7445459E12</v>
+        <v>1.7671458E12</v>
       </c>
       <c r="D73" s="2" t="n">
-        <v>1.7445459E12</v>
+        <v>1.76717094E12</v>
       </c>
       <c r="E73" s="2" t="n">
-        <v>8.899830023101E-4</v>
+        <v>5.91936860689E-4</v>
       </c>
       <c r="F73" s="2" t="n">
-        <v>8.899830023101E-4</v>
+        <v>5.985062753402E-4</v>
       </c>
       <c r="G73" s="2" t="n">
-        <v>8.899830023101E-4</v>
+        <v>5.871400179356E-4</v>
       </c>
       <c r="H73" s="2" t="n">
-        <v>8.899830023101E-4</v>
+        <v>5.938458860984E-4</v>
       </c>
       <c r="I73" s="2" t="n">
-        <v>0.0</v>
+        <v>71323.4</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" s="2" t="n">
-        <v>1.7444592E12</v>
+        <v>1.7448048E12</v>
       </c>
       <c r="B74" s="2" t="n">
-        <v>1.744545599999E12</v>
+        <v>1.744891199999E12</v>
       </c>
       <c r="C74" s="2" t="n">
-        <v>1.74446088E12</v>
+        <v>1.74480612E12</v>
       </c>
       <c r="D74" s="2" t="n">
-        <v>1.74446088E12</v>
+        <v>1.74480612E12</v>
       </c>
       <c r="E74" s="2" t="n">
         <v>8.899830023101E-4</v>
       </c>
       <c r="F74" s="2" t="n">
         <v>8.899830023101E-4</v>
       </c>
       <c r="G74" s="2" t="n">
         <v>8.899830023101E-4</v>
       </c>
       <c r="H74" s="2" t="n">
         <v>8.899830023101E-4</v>
       </c>
       <c r="I74" s="2" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" s="2" t="n">
-        <v>1.7443728E12</v>
+        <v>1.7447184E12</v>
       </c>
       <c r="B75" s="2" t="n">
-        <v>1.744459199999E12</v>
+        <v>1.744804799999E12</v>
       </c>
       <c r="C75" s="2" t="n">
-        <v>1.74437508E12</v>
+        <v>1.74471942E12</v>
       </c>
       <c r="D75" s="2" t="n">
-        <v>1.74437508E12</v>
+        <v>1.74471942E12</v>
       </c>
       <c r="E75" s="2" t="n">
         <v>8.899830023101E-4</v>
       </c>
       <c r="F75" s="2" t="n">
         <v>8.899830023101E-4</v>
       </c>
       <c r="G75" s="2" t="n">
         <v>8.899830023101E-4</v>
       </c>
       <c r="H75" s="2" t="n">
         <v>8.899830023101E-4</v>
       </c>
       <c r="I75" s="2" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" s="2" t="n">
-        <v>1.7442864E12</v>
+        <v>1.744632E12</v>
       </c>
       <c r="B76" s="2" t="n">
-        <v>1.744372799999E12</v>
+        <v>1.744718399999E12</v>
       </c>
       <c r="C76" s="2" t="n">
-        <v>1.74429222E12</v>
+        <v>1.7446347E12</v>
       </c>
       <c r="D76" s="2" t="n">
-        <v>1.74428694E12</v>
+        <v>1.7446347E12</v>
       </c>
       <c r="E76" s="2" t="n">
-        <v>8.733447199412E-4</v>
+        <v>8.899830023101E-4</v>
       </c>
       <c r="F76" s="2" t="n">
-        <v>8.97492552012E-4</v>
+        <v>8.899830023101E-4</v>
       </c>
       <c r="G76" s="2" t="n">
-        <v>8.727251778652E-4</v>
+        <v>8.899830023101E-4</v>
       </c>
       <c r="H76" s="2" t="n">
         <v>8.899830023101E-4</v>
       </c>
       <c r="I76" s="2" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" s="2" t="n">
-        <v>1.7442E12</v>
+        <v>1.7445456E12</v>
       </c>
       <c r="B77" s="2" t="n">
-        <v>1.744286399999E12</v>
+        <v>1.744631999999E12</v>
       </c>
       <c r="C77" s="2" t="n">
-        <v>1.74428274E12</v>
+        <v>1.7445459E12</v>
       </c>
       <c r="D77" s="2" t="n">
-        <v>1.74420618E12</v>
+        <v>1.7445459E12</v>
       </c>
       <c r="E77" s="2" t="n">
-        <v>7.803561590123E-4</v>
+        <v>8.899830023101E-4</v>
       </c>
       <c r="F77" s="2" t="n">
-        <v>8.734992414151E-4</v>
+        <v>8.899830023101E-4</v>
       </c>
       <c r="G77" s="2" t="n">
-        <v>7.557806463577E-4</v>
+        <v>8.899830023101E-4</v>
       </c>
       <c r="H77" s="2" t="n">
-        <v>8.733447199412E-4</v>
+        <v>8.899830023101E-4</v>
       </c>
       <c r="I77" s="2" t="n">
-        <v>4056.74</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" s="2" t="n">
-        <v>1.7441136E12</v>
+        <v>1.7444592E12</v>
       </c>
       <c r="B78" s="2" t="n">
-        <v>1.744199999999E12</v>
+        <v>1.744545599999E12</v>
       </c>
       <c r="C78" s="2" t="n">
-        <v>1.74411834E12</v>
+        <v>1.74446088E12</v>
       </c>
       <c r="D78" s="2" t="n">
-        <v>1.74419934E12</v>
+        <v>1.74446088E12</v>
       </c>
       <c r="E78" s="2" t="n">
-        <v>8.366327445534E-4</v>
+        <v>8.899830023101E-4</v>
       </c>
       <c r="F78" s="2" t="n">
-        <v>8.595307849128E-4</v>
+        <v>8.899830023101E-4</v>
       </c>
       <c r="G78" s="2" t="n">
-        <v>7.801200064892E-4</v>
+        <v>8.899830023101E-4</v>
       </c>
       <c r="H78" s="2" t="n">
-        <v>7.803561590123E-4</v>
+        <v>8.899830023101E-4</v>
       </c>
       <c r="I78" s="2" t="n">
-        <v>2237.8</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" s="2" t="n">
-        <v>1.7440272E12</v>
+        <v>1.7443728E12</v>
       </c>
       <c r="B79" s="2" t="n">
-        <v>1.744113599999E12</v>
+        <v>1.744459199999E12</v>
       </c>
       <c r="C79" s="2" t="n">
-        <v>1.74406956E12</v>
+        <v>1.74437508E12</v>
       </c>
       <c r="D79" s="2" t="n">
-        <v>1.74402726E12</v>
+        <v>1.74437508E12</v>
       </c>
       <c r="E79" s="2" t="n">
-        <v>8.033121115011E-4</v>
+        <v>8.899830023101E-4</v>
       </c>
       <c r="F79" s="2" t="n">
-        <v>8.831097412524E-4</v>
+        <v>8.899830023101E-4</v>
       </c>
       <c r="G79" s="2" t="n">
-        <v>8.033121115011E-4</v>
+        <v>8.899830023101E-4</v>
       </c>
       <c r="H79" s="2" t="n">
-        <v>8.366327445534E-4</v>
+        <v>8.899830023101E-4</v>
       </c>
       <c r="I79" s="2" t="n">
-        <v>1663.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" s="2" t="n">
-        <v>1.7439408E12</v>
+        <v>1.7442864E12</v>
       </c>
       <c r="B80" s="2" t="n">
-        <v>1.744027199999E12</v>
+        <v>1.744372799999E12</v>
       </c>
       <c r="C80" s="2" t="n">
-        <v>1.74399594E12</v>
+        <v>1.74429222E12</v>
       </c>
       <c r="D80" s="2" t="n">
-        <v>1.74394536E12</v>
+        <v>1.74428694E12</v>
       </c>
       <c r="E80" s="2" t="n">
-        <v>6.749007576837E-4</v>
+        <v>8.733447199412E-4</v>
       </c>
       <c r="F80" s="2" t="n">
-        <v>8.44978283196E-4</v>
+        <v>8.97492552012E-4</v>
       </c>
       <c r="G80" s="2" t="n">
-        <v>6.656875548079E-4</v>
+        <v>8.727251778652E-4</v>
       </c>
       <c r="H80" s="2" t="n">
-        <v>8.033121115011E-4</v>
+        <v>8.899830023101E-4</v>
       </c>
       <c r="I80" s="2" t="n">
-        <v>1466.3</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" s="2" t="n">
-        <v>1.7438544E12</v>
+        <v>1.7442E12</v>
       </c>
       <c r="B81" s="2" t="n">
-        <v>1.743940799999E12</v>
+        <v>1.744286399999E12</v>
       </c>
       <c r="C81" s="2" t="n">
-        <v>1.74387804E12</v>
+        <v>1.74428274E12</v>
       </c>
       <c r="D81" s="2" t="n">
-        <v>1.74392256E12</v>
+        <v>1.74420618E12</v>
       </c>
       <c r="E81" s="2" t="n">
-        <v>8.137381171377E-4</v>
+        <v>7.803561590123E-4</v>
       </c>
       <c r="F81" s="2" t="n">
-        <v>0.0010094826412631</v>
+        <v>8.734992414151E-4</v>
       </c>
       <c r="G81" s="2" t="n">
-        <v>6.231670381048E-4</v>
+        <v>7.557806463577E-4</v>
       </c>
       <c r="H81" s="2" t="n">
-        <v>6.749007576837E-4</v>
+        <v>8.733447199412E-4</v>
       </c>
       <c r="I81" s="2" t="n">
-        <v>3246.36</v>
+        <v>4056.74</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" s="2" t="n">
-        <v>1.743768E12</v>
+        <v>1.7441136E12</v>
       </c>
       <c r="B82" s="2" t="n">
-        <v>1.743854399999E12</v>
+        <v>1.744199999999E12</v>
       </c>
       <c r="C82" s="2" t="n">
-        <v>1.74377556E12</v>
+        <v>1.74411834E12</v>
       </c>
       <c r="D82" s="2" t="n">
-        <v>1.74381072E12</v>
+        <v>1.74419934E12</v>
       </c>
       <c r="E82" s="2" t="n">
-        <v>8.376965545118E-4</v>
+        <v>8.366327445534E-4</v>
       </c>
       <c r="F82" s="2" t="n">
-        <v>0.0010073828364021</v>
+        <v>8.595307849128E-4</v>
       </c>
       <c r="G82" s="2" t="n">
-        <v>8.025094520587E-4</v>
+        <v>7.801200064892E-4</v>
       </c>
       <c r="H82" s="2" t="n">
-        <v>8.137381171377E-4</v>
+        <v>7.803561590123E-4</v>
       </c>
       <c r="I82" s="2" t="n">
-        <v>2625.81</v>
+        <v>2237.8</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" s="2" t="n">
-        <v>1.7436816E12</v>
+        <v>1.7440272E12</v>
       </c>
       <c r="B83" s="2" t="n">
-        <v>1.743767999999E12</v>
+        <v>1.744113599999E12</v>
       </c>
       <c r="C83" s="2" t="n">
-        <v>1.74374646E12</v>
+        <v>1.74406956E12</v>
       </c>
       <c r="D83" s="2" t="n">
-        <v>1.7437368E12</v>
+        <v>1.74402726E12</v>
       </c>
       <c r="E83" s="2" t="n">
-        <v>7.943262412932E-4</v>
+        <v>8.033121115011E-4</v>
       </c>
       <c r="F83" s="2" t="n">
-        <v>0.0010205288602093</v>
+        <v>8.831097412524E-4</v>
       </c>
       <c r="G83" s="2" t="n">
-        <v>7.735746725163E-4</v>
+        <v>8.033121115011E-4</v>
       </c>
       <c r="H83" s="2" t="n">
-        <v>8.376965545118E-4</v>
+        <v>8.366327445534E-4</v>
       </c>
       <c r="I83" s="2" t="n">
-        <v>2846.98</v>
+        <v>1663.0</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" s="2" t="n">
-        <v>1.7435952E12</v>
+        <v>1.7439408E12</v>
       </c>
       <c r="B84" s="2" t="n">
-        <v>1.743681599999E12</v>
+        <v>1.744027199999E12</v>
       </c>
       <c r="C84" s="2" t="n">
-        <v>1.74361158E12</v>
+        <v>1.74399594E12</v>
       </c>
       <c r="D84" s="2" t="n">
-        <v>1.74364452E12</v>
+        <v>1.74394536E12</v>
       </c>
       <c r="E84" s="2" t="n">
-        <v>0.0010940023506761</v>
+        <v>6.749007576837E-4</v>
       </c>
       <c r="F84" s="2" t="n">
-        <v>0.0010950123030761</v>
+        <v>8.44978283196E-4</v>
       </c>
       <c r="G84" s="2" t="n">
-        <v>7.836365925099E-4</v>
+        <v>6.656875548079E-4</v>
       </c>
       <c r="H84" s="2" t="n">
-        <v>7.943262412932E-4</v>
+        <v>8.033121115011E-4</v>
       </c>
       <c r="I84" s="2" t="n">
-        <v>3769.35</v>
+        <v>1466.3</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" s="2" t="n">
-        <v>1.7435088E12</v>
+        <v>1.7438544E12</v>
       </c>
       <c r="B85" s="2" t="n">
-        <v>1.743595199999E12</v>
+        <v>1.743940799999E12</v>
       </c>
       <c r="C85" s="2" t="n">
-        <v>1.743513E12</v>
+        <v>1.74387804E12</v>
       </c>
       <c r="D85" s="2" t="n">
-        <v>1.74356664E12</v>
+        <v>1.74392256E12</v>
       </c>
       <c r="E85" s="2" t="n">
-        <v>0.0012995396954973</v>
+        <v>8.137381171377E-4</v>
       </c>
       <c r="F85" s="2" t="n">
-        <v>0.0013001612899484</v>
+        <v>0.0010094826412631</v>
       </c>
       <c r="G85" s="2" t="n">
-        <v>0.0010895193418012</v>
+        <v>6.231670381048E-4</v>
       </c>
       <c r="H85" s="2" t="n">
-        <v>0.0010940023506761</v>
+        <v>6.749007576837E-4</v>
       </c>
       <c r="I85" s="2" t="n">
-        <v>2566.81</v>
+        <v>3246.36</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" s="2" t="n">
-        <v>1.7434224E12</v>
+        <v>1.743768E12</v>
       </c>
       <c r="B86" s="2" t="n">
-        <v>1.743508799999E12</v>
+        <v>1.743854399999E12</v>
       </c>
       <c r="C86" s="2" t="n">
-        <v>1.74347292E12</v>
+        <v>1.74377556E12</v>
       </c>
       <c r="D86" s="2" t="n">
-        <v>1.7434749E12</v>
+        <v>1.74381072E12</v>
       </c>
       <c r="E86" s="2" t="n">
-        <v>0.0013741518562861</v>
+        <v>8.376965545118E-4</v>
       </c>
       <c r="F86" s="2" t="n">
-        <v>0.001387957542458</v>
+        <v>0.0010073828364021</v>
       </c>
       <c r="G86" s="2" t="n">
-        <v>0.0012982785123707</v>
+        <v>8.025094520587E-4</v>
       </c>
       <c r="H86" s="2" t="n">
-        <v>0.0012995396954973</v>
+        <v>8.137381171377E-4</v>
       </c>
       <c r="I86" s="2" t="n">
-        <v>2206.49</v>
+        <v>2625.81</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" s="2" t="n">
-        <v>1.743336E12</v>
+        <v>1.7436816E12</v>
       </c>
       <c r="B87" s="2" t="n">
-        <v>1.743422399999E12</v>
+        <v>1.743767999999E12</v>
       </c>
       <c r="C87" s="2" t="n">
-        <v>1.74333606E12</v>
+        <v>1.74374646E12</v>
       </c>
       <c r="D87" s="2" t="n">
-        <v>1.74336954E12</v>
+        <v>1.7437368E12</v>
       </c>
       <c r="E87" s="2" t="n">
-        <v>0.0014736684417764</v>
+        <v>7.943262412932E-4</v>
       </c>
       <c r="F87" s="2" t="n">
-        <v>0.0014738554301864</v>
+        <v>0.0010205288602093</v>
       </c>
       <c r="G87" s="2" t="n">
-        <v>0.0013668229808278</v>
+        <v>7.735746725163E-4</v>
       </c>
       <c r="H87" s="2" t="n">
-        <v>0.0013741518562861</v>
+        <v>8.376965545118E-4</v>
       </c>
       <c r="I87" s="2" t="n">
-        <v>2704.67</v>
+        <v>2846.98</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" s="2" t="n">
-        <v>1.7432496E12</v>
+        <v>1.7435952E12</v>
       </c>
       <c r="B88" s="2" t="n">
-        <v>1.743335999999E12</v>
+        <v>1.743681599999E12</v>
       </c>
       <c r="C88" s="2" t="n">
-        <v>1.74329424E12</v>
+        <v>1.74361158E12</v>
       </c>
       <c r="D88" s="2" t="n">
-        <v>1.74326304E12</v>
+        <v>1.74364452E12</v>
       </c>
       <c r="E88" s="2" t="n">
-        <v>0.0013271794808921</v>
+        <v>0.0010940023506761</v>
       </c>
       <c r="F88" s="2" t="n">
-        <v>0.0015922992399929</v>
+        <v>0.0010950123030761</v>
       </c>
       <c r="G88" s="2" t="n">
-        <v>0.0013260050065042</v>
+        <v>7.836365925099E-4</v>
       </c>
       <c r="H88" s="2" t="n">
-        <v>0.0014736684417764</v>
+        <v>7.943262412932E-4</v>
       </c>
       <c r="I88" s="2" t="n">
-        <v>2241.09</v>
+        <v>3769.35</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" s="2" t="n">
-        <v>1.7431632E12</v>
+        <v>1.7435088E12</v>
       </c>
       <c r="B89" s="2" t="n">
-        <v>1.743249599999E12</v>
+        <v>1.743595199999E12</v>
       </c>
       <c r="C89" s="2" t="n">
-        <v>1.7432475E12</v>
+        <v>1.743513E12</v>
       </c>
       <c r="D89" s="2" t="n">
-        <v>1.74318918E12</v>
+        <v>1.74356664E12</v>
       </c>
       <c r="E89" s="2" t="n">
-        <v>0.0013216985035547</v>
+        <v>0.0012995396954973</v>
       </c>
       <c r="F89" s="2" t="n">
-        <v>0.0013273845502883</v>
+        <v>0.0013001612899484</v>
       </c>
       <c r="G89" s="2" t="n">
-        <v>0.0013053210259719</v>
+        <v>0.0010895193418012</v>
       </c>
       <c r="H89" s="2" t="n">
-        <v>0.0013271794808921</v>
+        <v>0.0010940023506761</v>
       </c>
       <c r="I89" s="2" t="n">
-        <v>1170.44</v>
+        <v>2566.81</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" s="2" t="n">
-        <v>1.7430768E12</v>
+        <v>1.7434224E12</v>
       </c>
       <c r="B90" s="2" t="n">
-        <v>1.743163199999E12</v>
+        <v>1.743508799999E12</v>
       </c>
       <c r="C90" s="2" t="n">
-        <v>1.74308496E12</v>
+        <v>1.74347292E12</v>
       </c>
       <c r="D90" s="2" t="n">
-        <v>1.7431314E12</v>
+        <v>1.7434749E12</v>
       </c>
       <c r="E90" s="2" t="n">
-        <v>0.0014090666573659</v>
+        <v>0.0013741518562861</v>
       </c>
       <c r="F90" s="2" t="n">
-        <v>0.0015792852224327</v>
+        <v>0.001387957542458</v>
       </c>
       <c r="G90" s="2" t="n">
-        <v>0.001269957607302</v>
+        <v>0.0012982785123707</v>
       </c>
       <c r="H90" s="2" t="n">
-        <v>0.0013216985035547</v>
+        <v>0.0012995396954973</v>
       </c>
       <c r="I90" s="2" t="n">
-        <v>3597.79</v>
+        <v>2206.49</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" s="2" t="n">
-        <v>1.7429904E12</v>
+        <v>1.743336E12</v>
       </c>
       <c r="B91" s="2" t="n">
-        <v>1.743076799999E12</v>
+        <v>1.743422399999E12</v>
       </c>
       <c r="C91" s="2" t="n">
-        <v>1.7430126E12</v>
+        <v>1.74333606E12</v>
       </c>
       <c r="D91" s="2" t="n">
-        <v>1.74304788E12</v>
+        <v>1.74336954E12</v>
       </c>
       <c r="E91" s="2" t="n">
-        <v>0.0018081935125333</v>
+        <v>0.0014736684417764</v>
       </c>
       <c r="F91" s="2" t="n">
-        <v>0.0020173973937289</v>
+        <v>0.0014738554301864</v>
       </c>
       <c r="G91" s="2" t="n">
-        <v>0.001256844114322</v>
+        <v>0.0013668229808278</v>
       </c>
       <c r="H91" s="2" t="n">
-        <v>0.0014090666573659</v>
+        <v>0.0013741518562861</v>
       </c>
       <c r="I91" s="2" t="n">
-        <v>4692.92</v>
+        <v>2704.67</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" s="2" t="n">
-        <v>1.742904E12</v>
+        <v>1.7432496E12</v>
       </c>
       <c r="B92" s="2" t="n">
-        <v>1.742990399999E12</v>
+        <v>1.743335999999E12</v>
       </c>
       <c r="C92" s="2" t="n">
-        <v>1.74297498E12</v>
+        <v>1.74329424E12</v>
       </c>
       <c r="D92" s="2" t="n">
-        <v>1.74294474E12</v>
+        <v>1.74326304E12</v>
       </c>
       <c r="E92" s="2" t="n">
-        <v>0.0011745920022725</v>
+        <v>0.0013271794808921</v>
       </c>
       <c r="F92" s="2" t="n">
-        <v>0.0020068912334783</v>
+        <v>0.0015922992399929</v>
       </c>
       <c r="G92" s="2" t="n">
-        <v>0.0011378597794156</v>
+        <v>0.0013260050065042</v>
       </c>
       <c r="H92" s="2" t="n">
-        <v>0.0018081935125333</v>
+        <v>0.0014736684417764</v>
       </c>
       <c r="I92" s="2" t="n">
-        <v>6794.38</v>
+        <v>2241.09</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" s="2" t="n">
-        <v>1.7428176E12</v>
+        <v>1.7431632E12</v>
       </c>
       <c r="B93" s="2" t="n">
-        <v>1.742903999999E12</v>
+        <v>1.743249599999E12</v>
       </c>
       <c r="C93" s="2" t="n">
-        <v>1.74281802E12</v>
+        <v>1.7432475E12</v>
       </c>
       <c r="D93" s="2" t="n">
-        <v>1.74289494E12</v>
+        <v>1.74318918E12</v>
       </c>
       <c r="E93" s="2" t="n">
-        <v>0.0012302357997709</v>
+        <v>0.0013216985035547</v>
       </c>
       <c r="F93" s="2" t="n">
-        <v>0.0012302357997709</v>
+        <v>0.0013273845502883</v>
       </c>
       <c r="G93" s="2" t="n">
-        <v>0.0011694148736818</v>
+        <v>0.0013053210259719</v>
       </c>
       <c r="H93" s="2" t="n">
-        <v>0.0011745920022725</v>
+        <v>0.0013271794808921</v>
       </c>
       <c r="I93" s="2" t="n">
-        <v>2166.0</v>
+        <v>1170.44</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" s="2" t="n">
-        <v>1.7427312E12</v>
+        <v>1.7430768E12</v>
       </c>
       <c r="B94" s="2" t="n">
-        <v>1.742817599999E12</v>
+        <v>1.743163199999E12</v>
       </c>
       <c r="C94" s="2" t="n">
-        <v>1.742751E12</v>
+        <v>1.74308496E12</v>
       </c>
       <c r="D94" s="2" t="n">
-        <v>1.74278778E12</v>
+        <v>1.7431314E12</v>
       </c>
       <c r="E94" s="2" t="n">
-        <v>0.0013833193498674</v>
+        <v>0.0014090666573659</v>
       </c>
       <c r="F94" s="2" t="n">
-        <v>0.0013918018460256</v>
+        <v>0.0015792852224327</v>
       </c>
       <c r="G94" s="2" t="n">
-        <v>0.0011909726634445</v>
+        <v>0.001269957607302</v>
       </c>
       <c r="H94" s="2" t="n">
-        <v>0.0012302357997709</v>
+        <v>0.0013216985035547</v>
       </c>
       <c r="I94" s="2" t="n">
-        <v>2461.61</v>
+        <v>3597.79</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" s="2" t="n">
-        <v>1.7426448E12</v>
+        <v>1.7429904E12</v>
       </c>
       <c r="B95" s="2" t="n">
-        <v>1.742731199999E12</v>
+        <v>1.743076799999E12</v>
       </c>
       <c r="C95" s="2" t="n">
-        <v>1.74268842E12</v>
+        <v>1.7430126E12</v>
       </c>
       <c r="D95" s="2" t="n">
-        <v>1.74268896E12</v>
+        <v>1.74304788E12</v>
       </c>
       <c r="E95" s="2" t="n">
-        <v>0.0013313876269394</v>
+        <v>0.0018081935125333</v>
       </c>
       <c r="F95" s="2" t="n">
-        <v>0.0014991537644473</v>
+        <v>0.0020173973937289</v>
       </c>
       <c r="G95" s="2" t="n">
-        <v>0.0013160760311603</v>
+        <v>0.001256844114322</v>
       </c>
       <c r="H95" s="2" t="n">
-        <v>0.0013833193498674</v>
+        <v>0.0014090666573659</v>
       </c>
       <c r="I95" s="2" t="n">
-        <v>1289.21</v>
+        <v>4692.92</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" s="2" t="n">
-        <v>1.7425584E12</v>
+        <v>1.742904E12</v>
       </c>
       <c r="B96" s="2" t="n">
-        <v>1.742644799999E12</v>
+        <v>1.742990399999E12</v>
       </c>
       <c r="C96" s="2" t="n">
-        <v>1.74261786E12</v>
+        <v>1.74297498E12</v>
       </c>
       <c r="D96" s="2" t="n">
-        <v>1.74255846E12</v>
+        <v>1.74294474E12</v>
       </c>
       <c r="E96" s="2" t="n">
-        <v>0.0012173057004551</v>
+        <v>0.0011745920022725</v>
       </c>
       <c r="F96" s="2" t="n">
-        <v>0.0019443982425326</v>
+        <v>0.0020068912334783</v>
       </c>
       <c r="G96" s="2" t="n">
-        <v>0.0012173057004551</v>
+        <v>0.0011378597794156</v>
       </c>
       <c r="H96" s="2" t="n">
-        <v>0.0013313876269394</v>
+        <v>0.0018081935125333</v>
       </c>
       <c r="I96" s="2" t="n">
-        <v>2975.62</v>
+        <v>6794.38</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" s="2" t="n">
-        <v>1.742472E12</v>
+        <v>1.7428176E12</v>
       </c>
       <c r="B97" s="2" t="n">
-        <v>1.742558399999E12</v>
+        <v>1.742903999999E12</v>
       </c>
       <c r="C97" s="2" t="n">
-        <v>1.7424726E12</v>
+        <v>1.74281802E12</v>
       </c>
       <c r="D97" s="2" t="n">
-        <v>1.7424726E12</v>
+        <v>1.74289494E12</v>
       </c>
       <c r="E97" s="2" t="n">
-        <v>0.0012173057004551</v>
+        <v>0.0012302357997709</v>
       </c>
       <c r="F97" s="2" t="n">
-        <v>0.0012173057004551</v>
+        <v>0.0012302357997709</v>
       </c>
       <c r="G97" s="2" t="n">
-        <v>0.0012173057004551</v>
+        <v>0.0011694148736818</v>
       </c>
       <c r="H97" s="2" t="n">
-        <v>0.0012173057004551</v>
+        <v>0.0011745920022725</v>
       </c>
       <c r="I97" s="2" t="n">
-        <v>1543.32</v>
+        <v>2166.0</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" s="2" t="n">
-        <v>1.7423856E12</v>
+        <v>1.7427312E12</v>
       </c>
       <c r="B98" s="2" t="n">
-        <v>1.742471999999E12</v>
+        <v>1.742817599999E12</v>
       </c>
       <c r="C98" s="2" t="n">
-        <v>1.74240672E12</v>
+        <v>1.742751E12</v>
       </c>
       <c r="D98" s="2" t="n">
-        <v>1.7424177E12</v>
+        <v>1.74278778E12</v>
       </c>
       <c r="E98" s="2" t="n">
-        <v>0.0012174146557751</v>
+        <v>0.0013833193498674</v>
       </c>
       <c r="F98" s="2" t="n">
-        <v>0.0012773409149139</v>
+        <v>0.0013918018460256</v>
       </c>
       <c r="G98" s="2" t="n">
-        <v>0.0012033728267016</v>
+        <v>0.0011909726634445</v>
       </c>
       <c r="H98" s="2" t="n">
-        <v>0.0012173057004551</v>
+        <v>0.0012302357997709</v>
       </c>
       <c r="I98" s="2" t="n">
-        <v>1544.48</v>
+        <v>2461.61</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" s="2" t="n">
-        <v>1.7422992E12</v>
+        <v>1.7426448E12</v>
       </c>
       <c r="B99" s="2" t="n">
-        <v>1.742385599999E12</v>
+        <v>1.742731199999E12</v>
       </c>
       <c r="C99" s="2" t="n">
-        <v>1.7423034E12</v>
+        <v>1.74268842E12</v>
       </c>
       <c r="D99" s="2" t="n">
-        <v>1.7423799E12</v>
+        <v>1.74268896E12</v>
       </c>
       <c r="E99" s="2" t="n">
-        <v>0.0014222874720569</v>
+        <v>0.0013313876269394</v>
       </c>
       <c r="F99" s="2" t="n">
-        <v>0.0014232077527721</v>
+        <v>0.0014991537644473</v>
       </c>
       <c r="G99" s="2" t="n">
-        <v>0.0011820949244957</v>
+        <v>0.0013160760311603</v>
       </c>
       <c r="H99" s="2" t="n">
-        <v>0.0012174146557751</v>
+        <v>0.0013833193498674</v>
       </c>
       <c r="I99" s="2" t="n">
-        <v>1448.76</v>
+        <v>1289.21</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" s="2" t="n">
-        <v>1.7422128E12</v>
+        <v>1.7425584E12</v>
       </c>
       <c r="B100" s="2" t="n">
-        <v>1.742299199999E12</v>
+        <v>1.742644799999E12</v>
       </c>
       <c r="C100" s="2" t="n">
-        <v>1.74228294E12</v>
+        <v>1.74261786E12</v>
       </c>
       <c r="D100" s="2" t="n">
-        <v>1.74221418E12</v>
+        <v>1.74255846E12</v>
       </c>
       <c r="E100" s="2" t="n">
-        <v>0.0011800781487079</v>
+        <v>0.0012173057004551</v>
       </c>
       <c r="F100" s="2" t="n">
-        <v>0.001502923986487</v>
+        <v>0.0019443982425326</v>
       </c>
       <c r="G100" s="2" t="n">
-        <v>0.0011789867313398</v>
+        <v>0.0012173057004551</v>
       </c>
       <c r="H100" s="2" t="n">
-        <v>0.0014222874720569</v>
+        <v>0.0013313876269394</v>
       </c>
       <c r="I100" s="2" t="n">
-        <v>2192.39</v>
+        <v>2975.62</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" s="2" t="n">
-        <v>1.7421264E12</v>
+        <v>1.742472E12</v>
       </c>
       <c r="B101" s="2" t="n">
-        <v>1.742212799999E12</v>
+        <v>1.742558399999E12</v>
       </c>
       <c r="C101" s="2" t="n">
-        <v>1.74220416E12</v>
+        <v>1.7424726E12</v>
       </c>
       <c r="D101" s="2" t="n">
-        <v>1.7421396E12</v>
+        <v>1.7424726E12</v>
       </c>
       <c r="E101" s="2" t="n">
-        <v>0.0011743780489589</v>
+        <v>0.0012173057004551</v>
       </c>
       <c r="F101" s="2" t="n">
-        <v>0.001180425695613</v>
+        <v>0.0012173057004551</v>
       </c>
       <c r="G101" s="2" t="n">
-        <v>0.0011713569386621</v>
+        <v>0.0012173057004551</v>
       </c>
       <c r="H101" s="2" t="n">
-        <v>0.0011800781487079</v>
+        <v>0.0012173057004551</v>
       </c>
       <c r="I101" s="2" t="n">
-        <v>2235.4</v>
+        <v>1543.32</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" s="2" t="n">
-        <v>1.74204E12</v>
+        <v>1.7423856E12</v>
       </c>
       <c r="B102" s="2" t="n">
-        <v>1.742126399999E12</v>
+        <v>1.742471999999E12</v>
       </c>
       <c r="C102" s="2" t="n">
-        <v>1.74204156E12</v>
+        <v>1.74240672E12</v>
       </c>
       <c r="D102" s="2" t="n">
-        <v>1.74209988E12</v>
+        <v>1.7424177E12</v>
       </c>
       <c r="E102" s="2" t="n">
-        <v>0.0014064713672008</v>
+        <v>0.0012174146557751</v>
       </c>
       <c r="F102" s="2" t="n">
-        <v>0.0014067449281096</v>
+        <v>0.0012773409149139</v>
       </c>
       <c r="G102" s="2" t="n">
-        <v>0.001047563658512</v>
+        <v>0.0012033728267016</v>
       </c>
       <c r="H102" s="2" t="n">
-        <v>0.0011743780489589</v>
+        <v>0.0012173057004551</v>
       </c>
       <c r="I102" s="2" t="n">
-        <v>3297.63</v>
+        <v>1544.48</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" s="2" t="n">
-        <v>1.7419536E12</v>
+        <v>1.7422992E12</v>
       </c>
       <c r="B103" s="2" t="n">
-        <v>1.742039999999E12</v>
+        <v>1.742385599999E12</v>
       </c>
       <c r="C103" s="2" t="n">
-        <v>1.7419536E12</v>
+        <v>1.7423034E12</v>
       </c>
       <c r="D103" s="2" t="n">
-        <v>1.74203682E12</v>
+        <v>1.7423799E12</v>
       </c>
       <c r="E103" s="2" t="n">
-        <v>0.0015127406831013</v>
+        <v>0.0014222874720569</v>
       </c>
       <c r="F103" s="2" t="n">
-        <v>0.0015127406831013</v>
+        <v>0.0014232077527721</v>
       </c>
       <c r="G103" s="2" t="n">
-        <v>0.0014054135677398</v>
+        <v>0.0011820949244957</v>
       </c>
       <c r="H103" s="2" t="n">
-        <v>0.0014064713672008</v>
+        <v>0.0012174146557751</v>
       </c>
       <c r="I103" s="2" t="n">
-        <v>2156.08</v>
+        <v>1448.76</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" s="2" t="n">
-        <v>1.7418672E12</v>
+        <v>1.7422128E12</v>
       </c>
       <c r="B104" s="2" t="n">
-        <v>1.741953599999E12</v>
+        <v>1.742299199999E12</v>
       </c>
       <c r="C104" s="2" t="n">
-        <v>1.74195102E12</v>
+        <v>1.74228294E12</v>
       </c>
       <c r="D104" s="2" t="n">
-        <v>1.74187206E12</v>
+        <v>1.74221418E12</v>
       </c>
       <c r="E104" s="2" t="n">
-        <v>0.0014297996795693</v>
+        <v>0.0011800781487079</v>
       </c>
       <c r="F104" s="2" t="n">
-        <v>0.0015347647121249</v>
+        <v>0.001502923986487</v>
       </c>
       <c r="G104" s="2" t="n">
-        <v>0.0012567506675059</v>
+        <v>0.0011789867313398</v>
       </c>
       <c r="H104" s="2" t="n">
-        <v>0.0015127406831013</v>
+        <v>0.0014222874720569</v>
       </c>
       <c r="I104" s="2" t="n">
-        <v>436.92</v>
+        <v>2192.39</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" s="2" t="n">
-        <v>1.7417808E12</v>
+        <v>1.7421264E12</v>
       </c>
       <c r="B105" s="2" t="n">
-        <v>1.741867199999E12</v>
+        <v>1.742212799999E12</v>
       </c>
       <c r="C105" s="2" t="n">
-        <v>1.74178572E12</v>
+        <v>1.74220416E12</v>
       </c>
       <c r="D105" s="2" t="n">
-        <v>1.74178116E12</v>
+        <v>1.7421396E12</v>
       </c>
       <c r="E105" s="2" t="n">
-        <v>0.0012301406588346</v>
+        <v>0.0011743780489589</v>
       </c>
       <c r="F105" s="2" t="n">
-        <v>0.0015111800775856</v>
+        <v>0.001180425695613</v>
       </c>
       <c r="G105" s="2" t="n">
-        <v>0.0012294481549181</v>
+        <v>0.0011713569386621</v>
       </c>
       <c r="H105" s="2" t="n">
-        <v>0.0014297996795693</v>
+        <v>0.0011800781487079</v>
       </c>
       <c r="I105" s="2" t="n">
-        <v>2452.49</v>
+        <v>2235.4</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" s="2" t="n">
-        <v>1.7416944E12</v>
+        <v>1.74204E12</v>
       </c>
       <c r="B106" s="2" t="n">
-        <v>1.741780799999E12</v>
+        <v>1.742126399999E12</v>
       </c>
       <c r="C106" s="2" t="n">
-        <v>1.74176238E12</v>
+        <v>1.74204156E12</v>
       </c>
       <c r="D106" s="2" t="n">
-        <v>1.74171612E12</v>
+        <v>1.74209988E12</v>
       </c>
       <c r="E106" s="2" t="n">
-        <v>9.771426472225E-4</v>
+        <v>0.0014064713672008</v>
       </c>
       <c r="F106" s="2" t="n">
-        <v>0.0012361794359514</v>
+        <v>0.0014067449281096</v>
       </c>
       <c r="G106" s="2" t="n">
-        <v>9.174960333862E-4</v>
+        <v>0.001047563658512</v>
       </c>
       <c r="H106" s="2" t="n">
-        <v>0.0012301406588346</v>
+        <v>0.0011743780489589</v>
       </c>
       <c r="I106" s="2" t="n">
-        <v>3027.01</v>
+        <v>3297.63</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" s="2" t="n">
-        <v>1.741608E12</v>
+        <v>1.7419536E12</v>
       </c>
       <c r="B107" s="2" t="n">
-        <v>1.741694399999E12</v>
+        <v>1.742039999999E12</v>
       </c>
       <c r="C107" s="2" t="n">
-        <v>1.74160932E12</v>
+        <v>1.7419536E12</v>
       </c>
       <c r="D107" s="2" t="n">
-        <v>1.74169428E12</v>
+        <v>1.74203682E12</v>
       </c>
       <c r="E107" s="2" t="n">
-        <v>0.0013066589701569</v>
+        <v>0.0015127406831013</v>
       </c>
       <c r="F107" s="2" t="n">
-        <v>0.0013070896363582</v>
+        <v>0.0015127406831013</v>
       </c>
       <c r="G107" s="2" t="n">
-        <v>9.771426472225E-4</v>
+        <v>0.0014054135677398</v>
       </c>
       <c r="H107" s="2" t="n">
-        <v>9.771426472225E-4</v>
+        <v>0.0014064713672008</v>
       </c>
       <c r="I107" s="2" t="n">
-        <v>2253.8</v>
+        <v>2156.08</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" s="2" t="n">
-        <v>1.7415216E12</v>
+        <v>1.7418672E12</v>
       </c>
       <c r="B108" s="2" t="n">
-        <v>1.741607999999E12</v>
+        <v>1.741953599999E12</v>
       </c>
       <c r="C108" s="2" t="n">
-        <v>1.74153114E12</v>
+        <v>1.74195102E12</v>
       </c>
       <c r="D108" s="2" t="n">
-        <v>1.74159234E12</v>
+        <v>1.74187206E12</v>
       </c>
       <c r="E108" s="2" t="n">
-        <v>0.001628105819505</v>
+        <v>0.0014297996795693</v>
       </c>
       <c r="F108" s="2" t="n">
-        <v>0.0016283711283352</v>
+        <v>0.0015347647121249</v>
       </c>
       <c r="G108" s="2" t="n">
-        <v>0.0012650947912881</v>
+        <v>0.0012567506675059</v>
       </c>
       <c r="H108" s="2" t="n">
-        <v>0.0013066589701569</v>
+        <v>0.0015127406831013</v>
       </c>
       <c r="I108" s="2" t="n">
-        <v>1884.63</v>
+        <v>436.92</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" s="2" t="n">
-        <v>1.7414352E12</v>
+        <v>1.7417808E12</v>
       </c>
       <c r="B109" s="2" t="n">
-        <v>1.741521599999E12</v>
+        <v>1.741867199999E12</v>
       </c>
       <c r="C109" s="2" t="n">
-        <v>1.74148194E12</v>
+        <v>1.74178572E12</v>
       </c>
       <c r="D109" s="2" t="n">
-        <v>1.74149886E12</v>
+        <v>1.74178116E12</v>
       </c>
       <c r="E109" s="2" t="n">
-        <v>0.0016104869877426</v>
+        <v>0.0012301406588346</v>
       </c>
       <c r="F109" s="2" t="n">
-        <v>0.0018296326609667</v>
+        <v>0.0015111800775856</v>
       </c>
       <c r="G109" s="2" t="n">
-        <v>0.0015195748462498</v>
+        <v>0.0012294481549181</v>
       </c>
       <c r="H109" s="2" t="n">
-        <v>0.001628105819505</v>
+        <v>0.0014297996795693</v>
       </c>
       <c r="I109" s="2" t="n">
-        <v>2568.42</v>
+        <v>2452.49</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" s="2" t="n">
-        <v>1.7413488E12</v>
+        <v>1.7416944E12</v>
       </c>
       <c r="B110" s="2" t="n">
-        <v>1.741435199999E12</v>
+        <v>1.741780799999E12</v>
       </c>
       <c r="C110" s="2" t="n">
-        <v>1.74135858E12</v>
+        <v>1.74176238E12</v>
       </c>
       <c r="D110" s="2" t="n">
-        <v>1.7414349E12</v>
+        <v>1.74171612E12</v>
       </c>
       <c r="E110" s="2" t="n">
-        <v>0.0018078659130787</v>
+        <v>9.771426472225E-4</v>
       </c>
       <c r="F110" s="2" t="n">
-        <v>0.0018911323351154</v>
+        <v>0.0012361794359514</v>
       </c>
       <c r="G110" s="2" t="n">
-        <v>0.0016056182680195</v>
+        <v>9.174960333862E-4</v>
       </c>
       <c r="H110" s="2" t="n">
-        <v>0.0016104869877426</v>
+        <v>0.0012301406588346</v>
       </c>
       <c r="I110" s="2" t="n">
-        <v>2716.41</v>
+        <v>3027.01</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" s="2" t="n">
-        <v>1.7412624E12</v>
+        <v>1.741608E12</v>
       </c>
       <c r="B111" s="2" t="n">
-        <v>1.741348799999E12</v>
+        <v>1.741694399999E12</v>
       </c>
       <c r="C111" s="2" t="n">
-        <v>1.74130074E12</v>
+        <v>1.74160932E12</v>
       </c>
       <c r="D111" s="2" t="n">
-        <v>1.74131772E12</v>
+        <v>1.74169428E12</v>
       </c>
       <c r="E111" s="2" t="n">
-        <v>0.0018141926515368</v>
+        <v>0.0013066589701569</v>
       </c>
       <c r="F111" s="2" t="n">
-        <v>0.0020462195518848</v>
+        <v>0.0013070896363582</v>
       </c>
       <c r="G111" s="2" t="n">
-        <v>0.0017461101113811</v>
+        <v>9.771426472225E-4</v>
       </c>
       <c r="H111" s="2" t="n">
-        <v>0.0018078659130787</v>
+        <v>9.771426472225E-4</v>
       </c>
       <c r="I111" s="2" t="n">
-        <v>2776.5</v>
+        <v>2253.8</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" s="2" t="n">
-        <v>1.741176E12</v>
+        <v>1.7415216E12</v>
       </c>
       <c r="B112" s="2" t="n">
-        <v>1.741262399999E12</v>
+        <v>1.741607999999E12</v>
       </c>
       <c r="C112" s="2" t="n">
-        <v>1.74125628E12</v>
+        <v>1.74153114E12</v>
       </c>
       <c r="D112" s="2" t="n">
-        <v>1.74126228E12</v>
+        <v>1.74159234E12</v>
       </c>
       <c r="E112" s="2" t="n">
-        <v>0.0018606103754228</v>
+        <v>0.001628105819505</v>
       </c>
       <c r="F112" s="2" t="n">
-        <v>0.002382310560149</v>
+        <v>0.0016283711283352</v>
       </c>
       <c r="G112" s="2" t="n">
-        <v>0.0018141926515368</v>
+        <v>0.0012650947912881</v>
       </c>
       <c r="H112" s="2" t="n">
-        <v>0.0018141926515368</v>
+        <v>0.0013066589701569</v>
       </c>
       <c r="I112" s="2" t="n">
-        <v>3366.2</v>
+        <v>1884.63</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" s="2" t="n">
-        <v>1.7410896E12</v>
+        <v>1.7414352E12</v>
       </c>
       <c r="B113" s="2" t="n">
-        <v>1.741175999999E12</v>
+        <v>1.741521599999E12</v>
       </c>
       <c r="C113" s="2" t="n">
-        <v>1.74114348E12</v>
+        <v>1.74148194E12</v>
       </c>
       <c r="D113" s="2" t="n">
-        <v>1.74117342E12</v>
+        <v>1.74149886E12</v>
       </c>
       <c r="E113" s="2" t="n">
-        <v>0.0019934716325616</v>
+        <v>0.0016104869877426</v>
       </c>
       <c r="F113" s="2" t="n">
-        <v>0.0020458899337027</v>
+        <v>0.0018296326609667</v>
       </c>
       <c r="G113" s="2" t="n">
-        <v>0.0018577632541684</v>
+        <v>0.0015195748462498</v>
       </c>
       <c r="H113" s="2" t="n">
-        <v>0.0018606103754228</v>
+        <v>0.001628105819505</v>
       </c>
       <c r="I113" s="2" t="n">
-        <v>1595.18</v>
+        <v>2568.42</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" s="2" t="n">
-        <v>1.7410032E12</v>
+        <v>1.7413488E12</v>
       </c>
       <c r="B114" s="2" t="n">
-        <v>1.741089599999E12</v>
+        <v>1.741435199999E12</v>
       </c>
       <c r="C114" s="2" t="n">
-        <v>1.74100722E12</v>
+        <v>1.74135858E12</v>
       </c>
       <c r="D114" s="2" t="n">
-        <v>1.74102846E12</v>
+        <v>1.7414349E12</v>
       </c>
       <c r="E114" s="2" t="n">
-        <v>0.0020252771083961</v>
+        <v>0.0018078659130787</v>
       </c>
       <c r="F114" s="2" t="n">
-        <v>0.0020363395123281</v>
+        <v>0.0018911323351154</v>
       </c>
       <c r="G114" s="2" t="n">
-        <v>0.0019537056642701</v>
+        <v>0.0016056182680195</v>
       </c>
       <c r="H114" s="2" t="n">
-        <v>0.0019934716325616</v>
+        <v>0.0016104869877426</v>
       </c>
       <c r="I114" s="2" t="n">
-        <v>1162.6</v>
+        <v>2716.41</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" s="2" t="n">
-        <v>1.7409168E12</v>
+        <v>1.7412624E12</v>
       </c>
       <c r="B115" s="2" t="n">
-        <v>1.741003199999E12</v>
+        <v>1.741348799999E12</v>
       </c>
       <c r="C115" s="2" t="n">
-        <v>1.74094914E12</v>
+        <v>1.74130074E12</v>
       </c>
       <c r="D115" s="2" t="n">
-        <v>1.74091686E12</v>
+        <v>1.74131772E12</v>
       </c>
       <c r="E115" s="2" t="n">
-        <v>0.0018514476089463</v>
+        <v>0.0018141926515368</v>
       </c>
       <c r="F115" s="2" t="n">
-        <v>0.0032586547444502</v>
+        <v>0.0020462195518848</v>
       </c>
       <c r="G115" s="2" t="n">
-        <v>0.0018514476089463</v>
+        <v>0.0017461101113811</v>
       </c>
       <c r="H115" s="2" t="n">
-        <v>0.0020252771083961</v>
+        <v>0.0018078659130787</v>
       </c>
       <c r="I115" s="2" t="n">
-        <v>1412.45</v>
+        <v>2776.5</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" s="2" t="n">
-        <v>1.7408304E12</v>
+        <v>1.741176E12</v>
       </c>
       <c r="B116" s="2" t="n">
-        <v>1.740916799999E12</v>
+        <v>1.741262399999E12</v>
       </c>
       <c r="C116" s="2" t="n">
-        <v>1.74091674E12</v>
+        <v>1.74125628E12</v>
       </c>
       <c r="D116" s="2" t="n">
-        <v>1.74086034E12</v>
+        <v>1.74126228E12</v>
       </c>
       <c r="E116" s="2" t="n">
-        <v>0.0018042981142685</v>
+        <v>0.0018606103754228</v>
       </c>
       <c r="F116" s="2" t="n">
-        <v>0.0018514476089463</v>
+        <v>0.002382310560149</v>
       </c>
       <c r="G116" s="2" t="n">
-        <v>0.0017968680111296</v>
+        <v>0.0018141926515368</v>
       </c>
       <c r="H116" s="2" t="n">
-        <v>0.0018514476089463</v>
+        <v>0.0018141926515368</v>
       </c>
       <c r="I116" s="2" t="n">
-        <v>672.0</v>
+        <v>3366.2</v>
       </c>
     </row>
     <row r="117">
       <c r="A117" s="2" t="n">
-        <v>1.740744E12</v>
+        <v>1.7410896E12</v>
       </c>
       <c r="B117" s="2" t="n">
-        <v>1.740830399999E12</v>
+        <v>1.741175999999E12</v>
       </c>
       <c r="C117" s="2" t="n">
-        <v>1.74075228E12</v>
+        <v>1.74114348E12</v>
       </c>
       <c r="D117" s="2" t="n">
-        <v>1.74076176E12</v>
+        <v>1.74117342E12</v>
       </c>
       <c r="E117" s="2" t="n">
-        <v>0.0018019887445137</v>
+        <v>0.0019934716325616</v>
       </c>
       <c r="F117" s="2" t="n">
-        <v>0.0018535040538993</v>
+        <v>0.0020458899337027</v>
       </c>
       <c r="G117" s="2" t="n">
-        <v>0.0017619307831806</v>
+        <v>0.0018577632541684</v>
       </c>
       <c r="H117" s="2" t="n">
-        <v>0.0018042981142685</v>
+        <v>0.0018606103754228</v>
       </c>
       <c r="I117" s="2" t="n">
-        <v>2341.8</v>
+        <v>1595.18</v>
       </c>
     </row>
     <row r="118">
       <c r="A118" s="2" t="n">
-        <v>1.7406576E12</v>
+        <v>1.7410032E12</v>
       </c>
       <c r="B118" s="2" t="n">
-        <v>1.740743999999E12</v>
+        <v>1.741089599999E12</v>
       </c>
       <c r="C118" s="2" t="n">
-        <v>1.74069792E12</v>
+        <v>1.74100722E12</v>
       </c>
       <c r="D118" s="2" t="n">
-        <v>1.74072282E12</v>
+        <v>1.74102846E12</v>
       </c>
       <c r="E118" s="2" t="n">
-        <v>0.0018479108734045</v>
+        <v>0.0020252771083961</v>
       </c>
       <c r="F118" s="2" t="n">
-        <v>0.0019588648842565</v>
+        <v>0.0020363395123281</v>
       </c>
       <c r="G118" s="2" t="n">
-        <v>0.001674646463608</v>
+        <v>0.0019537056642701</v>
       </c>
       <c r="H118" s="2" t="n">
-        <v>0.0018019887445137</v>
+        <v>0.0019934716325616</v>
       </c>
       <c r="I118" s="2" t="n">
-        <v>2354.9</v>
+        <v>1162.6</v>
       </c>
     </row>
     <row r="119">
       <c r="A119" s="2" t="n">
-        <v>1.7405712E12</v>
+        <v>1.7409168E12</v>
       </c>
       <c r="B119" s="2" t="n">
-        <v>1.740657599999E12</v>
+        <v>1.741003199999E12</v>
       </c>
       <c r="C119" s="2" t="n">
-        <v>1.74060342E12</v>
+        <v>1.74094914E12</v>
       </c>
       <c r="D119" s="2" t="n">
-        <v>1.74057372E12</v>
+        <v>1.74091686E12</v>
       </c>
       <c r="E119" s="2" t="n">
-        <v>0.0017761258964271</v>
+        <v>0.0018514476089463</v>
       </c>
       <c r="F119" s="2" t="n">
-        <v>0.0019376185793969</v>
+        <v>0.0032586547444502</v>
       </c>
       <c r="G119" s="2" t="n">
-        <v>0.0017747883212806</v>
+        <v>0.0018514476089463</v>
       </c>
       <c r="H119" s="2" t="n">
-        <v>0.0018479108734045</v>
+        <v>0.0020252771083961</v>
       </c>
       <c r="I119" s="2" t="n">
-        <v>1600.95</v>
+        <v>1412.45</v>
       </c>
     </row>
     <row r="120">
       <c r="A120" s="2" t="n">
-        <v>1.7404848E12</v>
+        <v>1.7408304E12</v>
       </c>
       <c r="B120" s="2" t="n">
-        <v>1.740571199999E12</v>
+        <v>1.740916799999E12</v>
       </c>
       <c r="C120" s="2" t="n">
-        <v>1.74048504E12</v>
+        <v>1.74091674E12</v>
       </c>
       <c r="D120" s="2" t="n">
-        <v>1.7405511E12</v>
+        <v>1.74086034E12</v>
       </c>
       <c r="E120" s="2" t="n">
-        <v>0.0018776062137838</v>
+        <v>0.0018042981142685</v>
       </c>
       <c r="F120" s="2" t="n">
-        <v>0.0018776062137838</v>
+        <v>0.0018514476089463</v>
       </c>
       <c r="G120" s="2" t="n">
-        <v>0.0016641002305186</v>
+        <v>0.0017968680111296</v>
       </c>
       <c r="H120" s="2" t="n">
-        <v>0.0017761258964271</v>
+        <v>0.0018514476089463</v>
       </c>
       <c r="I120" s="2" t="n">
-        <v>2922.96</v>
+        <v>672.0</v>
       </c>
     </row>
     <row r="121">
       <c r="A121" s="2" t="n">
-        <v>1.7403984E12</v>
+        <v>1.740744E12</v>
       </c>
       <c r="B121" s="2" t="n">
-        <v>1.740484799999E12</v>
+        <v>1.740830399999E12</v>
       </c>
       <c r="C121" s="2" t="n">
-        <v>1.74039846E12</v>
+        <v>1.74075228E12</v>
       </c>
       <c r="D121" s="2" t="n">
-        <v>1.7404827E12</v>
+        <v>1.74076176E12</v>
       </c>
       <c r="E121" s="2" t="n">
-        <v>0.0019685141625709</v>
+        <v>0.0018019887445137</v>
       </c>
       <c r="F121" s="2" t="n">
-        <v>0.0019685141625709</v>
+        <v>0.0018535040538993</v>
       </c>
       <c r="G121" s="2" t="n">
-        <v>0.0017752281768926</v>
+        <v>0.0017619307831806</v>
       </c>
       <c r="H121" s="2" t="n">
-        <v>0.0018776062137838</v>
+        <v>0.0018042981142685</v>
       </c>
       <c r="I121" s="2" t="n">
-        <v>2947.9</v>
+        <v>2341.8</v>
       </c>
     </row>
     <row r="122">
       <c r="A122" s="2" t="n">
-        <v>1.740312E12</v>
+        <v>1.7406576E12</v>
       </c>
       <c r="B122" s="2" t="n">
-        <v>1.740398399999E12</v>
+        <v>1.740743999999E12</v>
       </c>
       <c r="C122" s="2" t="n">
-        <v>1.74038154E12</v>
+        <v>1.74069792E12</v>
       </c>
       <c r="D122" s="2" t="n">
-        <v>1.7403126E12</v>
+        <v>1.74072282E12</v>
       </c>
       <c r="E122" s="2" t="n">
-        <v>0.0019335118713507</v>
+        <v>0.0018479108734045</v>
       </c>
       <c r="F122" s="2" t="n">
-        <v>0.0020327540389175</v>
+        <v>0.0019588648842565</v>
       </c>
       <c r="G122" s="2" t="n">
-        <v>0.0018267796854698</v>
+        <v>0.001674646463608</v>
       </c>
       <c r="H122" s="2" t="n">
-        <v>0.0019685141625709</v>
+        <v>0.0018019887445137</v>
       </c>
       <c r="I122" s="2" t="n">
-        <v>2804.86</v>
+        <v>2354.9</v>
       </c>
     </row>
     <row r="123">
       <c r="A123" s="2" t="n">
-        <v>1.7402256E12</v>
+        <v>1.7405712E12</v>
       </c>
       <c r="B123" s="2" t="n">
-        <v>1.740311999999E12</v>
+        <v>1.740657599999E12</v>
       </c>
       <c r="C123" s="2" t="n">
-        <v>1.7402784E12</v>
+        <v>1.74060342E12</v>
       </c>
       <c r="D123" s="2" t="n">
-        <v>1.74026154E12</v>
+        <v>1.74057372E12</v>
       </c>
       <c r="E123" s="2" t="n">
-        <v>0.0019313773750435</v>
+        <v>0.0017761258964271</v>
       </c>
       <c r="F123" s="2" t="n">
-        <v>0.0019506105565228</v>
+        <v>0.0019376185793969</v>
       </c>
       <c r="G123" s="2" t="n">
-        <v>0.001820195975917</v>
+        <v>0.0017747883212806</v>
       </c>
       <c r="H123" s="2" t="n">
-        <v>0.0019335118713507</v>
+        <v>0.0018479108734045</v>
       </c>
       <c r="I123" s="2" t="n">
-        <v>2618.51</v>
+        <v>1600.95</v>
       </c>
     </row>
     <row r="124">
       <c r="A124" s="2" t="n">
-        <v>1.7401392E12</v>
+        <v>1.7404848E12</v>
       </c>
       <c r="B124" s="2" t="n">
-        <v>1.740225599999E12</v>
+        <v>1.740571199999E12</v>
       </c>
       <c r="C124" s="2" t="n">
-        <v>1.74021036E12</v>
+        <v>1.74048504E12</v>
       </c>
       <c r="D124" s="2" t="n">
-        <v>1.7402136E12</v>
+        <v>1.7405511E12</v>
       </c>
       <c r="E124" s="2" t="n">
-        <v>0.0020106027857857</v>
+        <v>0.0018776062137838</v>
       </c>
       <c r="F124" s="2" t="n">
-        <v>0.0020717893400897</v>
+        <v>0.0018776062137838</v>
       </c>
       <c r="G124" s="2" t="n">
-        <v>0.0018919929477616</v>
+        <v>0.0016641002305186</v>
       </c>
       <c r="H124" s="2" t="n">
-        <v>0.0019313773750435</v>
+        <v>0.0017761258964271</v>
       </c>
       <c r="I124" s="2" t="n">
-        <v>2123.29</v>
+        <v>2922.96</v>
       </c>
     </row>
     <row r="125">
       <c r="A125" s="2" t="n">
-        <v>1.7400528E12</v>
+        <v>1.7403984E12</v>
       </c>
       <c r="B125" s="2" t="n">
-        <v>1.740139199999E12</v>
+        <v>1.740484799999E12</v>
       </c>
       <c r="C125" s="2" t="n">
-        <v>1.74008736E12</v>
+        <v>1.74039846E12</v>
       </c>
       <c r="D125" s="2" t="n">
-        <v>1.74012816E12</v>
+        <v>1.7404827E12</v>
       </c>
       <c r="E125" s="2" t="n">
-        <v>0.0020276499111514</v>
+        <v>0.0019685141625709</v>
       </c>
       <c r="F125" s="2" t="n">
-        <v>0.0021169922284776</v>
+        <v>0.0019685141625709</v>
       </c>
       <c r="G125" s="2" t="n">
-        <v>0.0018959057456027</v>
+        <v>0.0017752281768926</v>
       </c>
       <c r="H125" s="2" t="n">
-        <v>0.0020106027857857</v>
+        <v>0.0018776062137838</v>
       </c>
       <c r="I125" s="2" t="n">
-        <v>2408.02</v>
+        <v>2947.9</v>
       </c>
     </row>
     <row r="126">
       <c r="A126" s="2" t="n">
-        <v>1.7399664E12</v>
+        <v>1.740312E12</v>
       </c>
       <c r="B126" s="2" t="n">
-        <v>1.740052799999E12</v>
+        <v>1.740398399999E12</v>
       </c>
       <c r="C126" s="2" t="n">
-        <v>1.73997342E12</v>
+        <v>1.74038154E12</v>
       </c>
       <c r="D126" s="2" t="n">
-        <v>1.74005004E12</v>
+        <v>1.7403126E12</v>
       </c>
       <c r="E126" s="2" t="n">
-        <v>0.0023094517099732</v>
+        <v>0.0019335118713507</v>
       </c>
       <c r="F126" s="2" t="n">
-        <v>0.0023103405281261</v>
+        <v>0.0020327540389175</v>
       </c>
       <c r="G126" s="2" t="n">
-        <v>0.0020273691983321</v>
+        <v>0.0018267796854698</v>
       </c>
       <c r="H126" s="2" t="n">
-        <v>0.0020276499111514</v>
+        <v>0.0019685141625709</v>
       </c>
       <c r="I126" s="2" t="n">
-        <v>4106.63</v>
+        <v>2804.86</v>
       </c>
     </row>
     <row r="127">
       <c r="A127" s="2" t="n">
-        <v>1.73988E12</v>
+        <v>1.7402256E12</v>
       </c>
       <c r="B127" s="2" t="n">
-        <v>1.739966399999E12</v>
+        <v>1.740311999999E12</v>
       </c>
       <c r="C127" s="2" t="n">
-        <v>1.73995986E12</v>
+        <v>1.7402784E12</v>
       </c>
       <c r="D127" s="2" t="n">
-        <v>1.73994984E12</v>
+        <v>1.74026154E12</v>
       </c>
       <c r="E127" s="2" t="n">
-        <v>0.002194649019136</v>
+        <v>0.0019313773750435</v>
       </c>
       <c r="F127" s="2" t="n">
-        <v>0.0023119965851881</v>
+        <v>0.0019506105565228</v>
       </c>
       <c r="G127" s="2" t="n">
-        <v>0.0020673323607024</v>
+        <v>0.001820195975917</v>
       </c>
       <c r="H127" s="2" t="n">
-        <v>0.0023094517099732</v>
+        <v>0.0019335118713507</v>
       </c>
       <c r="I127" s="2" t="n">
-        <v>2592.86</v>
+        <v>2618.51</v>
       </c>
     </row>
     <row r="128">
       <c r="A128" s="2" t="n">
-        <v>1.7397936E12</v>
+        <v>1.7401392E12</v>
       </c>
       <c r="B128" s="2" t="n">
-        <v>1.739879999999E12</v>
+        <v>1.740225599999E12</v>
       </c>
       <c r="C128" s="2" t="n">
-        <v>1.73982432E12</v>
+        <v>1.74021036E12</v>
       </c>
       <c r="D128" s="2" t="n">
-        <v>1.7398665E12</v>
+        <v>1.7402136E12</v>
       </c>
       <c r="E128" s="2" t="n">
-        <v>0.0023236808155225</v>
+        <v>0.0020106027857857</v>
       </c>
       <c r="F128" s="2" t="n">
-        <v>0.0031421438791615</v>
+        <v>0.0020717893400897</v>
       </c>
       <c r="G128" s="2" t="n">
-        <v>0.0020633727719415</v>
+        <v>0.0018919929477616</v>
       </c>
       <c r="H128" s="2" t="n">
-        <v>0.002194649019136</v>
+        <v>0.0019313773750435</v>
       </c>
       <c r="I128" s="2" t="n">
-        <v>1531.91</v>
+        <v>2123.29</v>
       </c>
     </row>
     <row r="129">
       <c r="A129" s="2" t="n">
-        <v>1.7397072E12</v>
+        <v>1.7400528E12</v>
       </c>
       <c r="B129" s="2" t="n">
-        <v>1.739793599999E12</v>
+        <v>1.740139199999E12</v>
       </c>
       <c r="C129" s="2" t="n">
-        <v>1.73979018E12</v>
+        <v>1.74008736E12</v>
       </c>
       <c r="D129" s="2" t="n">
-        <v>1.7397072E12</v>
+        <v>1.74012816E12</v>
       </c>
       <c r="E129" s="2" t="n">
-        <v>0.0020557839486835</v>
+        <v>0.0020276499111514</v>
       </c>
       <c r="F129" s="2" t="n">
-        <v>0.0023247156629229</v>
+        <v>0.0021169922284776</v>
       </c>
       <c r="G129" s="2" t="n">
-        <v>0.0020557839486835</v>
+        <v>0.0018959057456027</v>
       </c>
       <c r="H129" s="2" t="n">
-        <v>0.0023236808155225</v>
+        <v>0.0020106027857857</v>
       </c>
       <c r="I129" s="2" t="n">
-        <v>198.72</v>
+        <v>2408.02</v>
       </c>
     </row>
     <row r="130">
       <c r="A130" s="2" t="n">
-        <v>1.7396208E12</v>
+        <v>1.7399664E12</v>
       </c>
       <c r="B130" s="2" t="n">
-        <v>1.739707199999E12</v>
+        <v>1.740052799999E12</v>
       </c>
       <c r="C130" s="2" t="n">
-        <v>1.7396241E12</v>
+        <v>1.73997342E12</v>
       </c>
       <c r="D130" s="2" t="n">
-        <v>1.73963604E12</v>
+        <v>1.74005004E12</v>
       </c>
       <c r="E130" s="2" t="n">
-        <v>0.0023443522431915</v>
+        <v>0.0023094517099732</v>
       </c>
       <c r="F130" s="2" t="n">
-        <v>0.0024434608193204</v>
+        <v>0.0023103405281261</v>
       </c>
       <c r="G130" s="2" t="n">
-        <v>0.0020460844993835</v>
+        <v>0.0020273691983321</v>
       </c>
       <c r="H130" s="2" t="n">
-        <v>0.0020557839486835</v>
+        <v>0.0020276499111514</v>
       </c>
       <c r="I130" s="2" t="n">
-        <v>909.12</v>
+        <v>4106.63</v>
       </c>
     </row>
     <row r="131">
       <c r="A131" s="2" t="n">
-        <v>1.7395344E12</v>
+        <v>1.73988E12</v>
       </c>
       <c r="B131" s="2" t="n">
-        <v>1.739620799999E12</v>
+        <v>1.739966399999E12</v>
       </c>
       <c r="C131" s="2" t="n">
-        <v>1.73958522E12</v>
+        <v>1.73995986E12</v>
       </c>
       <c r="D131" s="2" t="n">
-        <v>1.73961516E12</v>
+        <v>1.73994984E12</v>
       </c>
       <c r="E131" s="2" t="n">
-        <v>0.0023122103106511</v>
+        <v>0.002194649019136</v>
       </c>
       <c r="F131" s="2" t="n">
-        <v>0.0025622347646692</v>
+        <v>0.0023119965851881</v>
       </c>
       <c r="G131" s="2" t="n">
-        <v>0.0022317475454124</v>
+        <v>0.0020673323607024</v>
       </c>
       <c r="H131" s="2" t="n">
-        <v>0.0023443522431915</v>
+        <v>0.0023094517099732</v>
       </c>
       <c r="I131" s="2" t="n">
-        <v>497.1</v>
+        <v>2592.86</v>
       </c>
     </row>
     <row r="132">
       <c r="A132" s="2" t="n">
-        <v>1.739448E12</v>
+        <v>1.7397936E12</v>
       </c>
       <c r="B132" s="2" t="n">
-        <v>1.739534399999E12</v>
+        <v>1.739879999999E12</v>
       </c>
       <c r="C132" s="2" t="n">
-        <v>1.7395305E12</v>
+        <v>1.73982432E12</v>
       </c>
       <c r="D132" s="2" t="n">
-        <v>1.73946204E12</v>
+        <v>1.7398665E12</v>
       </c>
       <c r="E132" s="2" t="n">
-        <v>0.0020731103157032</v>
+        <v>0.0023236808155225</v>
       </c>
       <c r="F132" s="2" t="n">
-        <v>0.0024625950282041</v>
+        <v>0.0031421438791615</v>
       </c>
       <c r="G132" s="2" t="n">
-        <v>0.0020725361491392</v>
+        <v>0.0020633727719415</v>
       </c>
       <c r="H132" s="2" t="n">
-        <v>0.0023122103106511</v>
+        <v>0.002194649019136</v>
       </c>
       <c r="I132" s="2" t="n">
-        <v>432.71</v>
+        <v>1531.91</v>
       </c>
     </row>
     <row r="133">
       <c r="A133" s="2" t="n">
-        <v>1.7393616E12</v>
+        <v>1.7397072E12</v>
       </c>
       <c r="B133" s="2" t="n">
-        <v>1.739447999999E12</v>
+        <v>1.739793599999E12</v>
       </c>
       <c r="C133" s="2" t="n">
-        <v>1.73938506E12</v>
+        <v>1.73979018E12</v>
       </c>
       <c r="D133" s="2" t="n">
-        <v>1.73941296E12</v>
+        <v>1.7397072E12</v>
       </c>
       <c r="E133" s="2" t="n">
-        <v>0.0023884940397105</v>
+        <v>0.0020557839486835</v>
       </c>
       <c r="F133" s="2" t="n">
-        <v>0.0024254254607528</v>
+        <v>0.0023247156629229</v>
       </c>
       <c r="G133" s="2" t="n">
-        <v>0.0019564233758976</v>
+        <v>0.0020557839486835</v>
       </c>
       <c r="H133" s="2" t="n">
-        <v>0.0020731103157032</v>
+        <v>0.0023236808155225</v>
       </c>
       <c r="I133" s="2" t="n">
-        <v>1248.75</v>
+        <v>198.72</v>
       </c>
     </row>
     <row r="134">
       <c r="A134" s="2" t="n">
-        <v>1.7392752E12</v>
+        <v>1.7396208E12</v>
       </c>
       <c r="B134" s="2" t="n">
-        <v>1.739361599999E12</v>
+        <v>1.739707199999E12</v>
       </c>
       <c r="C134" s="2" t="n">
-        <v>1.73931912E12</v>
+        <v>1.7396241E12</v>
       </c>
       <c r="D134" s="2" t="n">
-        <v>1.73928408E12</v>
+        <v>1.73963604E12</v>
       </c>
       <c r="E134" s="2" t="n">
-        <v>0.0023634858828445</v>
+        <v>0.0023443522431915</v>
       </c>
       <c r="F134" s="2" t="n">
-        <v>0.0025964170637663</v>
+        <v>0.0024434608193204</v>
       </c>
       <c r="G134" s="2" t="n">
-        <v>0.0023589036558511</v>
+        <v>0.0020460844993835</v>
       </c>
       <c r="H134" s="2" t="n">
-        <v>0.0023884940397105</v>
+        <v>0.0020557839486835</v>
       </c>
       <c r="I134" s="2" t="n">
-        <v>316.56</v>
+        <v>909.12</v>
       </c>
     </row>
     <row r="135">
       <c r="A135" s="2" t="n">
-        <v>1.7391888E12</v>
+        <v>1.7395344E12</v>
       </c>
       <c r="B135" s="2" t="n">
-        <v>1.739275199999E12</v>
+        <v>1.739620799999E12</v>
       </c>
       <c r="C135" s="2" t="n">
-        <v>1.73921574E12</v>
+        <v>1.73958522E12</v>
       </c>
       <c r="D135" s="2" t="n">
-        <v>1.73919648E12</v>
+        <v>1.73961516E12</v>
       </c>
       <c r="E135" s="2" t="n">
-        <v>0.0023571353846672</v>
+        <v>0.0023122103106511</v>
       </c>
       <c r="F135" s="2" t="n">
-        <v>0.0025095236244655</v>
+        <v>0.0025622347646692</v>
       </c>
       <c r="G135" s="2" t="n">
-        <v>0.0021772527627707</v>
+        <v>0.0022317475454124</v>
       </c>
       <c r="H135" s="2" t="n">
-        <v>0.0023634858828445</v>
+        <v>0.0023443522431915</v>
       </c>
       <c r="I135" s="2" t="n">
-        <v>1677.75</v>
+        <v>497.1</v>
       </c>
     </row>
     <row r="136">
       <c r="A136" s="2" t="n">
-        <v>1.7391024E12</v>
+        <v>1.739448E12</v>
       </c>
       <c r="B136" s="2" t="n">
-        <v>1.739188799999E12</v>
+        <v>1.739534399999E12</v>
       </c>
       <c r="C136" s="2" t="n">
-        <v>1.73912814E12</v>
+        <v>1.7395305E12</v>
       </c>
       <c r="D136" s="2" t="n">
-        <v>1.7391573E12</v>
+        <v>1.73946204E12</v>
       </c>
       <c r="E136" s="2" t="n">
-        <v>0.002399823729403</v>
+        <v>0.0020731103157032</v>
       </c>
       <c r="F136" s="2" t="n">
-        <v>0.0025733918986626</v>
+        <v>0.0024625950282041</v>
       </c>
       <c r="G136" s="2" t="n">
-        <v>0.0022042380734055</v>
+        <v>0.0020725361491392</v>
       </c>
       <c r="H136" s="2" t="n">
-        <v>0.0023571353846672</v>
+        <v>0.0023122103106511</v>
       </c>
       <c r="I136" s="2" t="n">
-        <v>961.77</v>
+        <v>432.71</v>
       </c>
     </row>
     <row r="137">
       <c r="A137" s="2" t="n">
-        <v>1.739016E12</v>
+        <v>1.7393616E12</v>
       </c>
       <c r="B137" s="2" t="n">
-        <v>1.739102399999E12</v>
+        <v>1.739447999999E12</v>
       </c>
       <c r="C137" s="2" t="n">
-        <v>1.73902704E12</v>
+        <v>1.73938506E12</v>
       </c>
       <c r="D137" s="2" t="n">
-        <v>1.7390823E12</v>
+        <v>1.73941296E12</v>
       </c>
       <c r="E137" s="2" t="n">
-        <v>0.0023506962660149</v>
+        <v>0.0023884940397105</v>
       </c>
       <c r="F137" s="2" t="n">
-        <v>0.0025034856989619</v>
+        <v>0.0024254254607528</v>
       </c>
       <c r="G137" s="2" t="n">
-        <v>0.0022585400212774</v>
+        <v>0.0019564233758976</v>
       </c>
       <c r="H137" s="2" t="n">
-        <v>0.002399823729403</v>
+        <v>0.0020731103157032</v>
       </c>
       <c r="I137" s="2" t="n">
-        <v>716.89</v>
+        <v>1248.75</v>
       </c>
     </row>
     <row r="138">
       <c r="A138" s="2" t="n">
-        <v>1.7389296E12</v>
+        <v>1.7392752E12</v>
       </c>
       <c r="B138" s="2" t="n">
-        <v>1.739015999999E12</v>
+        <v>1.739361599999E12</v>
       </c>
       <c r="C138" s="2" t="n">
-        <v>1.7389296E12</v>
+        <v>1.73931912E12</v>
       </c>
       <c r="D138" s="2" t="n">
-        <v>1.73898114E12</v>
+        <v>1.73928408E12</v>
       </c>
       <c r="E138" s="2" t="n">
-        <v>0.0025868405395641</v>
+        <v>0.0023634858828445</v>
       </c>
       <c r="F138" s="2" t="n">
-        <v>0.0025868405395641</v>
+        <v>0.0025964170637663</v>
       </c>
       <c r="G138" s="2" t="n">
-        <v>0.0022513791428413</v>
+        <v>0.0023589036558511</v>
       </c>
       <c r="H138" s="2" t="n">
-        <v>0.0023506962660149</v>
+        <v>0.0023884940397105</v>
       </c>
       <c r="I138" s="2" t="n">
-        <v>401.83</v>
+        <v>316.56</v>
       </c>
     </row>
     <row r="139">
       <c r="A139" s="2" t="n">
-        <v>1.7388432E12</v>
+        <v>1.7391888E12</v>
       </c>
       <c r="B139" s="2" t="n">
-        <v>1.738929599999E12</v>
+        <v>1.739275199999E12</v>
       </c>
       <c r="C139" s="2" t="n">
-        <v>1.73886018E12</v>
+        <v>1.73921574E12</v>
       </c>
       <c r="D139" s="2" t="n">
-        <v>1.73891928E12</v>
+        <v>1.73919648E12</v>
       </c>
       <c r="E139" s="2" t="n">
-        <v>0.002396109068315</v>
+        <v>0.0023571353846672</v>
       </c>
       <c r="F139" s="2" t="n">
-        <v>0.0026657177025736</v>
+        <v>0.0025095236244655</v>
       </c>
       <c r="G139" s="2" t="n">
-        <v>0.0023225151492039</v>
+        <v>0.0021772527627707</v>
       </c>
       <c r="H139" s="2" t="n">
-        <v>0.0025868405395641</v>
+        <v>0.0023634858828445</v>
       </c>
       <c r="I139" s="2" t="n">
-        <v>2366.4</v>
+        <v>1677.75</v>
       </c>
     </row>
     <row r="140">
       <c r="A140" s="2" t="n">
-        <v>1.7387568E12</v>
+        <v>1.7391024E12</v>
       </c>
       <c r="B140" s="2" t="n">
-        <v>1.738843199999E12</v>
+        <v>1.739188799999E12</v>
       </c>
       <c r="C140" s="2" t="n">
-        <v>1.73876736E12</v>
+        <v>1.73912814E12</v>
       </c>
       <c r="D140" s="2" t="n">
-        <v>1.7387991E12</v>
+        <v>1.7391573E12</v>
       </c>
       <c r="E140" s="2" t="n">
-        <v>0.0025637324269828</v>
+        <v>0.002399823729403</v>
       </c>
       <c r="F140" s="2" t="n">
-        <v>0.0025701043161309</v>
+        <v>0.0025733918986626</v>
       </c>
       <c r="G140" s="2" t="n">
-        <v>0.0021166921609794</v>
+        <v>0.0022042380734055</v>
       </c>
       <c r="H140" s="2" t="n">
-        <v>0.002396109068315</v>
+        <v>0.0023571353846672</v>
       </c>
       <c r="I140" s="2" t="n">
-        <v>1637.81</v>
+        <v>961.77</v>
       </c>
     </row>
     <row r="141">
       <c r="A141" s="2" t="n">
-        <v>1.7386704E12</v>
+        <v>1.739016E12</v>
       </c>
       <c r="B141" s="2" t="n">
-        <v>1.738756799999E12</v>
+        <v>1.739102399999E12</v>
       </c>
       <c r="C141" s="2" t="n">
-        <v>1.73869002E12</v>
+        <v>1.73902704E12</v>
       </c>
       <c r="D141" s="2" t="n">
-        <v>1.73874804E12</v>
+        <v>1.7390823E12</v>
       </c>
       <c r="E141" s="2" t="n">
-        <v>0.0027711007878027</v>
+        <v>0.0023506962660149</v>
       </c>
       <c r="F141" s="2" t="n">
-        <v>0.0028715038175219</v>
+        <v>0.0025034856989619</v>
       </c>
       <c r="G141" s="2" t="n">
-        <v>0.0023382805699255</v>
+        <v>0.0022585400212774</v>
       </c>
       <c r="H141" s="2" t="n">
-        <v>0.0025637324269828</v>
+        <v>0.002399823729403</v>
       </c>
       <c r="I141" s="2" t="n">
-        <v>1126.38</v>
+        <v>716.89</v>
       </c>
     </row>
     <row r="142">
       <c r="A142" s="2" t="n">
-        <v>1.738584E12</v>
+        <v>1.7389296E12</v>
       </c>
       <c r="B142" s="2" t="n">
-        <v>1.738670399999E12</v>
+        <v>1.739015999999E12</v>
       </c>
       <c r="C142" s="2" t="n">
-        <v>1.73862138E12</v>
+        <v>1.7389296E12</v>
       </c>
       <c r="D142" s="2" t="n">
-        <v>1.73861856E12</v>
+        <v>1.73898114E12</v>
       </c>
       <c r="E142" s="2" t="n">
-        <v>0.0028301765429424</v>
+        <v>0.0025868405395641</v>
       </c>
       <c r="F142" s="2" t="n">
-        <v>0.00285157181704</v>
+        <v>0.0025868405395641</v>
       </c>
       <c r="G142" s="2" t="n">
-        <v>0.001147534326963</v>
+        <v>0.0022513791428413</v>
       </c>
       <c r="H142" s="2" t="n">
-        <v>0.0027711007878027</v>
+        <v>0.0023506962660149</v>
       </c>
       <c r="I142" s="2" t="n">
-        <v>1157.85</v>
+        <v>401.83</v>
       </c>
     </row>
     <row r="143">
       <c r="A143" s="2" t="n">
-        <v>1.7384976E12</v>
+        <v>1.7388432E12</v>
       </c>
       <c r="B143" s="2" t="n">
-        <v>1.738583999999E12</v>
+        <v>1.738929599999E12</v>
       </c>
       <c r="C143" s="2" t="n">
-        <v>1.73855022E12</v>
+        <v>1.73886018E12</v>
       </c>
       <c r="D143" s="2" t="n">
-        <v>1.73854698E12</v>
+        <v>1.73891928E12</v>
       </c>
       <c r="E143" s="2" t="n">
-        <v>0.0027698351912302</v>
+        <v>0.002396109068315</v>
       </c>
       <c r="F143" s="2" t="n">
-        <v>0.0029183505527985</v>
+        <v>0.0026657177025736</v>
       </c>
       <c r="G143" s="2" t="n">
-        <v>0.0026653314706217</v>
+        <v>0.0023225151492039</v>
       </c>
       <c r="H143" s="2" t="n">
-        <v>0.0028301765429424</v>
+        <v>0.0025868405395641</v>
       </c>
       <c r="I143" s="2" t="n">
-        <v>325.06</v>
+        <v>2366.4</v>
       </c>
     </row>
     <row r="144">
       <c r="A144" s="2" t="n">
-        <v>1.7384112E12</v>
+        <v>1.7387568E12</v>
       </c>
       <c r="B144" s="2" t="n">
-        <v>1.738497599999E12</v>
+        <v>1.738843199999E12</v>
       </c>
       <c r="C144" s="2" t="n">
-        <v>1.73846862E12</v>
+        <v>1.73876736E12</v>
       </c>
       <c r="D144" s="2" t="n">
-        <v>1.7384343E12</v>
+        <v>1.7387991E12</v>
       </c>
       <c r="E144" s="2" t="n">
-        <v>0.0026390016363198</v>
+        <v>0.0025637324269828</v>
       </c>
       <c r="F144" s="2" t="n">
-        <v>0.0030741141001535</v>
+        <v>0.0025701043161309</v>
       </c>
       <c r="G144" s="2" t="n">
-        <v>0.0026313278270427</v>
+        <v>0.0021166921609794</v>
       </c>
       <c r="H144" s="2" t="n">
-        <v>0.0027698351912302</v>
+        <v>0.002396109068315</v>
       </c>
       <c r="I144" s="2" t="n">
-        <v>1100.68</v>
+        <v>1637.81</v>
       </c>
     </row>
     <row r="145">
       <c r="A145" s="2" t="n">
-        <v>1.7383248E12</v>
+        <v>1.7386704E12</v>
       </c>
       <c r="B145" s="2" t="n">
-        <v>1.738411199999E12</v>
+        <v>1.738756799999E12</v>
       </c>
       <c r="C145" s="2" t="n">
-        <v>1.7383803E12</v>
+        <v>1.73869002E12</v>
       </c>
       <c r="D145" s="2" t="n">
-        <v>1.73837058E12</v>
+        <v>1.73874804E12</v>
       </c>
       <c r="E145" s="2" t="n">
-        <v>0.0026643087133855</v>
+        <v>0.0027711007878027</v>
       </c>
       <c r="F145" s="2" t="n">
-        <v>0.003477245605439</v>
+        <v>0.0028715038175219</v>
       </c>
       <c r="G145" s="2" t="n">
-        <v>0.0024512549300953</v>
+        <v>0.0023382805699255</v>
       </c>
       <c r="H145" s="2" t="n">
-        <v>0.0026390016363198</v>
+        <v>0.0025637324269828</v>
       </c>
       <c r="I145" s="2" t="n">
-        <v>3298.07</v>
+        <v>1126.38</v>
       </c>
     </row>
     <row r="146">
       <c r="A146" s="2" t="n">
-        <v>1.7382384E12</v>
+        <v>1.738584E12</v>
       </c>
       <c r="B146" s="2" t="n">
-        <v>1.738324799999E12</v>
+        <v>1.738670399999E12</v>
       </c>
       <c r="C146" s="2" t="n">
-        <v>1.7383191E12</v>
+        <v>1.73862138E12</v>
       </c>
       <c r="D146" s="2" t="n">
-        <v>1.73829966E12</v>
+        <v>1.73861856E12</v>
       </c>
       <c r="E146" s="2" t="n">
-        <v>0.0025809423313764</v>
+        <v>0.0028301765429424</v>
       </c>
       <c r="F146" s="2" t="n">
-        <v>0.0027520333481979</v>
+        <v>0.00285157181704</v>
       </c>
       <c r="G146" s="2" t="n">
-        <v>0.0023193185495073</v>
+        <v>0.001147534326963</v>
       </c>
       <c r="H146" s="2" t="n">
-        <v>0.0026643087133855</v>
+        <v>0.0027711007878027</v>
       </c>
       <c r="I146" s="2" t="n">
-        <v>1911.6</v>
+        <v>1157.85</v>
       </c>
     </row>
     <row r="147">
       <c r="A147" s="2" t="n">
-        <v>1.738152E12</v>
+        <v>1.7384976E12</v>
       </c>
       <c r="B147" s="2" t="n">
-        <v>1.738238399999E12</v>
+        <v>1.738583999999E12</v>
       </c>
       <c r="C147" s="2" t="n">
-        <v>1.73823204E12</v>
+        <v>1.73855022E12</v>
       </c>
       <c r="D147" s="2" t="n">
-        <v>1.73822244E12</v>
+        <v>1.73854698E12</v>
       </c>
       <c r="E147" s="2" t="n">
-        <v>0.0024616647164424</v>
+        <v>0.0027698351912302</v>
       </c>
       <c r="F147" s="2" t="n">
-        <v>0.0027515929454681</v>
+        <v>0.0029183505527985</v>
       </c>
       <c r="G147" s="2" t="n">
-        <v>0.0021928166176699</v>
+        <v>0.0026653314706217</v>
       </c>
       <c r="H147" s="2" t="n">
-        <v>0.0025809423313764</v>
+        <v>0.0028301765429424</v>
       </c>
       <c r="I147" s="2" t="n">
-        <v>2267.86</v>
+        <v>325.06</v>
       </c>
     </row>
     <row r="148">
       <c r="A148" s="2" t="n">
-        <v>1.7380656E12</v>
+        <v>1.7384112E12</v>
       </c>
       <c r="B148" s="2" t="n">
-        <v>1.738151999999E12</v>
+        <v>1.738497599999E12</v>
       </c>
       <c r="C148" s="2" t="n">
-        <v>1.73812668E12</v>
+        <v>1.73846862E12</v>
       </c>
       <c r="D148" s="2" t="n">
-        <v>1.73815122E12</v>
+        <v>1.7384343E12</v>
       </c>
       <c r="E148" s="2" t="n">
-        <v>0.0024971604749677</v>
+        <v>0.0026390016363198</v>
       </c>
       <c r="F148" s="2" t="n">
-        <v>0.002528146344132</v>
+        <v>0.0030741141001535</v>
       </c>
       <c r="G148" s="2" t="n">
-        <v>0.0024616183672258</v>
+        <v>0.0026313278270427</v>
       </c>
       <c r="H148" s="2" t="n">
-        <v>0.0024616647164424</v>
+        <v>0.0027698351912302</v>
       </c>
       <c r="I148" s="2" t="n">
-        <v>624.85</v>
+        <v>1100.68</v>
       </c>
     </row>
     <row r="149">
       <c r="A149" s="2" t="n">
-        <v>1.7379792E12</v>
+        <v>1.7383248E12</v>
       </c>
       <c r="B149" s="2" t="n">
-        <v>1.738065599999E12</v>
+        <v>1.738411199999E12</v>
       </c>
       <c r="C149" s="2" t="n">
-        <v>1.73804514E12</v>
+        <v>1.7383803E12</v>
       </c>
       <c r="D149" s="2" t="n">
-        <v>1.73798916E12</v>
+        <v>1.73837058E12</v>
       </c>
       <c r="E149" s="2" t="n">
-        <v>0.0022973849914654</v>
+        <v>0.0026643087133855</v>
       </c>
       <c r="F149" s="2" t="n">
-        <v>0.0025715957197094</v>
+        <v>0.003477245605439</v>
       </c>
       <c r="G149" s="2" t="n">
-        <v>0.0021584283616323</v>
+        <v>0.0024512549300953</v>
       </c>
       <c r="H149" s="2" t="n">
-        <v>0.0024971604749677</v>
+        <v>0.0026390016363198</v>
       </c>
       <c r="I149" s="2" t="n">
-        <v>1420.11</v>
+        <v>3298.07</v>
       </c>
     </row>
     <row r="150">
       <c r="A150" s="2" t="n">
-        <v>1.7378928E12</v>
+        <v>1.7382384E12</v>
       </c>
       <c r="B150" s="2" t="n">
-        <v>1.737979199999E12</v>
+        <v>1.738324799999E12</v>
       </c>
       <c r="C150" s="2" t="n">
-        <v>1.73795856E12</v>
+        <v>1.7383191E12</v>
       </c>
       <c r="D150" s="2" t="n">
-        <v>1.73797692E12</v>
+        <v>1.73829966E12</v>
       </c>
       <c r="E150" s="2" t="n">
-        <v>0.0022803884306212</v>
+        <v>0.0025809423313764</v>
       </c>
       <c r="F150" s="2" t="n">
-        <v>0.0024328441845433</v>
+        <v>0.0027520333481979</v>
       </c>
       <c r="G150" s="2" t="n">
-        <v>0.0021952950014766</v>
+        <v>0.0023193185495073</v>
       </c>
       <c r="H150" s="2" t="n">
-        <v>0.0022973849914654</v>
+        <v>0.0026643087133855</v>
       </c>
       <c r="I150" s="2" t="n">
-        <v>1439.63</v>
+        <v>1911.6</v>
       </c>
     </row>
     <row r="151">
       <c r="A151" s="2" t="n">
-        <v>1.7378064E12</v>
+        <v>1.738152E12</v>
       </c>
       <c r="B151" s="2" t="n">
-        <v>1.737892799999E12</v>
+        <v>1.738238399999E12</v>
       </c>
       <c r="C151" s="2" t="n">
-        <v>1.73788428E12</v>
+        <v>1.73823204E12</v>
       </c>
       <c r="D151" s="2" t="n">
-        <v>1.73786634E12</v>
+        <v>1.73822244E12</v>
       </c>
       <c r="E151" s="2" t="n">
-        <v>0.0023769953224017</v>
+        <v>0.0024616647164424</v>
       </c>
       <c r="F151" s="2" t="n">
-        <v>0.0024446169376915</v>
+        <v>0.0027515929454681</v>
       </c>
       <c r="G151" s="2" t="n">
-        <v>0.0022231751507088</v>
+        <v>0.0021928166176699</v>
       </c>
       <c r="H151" s="2" t="n">
-        <v>0.0022803884306212</v>
+        <v>0.0025809423313764</v>
       </c>
       <c r="I151" s="2" t="n">
-        <v>1195.89</v>
+        <v>2267.86</v>
       </c>
     </row>
     <row r="152">
       <c r="A152" s="2" t="n">
-        <v>1.73772E12</v>
+        <v>1.7380656E12</v>
       </c>
       <c r="B152" s="2" t="n">
-        <v>1.737806399999E12</v>
+        <v>1.738151999999E12</v>
       </c>
       <c r="C152" s="2" t="n">
-        <v>1.73775618E12</v>
+        <v>1.73812668E12</v>
       </c>
       <c r="D152" s="2" t="n">
-        <v>1.7377374E12</v>
+        <v>1.73815122E12</v>
       </c>
       <c r="E152" s="2" t="n">
-        <v>0.0022533147440845</v>
+        <v>0.0024971604749677</v>
       </c>
       <c r="F152" s="2" t="n">
-        <v>0.0025726345476562</v>
+        <v>0.002528146344132</v>
       </c>
       <c r="G152" s="2" t="n">
-        <v>0.0021480685654018</v>
+        <v>0.0024616183672258</v>
       </c>
       <c r="H152" s="2" t="n">
-        <v>0.0023769953224017</v>
+        <v>0.0024616647164424</v>
       </c>
       <c r="I152" s="2" t="n">
-        <v>2935.79</v>
+        <v>624.85</v>
       </c>
     </row>
     <row r="153">
       <c r="A153" s="2" t="n">
-        <v>1.7376336E12</v>
+        <v>1.7379792E12</v>
       </c>
       <c r="B153" s="2" t="n">
-        <v>1.737719999999E12</v>
+        <v>1.738065599999E12</v>
       </c>
       <c r="C153" s="2" t="n">
-        <v>1.73768676E12</v>
+        <v>1.73804514E12</v>
       </c>
       <c r="D153" s="2" t="n">
-        <v>1.73769168E12</v>
+        <v>1.73798916E12</v>
       </c>
       <c r="E153" s="2" t="n">
-        <v>0.0022994043716051</v>
+        <v>0.0022973849914654</v>
       </c>
       <c r="F153" s="2" t="n">
-        <v>0.0023507022940806</v>
+        <v>0.0025715957197094</v>
       </c>
       <c r="G153" s="2" t="n">
-        <v>0.002147720124873</v>
+        <v>0.0021584283616323</v>
       </c>
       <c r="H153" s="2" t="n">
-        <v>0.0022533147440845</v>
+        <v>0.0024971604749677</v>
       </c>
       <c r="I153" s="2" t="n">
-        <v>1754.28</v>
+        <v>1420.11</v>
       </c>
     </row>
     <row r="154">
       <c r="A154" s="2" t="n">
-        <v>1.7375472E12</v>
+        <v>1.7378928E12</v>
       </c>
       <c r="B154" s="2" t="n">
-        <v>1.737633599999E12</v>
+        <v>1.737979199999E12</v>
       </c>
       <c r="C154" s="2" t="n">
-        <v>1.73755206E12</v>
+        <v>1.73795856E12</v>
       </c>
       <c r="D154" s="2" t="n">
-        <v>1.7376045E12</v>
+        <v>1.73797692E12</v>
       </c>
       <c r="E154" s="2" t="n">
-        <v>0.0024846561584698</v>
+        <v>0.0022803884306212</v>
       </c>
       <c r="F154" s="2" t="n">
-        <v>0.0024860375876605</v>
+        <v>0.0024328441845433</v>
       </c>
       <c r="G154" s="2" t="n">
-        <v>0.0021913983587309</v>
+        <v>0.0021952950014766</v>
       </c>
       <c r="H154" s="2" t="n">
-        <v>0.0022994043716051</v>
+        <v>0.0022973849914654</v>
       </c>
       <c r="I154" s="2" t="n">
-        <v>1722.6</v>
+        <v>1439.63</v>
       </c>
     </row>
     <row r="155">
       <c r="A155" s="2" t="n">
-        <v>1.7374608E12</v>
+        <v>1.7378064E12</v>
       </c>
       <c r="B155" s="2" t="n">
-        <v>1.737547199999E12</v>
+        <v>1.737892799999E12</v>
       </c>
       <c r="C155" s="2" t="n">
-        <v>1.73749146E12</v>
+        <v>1.73788428E12</v>
       </c>
       <c r="D155" s="2" t="n">
-        <v>1.7374884E12</v>
+        <v>1.73786634E12</v>
       </c>
       <c r="E155" s="2" t="n">
-        <v>0.0024125277170268</v>
+        <v>0.0023769953224017</v>
       </c>
       <c r="F155" s="2" t="n">
-        <v>0.0025813909485842</v>
+        <v>0.0024446169376915</v>
       </c>
       <c r="G155" s="2" t="n">
-        <v>0.0022101503309462</v>
+        <v>0.0022231751507088</v>
       </c>
       <c r="H155" s="2" t="n">
-        <v>0.0024846561584698</v>
+        <v>0.0022803884306212</v>
       </c>
       <c r="I155" s="2" t="n">
-        <v>3402.06</v>
+        <v>1195.89</v>
       </c>
     </row>
     <row r="156">
       <c r="A156" s="2" t="n">
-        <v>1.7373744E12</v>
+        <v>1.73772E12</v>
       </c>
       <c r="B156" s="2" t="n">
-        <v>1.737460799999E12</v>
+        <v>1.737806399999E12</v>
       </c>
       <c r="C156" s="2" t="n">
-        <v>1.7373993E12</v>
+        <v>1.73775618E12</v>
       </c>
       <c r="D156" s="2" t="n">
-        <v>1.7374407E12</v>
+        <v>1.7377374E12</v>
       </c>
       <c r="E156" s="2" t="n">
-        <v>0.0027910124138943</v>
+        <v>0.0022533147440845</v>
       </c>
       <c r="F156" s="2" t="n">
-        <v>0.0028675332096203</v>
+        <v>0.0025726345476562</v>
       </c>
       <c r="G156" s="2" t="n">
-        <v>0.0022304740523416</v>
+        <v>0.0021480685654018</v>
       </c>
       <c r="H156" s="2" t="n">
-        <v>0.0024125277170268</v>
+        <v>0.0023769953224017</v>
       </c>
       <c r="I156" s="2" t="n">
-        <v>3746.87</v>
+        <v>2935.79</v>
       </c>
     </row>
     <row r="157">
       <c r="A157" s="2" t="n">
-        <v>1.737288E12</v>
+        <v>1.7376336E12</v>
       </c>
       <c r="B157" s="2" t="n">
-        <v>1.737374399999E12</v>
+        <v>1.737719999999E12</v>
       </c>
       <c r="C157" s="2" t="n">
-        <v>1.73729562E12</v>
+        <v>1.73768676E12</v>
       </c>
       <c r="D157" s="2" t="n">
-        <v>1.73737242E12</v>
+        <v>1.73769168E12</v>
       </c>
       <c r="E157" s="2" t="n">
-        <v>0.0032227758709348</v>
+        <v>0.0022994043716051</v>
       </c>
       <c r="F157" s="2" t="n">
-        <v>0.0033604072223744</v>
+        <v>0.0023507022940806</v>
       </c>
       <c r="G157" s="2" t="n">
-        <v>0.0027896148943528</v>
+        <v>0.002147720124873</v>
       </c>
       <c r="H157" s="2" t="n">
-        <v>0.0027910124138943</v>
+        <v>0.0022533147440845</v>
       </c>
       <c r="I157" s="2" t="n">
-        <v>5720.41</v>
+        <v>1754.28</v>
       </c>
     </row>
     <row r="158">
       <c r="A158" s="2" t="n">
-        <v>1.7372016E12</v>
+        <v>1.7375472E12</v>
       </c>
       <c r="B158" s="2" t="n">
-        <v>1.737287999999E12</v>
+        <v>1.737633599999E12</v>
       </c>
       <c r="C158" s="2" t="n">
-        <v>1.73721288E12</v>
+        <v>1.73755206E12</v>
       </c>
       <c r="D158" s="2" t="n">
-        <v>1.73720166E12</v>
+        <v>1.7376045E12</v>
       </c>
       <c r="E158" s="2" t="n">
-        <v>0.0031153285526649</v>
+        <v>0.0024846561584698</v>
       </c>
       <c r="F158" s="2" t="n">
-        <v>0.0041065958221036</v>
+        <v>0.0024860375876605</v>
       </c>
       <c r="G158" s="2" t="n">
-        <v>0.0031142817087197</v>
+        <v>0.0021913983587309</v>
       </c>
       <c r="H158" s="2" t="n">
-        <v>0.0032227758709348</v>
+        <v>0.0022994043716051</v>
       </c>
       <c r="I158" s="2" t="n">
-        <v>4728.79</v>
+        <v>1722.6</v>
       </c>
     </row>
     <row r="159">
       <c r="A159" s="2" t="n">
-        <v>1.7371152E12</v>
+        <v>1.7374608E12</v>
       </c>
       <c r="B159" s="2" t="n">
-        <v>1.737201599999E12</v>
+        <v>1.737547199999E12</v>
       </c>
       <c r="C159" s="2" t="n">
-        <v>1.73719212E12</v>
+        <v>1.73749146E12</v>
       </c>
       <c r="D159" s="2" t="n">
-        <v>1.73716926E12</v>
+        <v>1.7374884E12</v>
       </c>
       <c r="E159" s="2" t="n">
-        <v>0.0031779578475743</v>
+        <v>0.0024125277170268</v>
       </c>
       <c r="F159" s="2" t="n">
-        <v>0.0042879527853966</v>
+        <v>0.0025813909485842</v>
       </c>
       <c r="G159" s="2" t="n">
-        <v>0.0030136936287238</v>
+        <v>0.0022101503309462</v>
       </c>
       <c r="H159" s="2" t="n">
-        <v>0.0031153285526649</v>
+        <v>0.0024846561584698</v>
       </c>
       <c r="I159" s="2" t="n">
-        <v>5290.01</v>
+        <v>3402.06</v>
       </c>
     </row>
     <row r="160">
       <c r="A160" s="2" t="n">
-        <v>1.7370288E12</v>
+        <v>1.7373744E12</v>
       </c>
       <c r="B160" s="2" t="n">
-        <v>1.737115199999E12</v>
+        <v>1.737460799999E12</v>
       </c>
       <c r="C160" s="2" t="n">
-        <v>1.73705754E12</v>
+        <v>1.7373993E12</v>
       </c>
       <c r="D160" s="2" t="n">
-        <v>1.737051E12</v>
+        <v>1.7374407E12</v>
       </c>
       <c r="E160" s="2" t="n">
-        <v>0.0030309636142487</v>
+        <v>0.0027910124138943</v>
       </c>
       <c r="F160" s="2" t="n">
-        <v>0.0033756048169077</v>
+        <v>0.0028675332096203</v>
       </c>
       <c r="G160" s="2" t="n">
-        <v>0.0028287410293083</v>
+        <v>0.0022304740523416</v>
       </c>
       <c r="H160" s="2" t="n">
-        <v>0.0031779578475743</v>
+        <v>0.0024125277170268</v>
       </c>
       <c r="I160" s="2" t="n">
-        <v>7315.98</v>
+        <v>3746.87</v>
       </c>
     </row>
     <row r="161">
       <c r="A161" s="2" t="n">
-        <v>1.7369424E12</v>
+        <v>1.737288E12</v>
       </c>
       <c r="B161" s="2" t="n">
-        <v>1.737028799999E12</v>
+        <v>1.737374399999E12</v>
       </c>
       <c r="C161" s="2" t="n">
-        <v>1.73702028E12</v>
+        <v>1.73729562E12</v>
       </c>
       <c r="D161" s="2" t="n">
-        <v>1.73695392E12</v>
+        <v>1.73737242E12</v>
       </c>
       <c r="E161" s="2" t="n">
-        <v>0.0028339136484015</v>
+        <v>0.0032227758709348</v>
       </c>
       <c r="F161" s="2" t="n">
-        <v>0.0030779414013007</v>
+        <v>0.0033604072223744</v>
       </c>
       <c r="G161" s="2" t="n">
-        <v>0.0027929195706132</v>
+        <v>0.0027896148943528</v>
       </c>
       <c r="H161" s="2" t="n">
-        <v>0.0030309636142487</v>
+        <v>0.0027910124138943</v>
       </c>
       <c r="I161" s="2" t="n">
-        <v>2128.26</v>
+        <v>5720.41</v>
       </c>
     </row>
     <row r="162">
       <c r="A162" s="2" t="n">
-        <v>1.736856E12</v>
+        <v>1.7372016E12</v>
       </c>
       <c r="B162" s="2" t="n">
-        <v>1.736942399999E12</v>
+        <v>1.737287999999E12</v>
       </c>
       <c r="C162" s="2" t="n">
-        <v>1.73687658E12</v>
+        <v>1.73721288E12</v>
       </c>
       <c r="D162" s="2" t="n">
-        <v>1.73685714E12</v>
+        <v>1.73720166E12</v>
       </c>
       <c r="E162" s="2" t="n">
-        <v>0.0026750227211597</v>
+        <v>0.0031153285526649</v>
       </c>
       <c r="F162" s="2" t="n">
-        <v>0.0030432606957918</v>
+        <v>0.0041065958221036</v>
       </c>
       <c r="G162" s="2" t="n">
-        <v>0.0026722404296607</v>
+        <v>0.0031142817087197</v>
       </c>
       <c r="H162" s="2" t="n">
-        <v>0.0028339136484015</v>
+        <v>0.0032227758709348</v>
       </c>
       <c r="I162" s="2" t="n">
-        <v>3029.58</v>
+        <v>4728.79</v>
       </c>
     </row>
     <row r="163">
       <c r="A163" s="2" t="n">
-        <v>1.7367696E12</v>
+        <v>1.7371152E12</v>
       </c>
       <c r="B163" s="2" t="n">
-        <v>1.736855999999E12</v>
+        <v>1.737201599999E12</v>
       </c>
       <c r="C163" s="2" t="n">
-        <v>1.73680194E12</v>
+        <v>1.73719212E12</v>
       </c>
       <c r="D163" s="2" t="n">
-        <v>1.73685138E12</v>
+        <v>1.73716926E12</v>
       </c>
       <c r="E163" s="2" t="n">
-        <v>0.00290762459093</v>
+        <v>0.0031779578475743</v>
       </c>
       <c r="F163" s="2" t="n">
-        <v>0.0029855247417032</v>
+        <v>0.0042879527853966</v>
       </c>
       <c r="G163" s="2" t="n">
-        <v>0.0026516871625135</v>
+        <v>0.0030136936287238</v>
       </c>
       <c r="H163" s="2" t="n">
-        <v>0.0026750227211597</v>
+        <v>0.0031153285526649</v>
       </c>
       <c r="I163" s="2" t="n">
-        <v>1133.16</v>
+        <v>5290.01</v>
       </c>
     </row>
     <row r="164">
       <c r="A164" s="2" t="n">
-        <v>1.7366832E12</v>
+        <v>1.7370288E12</v>
       </c>
       <c r="B164" s="2" t="n">
-        <v>1.736769599999E12</v>
+        <v>1.737115199999E12</v>
       </c>
       <c r="C164" s="2" t="n">
-        <v>1.7367453E12</v>
+        <v>1.73705754E12</v>
       </c>
       <c r="D164" s="2" t="n">
-        <v>1.73670396E12</v>
+        <v>1.737051E12</v>
       </c>
       <c r="E164" s="2" t="n">
-        <v>0.0032491844719038</v>
+        <v>0.0030309636142487</v>
       </c>
       <c r="F164" s="2" t="n">
-        <v>0.0035789275774736</v>
+        <v>0.0033756048169077</v>
       </c>
       <c r="G164" s="2" t="n">
-        <v>0.0027994687876742</v>
+        <v>0.0028287410293083</v>
       </c>
       <c r="H164" s="2" t="n">
-        <v>0.00290762459093</v>
+        <v>0.0031779578475743</v>
       </c>
       <c r="I164" s="2" t="n">
-        <v>11090.91</v>
+        <v>7315.98</v>
       </c>
     </row>
     <row r="165">
       <c r="A165" s="2" t="n">
-        <v>1.7365968E12</v>
+        <v>1.7369424E12</v>
       </c>
       <c r="B165" s="2" t="n">
-        <v>1.736683199999E12</v>
+        <v>1.737028799999E12</v>
       </c>
       <c r="C165" s="2" t="n">
-        <v>1.73667084E12</v>
+        <v>1.73702028E12</v>
       </c>
       <c r="D165" s="2" t="n">
-        <v>1.73667594E12</v>
+        <v>1.73695392E12</v>
       </c>
       <c r="E165" s="2" t="n">
-        <v>0.0028891287827735</v>
+        <v>0.0028339136484015</v>
       </c>
       <c r="F165" s="2" t="n">
-        <v>0.0038891486655321</v>
+        <v>0.0030779414013007</v>
       </c>
       <c r="G165" s="2" t="n">
-        <v>0.0026872023601194</v>
+        <v>0.0027929195706132</v>
       </c>
       <c r="H165" s="2" t="n">
-        <v>0.0032491844719038</v>
+        <v>0.0030309636142487</v>
       </c>
       <c r="I165" s="2" t="n">
-        <v>43940.04</v>
+        <v>2128.26</v>
       </c>
     </row>
     <row r="166">
       <c r="A166" s="2" t="n">
-        <v>1.7365104E12</v>
+        <v>1.736856E12</v>
       </c>
       <c r="B166" s="2" t="n">
-        <v>1.736596799999E12</v>
+        <v>1.736942399999E12</v>
       </c>
       <c r="C166" s="2" t="n">
-        <v>1.73657976E12</v>
+        <v>1.73687658E12</v>
       </c>
       <c r="D166" s="2" t="n">
-        <v>1.7365587E12</v>
+        <v>1.73685714E12</v>
       </c>
       <c r="E166" s="2" t="n">
-        <v>0.0026976250940818</v>
+        <v>0.0026750227211597</v>
       </c>
       <c r="F166" s="2" t="n">
-        <v>0.003834692378957</v>
+        <v>0.0030432606957918</v>
       </c>
       <c r="G166" s="2" t="n">
-        <v>0.0026662527912593</v>
+        <v>0.0026722404296607</v>
       </c>
       <c r="H166" s="2" t="n">
-        <v>0.0028891287827735</v>
+        <v>0.0028339136484015</v>
       </c>
       <c r="I166" s="2" t="n">
-        <v>60696.16</v>
+        <v>3029.58</v>
       </c>
     </row>
     <row r="167">
       <c r="A167" s="2" t="n">
-        <v>1.736424E12</v>
+        <v>1.7367696E12</v>
       </c>
       <c r="B167" s="2" t="n">
-        <v>1.736510399999E12</v>
+        <v>1.736855999999E12</v>
       </c>
       <c r="C167" s="2" t="n">
-        <v>1.73645928E12</v>
+        <v>1.73680194E12</v>
       </c>
       <c r="D167" s="2" t="n">
-        <v>1.73648718E12</v>
+        <v>1.73685138E12</v>
       </c>
       <c r="E167" s="2" t="n">
-        <v>0.0027277942082088</v>
+        <v>0.00290762459093</v>
       </c>
       <c r="F167" s="2" t="n">
-        <v>0.0029048321274761</v>
+        <v>0.0029855247417032</v>
       </c>
       <c r="G167" s="2" t="n">
-        <v>0.0023193423485041</v>
+        <v>0.0026516871625135</v>
       </c>
       <c r="H167" s="2" t="n">
-        <v>0.0026976250940818</v>
+        <v>0.0026750227211597</v>
       </c>
       <c r="I167" s="2" t="n">
-        <v>56232.32</v>
+        <v>1133.16</v>
       </c>
     </row>
     <row r="168">
       <c r="A168" s="2" t="n">
-        <v>1.7363376E12</v>
+        <v>1.7366832E12</v>
       </c>
       <c r="B168" s="2" t="n">
-        <v>1.736423999999E12</v>
+        <v>1.736769599999E12</v>
       </c>
       <c r="C168" s="2" t="n">
-        <v>1.7363868E12</v>
+        <v>1.7367453E12</v>
       </c>
       <c r="D168" s="2" t="n">
-        <v>1.73633766E12</v>
+        <v>1.73670396E12</v>
       </c>
       <c r="E168" s="2" t="n">
-        <v>0.0025715466521334</v>
+        <v>0.0032491844719038</v>
       </c>
       <c r="F168" s="2" t="n">
-        <v>0.0033908288938409</v>
+        <v>0.0035789275774736</v>
       </c>
       <c r="G168" s="2" t="n">
-        <v>0.0025715466521334</v>
+        <v>0.0027994687876742</v>
       </c>
       <c r="H168" s="2" t="n">
-        <v>0.0027277942082088</v>
+        <v>0.00290762459093</v>
       </c>
       <c r="I168" s="2" t="n">
-        <v>77509.8</v>
+        <v>11090.91</v>
       </c>
     </row>
     <row r="169">
       <c r="A169" s="2" t="n">
-        <v>1.7362512E12</v>
+        <v>1.7365968E12</v>
       </c>
       <c r="B169" s="2" t="n">
-        <v>1.736337599999E12</v>
+        <v>1.736683199999E12</v>
       </c>
       <c r="C169" s="2" t="n">
-        <v>1.73632764E12</v>
+        <v>1.73667084E12</v>
       </c>
       <c r="D169" s="2" t="n">
-        <v>1.73630136E12</v>
+        <v>1.73667594E12</v>
       </c>
       <c r="E169" s="2" t="n">
-        <v>0.0031035149371136</v>
+        <v>0.0028891287827735</v>
       </c>
       <c r="F169" s="2" t="n">
-        <v>0.0035331949175175</v>
+        <v>0.0038891486655321</v>
       </c>
       <c r="G169" s="2" t="n">
-        <v>0.0023111673422289</v>
+        <v>0.0026872023601194</v>
       </c>
       <c r="H169" s="2" t="n">
-        <v>0.0025715466521334</v>
+        <v>0.0032491844719038</v>
       </c>
       <c r="I169" s="2" t="n">
-        <v>173368.26</v>
+        <v>43940.04</v>
       </c>
     </row>
     <row r="170">
       <c r="A170" s="2" t="n">
-        <v>1.7361648E12</v>
+        <v>1.7365104E12</v>
       </c>
       <c r="B170" s="2" t="n">
-        <v>1.736251199999E12</v>
+        <v>1.736596799999E12</v>
       </c>
       <c r="C170" s="2" t="n">
-        <v>1.73616714E12</v>
+        <v>1.73657976E12</v>
       </c>
       <c r="D170" s="2" t="n">
-        <v>1.7362431E12</v>
+        <v>1.7365587E12</v>
       </c>
       <c r="E170" s="2" t="n">
-        <v>0.0037431337970531</v>
+        <v>0.0026976250940818</v>
       </c>
       <c r="F170" s="2" t="n">
-        <v>0.0041931342556971</v>
+        <v>0.003834692378957</v>
       </c>
       <c r="G170" s="2" t="n">
-        <v>0.0029195478415571</v>
+        <v>0.0026662527912593</v>
       </c>
       <c r="H170" s="2" t="n">
-        <v>0.0031035149371136</v>
+        <v>0.0028891287827735</v>
       </c>
       <c r="I170" s="2" t="n">
-        <v>80505.13</v>
+        <v>60696.16</v>
       </c>
     </row>
     <row r="171">
       <c r="A171" s="2" t="n">
-        <v>1.7360784E12</v>
+        <v>1.736424E12</v>
       </c>
       <c r="B171" s="2" t="n">
-        <v>1.736164799999E12</v>
+        <v>1.736510399999E12</v>
       </c>
       <c r="C171" s="2" t="n">
-        <v>1.73608116E12</v>
+        <v>1.73645928E12</v>
       </c>
       <c r="D171" s="2" t="n">
-        <v>1.73608458E12</v>
+        <v>1.73648718E12</v>
       </c>
       <c r="E171" s="2" t="n">
-        <v>0.004365193669839</v>
+        <v>0.0027277942082088</v>
       </c>
       <c r="F171" s="2" t="n">
-        <v>0.0043689109062562</v>
+        <v>0.0029048321274761</v>
       </c>
       <c r="G171" s="2" t="n">
-        <v>0.0033075909580222</v>
+        <v>0.0023193423485041</v>
       </c>
       <c r="H171" s="2" t="n">
-        <v>0.0037431337970531</v>
+        <v>0.0026976250940818</v>
       </c>
       <c r="I171" s="2" t="n">
-        <v>525076.15</v>
+        <v>56232.32</v>
       </c>
     </row>
     <row r="172">
       <c r="A172" s="2" t="n">
-        <v>1.735992E12</v>
+        <v>1.7363376E12</v>
       </c>
       <c r="B172" s="2" t="n">
-        <v>1.736078399999E12</v>
+        <v>1.736423999999E12</v>
       </c>
       <c r="C172" s="2" t="n">
-        <v>1.73603142E12</v>
+        <v>1.7363868E12</v>
       </c>
       <c r="D172" s="2" t="n">
-        <v>1.73599896E12</v>
+        <v>1.73633766E12</v>
       </c>
       <c r="E172" s="2" t="n">
-        <v>0.003200499923287</v>
+        <v>0.0025715466521334</v>
       </c>
       <c r="F172" s="2" t="n">
-        <v>0.0058507563357774</v>
+        <v>0.0033908288938409</v>
       </c>
       <c r="G172" s="2" t="n">
-        <v>0.0028289846462722</v>
+        <v>0.0025715466521334</v>
       </c>
       <c r="H172" s="2" t="n">
-        <v>0.004365193669839</v>
+        <v>0.0027277942082088</v>
       </c>
       <c r="I172" s="2" t="n">
-        <v>141058.94</v>
+        <v>77509.8</v>
       </c>
     </row>
     <row r="173">
       <c r="A173" s="2" t="n">
-        <v>1.7359056E12</v>
+        <v>1.7362512E12</v>
       </c>
       <c r="B173" s="2" t="n">
-        <v>1.735991999999E12</v>
+        <v>1.736337599999E12</v>
       </c>
       <c r="C173" s="2" t="n">
-        <v>1.73591502E12</v>
+        <v>1.73632764E12</v>
       </c>
       <c r="D173" s="2" t="n">
-        <v>1.73594136E12</v>
+        <v>1.73630136E12</v>
       </c>
       <c r="E173" s="2" t="n">
-        <v>0.0030962427980095</v>
+        <v>0.0031035149371136</v>
       </c>
       <c r="F173" s="2" t="n">
-        <v>0.0077738511558746</v>
+        <v>0.0035331949175175</v>
       </c>
       <c r="G173" s="2" t="n">
-        <v>0.0025789398946826</v>
+        <v>0.0023111673422289</v>
       </c>
       <c r="H173" s="2" t="n">
-        <v>0.003200499923287</v>
+        <v>0.0025715466521334</v>
       </c>
       <c r="I173" s="2" t="n">
-        <v>512136.43</v>
+        <v>173368.26</v>
       </c>
     </row>
     <row r="174">
       <c r="A174" s="2" t="n">
-        <v>1.7358192E12</v>
+        <v>1.7361648E12</v>
       </c>
       <c r="B174" s="2" t="n">
-        <v>1.735905599999E12</v>
+        <v>1.736251199999E12</v>
       </c>
       <c r="C174" s="2" t="n">
-        <v>1.73588034E12</v>
+        <v>1.73616714E12</v>
       </c>
       <c r="D174" s="2" t="n">
-        <v>1.73584212E12</v>
+        <v>1.7362431E12</v>
       </c>
       <c r="E174" s="2" t="n">
-        <v>0.0021189923671129</v>
+        <v>0.0037431337970531</v>
       </c>
       <c r="F174" s="2" t="n">
-        <v>0.005278812828828</v>
+        <v>0.0041931342556971</v>
       </c>
       <c r="G174" s="2" t="n">
-        <v>0.0017216013103037</v>
+        <v>0.0029195478415571</v>
       </c>
       <c r="H174" s="2" t="n">
-        <v>0.0030962427980095</v>
+        <v>0.0031035149371136</v>
       </c>
       <c r="I174" s="2" t="n">
-        <v>702405.52</v>
+        <v>80505.13</v>
       </c>
     </row>
     <row r="175">
       <c r="A175" s="2" t="n">
-        <v>1.7357328E12</v>
+        <v>1.7360784E12</v>
       </c>
       <c r="B175" s="2" t="n">
-        <v>1.735819199999E12</v>
+        <v>1.736164799999E12</v>
       </c>
       <c r="C175" s="2" t="n">
-        <v>1.73573904E12</v>
+        <v>1.73608116E12</v>
       </c>
       <c r="D175" s="2" t="n">
-        <v>1.7357784E12</v>
+        <v>1.73608458E12</v>
       </c>
       <c r="E175" s="2" t="n">
-        <v>0.0022908177326045</v>
+        <v>0.004365193669839</v>
       </c>
       <c r="F175" s="2" t="n">
-        <v>0.0027862847550632</v>
+        <v>0.0043689109062562</v>
       </c>
       <c r="G175" s="2" t="n">
-        <v>0.0016924878203685</v>
+        <v>0.0033075909580222</v>
       </c>
       <c r="H175" s="2" t="n">
-        <v>0.0021189923671129</v>
+        <v>0.0037431337970531</v>
       </c>
       <c r="I175" s="2" t="n">
-        <v>680364.26</v>
+        <v>525076.15</v>
       </c>
     </row>
     <row r="176">
       <c r="A176" s="2" t="n">
-        <v>1.7356464E12</v>
+        <v>1.735992E12</v>
       </c>
       <c r="B176" s="2" t="n">
-        <v>1.735732799999E12</v>
+        <v>1.736078399999E12</v>
       </c>
       <c r="C176" s="2" t="n">
-        <v>1.7356749E12</v>
+        <v>1.73603142E12</v>
       </c>
       <c r="D176" s="2" t="n">
-        <v>1.73572392E12</v>
+        <v>1.73599896E12</v>
       </c>
       <c r="E176" s="2" t="n">
-        <v>0.0022165343994498</v>
+        <v>0.003200499923287</v>
       </c>
       <c r="F176" s="2" t="n">
-        <v>0.0024017086904177</v>
+        <v>0.0058507563357774</v>
       </c>
       <c r="G176" s="2" t="n">
-        <v>0.0020569207145397</v>
+        <v>0.0028289846462722</v>
       </c>
       <c r="H176" s="2" t="n">
-        <v>0.0022908177326045</v>
+        <v>0.004365193669839</v>
       </c>
       <c r="I176" s="2" t="n">
-        <v>429862.59</v>
+        <v>141058.94</v>
       </c>
     </row>
     <row r="177">
       <c r="A177" s="2" t="n">
-        <v>1.73556E12</v>
+        <v>1.7359056E12</v>
       </c>
       <c r="B177" s="2" t="n">
-        <v>1.735646399999E12</v>
+        <v>1.735991999999E12</v>
       </c>
       <c r="C177" s="2" t="n">
-        <v>1.73563386E12</v>
+        <v>1.73591502E12</v>
       </c>
       <c r="D177" s="2" t="n">
-        <v>1.7356326E12</v>
+        <v>1.73594136E12</v>
       </c>
       <c r="E177" s="2" t="n">
-        <v>0.0023639583367853</v>
+        <v>0.0030962427980095</v>
       </c>
       <c r="F177" s="2" t="n">
-        <v>0.0024416116486897</v>
+        <v>0.0077738511558746</v>
       </c>
       <c r="G177" s="2" t="n">
-        <v>0.0017223400710039</v>
+        <v>0.0025789398946826</v>
       </c>
       <c r="H177" s="2" t="n">
-        <v>0.0022165343994498</v>
+        <v>0.003200499923287</v>
       </c>
       <c r="I177" s="2" t="n">
-        <v>654996.52</v>
+        <v>512136.43</v>
       </c>
     </row>
     <row r="178">
       <c r="A178" s="2" t="n">
-        <v>1.7354736E12</v>
+        <v>1.7358192E12</v>
       </c>
       <c r="B178" s="2" t="n">
-        <v>1.735559999999E12</v>
+        <v>1.735905599999E12</v>
       </c>
       <c r="C178" s="2" t="n">
-        <v>1.73554194E12</v>
+        <v>1.73588034E12</v>
       </c>
       <c r="D178" s="2" t="n">
-        <v>1.73553756E12</v>
+        <v>1.73584212E12</v>
       </c>
       <c r="E178" s="2" t="n">
-        <v>0.0024510008849345</v>
+        <v>0.0021189923671129</v>
       </c>
       <c r="F178" s="2" t="n">
-        <v>0.0033696116662657</v>
+        <v>0.005278812828828</v>
       </c>
       <c r="G178" s="2" t="n">
-        <v>0.0016317376584779</v>
+        <v>0.0017216013103037</v>
       </c>
       <c r="H178" s="2" t="n">
-        <v>0.0023639583367853</v>
+        <v>0.0030962427980095</v>
       </c>
       <c r="I178" s="2" t="n">
-        <v>621306.45</v>
+        <v>702405.52</v>
       </c>
     </row>
     <row r="179">
       <c r="A179" s="2" t="n">
-        <v>1.7353872E12</v>
+        <v>1.7357328E12</v>
       </c>
       <c r="B179" s="2" t="n">
-        <v>1.735473599999E12</v>
+        <v>1.735819199999E12</v>
       </c>
       <c r="C179" s="2" t="n">
-        <v>1.7354031E12</v>
+        <v>1.73573904E12</v>
       </c>
       <c r="D179" s="2" t="n">
-        <v>1.73540124E12</v>
+        <v>1.7357784E12</v>
       </c>
       <c r="E179" s="2" t="n">
-        <v>0.0028184937449735</v>
+        <v>0.0022908177326045</v>
       </c>
       <c r="F179" s="2" t="n">
-        <v>0.0037415507613219</v>
+        <v>0.0027862847550632</v>
       </c>
       <c r="G179" s="2" t="n">
-        <v>0.0020206694095575</v>
+        <v>0.0016924878203685</v>
       </c>
       <c r="H179" s="2" t="n">
-        <v>0.0024510008849345</v>
+        <v>0.0021189923671129</v>
       </c>
       <c r="I179" s="2" t="n">
-        <v>667563.07</v>
+        <v>680364.26</v>
       </c>
     </row>
     <row r="180">
       <c r="A180" s="2" t="n">
-        <v>1.7352144E12</v>
+        <v>1.7356464E12</v>
       </c>
       <c r="B180" s="2" t="n">
-        <v>1.735300799999E12</v>
+        <v>1.735732799999E12</v>
       </c>
       <c r="C180" s="2" t="n">
-        <v>1.73529162E12</v>
+        <v>1.7356749E12</v>
       </c>
       <c r="D180" s="2" t="n">
-        <v>1.73528598E12</v>
+        <v>1.73572392E12</v>
       </c>
       <c r="E180" s="2" t="n">
-        <v>0.0025700512120096</v>
+        <v>0.0022165343994498</v>
       </c>
       <c r="F180" s="2" t="n">
-        <v>0.0037794514882527</v>
+        <v>0.0024017086904177</v>
       </c>
       <c r="G180" s="2" t="n">
-        <v>0.0020747066423261</v>
+        <v>0.0020569207145397</v>
       </c>
       <c r="H180" s="2" t="n">
-        <v>0.0027095508438252</v>
+        <v>0.0022908177326045</v>
       </c>
       <c r="I180" s="2" t="n">
-        <v>691466.19</v>
+        <v>429862.59</v>
       </c>
     </row>
     <row r="181">
       <c r="A181" s="2" t="n">
-        <v>1.735128E12</v>
+        <v>1.73556E12</v>
       </c>
       <c r="B181" s="2" t="n">
-        <v>1.735214399999E12</v>
+        <v>1.735646399999E12</v>
       </c>
       <c r="C181" s="2" t="n">
-        <v>1.73513604E12</v>
+        <v>1.73563386E12</v>
       </c>
       <c r="D181" s="2" t="n">
-        <v>1.73518008E12</v>
+        <v>1.7356326E12</v>
       </c>
       <c r="E181" s="2" t="n">
-        <v>0.0025543116953217</v>
+        <v>0.0023639583367853</v>
       </c>
       <c r="F181" s="2" t="n">
-        <v>0.002576885159608</v>
+        <v>0.0024416116486897</v>
       </c>
       <c r="G181" s="2" t="n">
-        <v>0.0025332034649311</v>
+        <v>0.0017223400710039</v>
       </c>
       <c r="H181" s="2" t="n">
-        <v>0.0025700512120096</v>
+        <v>0.0022165343994498</v>
       </c>
       <c r="I181" s="2" t="n">
-        <v>711034.45</v>
+        <v>654996.52</v>
       </c>
     </row>
     <row r="182">
       <c r="A182" s="2" t="n">
-        <v>1.7350416E12</v>
+        <v>1.7354736E12</v>
       </c>
       <c r="B182" s="2" t="n">
-        <v>1.735127999999E12</v>
+        <v>1.735559999999E12</v>
       </c>
       <c r="C182" s="2" t="n">
-        <v>1.7350569E12</v>
+        <v>1.73554194E12</v>
       </c>
       <c r="D182" s="2" t="n">
-        <v>1.73507916E12</v>
+        <v>1.73553756E12</v>
       </c>
       <c r="E182" s="2" t="n">
-        <v>0.0026012583677365</v>
+        <v>0.0024510008849345</v>
       </c>
       <c r="F182" s="2" t="n">
-        <v>0.0037214386465028</v>
+        <v>0.0033696116662657</v>
       </c>
       <c r="G182" s="2" t="n">
-        <v>0.0019733686161467</v>
+        <v>0.0016317376584779</v>
       </c>
       <c r="H182" s="2" t="n">
-        <v>0.0025543116953217</v>
+        <v>0.0023639583367853</v>
       </c>
       <c r="I182" s="2" t="n">
-        <v>706385.45</v>
+        <v>621306.45</v>
       </c>
     </row>
     <row r="183">
       <c r="A183" s="2" t="n">
-        <v>1.7349552E12</v>
+        <v>1.7353872E12</v>
       </c>
       <c r="B183" s="2" t="n">
-        <v>1.735041599999E12</v>
+        <v>1.735473599999E12</v>
       </c>
       <c r="C183" s="2" t="n">
-        <v>1.7350248E12</v>
+        <v>1.7354031E12</v>
       </c>
       <c r="D183" s="2" t="n">
-        <v>1.73502198E12</v>
+        <v>1.73540124E12</v>
       </c>
       <c r="E183" s="2" t="n">
-        <v>0.0026430741827621</v>
+        <v>0.0028184937449735</v>
       </c>
       <c r="F183" s="2" t="n">
-        <v>0.0032602086320931</v>
+        <v>0.0037415507613219</v>
       </c>
       <c r="G183" s="2" t="n">
-        <v>0.0019779640306714</v>
+        <v>0.0020206694095575</v>
       </c>
       <c r="H183" s="2" t="n">
-        <v>0.0026012583677365</v>
+        <v>0.0024510008849345</v>
       </c>
       <c r="I183" s="2" t="n">
-        <v>695158.74</v>
+        <v>667563.07</v>
       </c>
     </row>
     <row r="184">
       <c r="A184" s="2" t="n">
-        <v>1.7348688E12</v>
+        <v>1.7352144E12</v>
       </c>
       <c r="B184" s="2" t="n">
-        <v>1.734955199999E12</v>
+        <v>1.735300799999E12</v>
       </c>
       <c r="C184" s="2" t="n">
-        <v>1.73493438E12</v>
+        <v>1.73529162E12</v>
       </c>
       <c r="D184" s="2" t="n">
-        <v>1.73493024E12</v>
+        <v>1.73528598E12</v>
       </c>
       <c r="E184" s="2" t="n">
-        <v>0.0025848337358768</v>
+        <v>0.0025700512120096</v>
       </c>
       <c r="F184" s="2" t="n">
-        <v>0.0039684814592818</v>
+        <v>0.0037794514882527</v>
       </c>
       <c r="G184" s="2" t="n">
-        <v>0.0023285896619182</v>
+        <v>0.0020747066423261</v>
       </c>
       <c r="H184" s="2" t="n">
-        <v>0.0026430741827621</v>
+        <v>0.0027095508438252</v>
       </c>
       <c r="I184" s="2" t="n">
-        <v>693698.58</v>
+        <v>691466.19</v>
       </c>
     </row>
     <row r="185">
       <c r="A185" s="2" t="n">
-        <v>1.7347824E12</v>
+        <v>1.735128E12</v>
       </c>
       <c r="B185" s="2" t="n">
-        <v>1.734868799999E12</v>
+        <v>1.735214399999E12</v>
       </c>
       <c r="C185" s="2" t="n">
-        <v>1.73482368E12</v>
+        <v>1.73513604E12</v>
       </c>
       <c r="D185" s="2" t="n">
-        <v>1.73479182E12</v>
+        <v>1.73518008E12</v>
       </c>
       <c r="E185" s="2" t="n">
-        <v>0.0025860896304487</v>
+        <v>0.0025543116953217</v>
       </c>
       <c r="F185" s="2" t="n">
-        <v>0.0028386626299596</v>
+        <v>0.002576885159608</v>
       </c>
       <c r="G185" s="2" t="n">
-        <v>0.0014007179834262</v>
+        <v>0.0025332034649311</v>
       </c>
       <c r="H185" s="2" t="n">
-        <v>0.0025848337358768</v>
+        <v>0.0025700512120096</v>
       </c>
       <c r="I185" s="2" t="n">
-        <v>690101.62</v>
+        <v>711034.45</v>
       </c>
     </row>
     <row r="186">
       <c r="A186" s="2" t="n">
-        <v>1.734696E12</v>
+        <v>1.7350416E12</v>
       </c>
       <c r="B186" s="2" t="n">
-        <v>1.734782399999E12</v>
+        <v>1.735127999999E12</v>
       </c>
       <c r="C186" s="2" t="n">
-        <v>1.73470842E12</v>
+        <v>1.7350569E12</v>
       </c>
       <c r="D186" s="2" t="n">
-        <v>1.73473038E12</v>
+        <v>1.73507916E12</v>
       </c>
       <c r="E186" s="2" t="n">
-        <v>0.0034546359204976</v>
+        <v>0.0026012583677365</v>
       </c>
       <c r="F186" s="2" t="n">
-        <v>0.003546932586005</v>
+        <v>0.0037214386465028</v>
       </c>
       <c r="G186" s="2" t="n">
-        <v>0.0020176000978922</v>
+        <v>0.0019733686161467</v>
       </c>
       <c r="H186" s="2" t="n">
-        <v>0.0025860896304487</v>
+        <v>0.0025543116953217</v>
       </c>
       <c r="I186" s="2" t="n">
-        <v>561438.59</v>
+        <v>706385.45</v>
       </c>
     </row>
     <row r="187">
       <c r="A187" s="2" t="n">
-        <v>1.7346096E12</v>
+        <v>1.7349552E12</v>
       </c>
       <c r="B187" s="2" t="n">
-        <v>1.734695999999E12</v>
+        <v>1.735041599999E12</v>
       </c>
       <c r="C187" s="2" t="n">
-        <v>1.73464554E12</v>
+        <v>1.7350248E12</v>
       </c>
       <c r="D187" s="2" t="n">
-        <v>1.73468256E12</v>
+        <v>1.73502198E12</v>
       </c>
       <c r="E187" s="2" t="n">
-        <v>0.0029450465326993</v>
+        <v>0.0026430741827621</v>
       </c>
       <c r="F187" s="2" t="n">
-        <v>0.0042492158996629</v>
+        <v>0.0032602086320931</v>
       </c>
       <c r="G187" s="2" t="n">
-        <v>0.0026713352565487</v>
+        <v>0.0019779640306714</v>
       </c>
       <c r="H187" s="2" t="n">
-        <v>0.0034546359204976</v>
+        <v>0.0026012583677365</v>
       </c>
       <c r="I187" s="2" t="n">
-        <v>649907.94</v>
+        <v>695158.74</v>
       </c>
     </row>
     <row r="188">
       <c r="A188" s="2" t="n">
-        <v>1.7345232E12</v>
+        <v>1.7348688E12</v>
       </c>
       <c r="B188" s="2" t="n">
-        <v>1.734609599999E12</v>
+        <v>1.734955199999E12</v>
       </c>
       <c r="C188" s="2" t="n">
-        <v>1.73453826E12</v>
+        <v>1.73493438E12</v>
       </c>
       <c r="D188" s="2" t="n">
-        <v>1.73460858E12</v>
+        <v>1.73493024E12</v>
       </c>
       <c r="E188" s="2" t="n">
-        <v>0.0037203677835423</v>
+        <v>0.0025848337358768</v>
       </c>
       <c r="F188" s="2" t="n">
-        <v>0.0046157374926182</v>
+        <v>0.0039684814592818</v>
       </c>
       <c r="G188" s="2" t="n">
-        <v>0.0028345080554924</v>
+        <v>0.0023285896619182</v>
       </c>
       <c r="H188" s="2" t="n">
-        <v>0.0029450465326993</v>
+        <v>0.0026430741827621</v>
       </c>
       <c r="I188" s="2" t="n">
-        <v>733473.32</v>
+        <v>693698.58</v>
       </c>
     </row>
     <row r="189">
       <c r="A189" s="2" t="n">
-        <v>1.7344368E12</v>
+        <v>1.7347824E12</v>
       </c>
       <c r="B189" s="2" t="n">
-        <v>1.734523199999E12</v>
+        <v>1.734868799999E12</v>
       </c>
       <c r="C189" s="2" t="n">
-        <v>1.73448966E12</v>
+        <v>1.73482368E12</v>
       </c>
       <c r="D189" s="2" t="n">
-        <v>1.73445804E12</v>
+        <v>1.73479182E12</v>
       </c>
       <c r="E189" s="2" t="n">
-        <v>0.0030345004620787</v>
+        <v>0.0025860896304487</v>
       </c>
       <c r="F189" s="2" t="n">
-        <v>0.0040091244498719</v>
+        <v>0.0028386626299596</v>
       </c>
       <c r="G189" s="2" t="n">
-        <v>0.0023034841518049</v>
+        <v>0.0014007179834262</v>
       </c>
       <c r="H189" s="2" t="n">
-        <v>0.0037203677835423</v>
+        <v>0.0025848337358768</v>
       </c>
       <c r="I189" s="2" t="n">
-        <v>787338.79</v>
+        <v>690101.62</v>
       </c>
     </row>
     <row r="190">
       <c r="A190" s="2" t="n">
-        <v>1.7343504E12</v>
+        <v>1.734696E12</v>
       </c>
       <c r="B190" s="2" t="n">
-        <v>1.734436799999E12</v>
+        <v>1.734782399999E12</v>
       </c>
       <c r="C190" s="2" t="n">
-        <v>1.73440434E12</v>
+        <v>1.73470842E12</v>
       </c>
       <c r="D190" s="2" t="n">
-        <v>1.73441298E12</v>
+        <v>1.73473038E12</v>
       </c>
       <c r="E190" s="2" t="n">
-        <v>0.0028478438884517</v>
+        <v>0.0034546359204976</v>
       </c>
       <c r="F190" s="2" t="n">
-        <v>0.0031785222832228</v>
+        <v>0.003546932586005</v>
       </c>
       <c r="G190" s="2" t="n">
-        <v>0.0022551187891409</v>
+        <v>0.0020176000978922</v>
       </c>
       <c r="H190" s="2" t="n">
-        <v>0.0030345004620787</v>
+        <v>0.0025860896304487</v>
       </c>
       <c r="I190" s="2" t="n">
-        <v>764242.01</v>
+        <v>561438.59</v>
       </c>
     </row>
     <row r="191">
       <c r="A191" s="2" t="n">
-        <v>1.734264E12</v>
+        <v>1.7346096E12</v>
       </c>
       <c r="B191" s="2" t="n">
-        <v>1.734350399999E12</v>
+        <v>1.734695999999E12</v>
       </c>
       <c r="C191" s="2" t="n">
-        <v>1.73433864E12</v>
+        <v>1.73464554E12</v>
       </c>
       <c r="D191" s="2" t="n">
-        <v>1.7343243E12</v>
+        <v>1.73468256E12</v>
       </c>
       <c r="E191" s="2" t="n">
-        <v>0.0026030166084194</v>
+        <v>0.0029450465326993</v>
       </c>
       <c r="F191" s="2" t="n">
-        <v>0.0032266571249073</v>
+        <v>0.0042492158996629</v>
       </c>
       <c r="G191" s="2" t="n">
-        <v>0.0022390836300309</v>
+        <v>0.0026713352565487</v>
       </c>
       <c r="H191" s="2" t="n">
-        <v>0.0028478438884517</v>
+        <v>0.0034546359204976</v>
       </c>
       <c r="I191" s="2" t="n">
-        <v>686386.21</v>
+        <v>649907.94</v>
       </c>
     </row>
     <row r="192">
       <c r="A192" s="2" t="n">
-        <v>1.7341776E12</v>
+        <v>1.7345232E12</v>
       </c>
       <c r="B192" s="2" t="n">
-        <v>1.734263999999E12</v>
+        <v>1.734609599999E12</v>
       </c>
       <c r="C192" s="2" t="n">
-        <v>1.73419026E12</v>
+        <v>1.73453826E12</v>
       </c>
       <c r="D192" s="2" t="n">
-        <v>1.7342613E12</v>
+        <v>1.73460858E12</v>
       </c>
       <c r="E192" s="2" t="n">
-        <v>0.002871359601177</v>
+        <v>0.0037203677835423</v>
       </c>
       <c r="F192" s="2" t="n">
-        <v>0.0030304503600097</v>
+        <v>0.0046157374926182</v>
       </c>
       <c r="G192" s="2" t="n">
-        <v>0.0023511285644257</v>
+        <v>0.0028345080554924</v>
       </c>
       <c r="H192" s="2" t="n">
-        <v>0.0026030166084194</v>
+        <v>0.0029450465326993</v>
       </c>
       <c r="I192" s="2" t="n">
-        <v>771335.43</v>
+        <v>733473.32</v>
       </c>
     </row>
     <row r="193">
       <c r="A193" s="2" t="n">
-        <v>1.7340912E12</v>
+        <v>1.7344368E12</v>
       </c>
       <c r="B193" s="2" t="n">
-        <v>1.734177599999E12</v>
+        <v>1.734523199999E12</v>
       </c>
       <c r="C193" s="2" t="n">
-        <v>1.73414706E12</v>
+        <v>1.73448966E12</v>
       </c>
       <c r="D193" s="2" t="n">
-        <v>1.73409738E12</v>
+        <v>1.73445804E12</v>
       </c>
       <c r="E193" s="2" t="n">
-        <v>0.0028275892668132</v>
+        <v>0.0030345004620787</v>
       </c>
       <c r="F193" s="2" t="n">
-        <v>0.003292248693685</v>
+        <v>0.0040091244498719</v>
       </c>
       <c r="G193" s="2" t="n">
-        <v>0.0023044696560164</v>
+        <v>0.0023034841518049</v>
       </c>
       <c r="H193" s="2" t="n">
-        <v>0.0028983719564944</v>
+        <v>0.0037203677835423</v>
       </c>
       <c r="I193" s="2" t="n">
-        <v>763583.21</v>
+        <v>787338.79</v>
       </c>
     </row>
     <row r="194">
       <c r="A194" s="2" t="n">
-        <v>1.7340048E12</v>
+        <v>1.7343504E12</v>
       </c>
       <c r="B194" s="2" t="n">
-        <v>1.734091199999E12</v>
+        <v>1.734436799999E12</v>
       </c>
       <c r="C194" s="2" t="n">
-        <v>1.7340213E12</v>
+        <v>1.73440434E12</v>
       </c>
       <c r="D194" s="2" t="n">
-        <v>1.73401554E12</v>
+        <v>1.73441298E12</v>
       </c>
       <c r="E194" s="2" t="n">
-        <v>0.003369375794805</v>
+        <v>0.0028478438884517</v>
       </c>
       <c r="F194" s="2" t="n">
-        <v>0.0039129178979754</v>
+        <v>0.0031785222832228</v>
       </c>
       <c r="G194" s="2" t="n">
-        <v>0.0025406407065031</v>
+        <v>0.0022551187891409</v>
       </c>
       <c r="H194" s="2" t="n">
-        <v>0.0028275892668132</v>
+        <v>0.0030345004620787</v>
       </c>
       <c r="I194" s="2" t="n">
-        <v>659563.8</v>
+        <v>764242.01</v>
       </c>
     </row>
     <row r="195">
       <c r="A195" s="2" t="n">
-        <v>1.7339184E12</v>
+        <v>1.734264E12</v>
       </c>
       <c r="B195" s="2" t="n">
-        <v>1.734004799999E12</v>
+        <v>1.734350399999E12</v>
       </c>
       <c r="C195" s="2" t="n">
-        <v>1.73393628E12</v>
+        <v>1.73433864E12</v>
       </c>
       <c r="D195" s="2" t="n">
-        <v>1.73394996E12</v>
+        <v>1.7343243E12</v>
       </c>
       <c r="E195" s="2" t="n">
-        <v>0.0031299240250135</v>
+        <v>0.0026030166084194</v>
       </c>
       <c r="F195" s="2" t="n">
-        <v>0.0037062806865298</v>
+        <v>0.0032266571249073</v>
       </c>
       <c r="G195" s="2" t="n">
-        <v>0.0030889278399837</v>
+        <v>0.0022390836300309</v>
       </c>
       <c r="H195" s="2" t="n">
-        <v>0.003369375794805</v>
+        <v>0.0028478438884517</v>
       </c>
       <c r="I195" s="2" t="n">
-        <v>823757.45</v>
+        <v>686386.21</v>
       </c>
     </row>
     <row r="196">
       <c r="A196" s="2" t="n">
-        <v>1.733832E12</v>
+        <v>1.7341776E12</v>
       </c>
       <c r="B196" s="2" t="n">
-        <v>1.733918399999E12</v>
+        <v>1.734263999999E12</v>
       </c>
       <c r="C196" s="2" t="n">
-        <v>1.733832E12</v>
+        <v>1.73419026E12</v>
       </c>
       <c r="D196" s="2" t="n">
-        <v>1.73385198E12</v>
+        <v>1.7342613E12</v>
       </c>
       <c r="E196" s="2" t="n">
-        <v>0.0038078262897048</v>
+        <v>0.002871359601177</v>
       </c>
       <c r="F196" s="2" t="n">
-        <v>0.0038078262897048</v>
+        <v>0.0030304503600097</v>
       </c>
       <c r="G196" s="2" t="n">
-        <v>0.0030824265091431</v>
+        <v>0.0023511285644257</v>
       </c>
       <c r="H196" s="2" t="n">
-        <v>0.0031299240250135</v>
+        <v>0.0026030166084194</v>
       </c>
       <c r="I196" s="2" t="n">
-        <v>880610.86</v>
+        <v>771335.43</v>
       </c>
     </row>
     <row r="197">
       <c r="A197" s="2" t="n">
-        <v>1.7337456E12</v>
+        <v>1.7340912E12</v>
       </c>
       <c r="B197" s="2" t="n">
-        <v>1.733831999999E12</v>
+        <v>1.734177599999E12</v>
       </c>
       <c r="C197" s="2" t="n">
-        <v>1.7337789E12</v>
+        <v>1.73414706E12</v>
       </c>
       <c r="D197" s="2" t="n">
-        <v>1.73382666E12</v>
+        <v>1.73409738E12</v>
       </c>
       <c r="E197" s="2" t="n">
-        <v>0.0038592078999482</v>
+        <v>0.0028275892668132</v>
       </c>
       <c r="F197" s="2" t="n">
-        <v>0.0042451394421137</v>
+        <v>0.003292248693685</v>
       </c>
       <c r="G197" s="2" t="n">
-        <v>0.0032719879113168</v>
+        <v>0.0023044696560164</v>
       </c>
       <c r="H197" s="2" t="n">
-        <v>0.0038078262897048</v>
+        <v>0.0028983719564944</v>
       </c>
       <c r="I197" s="2" t="n">
-        <v>844913.61</v>
+        <v>763583.21</v>
       </c>
     </row>
     <row r="198">
       <c r="A198" s="2" t="n">
-        <v>1.7336592E12</v>
+        <v>1.7340048E12</v>
       </c>
       <c r="B198" s="2" t="n">
-        <v>1.733745599999E12</v>
+        <v>1.734091199999E12</v>
       </c>
       <c r="C198" s="2" t="n">
-        <v>1.73370678E12</v>
+        <v>1.7340213E12</v>
       </c>
       <c r="D198" s="2" t="n">
-        <v>1.7336781E12</v>
+        <v>1.73401554E12</v>
       </c>
       <c r="E198" s="2" t="n">
-        <v>0.0038370895276793</v>
+        <v>0.003369375794805</v>
       </c>
       <c r="F198" s="2" t="n">
-        <v>0.0041407324746973</v>
+        <v>0.0039129178979754</v>
       </c>
       <c r="G198" s="2" t="n">
-        <v>0.0036281312126012</v>
+        <v>0.0025406407065031</v>
       </c>
       <c r="H198" s="2" t="n">
-        <v>0.0040292840886552</v>
+        <v>0.0028275892668132</v>
       </c>
       <c r="I198" s="2" t="n">
-        <v>836416.5</v>
+        <v>659563.8</v>
       </c>
     </row>
     <row r="199">
       <c r="A199" s="2" t="n">
-        <v>1.7335728E12</v>
+        <v>1.7339184E12</v>
       </c>
       <c r="B199" s="2" t="n">
-        <v>1.733659199999E12</v>
+        <v>1.734004799999E12</v>
       </c>
       <c r="C199" s="2" t="n">
-        <v>1.73365116E12</v>
+        <v>1.73393628E12</v>
       </c>
       <c r="D199" s="2" t="n">
-        <v>1.73361102E12</v>
+        <v>1.73394996E12</v>
       </c>
       <c r="E199" s="2" t="n">
-        <v>0.0042297484484898</v>
+        <v>0.0031299240250135</v>
       </c>
       <c r="F199" s="2" t="n">
-        <v>0.0043297095136466</v>
+        <v>0.0037062806865298</v>
       </c>
       <c r="G199" s="2" t="n">
-        <v>0.0035247082005099</v>
+        <v>0.0030889278399837</v>
       </c>
       <c r="H199" s="2" t="n">
-        <v>0.0041804538858159</v>
+        <v>0.003369375794805</v>
       </c>
       <c r="I199" s="2" t="n">
-        <v>901900.96</v>
+        <v>823757.45</v>
       </c>
     </row>
     <row r="200">
       <c r="A200" s="2" t="n">
-        <v>1.7334864E12</v>
+        <v>1.733832E12</v>
       </c>
       <c r="B200" s="2" t="n">
-        <v>1.733572799999E12</v>
+        <v>1.733918399999E12</v>
       </c>
       <c r="C200" s="2" t="n">
-        <v>1.7335017E12</v>
+        <v>1.733832E12</v>
       </c>
       <c r="D200" s="2" t="n">
-        <v>1.7335665E12</v>
+        <v>1.73385198E12</v>
       </c>
       <c r="E200" s="2" t="n">
-        <v>0.0043257425275884</v>
+        <v>0.0038078262897048</v>
       </c>
       <c r="F200" s="2" t="n">
-        <v>0.0054826157477138</v>
+        <v>0.0038078262897048</v>
       </c>
       <c r="G200" s="2" t="n">
-        <v>0.0039344690985168</v>
+        <v>0.0030824265091431</v>
       </c>
       <c r="H200" s="2" t="n">
-        <v>0.0042297484484898</v>
+        <v>0.0031299240250135</v>
       </c>
       <c r="I200" s="2" t="n">
-        <v>876255.03</v>
+        <v>880610.86</v>
       </c>
     </row>
     <row r="201">
       <c r="A201" s="2" t="n">
-        <v>1.7334E12</v>
+        <v>1.7337456E12</v>
       </c>
       <c r="B201" s="2" t="n">
-        <v>1.733486399999E12</v>
+        <v>1.733831999999E12</v>
       </c>
       <c r="C201" s="2" t="n">
-        <v>1.7334807E12</v>
+        <v>1.7337789E12</v>
       </c>
       <c r="D201" s="2" t="n">
-        <v>1.73340192E12</v>
+        <v>1.73382666E12</v>
       </c>
       <c r="E201" s="2" t="n">
-        <v>0.0040073713413282</v>
+        <v>0.0038592078999482</v>
       </c>
       <c r="F201" s="2" t="n">
-        <v>0.0042153352105487</v>
+        <v>0.0042451394421137</v>
       </c>
       <c r="G201" s="2" t="n">
-        <v>0.0037356294175378</v>
+        <v>0.0032719879113168</v>
       </c>
       <c r="H201" s="2" t="n">
-        <v>0.0041516954522399</v>
+        <v>0.0038078262897048</v>
       </c>
       <c r="I201" s="2" t="n">
-        <v>927604.48</v>
+        <v>844913.61</v>
       </c>
     </row>
     <row r="202">
       <c r="A202" s="2" t="n">
-        <v>1.7333136E12</v>
+        <v>1.7336592E12</v>
       </c>
       <c r="B202" s="2" t="n">
-        <v>1.733399999999E12</v>
+        <v>1.733745599999E12</v>
       </c>
       <c r="C202" s="2" t="n">
-        <v>1.73332494E12</v>
+        <v>1.73370678E12</v>
       </c>
       <c r="D202" s="2" t="n">
-        <v>1.73336682E12</v>
+        <v>1.7336781E12</v>
       </c>
       <c r="E202" s="2" t="n">
-        <v>0.0042015791920398</v>
+        <v>0.0038370895276793</v>
       </c>
       <c r="F202" s="2" t="n">
-        <v>0.0043480649629553</v>
+        <v>0.0041407324746973</v>
       </c>
       <c r="G202" s="2" t="n">
-        <v>0.0032084415901838</v>
+        <v>0.0036281312126012</v>
       </c>
       <c r="H202" s="2" t="n">
-        <v>0.0040073713413282</v>
+        <v>0.0040292840886552</v>
       </c>
       <c r="I202" s="2" t="n">
-        <v>900452.52</v>
+        <v>836416.5</v>
       </c>
     </row>
     <row r="203">
       <c r="A203" s="2" t="n">
-        <v>1.7332272E12</v>
+        <v>1.7335728E12</v>
       </c>
       <c r="B203" s="2" t="n">
-        <v>1.733313599999E12</v>
+        <v>1.733659199999E12</v>
       </c>
       <c r="C203" s="2" t="n">
-        <v>1.73331348E12</v>
+        <v>1.73365116E12</v>
       </c>
       <c r="D203" s="2" t="n">
-        <v>1.73322726E12</v>
+        <v>1.73361102E12</v>
       </c>
       <c r="E203" s="2" t="n">
-        <v>0.0028268536213575</v>
+        <v>0.0042297484484898</v>
       </c>
       <c r="F203" s="2" t="n">
-        <v>0.0042015791920398</v>
+        <v>0.0043297095136466</v>
       </c>
       <c r="G203" s="2" t="n">
-        <v>0.0027998845579249</v>
+        <v>0.0035247082005099</v>
       </c>
       <c r="H203" s="2" t="n">
-        <v>0.0042015791920398</v>
+        <v>0.0041804538858159</v>
       </c>
       <c r="I203" s="2" t="n">
-        <v>910842.06</v>
+        <v>901900.96</v>
       </c>
     </row>
     <row r="204">
       <c r="A204" s="2" t="n">
-        <v>1.7331408E12</v>
+        <v>1.7334864E12</v>
       </c>
       <c r="B204" s="2" t="n">
-        <v>1.733227199999E12</v>
+        <v>1.733572799999E12</v>
       </c>
       <c r="C204" s="2" t="n">
-        <v>1.73314104E12</v>
+        <v>1.7335017E12</v>
       </c>
       <c r="D204" s="2" t="n">
-        <v>1.73314344E12</v>
+        <v>1.7335665E12</v>
       </c>
       <c r="E204" s="2" t="n">
-        <v>0.0028992405206442</v>
+        <v>0.0043257425275884</v>
       </c>
       <c r="F204" s="2" t="n">
-        <v>0.0030462619978814</v>
+        <v>0.0054826157477138</v>
       </c>
       <c r="G204" s="2" t="n">
-        <v>0.0023049012196661</v>
+        <v>0.0039344690985168</v>
       </c>
       <c r="H204" s="2" t="n">
-        <v>0.0028268536213575</v>
+        <v>0.0042297484484898</v>
       </c>
       <c r="I204" s="2" t="n">
-        <v>885082.76</v>
+        <v>876255.03</v>
       </c>
     </row>
     <row r="205">
       <c r="A205" s="2" t="n">
-        <v>1.7330544E12</v>
+        <v>1.7334E12</v>
       </c>
       <c r="B205" s="2" t="n">
-        <v>1.733140799999E12</v>
+        <v>1.733486399999E12</v>
       </c>
       <c r="C205" s="2" t="n">
-        <v>1.73306514E12</v>
+        <v>1.7334807E12</v>
       </c>
       <c r="D205" s="2" t="n">
-        <v>1.73310828E12</v>
+        <v>1.73340192E12</v>
       </c>
       <c r="E205" s="2" t="n">
-        <v>0.0031503122913605</v>
+        <v>0.0040073713413282</v>
       </c>
       <c r="F205" s="2" t="n">
-        <v>0.0032776107329974</v>
+        <v>0.0042153352105487</v>
       </c>
       <c r="G205" s="2" t="n">
-        <v>0.0023415593402676</v>
+        <v>0.0037356294175378</v>
       </c>
       <c r="H205" s="2" t="n">
-        <v>0.0029505385207326</v>
+        <v>0.0041516954522399</v>
       </c>
       <c r="I205" s="2" t="n">
-        <v>905779.0</v>
+        <v>927604.48</v>
       </c>
     </row>
     <row r="206">
       <c r="A206" s="2" t="n">
-        <v>1.732968E12</v>
+        <v>1.7333136E12</v>
       </c>
       <c r="B206" s="2" t="n">
-        <v>1.733054399999E12</v>
+        <v>1.733399999999E12</v>
       </c>
       <c r="C206" s="2" t="n">
-        <v>1.73298378E12</v>
+        <v>1.73332494E12</v>
       </c>
       <c r="D206" s="2" t="n">
-        <v>1.7329974E12</v>
+        <v>1.73336682E12</v>
       </c>
       <c r="E206" s="2" t="n">
-        <v>0.0039377854677025</v>
+        <v>0.0042015791920398</v>
       </c>
       <c r="F206" s="2" t="n">
-        <v>0.0043500510171362</v>
+        <v>0.0043480649629553</v>
       </c>
       <c r="G206" s="2" t="n">
-        <v>0.0021516154343787</v>
+        <v>0.0032084415901838</v>
       </c>
       <c r="H206" s="2" t="n">
-        <v>0.0031503122913605</v>
+        <v>0.0040073713413282</v>
       </c>
       <c r="I206" s="2" t="n">
-        <v>959512.14</v>
+        <v>900452.52</v>
       </c>
     </row>
     <row r="207">
       <c r="A207" s="2" t="n">
-        <v>1.7328816E12</v>
+        <v>1.7332272E12</v>
       </c>
       <c r="B207" s="2" t="n">
-        <v>1.732967999999E12</v>
+        <v>1.733313599999E12</v>
       </c>
       <c r="C207" s="2" t="n">
-        <v>1.73293158E12</v>
+        <v>1.73331348E12</v>
       </c>
       <c r="D207" s="2" t="n">
-        <v>1.73289726E12</v>
+        <v>1.73322726E12</v>
       </c>
       <c r="E207" s="2" t="n">
-        <v>0.0036966573584069</v>
+        <v>0.0028268536213575</v>
       </c>
       <c r="F207" s="2" t="n">
-        <v>0.0053032265117697</v>
+        <v>0.0042015791920398</v>
       </c>
       <c r="G207" s="2" t="n">
-        <v>0.0031290189001086</v>
+        <v>0.0027998845579249</v>
       </c>
       <c r="H207" s="2" t="n">
-        <v>0.0039377854677025</v>
+        <v>0.0042015791920398</v>
       </c>
       <c r="I207" s="2" t="n">
-        <v>1005524.51</v>
+        <v>910842.06</v>
       </c>
     </row>
     <row r="208">
       <c r="A208" s="2" t="n">
-        <v>1.7327952E12</v>
+        <v>1.7331408E12</v>
       </c>
       <c r="B208" s="2" t="n">
-        <v>1.732881599999E12</v>
+        <v>1.733227199999E12</v>
       </c>
       <c r="C208" s="2" t="n">
-        <v>1.73282838E12</v>
+        <v>1.73314104E12</v>
       </c>
       <c r="D208" s="2" t="n">
-        <v>1.73283252E12</v>
+        <v>1.73314344E12</v>
       </c>
       <c r="E208" s="2" t="n">
-        <v>0.0070857262802118</v>
+        <v>0.0028992405206442</v>
       </c>
       <c r="F208" s="2" t="n">
-        <v>0.0089511804923369</v>
+        <v>0.0030462619978814</v>
       </c>
       <c r="G208" s="2" t="n">
-        <v>0.0029302834506662</v>
+        <v>0.0023049012196661</v>
       </c>
       <c r="H208" s="2" t="n">
-        <v>0.0036966573584069</v>
+        <v>0.0028268536213575</v>
       </c>
       <c r="I208" s="2" t="n">
-        <v>973512.32</v>
+        <v>885082.76</v>
       </c>
     </row>
     <row r="209">
       <c r="A209" s="2" t="n">
-        <v>1.7327088E12</v>
+        <v>1.7330544E12</v>
       </c>
       <c r="B209" s="2" t="n">
-        <v>1.732795199999E12</v>
+        <v>1.733140799999E12</v>
       </c>
       <c r="C209" s="2" t="n">
-        <v>1.73275968E12</v>
+        <v>1.73306514E12</v>
       </c>
       <c r="D209" s="2" t="n">
-        <v>1.73272794E12</v>
+        <v>1.73310828E12</v>
       </c>
       <c r="E209" s="2" t="n">
-        <v>0.007260336415918</v>
+        <v>0.0031503122913605</v>
       </c>
       <c r="F209" s="2" t="n">
-        <v>0.007729503203307</v>
+        <v>0.0032776107329974</v>
       </c>
       <c r="G209" s="2" t="n">
-        <v>0.0066150359211051</v>
+        <v>0.0023415593402676</v>
       </c>
       <c r="H209" s="2" t="n">
-        <v>0.0070857262802118</v>
+        <v>0.0029505385207326</v>
       </c>
       <c r="I209" s="2" t="n">
-        <v>46718.22</v>
+        <v>905779.0</v>
       </c>
     </row>
     <row r="210">
       <c r="A210" s="2" t="n">
-        <v>1.7326224E12</v>
+        <v>1.732968E12</v>
       </c>
       <c r="B210" s="2" t="n">
-        <v>1.732708799999E12</v>
+        <v>1.733054399999E12</v>
       </c>
       <c r="C210" s="2" t="n">
-        <v>1.73264568E12</v>
+        <v>1.73298378E12</v>
       </c>
       <c r="D210" s="2" t="n">
-        <v>1.73269326E12</v>
+        <v>1.7329974E12</v>
       </c>
       <c r="E210" s="2" t="n">
-        <v>0.0073189719554848</v>
+        <v>0.0039377854677025</v>
       </c>
       <c r="F210" s="2" t="n">
-        <v>0.0087021232078874</v>
+        <v>0.0043500510171362</v>
       </c>
       <c r="G210" s="2" t="n">
-        <v>0.0068217613583749</v>
+        <v>0.0021516154343787</v>
       </c>
       <c r="H210" s="2" t="n">
-        <v>0.007260336415918</v>
+        <v>0.0031503122913605</v>
       </c>
       <c r="I210" s="2" t="n">
-        <v>8244.37</v>
+        <v>959512.14</v>
       </c>
     </row>
     <row r="211">
       <c r="A211" s="2" t="n">
-        <v>1.732536E12</v>
+        <v>1.7328816E12</v>
       </c>
       <c r="B211" s="2" t="n">
-        <v>1.732622399999E12</v>
+        <v>1.732967999999E12</v>
       </c>
       <c r="C211" s="2" t="n">
-        <v>1.7325948E12</v>
+        <v>1.73293158E12</v>
       </c>
       <c r="D211" s="2" t="n">
-        <v>1.732542E12</v>
+        <v>1.73289726E12</v>
       </c>
       <c r="E211" s="2" t="n">
-        <v>0.0066773764171081</v>
+        <v>0.0036966573584069</v>
       </c>
       <c r="F211" s="2" t="n">
-        <v>0.0087647814246687</v>
+        <v>0.0053032265117697</v>
       </c>
       <c r="G211" s="2" t="n">
-        <v>0.0066728528519504</v>
+        <v>0.0031290189001086</v>
       </c>
       <c r="H211" s="2" t="n">
-        <v>0.0073189719554848</v>
+        <v>0.0039377854677025</v>
       </c>
       <c r="I211" s="2" t="n">
-        <v>10092.89</v>
+        <v>1005524.51</v>
       </c>
     </row>
     <row r="212">
       <c r="A212" s="2" t="n">
-        <v>1.7324496E12</v>
+        <v>1.7327952E12</v>
       </c>
       <c r="B212" s="2" t="n">
-        <v>1.732535999999E12</v>
+        <v>1.732881599999E12</v>
       </c>
       <c r="C212" s="2" t="n">
-        <v>1.73249616E12</v>
+        <v>1.73282838E12</v>
       </c>
       <c r="D212" s="2" t="n">
-        <v>1.73247618E12</v>
+        <v>1.73283252E12</v>
       </c>
       <c r="E212" s="2" t="n">
-        <v>0.0060213332010811</v>
+        <v>0.0070857262802118</v>
       </c>
       <c r="F212" s="2" t="n">
-        <v>0.0086435293345508</v>
+        <v>0.0089511804923369</v>
       </c>
       <c r="G212" s="2" t="n">
-        <v>0.0058988042736469</v>
+        <v>0.0029302834506662</v>
       </c>
       <c r="H212" s="2" t="n">
-        <v>0.0066773764171081</v>
+        <v>0.0036966573584069</v>
       </c>
       <c r="I212" s="2" t="n">
-        <v>18394.38</v>
+        <v>973512.32</v>
       </c>
     </row>
     <row r="213">
       <c r="A213" s="2" t="n">
-        <v>1.7323632E12</v>
+        <v>1.7327088E12</v>
       </c>
       <c r="B213" s="2" t="n">
-        <v>1.732449599999E12</v>
+        <v>1.732795199999E12</v>
       </c>
       <c r="C213" s="2" t="n">
-        <v>1.73243832E12</v>
+        <v>1.73275968E12</v>
       </c>
       <c r="D213" s="2" t="n">
-        <v>1.73237946E12</v>
+        <v>1.73272794E12</v>
       </c>
       <c r="E213" s="2" t="n">
-        <v>0.0052143931365441</v>
+        <v>0.007260336415918</v>
       </c>
       <c r="F213" s="2" t="n">
-        <v>0.006536199434675</v>
+        <v>0.007729503203307</v>
       </c>
       <c r="G213" s="2" t="n">
-        <v>0.0049008320460412</v>
+        <v>0.0066150359211051</v>
       </c>
       <c r="H213" s="2" t="n">
-        <v>0.0060213332010811</v>
+        <v>0.0070857262802118</v>
       </c>
       <c r="I213" s="2" t="n">
-        <v>8959.27</v>
+        <v>46718.22</v>
       </c>
     </row>
     <row r="214">
       <c r="A214" s="2" t="n">
-        <v>1.7322768E12</v>
+        <v>1.7326224E12</v>
       </c>
       <c r="B214" s="2" t="n">
-        <v>1.732363199999E12</v>
+        <v>1.732708799999E12</v>
       </c>
       <c r="C214" s="2" t="n">
-        <v>1.73233368E12</v>
+        <v>1.73264568E12</v>
       </c>
       <c r="D214" s="2" t="n">
-        <v>1.73228748E12</v>
+        <v>1.73269326E12</v>
       </c>
       <c r="E214" s="2" t="n">
-        <v>0.0052373555740282</v>
+        <v>0.0073189719554848</v>
       </c>
       <c r="F214" s="2" t="n">
-        <v>0.0062241700446387</v>
+        <v>0.0087021232078874</v>
       </c>
       <c r="G214" s="2" t="n">
-        <v>0.0047870870318642</v>
+        <v>0.0068217613583749</v>
       </c>
       <c r="H214" s="2" t="n">
-        <v>0.0052143931365441</v>
+        <v>0.007260336415918</v>
       </c>
       <c r="I214" s="2" t="n">
-        <v>7189.12</v>
+        <v>8244.37</v>
       </c>
     </row>
     <row r="215">
       <c r="A215" s="2" t="n">
-        <v>1.7321904E12</v>
+        <v>1.732536E12</v>
       </c>
       <c r="B215" s="2" t="n">
-        <v>1.732276799999E12</v>
+        <v>1.732622399999E12</v>
       </c>
       <c r="C215" s="2" t="n">
-        <v>1.73227182E12</v>
+        <v>1.7325948E12</v>
       </c>
       <c r="D215" s="2" t="n">
-        <v>1.73219514E12</v>
+        <v>1.732542E12</v>
       </c>
       <c r="E215" s="2" t="n">
-        <v>0.0041915610644682</v>
+        <v>0.0066773764171081</v>
       </c>
       <c r="F215" s="2" t="n">
-        <v>0.00527790942718</v>
+        <v>0.0087647814246687</v>
       </c>
       <c r="G215" s="2" t="n">
-        <v>0.0041161298359997</v>
+        <v>0.0066728528519504</v>
       </c>
       <c r="H215" s="2" t="n">
-        <v>0.0052373555740282</v>
+        <v>0.0073189719554848</v>
       </c>
       <c r="I215" s="2" t="n">
-        <v>11158.12</v>
+        <v>10092.89</v>
       </c>
     </row>
     <row r="216">
       <c r="A216" s="2" t="n">
-        <v>1.732104E12</v>
+        <v>1.7324496E12</v>
       </c>
       <c r="B216" s="2" t="n">
-        <v>1.732190399999E12</v>
+        <v>1.732535999999E12</v>
       </c>
       <c r="C216" s="2" t="n">
-        <v>1.73213424E12</v>
+        <v>1.73249616E12</v>
       </c>
       <c r="D216" s="2" t="n">
-        <v>1.7321262E12</v>
+        <v>1.73247618E12</v>
       </c>
       <c r="E216" s="2" t="n">
-        <v>0.0040063578023424</v>
+        <v>0.0060213332010811</v>
       </c>
       <c r="F216" s="2" t="n">
-        <v>0.005708558183911</v>
+        <v>0.0086435293345508</v>
       </c>
       <c r="G216" s="2" t="n">
-        <v>0.0038620560298874</v>
+        <v>0.0058988042736469</v>
       </c>
       <c r="H216" s="2" t="n">
-        <v>0.0041915610644682</v>
+        <v>0.0066773764171081</v>
       </c>
       <c r="I216" s="2" t="n">
-        <v>3540.46</v>
+        <v>18394.38</v>
       </c>
     </row>
     <row r="217">
       <c r="A217" s="2" t="n">
-        <v>1.7320176E12</v>
+        <v>1.7323632E12</v>
       </c>
       <c r="B217" s="2" t="n">
-        <v>1.732103999999E12</v>
+        <v>1.732449599999E12</v>
       </c>
       <c r="C217" s="2" t="n">
-        <v>1.73204754E12</v>
+        <v>1.73243832E12</v>
       </c>
       <c r="D217" s="2" t="n">
-        <v>1.7320551E12</v>
+        <v>1.73237946E12</v>
       </c>
       <c r="E217" s="2" t="n">
-        <v>0.0034448884721811</v>
+        <v>0.0052143931365441</v>
       </c>
       <c r="F217" s="2" t="n">
-        <v>0.0043255950464223</v>
+        <v>0.006536199434675</v>
       </c>
       <c r="G217" s="2" t="n">
-        <v>0.0033486185192561</v>
+        <v>0.0049008320460412</v>
       </c>
       <c r="H217" s="2" t="n">
-        <v>0.0040063578023424</v>
+        <v>0.0060213332010811</v>
       </c>
       <c r="I217" s="2" t="n">
-        <v>6862.11</v>
+        <v>8959.27</v>
       </c>
     </row>
     <row r="218">
       <c r="A218" s="2" t="n">
-        <v>1.7319312E12</v>
+        <v>1.7322768E12</v>
       </c>
       <c r="B218" s="2" t="n">
-        <v>1.732017599999E12</v>
+        <v>1.732363199999E12</v>
       </c>
       <c r="C218" s="2" t="n">
-        <v>1.73197836E12</v>
+        <v>1.73233368E12</v>
       </c>
       <c r="D218" s="2" t="n">
-        <v>1.73201718E12</v>
+        <v>1.73228748E12</v>
       </c>
       <c r="E218" s="2" t="n">
-        <v>0.003828713899732</v>
+        <v>0.0052373555740282</v>
       </c>
       <c r="F218" s="2" t="n">
-        <v>0.0047614342371261</v>
+        <v>0.0062241700446387</v>
       </c>
       <c r="G218" s="2" t="n">
-        <v>0.0034367705463277</v>
+        <v>0.0047870870318642</v>
       </c>
       <c r="H218" s="2" t="n">
-        <v>0.0034448884721811</v>
+        <v>0.0052143931365441</v>
       </c>
       <c r="I218" s="2" t="n">
-        <v>7372.55</v>
+        <v>7189.12</v>
       </c>
     </row>
     <row r="219">
       <c r="A219" s="2" t="n">
-        <v>1.7318448E12</v>
+        <v>1.7321904E12</v>
       </c>
       <c r="B219" s="2" t="n">
-        <v>1.731931199999E12</v>
+        <v>1.732276799999E12</v>
       </c>
       <c r="C219" s="2" t="n">
-        <v>1.73185482E12</v>
+        <v>1.73227182E12</v>
       </c>
       <c r="D219" s="2" t="n">
-        <v>1.7319012E12</v>
+        <v>1.73219514E12</v>
       </c>
       <c r="E219" s="2" t="n">
-        <v>0.0042732141628013</v>
+        <v>0.0041915610644682</v>
       </c>
       <c r="F219" s="2" t="n">
-        <v>0.0043011770575537</v>
+        <v>0.00527790942718</v>
       </c>
       <c r="G219" s="2" t="n">
-        <v>0.0035878280325847</v>
+        <v>0.0041161298359997</v>
       </c>
       <c r="H219" s="2" t="n">
-        <v>0.003828713899732</v>
+        <v>0.0052373555740282</v>
       </c>
       <c r="I219" s="2" t="n">
-        <v>2873.76</v>
+        <v>11158.12</v>
       </c>
     </row>
     <row r="220">
       <c r="A220" s="2" t="n">
-        <v>1.7317584E12</v>
+        <v>1.732104E12</v>
       </c>
       <c r="B220" s="2" t="n">
-        <v>1.731844799999E12</v>
+        <v>1.732190399999E12</v>
       </c>
       <c r="C220" s="2" t="n">
-        <v>1.73180436E12</v>
+        <v>1.73213424E12</v>
       </c>
       <c r="D220" s="2" t="n">
-        <v>1.73176692E12</v>
+        <v>1.7321262E12</v>
       </c>
       <c r="E220" s="2" t="n">
-        <v>0.0038265691777742</v>
+        <v>0.0040063578023424</v>
       </c>
       <c r="F220" s="2" t="n">
-        <v>0.0056508294636117</v>
+        <v>0.005708558183911</v>
       </c>
       <c r="G220" s="2" t="n">
-        <v>0.0037562074178105</v>
+        <v>0.0038620560298874</v>
       </c>
       <c r="H220" s="2" t="n">
-        <v>0.0042732141628013</v>
+        <v>0.0041915610644682</v>
       </c>
       <c r="I220" s="2" t="n">
-        <v>3347.5</v>
+        <v>3540.46</v>
       </c>
     </row>
     <row r="221">
       <c r="A221" s="2" t="n">
-        <v>1.731672E12</v>
+        <v>1.7320176E12</v>
       </c>
       <c r="B221" s="2" t="n">
-        <v>1.731758399999E12</v>
+        <v>1.732103999999E12</v>
       </c>
       <c r="C221" s="2" t="n">
-        <v>1.73167644E12</v>
+        <v>1.73204754E12</v>
       </c>
       <c r="D221" s="2" t="n">
-        <v>1.731753E12</v>
+        <v>1.7320551E12</v>
       </c>
       <c r="E221" s="2" t="n">
-        <v>0.0040901030952227</v>
+        <v>0.0034448884721811</v>
       </c>
       <c r="F221" s="2" t="n">
-        <v>0.0048561611724846</v>
+        <v>0.0043255950464223</v>
       </c>
       <c r="G221" s="2" t="n">
-        <v>0.0037370786554338</v>
+        <v>0.0033486185192561</v>
       </c>
       <c r="H221" s="2" t="n">
-        <v>0.0037373994682622</v>
+        <v>0.0040063578023424</v>
       </c>
       <c r="I221" s="2" t="n">
-        <v>2961.62</v>
+        <v>6862.11</v>
       </c>
     </row>
     <row r="222">
       <c r="A222" s="2" t="n">
-        <v>1.7315856E12</v>
+        <v>1.7319312E12</v>
       </c>
       <c r="B222" s="2" t="n">
-        <v>1.731671999999E12</v>
+        <v>1.732017599999E12</v>
       </c>
       <c r="C222" s="2" t="n">
-        <v>1.73162832E12</v>
+        <v>1.73197836E12</v>
       </c>
       <c r="D222" s="2" t="n">
-        <v>1.73160342E12</v>
+        <v>1.73201718E12</v>
       </c>
       <c r="E222" s="2" t="n">
-        <v>0.0039568209536976</v>
+        <v>0.003828713899732</v>
       </c>
       <c r="F222" s="2" t="n">
-        <v>0.0052024943997129</v>
+        <v>0.0047614342371261</v>
       </c>
       <c r="G222" s="2" t="n">
-        <v>0.0039534414770941</v>
+        <v>0.0034367705463277</v>
       </c>
       <c r="H222" s="2" t="n">
-        <v>0.0040901030952227</v>
+        <v>0.0034448884721811</v>
       </c>
       <c r="I222" s="2" t="n">
-        <v>2057.41</v>
+        <v>7372.55</v>
       </c>
     </row>
     <row r="223">
       <c r="A223" s="2" t="n">
-        <v>1.7314992E12</v>
+        <v>1.7318448E12</v>
       </c>
       <c r="B223" s="2" t="n">
-        <v>1.731585599999E12</v>
+        <v>1.731931199999E12</v>
       </c>
       <c r="C223" s="2" t="n">
-        <v>1.73153694E12</v>
+        <v>1.73185482E12</v>
       </c>
       <c r="D223" s="2" t="n">
-        <v>1.73155236E12</v>
+        <v>1.7319012E12</v>
       </c>
       <c r="E223" s="2" t="n">
-        <v>0.004501683282448</v>
+        <v>0.0042732141628013</v>
       </c>
       <c r="F223" s="2" t="n">
-        <v>0.0048310237529987</v>
+        <v>0.0043011770575537</v>
       </c>
       <c r="G223" s="2" t="n">
-        <v>0.0037793862084689</v>
+        <v>0.0035878280325847</v>
       </c>
       <c r="H223" s="2" t="n">
-        <v>0.0039568209536976</v>
+        <v>0.003828713899732</v>
       </c>
       <c r="I223" s="2" t="n">
-        <v>4233.78</v>
+        <v>2873.76</v>
       </c>
     </row>
     <row r="224">
       <c r="A224" s="2" t="n">
-        <v>1.7314128E12</v>
+        <v>1.7317584E12</v>
       </c>
       <c r="B224" s="2" t="n">
-        <v>1.731499199999E12</v>
+        <v>1.731844799999E12</v>
       </c>
       <c r="C224" s="2" t="n">
-        <v>1.73141448E12</v>
+        <v>1.73180436E12</v>
       </c>
       <c r="D224" s="2" t="n">
-        <v>1.73143302E12</v>
+        <v>1.73176692E12</v>
       </c>
       <c r="E224" s="2" t="n">
-        <v>0.0058934388692966</v>
+        <v>0.0038265691777742</v>
       </c>
       <c r="F224" s="2" t="n">
-        <v>0.0064373638754497</v>
+        <v>0.0056508294636117</v>
       </c>
       <c r="G224" s="2" t="n">
-        <v>0.0037003361372925</v>
+        <v>0.0037562074178105</v>
       </c>
       <c r="H224" s="2" t="n">
-        <v>0.004501683282448</v>
+        <v>0.0042732141628013</v>
       </c>
       <c r="I224" s="2" t="n">
-        <v>14548.82</v>
+        <v>3347.5</v>
       </c>
     </row>
     <row r="225">
       <c r="A225" s="2" t="n">
-        <v>1.7313264E12</v>
+        <v>1.731672E12</v>
       </c>
       <c r="B225" s="2" t="n">
-        <v>1.731412799999E12</v>
+        <v>1.731758399999E12</v>
       </c>
       <c r="C225" s="2" t="n">
-        <v>1.73141172E12</v>
+        <v>1.73167644E12</v>
       </c>
       <c r="D225" s="2" t="n">
-        <v>1.7313816E12</v>
+        <v>1.731753E12</v>
       </c>
       <c r="E225" s="2" t="n">
-        <v>0.0</v>
+        <v>0.0040901030952227</v>
       </c>
       <c r="F225" s="2" t="n">
-        <v>0.0</v>
+        <v>0.0048561611724846</v>
       </c>
       <c r="G225" s="2" t="n">
-        <v>0.0</v>
+        <v>0.0037370786554338</v>
       </c>
       <c r="H225" s="2" t="n">
-        <v>0.0058934388692966</v>
+        <v>0.0037373994682622</v>
       </c>
       <c r="I225" s="2" t="n">
-        <v>22784.1</v>
+        <v>2961.62</v>
       </c>
     </row>
     <row r="226">
       <c r="A226" s="2" t="n">
-        <v>1.73124E12</v>
+        <v>1.7315856E12</v>
       </c>
       <c r="B226" s="2" t="n">
-        <v>1.731326399999E12</v>
+        <v>1.731671999999E12</v>
       </c>
       <c r="C226" s="2" t="n">
-        <v>1.73128986E12</v>
+        <v>1.73162832E12</v>
       </c>
       <c r="D226" s="2" t="n">
-        <v>1.73124102E12</v>
+        <v>1.73160342E12</v>
       </c>
       <c r="E226" s="2" t="n">
-        <v>0.0</v>
+        <v>0.0039568209536976</v>
       </c>
       <c r="F226" s="2" t="n">
-        <v>0.0</v>
+        <v>0.0052024943997129</v>
       </c>
       <c r="G226" s="2" t="n">
-        <v>0.0</v>
+        <v>0.0039534414770941</v>
       </c>
       <c r="H226" s="2" t="n">
-        <v>0.0</v>
+        <v>0.0040901030952227</v>
       </c>
       <c r="I226" s="2" t="n">
-        <v>4606.67</v>
+        <v>2057.41</v>
       </c>
     </row>
     <row r="227">
       <c r="A227" s="2" t="n">
-        <v>1.7311536E12</v>
+        <v>1.7314992E12</v>
       </c>
       <c r="B227" s="2" t="n">
-        <v>1.731239999999E12</v>
+        <v>1.731585599999E12</v>
       </c>
       <c r="C227" s="2" t="n">
-        <v>1.73122728E12</v>
+        <v>1.73153694E12</v>
       </c>
       <c r="D227" s="2" t="n">
-        <v>1.73119938E12</v>
+        <v>1.73155236E12</v>
       </c>
       <c r="E227" s="2" t="n">
-        <v>0.0</v>
+        <v>0.004501683282448</v>
       </c>
       <c r="F227" s="2" t="n">
-        <v>0.0</v>
+        <v>0.0048310237529987</v>
       </c>
       <c r="G227" s="2" t="n">
-        <v>0.0</v>
+        <v>0.0037793862084689</v>
       </c>
       <c r="H227" s="2" t="n">
-        <v>0.0</v>
+        <v>0.0039568209536976</v>
       </c>
       <c r="I227" s="2" t="n">
-        <v>3502.89</v>
+        <v>4233.78</v>
       </c>
     </row>
     <row r="228">
       <c r="A228" s="2" t="n">
-        <v>1.7310672E12</v>
+        <v>1.7314128E12</v>
       </c>
       <c r="B228" s="2" t="n">
-        <v>1.731153599999E12</v>
+        <v>1.731499199999E12</v>
       </c>
       <c r="C228" s="2" t="n">
-        <v>1.73114508E12</v>
+        <v>1.73141448E12</v>
       </c>
       <c r="D228" s="2" t="n">
-        <v>1.73112642E12</v>
+        <v>1.73143302E12</v>
       </c>
       <c r="E228" s="2" t="n">
-        <v>0.0</v>
+        <v>0.0058934388692966</v>
       </c>
       <c r="F228" s="2" t="n">
-        <v>0.0</v>
+        <v>0.0064373638754497</v>
       </c>
       <c r="G228" s="2" t="n">
-        <v>0.0</v>
+        <v>0.0037003361372925</v>
       </c>
       <c r="H228" s="2" t="n">
-        <v>0.0</v>
+        <v>0.004501683282448</v>
       </c>
       <c r="I228" s="2" t="n">
-        <v>2285.66</v>
+        <v>14548.82</v>
       </c>
     </row>
     <row r="229">
       <c r="A229" s="2" t="n">
-        <v>1.7309808E12</v>
+        <v>1.7313264E12</v>
       </c>
       <c r="B229" s="2" t="n">
-        <v>1.731067199999E12</v>
+        <v>1.731412799999E12</v>
       </c>
       <c r="C229" s="2" t="n">
-        <v>1.73104896E12</v>
+        <v>1.73141172E12</v>
       </c>
       <c r="D229" s="2" t="n">
-        <v>1.73100522E12</v>
+        <v>1.7313816E12</v>
       </c>
       <c r="E229" s="2" t="n">
-        <v>0.0027376594306619</v>
+        <v>0.0</v>
       </c>
       <c r="F229" s="2" t="n">
-        <v>0.0031858031122847</v>
+        <v>0.0</v>
       </c>
       <c r="G229" s="2" t="n">
-        <v>0.0024942106356713</v>
+        <v>0.0</v>
       </c>
       <c r="H229" s="2" t="n">
-        <v>0.002908392338069</v>
+        <v>0.0058934388692966</v>
       </c>
       <c r="I229" s="2" t="n">
-        <v>6942.17</v>
+        <v>22784.1</v>
       </c>
     </row>
     <row r="230">
       <c r="A230" s="2" t="n">
-        <v>1.7308944E12</v>
+        <v>1.73124E12</v>
       </c>
       <c r="B230" s="2" t="n">
-        <v>1.730980799999E12</v>
+        <v>1.731326399999E12</v>
       </c>
       <c r="C230" s="2" t="n">
-        <v>1.73096682E12</v>
+        <v>1.73128986E12</v>
       </c>
       <c r="D230" s="2" t="n">
-        <v>1.73091966E12</v>
+        <v>1.73124102E12</v>
       </c>
       <c r="E230" s="2" t="n">
-        <v>0.0018080315751346</v>
+        <v>0.0</v>
       </c>
       <c r="F230" s="2" t="n">
-        <v>0.0032045512220182</v>
+        <v>0.0</v>
       </c>
       <c r="G230" s="2" t="n">
-        <v>0.0017781580341064</v>
+        <v>0.0</v>
       </c>
       <c r="H230" s="2" t="n">
-        <v>0.0027375555123197</v>
+        <v>0.0</v>
       </c>
       <c r="I230" s="2" t="n">
-        <v>6747.35</v>
+        <v>4606.67</v>
       </c>
     </row>
     <row r="231">
       <c r="A231" s="2" t="n">
-        <v>1.730808E12</v>
+        <v>1.7311536E12</v>
       </c>
       <c r="B231" s="2" t="n">
-        <v>1.730894399999E12</v>
+        <v>1.731239999999E12</v>
       </c>
       <c r="C231" s="2" t="n">
-        <v>1.73082888E12</v>
+        <v>1.73122728E12</v>
       </c>
       <c r="D231" s="2" t="n">
-        <v>1.73088714E12</v>
+        <v>1.73119938E12</v>
       </c>
       <c r="E231" s="2" t="n">
-        <v>0.0020254864180664</v>
+        <v>0.0</v>
       </c>
       <c r="F231" s="2" t="n">
-        <v>0.0020418244072386</v>
+        <v>0.0</v>
       </c>
       <c r="G231" s="2" t="n">
-        <v>0.0017999414518304</v>
+        <v>0.0</v>
       </c>
       <c r="H231" s="2" t="n">
-        <v>0.0018080315751346</v>
+        <v>0.0</v>
       </c>
       <c r="I231" s="2" t="n">
-        <v>936.61</v>
+        <v>3502.89</v>
       </c>
     </row>
     <row r="232">
       <c r="A232" s="2" t="n">
-        <v>1.7307216E12</v>
+        <v>1.7310672E12</v>
       </c>
       <c r="B232" s="2" t="n">
-        <v>1.730807999999E12</v>
+        <v>1.731153599999E12</v>
       </c>
       <c r="C232" s="2" t="n">
-        <v>1.73080152E12</v>
+        <v>1.73114508E12</v>
       </c>
       <c r="D232" s="2" t="n">
-        <v>1.73076048E12</v>
+        <v>1.73112642E12</v>
       </c>
       <c r="E232" s="2" t="n">
-        <v>0.0020323464058214</v>
+        <v>0.0</v>
       </c>
       <c r="F232" s="2" t="n">
-        <v>0.0021599833257677</v>
+        <v>0.0</v>
       </c>
       <c r="G232" s="2" t="n">
-        <v>0.0019106939441592</v>
+        <v>0.0</v>
       </c>
       <c r="H232" s="2" t="n">
-        <v>0.0020254864180664</v>
+        <v>0.0</v>
       </c>
       <c r="I232" s="2" t="n">
-        <v>1564.65</v>
+        <v>2285.66</v>
       </c>
     </row>
     <row r="233">
       <c r="A233" s="2" t="n">
-        <v>1.7306352E12</v>
+        <v>1.7309808E12</v>
       </c>
       <c r="B233" s="2" t="n">
-        <v>1.730721599999E12</v>
+        <v>1.731067199999E12</v>
       </c>
       <c r="C233" s="2" t="n">
-        <v>1.73069052E12</v>
+        <v>1.73104896E12</v>
       </c>
       <c r="D233" s="2" t="n">
-        <v>1.7307123E12</v>
+        <v>1.73100522E12</v>
       </c>
       <c r="E233" s="2" t="n">
-        <v>0.0021148678466156</v>
+        <v>0.0027376594306619</v>
       </c>
       <c r="F233" s="2" t="n">
-        <v>0.0021494938501847</v>
+        <v>0.0031858031122847</v>
       </c>
       <c r="G233" s="2" t="n">
-        <v>0.0020318877028871</v>
+        <v>0.0024942106356713</v>
       </c>
       <c r="H233" s="2" t="n">
-        <v>0.0020323464058214</v>
+        <v>0.002908392338069</v>
       </c>
       <c r="I233" s="2" t="n">
-        <v>176.73</v>
+        <v>6942.17</v>
       </c>
     </row>
     <row r="234">
       <c r="A234" s="2" t="n">
-        <v>1.7305488E12</v>
+        <v>1.7308944E12</v>
       </c>
       <c r="B234" s="2" t="n">
-        <v>1.730635199999E12</v>
+        <v>1.730980799999E12</v>
       </c>
       <c r="C234" s="2" t="n">
-        <v>1.73063304E12</v>
+        <v>1.73096682E12</v>
       </c>
       <c r="D234" s="2" t="n">
-        <v>1.73060442E12</v>
+        <v>1.73091966E12</v>
       </c>
       <c r="E234" s="2" t="n">
-        <v>0.0021290107694134</v>
+        <v>0.0018080315751346</v>
       </c>
       <c r="F234" s="2" t="n">
-        <v>0.0021347050984424</v>
+        <v>0.0032045512220182</v>
       </c>
       <c r="G234" s="2" t="n">
-        <v>0.0019990018118895</v>
+        <v>0.0017781580341064</v>
       </c>
       <c r="H234" s="2" t="n">
-        <v>0.0021148678466156</v>
+        <v>0.0027375555123197</v>
       </c>
       <c r="I234" s="2" t="n">
-        <v>1006.45</v>
+        <v>6747.35</v>
       </c>
     </row>
     <row r="235">
       <c r="A235" s="2" t="n">
-        <v>1.7304624E12</v>
+        <v>1.730808E12</v>
       </c>
       <c r="B235" s="2" t="n">
-        <v>1.730548799999E12</v>
+        <v>1.730894399999E12</v>
       </c>
       <c r="C235" s="2" t="n">
-        <v>1.73052498E12</v>
+        <v>1.73082888E12</v>
       </c>
       <c r="D235" s="2" t="n">
-        <v>1.73046858E12</v>
+        <v>1.73088714E12</v>
       </c>
       <c r="E235" s="2" t="n">
-        <v>0.0019972362790457</v>
+        <v>0.0020254864180664</v>
       </c>
       <c r="F235" s="2" t="n">
-        <v>0.0021525535788394</v>
+        <v>0.0020418244072386</v>
       </c>
       <c r="G235" s="2" t="n">
-        <v>0.0019970661496673</v>
+        <v>0.0017999414518304</v>
       </c>
       <c r="H235" s="2" t="n">
-        <v>0.0021290107694134</v>
+        <v>0.0018080315751346</v>
       </c>
       <c r="I235" s="2" t="n">
-        <v>509.43</v>
+        <v>936.61</v>
       </c>
     </row>
     <row r="236">
       <c r="A236" s="2" t="n">
-        <v>1.730376E12</v>
+        <v>1.7307216E12</v>
       </c>
       <c r="B236" s="2" t="n">
-        <v>1.730462399999E12</v>
+        <v>1.730807999999E12</v>
       </c>
       <c r="C236" s="2" t="n">
-        <v>1.73040396E12</v>
+        <v>1.73080152E12</v>
       </c>
       <c r="D236" s="2" t="n">
-        <v>1.73044824E12</v>
+        <v>1.73076048E12</v>
       </c>
       <c r="E236" s="2" t="n">
-        <v>0.0020543012061042</v>
+        <v>0.0020323464058214</v>
       </c>
       <c r="F236" s="2" t="n">
-        <v>0.0021609259816081</v>
+        <v>0.0021599833257677</v>
       </c>
       <c r="G236" s="2" t="n">
-        <v>0.0019968576003312</v>
+        <v>0.0019106939441592</v>
       </c>
       <c r="H236" s="2" t="n">
-        <v>0.0019972362790457</v>
+        <v>0.0020254864180664</v>
       </c>
       <c r="I236" s="2" t="n">
-        <v>2048.66</v>
+        <v>1564.65</v>
       </c>
     </row>
     <row r="237">
       <c r="A237" s="2" t="n">
-        <v>1.7302896E12</v>
+        <v>1.7306352E12</v>
       </c>
       <c r="B237" s="2" t="n">
-        <v>1.730375999999E12</v>
+        <v>1.730721599999E12</v>
       </c>
       <c r="C237" s="2" t="n">
-        <v>1.73029506E12</v>
+        <v>1.73069052E12</v>
       </c>
       <c r="D237" s="2" t="n">
-        <v>1.73037228E12</v>
+        <v>1.7307123E12</v>
       </c>
       <c r="E237" s="2" t="n">
-        <v>0.0022674536259966</v>
+        <v>0.0021148678466156</v>
       </c>
       <c r="F237" s="2" t="n">
-        <v>0.002267978457383</v>
+        <v>0.0021494938501847</v>
       </c>
       <c r="G237" s="2" t="n">
-        <v>0.0019829764674456</v>
+        <v>0.0020318877028871</v>
       </c>
       <c r="H237" s="2" t="n">
-        <v>0.0020543012061042</v>
+        <v>0.0020323464058214</v>
       </c>
       <c r="I237" s="2" t="n">
-        <v>700.24</v>
+        <v>176.73</v>
       </c>
     </row>
     <row r="238">
       <c r="A238" s="2" t="n">
-        <v>1.7302032E12</v>
+        <v>1.7305488E12</v>
       </c>
       <c r="B238" s="2" t="n">
-        <v>1.730289599999E12</v>
+        <v>1.730635199999E12</v>
       </c>
       <c r="C238" s="2" t="n">
-        <v>1.73020344E12</v>
+        <v>1.73063304E12</v>
       </c>
       <c r="D238" s="2" t="n">
-        <v>1.7302506E12</v>
+        <v>1.73060442E12</v>
       </c>
       <c r="E238" s="2" t="n">
-        <v>0.0023923511207098</v>
+        <v>0.0021290107694134</v>
       </c>
       <c r="F238" s="2" t="n">
-        <v>0.0023926848676465</v>
+        <v>0.0021347050984424</v>
       </c>
       <c r="G238" s="2" t="n">
-        <v>0.0022664994693093</v>
+        <v>0.0019990018118895</v>
       </c>
       <c r="H238" s="2" t="n">
-        <v>0.0022674536259966</v>
+        <v>0.0021148678466156</v>
       </c>
       <c r="I238" s="2" t="n">
-        <v>33.43</v>
+        <v>1006.45</v>
       </c>
     </row>
     <row r="239">
       <c r="A239" s="2" t="n">
-        <v>1.7301168E12</v>
+        <v>1.7304624E12</v>
       </c>
       <c r="B239" s="2" t="n">
-        <v>1.730203199999E12</v>
+        <v>1.730548799999E12</v>
       </c>
       <c r="C239" s="2" t="n">
-        <v>1.73020152E12</v>
+        <v>1.73052498E12</v>
       </c>
       <c r="D239" s="2" t="n">
-        <v>1.7301207E12</v>
+        <v>1.73046858E12</v>
       </c>
       <c r="E239" s="2" t="n">
-        <v>0.0021782111929169</v>
+        <v>0.0019972362790457</v>
       </c>
       <c r="F239" s="2" t="n">
-        <v>0.0023937063512653</v>
+        <v>0.0021525535788394</v>
       </c>
       <c r="G239" s="2" t="n">
-        <v>0.0019972372731535</v>
+        <v>0.0019970661496673</v>
       </c>
       <c r="H239" s="2" t="n">
-        <v>0.0023923511207098</v>
+        <v>0.0021290107694134</v>
       </c>
       <c r="I239" s="2" t="n">
-        <v>1203.81</v>
+        <v>509.43</v>
       </c>
     </row>
     <row r="240">
       <c r="A240" s="2" t="n">
-        <v>1.7300304E12</v>
+        <v>1.730376E12</v>
       </c>
       <c r="B240" s="2" t="n">
-        <v>1.730116799999E12</v>
+        <v>1.730462399999E12</v>
       </c>
       <c r="C240" s="2" t="n">
-        <v>1.73006424E12</v>
+        <v>1.73040396E12</v>
       </c>
       <c r="D240" s="2" t="n">
-        <v>1.73007294E12</v>
+        <v>1.73044824E12</v>
       </c>
       <c r="E240" s="2" t="n">
-        <v>0.0024126255199256</v>
+        <v>0.0020543012061042</v>
       </c>
       <c r="F240" s="2" t="n">
-        <v>0.0024998296934973</v>
+        <v>0.0021609259816081</v>
       </c>
       <c r="G240" s="2" t="n">
-        <v>0.0020971168310369</v>
+        <v>0.0019968576003312</v>
       </c>
       <c r="H240" s="2" t="n">
-        <v>0.0021782111929169</v>
+        <v>0.0019972362790457</v>
       </c>
       <c r="I240" s="2" t="n">
-        <v>2353.18</v>
+        <v>2048.66</v>
       </c>
     </row>
     <row r="241">
       <c r="A241" s="2" t="n">
-        <v>1.729944E12</v>
+        <v>1.7302896E12</v>
       </c>
       <c r="B241" s="2" t="n">
-        <v>1.730030399999E12</v>
+        <v>1.730375999999E12</v>
       </c>
       <c r="C241" s="2" t="n">
-        <v>1.73002758E12</v>
+        <v>1.73029506E12</v>
       </c>
       <c r="D241" s="2" t="n">
-        <v>1.72998222E12</v>
+        <v>1.73037228E12</v>
       </c>
       <c r="E241" s="2" t="n">
-        <v>0.0022437749764141</v>
+        <v>0.0022674536259966</v>
       </c>
       <c r="F241" s="2" t="n">
-        <v>0.0024973745746796</v>
+        <v>0.002267978457383</v>
       </c>
       <c r="G241" s="2" t="n">
-        <v>0.0020852768518482</v>
+        <v>0.0019829764674456</v>
       </c>
       <c r="H241" s="2" t="n">
-        <v>0.0024126255199256</v>
+        <v>0.0020543012061042</v>
       </c>
       <c r="I241" s="2" t="n">
-        <v>3349.74</v>
+        <v>700.24</v>
       </c>
     </row>
     <row r="242">
       <c r="A242" s="2" t="n">
-        <v>1.7298576E12</v>
+        <v>1.7302032E12</v>
       </c>
       <c r="B242" s="2" t="n">
-        <v>1.729943999999E12</v>
+        <v>1.730289599999E12</v>
       </c>
       <c r="C242" s="2" t="n">
-        <v>1.72989138E12</v>
+        <v>1.73020344E12</v>
       </c>
       <c r="D242" s="2" t="n">
-        <v>1.72987896E12</v>
+        <v>1.7302506E12</v>
       </c>
       <c r="E242" s="2" t="n">
-        <v>0.0021410848160515</v>
+        <v>0.0023923511207098</v>
       </c>
       <c r="F242" s="2" t="n">
-        <v>0.0024532540060811</v>
+        <v>0.0023926848676465</v>
       </c>
       <c r="G242" s="2" t="n">
-        <v>0.0021408185581093</v>
+        <v>0.0022664994693093</v>
       </c>
       <c r="H242" s="2" t="n">
-        <v>0.0022437749764141</v>
+        <v>0.0022674536259966</v>
       </c>
       <c r="I242" s="2" t="n">
-        <v>2586.9</v>
+        <v>33.43</v>
       </c>
     </row>
     <row r="243">
       <c r="A243" s="2" t="n">
-        <v>1.7297712E12</v>
+        <v>1.7301168E12</v>
       </c>
       <c r="B243" s="2" t="n">
-        <v>1.729857599999E12</v>
+        <v>1.730203199999E12</v>
       </c>
       <c r="C243" s="2" t="n">
-        <v>1.72979874E12</v>
+        <v>1.73020152E12</v>
       </c>
       <c r="D243" s="2" t="n">
-        <v>1.72977126E12</v>
+        <v>1.7301207E12</v>
       </c>
       <c r="E243" s="2" t="n">
-        <v>0.0021241359604988</v>
+        <v>0.0021782111929169</v>
       </c>
       <c r="F243" s="2" t="n">
-        <v>0.0022603523633893</v>
+        <v>0.0023937063512653</v>
       </c>
       <c r="G243" s="2" t="n">
-        <v>0.0021241359604988</v>
+        <v>0.0019972372731535</v>
       </c>
       <c r="H243" s="2" t="n">
-        <v>0.0021411861029164</v>
+        <v>0.0023923511207098</v>
       </c>
       <c r="I243" s="2" t="n">
-        <v>230.74</v>
+        <v>1203.81</v>
       </c>
     </row>
     <row r="244">
       <c r="A244" s="2" t="n">
-        <v>1.7296848E12</v>
+        <v>1.7300304E12</v>
       </c>
       <c r="B244" s="2" t="n">
-        <v>1.729771199999E12</v>
+        <v>1.730116799999E12</v>
       </c>
       <c r="C244" s="2" t="n">
-        <v>1.72968948E12</v>
+        <v>1.73006424E12</v>
       </c>
       <c r="D244" s="2" t="n">
-        <v>1.729758E12</v>
+        <v>1.73007294E12</v>
       </c>
       <c r="E244" s="2" t="n">
-        <v>0.0022705446025175</v>
+        <v>0.0024126255199256</v>
       </c>
       <c r="F244" s="2" t="n">
-        <v>0.0028167317786396</v>
+        <v>0.0024998296934973</v>
       </c>
       <c r="G244" s="2" t="n">
-        <v>0.0021231115590636</v>
+        <v>0.0020971168310369</v>
       </c>
       <c r="H244" s="2" t="n">
-        <v>0.0021251029012094</v>
+        <v>0.0021782111929169</v>
       </c>
       <c r="I244" s="2" t="n">
-        <v>1916.18</v>
+        <v>2353.18</v>
       </c>
     </row>
     <row r="245">
       <c r="A245" s="2" t="n">
-        <v>1.7295984E12</v>
+        <v>1.729944E12</v>
       </c>
       <c r="B245" s="2" t="n">
-        <v>1.729684799999E12</v>
+        <v>1.730030399999E12</v>
       </c>
       <c r="C245" s="2" t="n">
-        <v>1.72961454E12</v>
+        <v>1.73002758E12</v>
       </c>
       <c r="D245" s="2" t="n">
-        <v>1.72964748E12</v>
+        <v>1.72998222E12</v>
       </c>
       <c r="E245" s="2" t="n">
-        <v>0.0022136794095539</v>
+        <v>0.0022437749764141</v>
       </c>
       <c r="F245" s="2" t="n">
-        <v>0.0024902070989188</v>
+        <v>0.0024973745746796</v>
       </c>
       <c r="G245" s="2" t="n">
-        <v>0.0018626841063561</v>
+        <v>0.0020852768518482</v>
       </c>
       <c r="H245" s="2" t="n">
-        <v>0.0022705446025175</v>
+        <v>0.0024126255199256</v>
       </c>
       <c r="I245" s="2" t="n">
-        <v>9146.2</v>
+        <v>3349.74</v>
       </c>
     </row>
     <row r="246">
       <c r="A246" s="2" t="n">
-        <v>1.729512E12</v>
+        <v>1.7298576E12</v>
       </c>
       <c r="B246" s="2" t="n">
-        <v>1.729598399999E12</v>
+        <v>1.729943999999E12</v>
       </c>
       <c r="C246" s="2" t="n">
-        <v>1.72958154E12</v>
+        <v>1.72989138E12</v>
       </c>
       <c r="D246" s="2" t="n">
-        <v>1.72957308E12</v>
+        <v>1.72987896E12</v>
       </c>
       <c r="E246" s="2" t="n">
-        <v>0.0021434211455485</v>
+        <v>0.0021410848160515</v>
       </c>
       <c r="F246" s="2" t="n">
-        <v>0.0024842449919482</v>
+        <v>0.0024532540060811</v>
       </c>
       <c r="G246" s="2" t="n">
-        <v>0.0020292371744704</v>
+        <v>0.0021408185581093</v>
       </c>
       <c r="H246" s="2" t="n">
-        <v>0.0022136794095539</v>
+        <v>0.0022437749764141</v>
       </c>
       <c r="I246" s="2" t="n">
-        <v>1922.0</v>
+        <v>2586.9</v>
       </c>
     </row>
     <row r="247">
       <c r="A247" s="2" t="n">
-        <v>1.7294256E12</v>
+        <v>1.7297712E12</v>
       </c>
       <c r="B247" s="2" t="n">
-        <v>1.729511999999E12</v>
+        <v>1.729857599999E12</v>
       </c>
       <c r="C247" s="2" t="n">
-        <v>1.72946334E12</v>
+        <v>1.72979874E12</v>
       </c>
       <c r="D247" s="2" t="n">
-        <v>1.72942596E12</v>
+        <v>1.72977126E12</v>
       </c>
       <c r="E247" s="2" t="n">
-        <v>0.0020746884807802</v>
+        <v>0.0021241359604988</v>
       </c>
       <c r="F247" s="2" t="n">
-        <v>0.0025559353731441</v>
+        <v>0.0022603523633893</v>
       </c>
       <c r="G247" s="2" t="n">
-        <v>0.0020746884807802</v>
+        <v>0.0021241359604988</v>
       </c>
       <c r="H247" s="2" t="n">
-        <v>0.0021433482301504</v>
+        <v>0.0021411861029164</v>
       </c>
       <c r="I247" s="2" t="n">
-        <v>3953.27</v>
+        <v>230.74</v>
       </c>
     </row>
     <row r="248">
       <c r="A248" s="2" t="n">
-        <v>1.7293392E12</v>
+        <v>1.7296848E12</v>
       </c>
       <c r="B248" s="2" t="n">
-        <v>1.729425599999E12</v>
+        <v>1.729771199999E12</v>
       </c>
       <c r="C248" s="2" t="n">
-        <v>1.72939116E12</v>
+        <v>1.72968948E12</v>
       </c>
       <c r="D248" s="2" t="n">
-        <v>1.7294208E12</v>
+        <v>1.729758E12</v>
       </c>
       <c r="E248" s="2" t="n">
-        <v>0.0022997984352145</v>
+        <v>0.0022705446025175</v>
       </c>
       <c r="F248" s="2" t="n">
-        <v>0.0023981686664498</v>
+        <v>0.0028167317786396</v>
       </c>
       <c r="G248" s="2" t="n">
-        <v>0.0020172475552109</v>
+        <v>0.0021231115590636</v>
       </c>
       <c r="H248" s="2" t="n">
-        <v>0.0020746884807802</v>
+        <v>0.0021251029012094</v>
       </c>
       <c r="I248" s="2" t="n">
-        <v>1438.93</v>
+        <v>1916.18</v>
       </c>
     </row>
     <row r="249">
       <c r="A249" s="2" t="n">
-        <v>1.7292528E12</v>
+        <v>1.7295984E12</v>
       </c>
       <c r="B249" s="2" t="n">
-        <v>1.729339199999E12</v>
+        <v>1.729684799999E12</v>
       </c>
       <c r="C249" s="2" t="n">
-        <v>1.7292702E12</v>
+        <v>1.72961454E12</v>
       </c>
       <c r="D249" s="2" t="n">
-        <v>1.72928922E12</v>
+        <v>1.72964748E12</v>
       </c>
       <c r="E249" s="2" t="n">
-        <v>0.0023436556857035</v>
+        <v>0.0022136794095539</v>
       </c>
       <c r="F249" s="2" t="n">
-        <v>0.0024163581535373</v>
+        <v>0.0024902070989188</v>
       </c>
       <c r="G249" s="2" t="n">
-        <v>0.0022737593679341</v>
+        <v>0.0018626841063561</v>
       </c>
       <c r="H249" s="2" t="n">
-        <v>0.0022997984352145</v>
+        <v>0.0022705446025175</v>
       </c>
       <c r="I249" s="2" t="n">
-        <v>1499.7</v>
+        <v>9146.2</v>
       </c>
     </row>
     <row r="250">
       <c r="A250" s="2" t="n">
-        <v>1.7291664E12</v>
+        <v>1.729512E12</v>
       </c>
       <c r="B250" s="2" t="n">
-        <v>1.729252799999E12</v>
+        <v>1.729598399999E12</v>
       </c>
       <c r="C250" s="2" t="n">
-        <v>1.72923048E12</v>
+        <v>1.72958154E12</v>
       </c>
       <c r="D250" s="2" t="n">
-        <v>1.7292282E12</v>
+        <v>1.72957308E12</v>
       </c>
       <c r="E250" s="2" t="n">
-        <v>0.0023979484107748</v>
+        <v>0.0021434211455485</v>
       </c>
       <c r="F250" s="2" t="n">
-        <v>0.002595905854873</v>
+        <v>0.0024842449919482</v>
       </c>
       <c r="G250" s="2" t="n">
-        <v>0.0022684505919471</v>
+        <v>0.0020292371744704</v>
       </c>
       <c r="H250" s="2" t="n">
-        <v>0.0023436556857035</v>
+        <v>0.0022136794095539</v>
       </c>
       <c r="I250" s="2" t="n">
-        <v>2441.26</v>
+        <v>1922.0</v>
       </c>
     </row>
     <row r="251">
       <c r="A251" s="2" t="n">
-        <v>1.72908E12</v>
+        <v>1.7294256E12</v>
       </c>
       <c r="B251" s="2" t="n">
-        <v>1.729166399999E12</v>
+        <v>1.729511999999E12</v>
       </c>
       <c r="C251" s="2" t="n">
-        <v>1.72913568E12</v>
+        <v>1.72946334E12</v>
       </c>
       <c r="D251" s="2" t="n">
-        <v>1.72912452E12</v>
+        <v>1.72942596E12</v>
       </c>
       <c r="E251" s="2" t="n">
-        <v>0.0025951337382909</v>
+        <v>0.0020746884807802</v>
       </c>
       <c r="F251" s="2" t="n">
-        <v>0.0029878330171437</v>
+        <v>0.0025559353731441</v>
       </c>
       <c r="G251" s="2" t="n">
-        <v>0.0023746787427275</v>
+        <v>0.0020746884807802</v>
       </c>
       <c r="H251" s="2" t="n">
-        <v>0.0023979484107748</v>
+        <v>0.0021433482301504</v>
       </c>
       <c r="I251" s="2" t="n">
-        <v>6007.88</v>
+        <v>3953.27</v>
       </c>
     </row>
     <row r="252">
       <c r="A252" s="2" t="n">
-        <v>1.7289936E12</v>
+        <v>1.7293392E12</v>
       </c>
       <c r="B252" s="2" t="n">
-        <v>1.729079999999E12</v>
+        <v>1.729425599999E12</v>
       </c>
       <c r="C252" s="2" t="n">
-        <v>1.72903248E12</v>
+        <v>1.72939116E12</v>
       </c>
       <c r="D252" s="2" t="n">
-        <v>1.72899378E12</v>
+        <v>1.7294208E12</v>
       </c>
       <c r="E252" s="2" t="n">
-        <v>0.0022995416755016</v>
+        <v>0.0022997984352145</v>
       </c>
       <c r="F252" s="2" t="n">
-        <v>0.0027985910804259</v>
+        <v>0.0023981686664498</v>
       </c>
       <c r="G252" s="2" t="n">
-        <v>0.0022995416755016</v>
+        <v>0.0020172475552109</v>
       </c>
       <c r="H252" s="2" t="n">
-        <v>0.0025951337382909</v>
+        <v>0.0020746884807802</v>
       </c>
       <c r="I252" s="2" t="n">
-        <v>3737.59</v>
+        <v>1438.93</v>
       </c>
     </row>
     <row r="253">
       <c r="A253" s="2" t="n">
-        <v>1.7289072E12</v>
+        <v>1.7292528E12</v>
       </c>
       <c r="B253" s="2" t="n">
-        <v>1.728993599999E12</v>
+        <v>1.729339199999E12</v>
       </c>
       <c r="C253" s="2" t="n">
-        <v>1.72892268E12</v>
+        <v>1.7292702E12</v>
       </c>
       <c r="D253" s="2" t="n">
-        <v>1.72895532E12</v>
+        <v>1.72928922E12</v>
       </c>
       <c r="E253" s="2" t="n">
-        <v>0.0025076996371671</v>
+        <v>0.0023436556857035</v>
       </c>
       <c r="F253" s="2" t="n">
-        <v>0.0026368929425708</v>
+        <v>0.0024163581535373</v>
       </c>
       <c r="G253" s="2" t="n">
-        <v>0.0021941918605409</v>
+        <v>0.0022737593679341</v>
       </c>
       <c r="H253" s="2" t="n">
-        <v>0.0022995416755016</v>
+        <v>0.0022997984352145</v>
       </c>
       <c r="I253" s="2" t="n">
-        <v>1691.28</v>
+        <v>1499.7</v>
       </c>
     </row>
     <row r="254">
       <c r="A254" s="2" t="n">
-        <v>1.7288208E12</v>
+        <v>1.7291664E12</v>
       </c>
       <c r="B254" s="2" t="n">
-        <v>1.728907199999E12</v>
+        <v>1.729252799999E12</v>
       </c>
       <c r="C254" s="2" t="n">
-        <v>1.7288247E12</v>
+        <v>1.72923048E12</v>
       </c>
       <c r="D254" s="2" t="n">
-        <v>1.72883622E12</v>
+        <v>1.7292282E12</v>
       </c>
       <c r="E254" s="2" t="n">
-        <v>0.0026181457422032</v>
+        <v>0.0023979484107748</v>
       </c>
       <c r="F254" s="2" t="n">
-        <v>0.0026188421863401</v>
+        <v>0.002595905854873</v>
       </c>
       <c r="G254" s="2" t="n">
-        <v>0.0023921556983628</v>
+        <v>0.0022684505919471</v>
       </c>
       <c r="H254" s="2" t="n">
-        <v>0.0025076996371671</v>
+        <v>0.0023436556857035</v>
       </c>
       <c r="I254" s="2" t="n">
-        <v>1839.66</v>
+        <v>2441.26</v>
       </c>
     </row>
     <row r="255">
       <c r="A255" s="2" t="n">
-        <v>1.7287344E12</v>
+        <v>1.72908E12</v>
       </c>
       <c r="B255" s="2" t="n">
-        <v>1.728820799999E12</v>
+        <v>1.729166399999E12</v>
       </c>
       <c r="C255" s="2" t="n">
-        <v>1.7288106E12</v>
+        <v>1.72913568E12</v>
       </c>
       <c r="D255" s="2" t="n">
-        <v>1.7287623E12</v>
+        <v>1.72912452E12</v>
       </c>
       <c r="E255" s="2" t="n">
-        <v>0.0026134118279513</v>
+        <v>0.0025951337382909</v>
       </c>
       <c r="F255" s="2" t="n">
-        <v>0.0028754662368204</v>
+        <v>0.0029878330171437</v>
       </c>
       <c r="G255" s="2" t="n">
-        <v>0.0025255289672688</v>
+        <v>0.0023746787427275</v>
       </c>
       <c r="H255" s="2" t="n">
-        <v>0.0026181457422032</v>
+        <v>0.0023979484107748</v>
       </c>
       <c r="I255" s="2" t="n">
-        <v>2566.11</v>
+        <v>6007.88</v>
       </c>
     </row>
     <row r="256">
       <c r="A256" s="2" t="n">
-        <v>1.728648E12</v>
+        <v>1.7289936E12</v>
       </c>
       <c r="B256" s="2" t="n">
-        <v>1.728734399999E12</v>
+        <v>1.729079999999E12</v>
       </c>
       <c r="C256" s="2" t="n">
-        <v>1.7287143E12</v>
+        <v>1.72903248E12</v>
       </c>
       <c r="D256" s="2" t="n">
-        <v>1.72870746E12</v>
+        <v>1.72899378E12</v>
       </c>
       <c r="E256" s="2" t="n">
-        <v>0.0026921010119845</v>
+        <v>0.0022995416755016</v>
       </c>
       <c r="F256" s="2" t="n">
-        <v>0.002990377488167</v>
+        <v>0.0027985910804259</v>
       </c>
       <c r="G256" s="2" t="n">
-        <v>0.002473689952069</v>
+        <v>0.0022995416755016</v>
       </c>
       <c r="H256" s="2" t="n">
-        <v>0.0026134118279513</v>
+        <v>0.0025951337382909</v>
       </c>
       <c r="I256" s="2" t="n">
-        <v>3386.56</v>
+        <v>3737.59</v>
       </c>
     </row>
     <row r="257">
       <c r="A257" s="2" t="n">
-        <v>1.7285616E12</v>
+        <v>1.7289072E12</v>
       </c>
       <c r="B257" s="2" t="n">
-        <v>1.728647999999E12</v>
+        <v>1.728993599999E12</v>
       </c>
       <c r="C257" s="2" t="n">
-        <v>1.7285616E12</v>
+        <v>1.72892268E12</v>
       </c>
       <c r="D257" s="2" t="n">
-        <v>1.72861278E12</v>
+        <v>1.72895532E12</v>
       </c>
       <c r="E257" s="2" t="n">
-        <v>0.0029540454503417</v>
+        <v>0.0025076996371671</v>
       </c>
       <c r="F257" s="2" t="n">
-        <v>0.0029540454503417</v>
+        <v>0.0026368929425708</v>
       </c>
       <c r="G257" s="2" t="n">
-        <v>0.0023250699934392</v>
+        <v>0.0021941918605409</v>
       </c>
       <c r="H257" s="2" t="n">
-        <v>0.0026921010119845</v>
+        <v>0.0022995416755016</v>
       </c>
       <c r="I257" s="2" t="n">
-        <v>4335.52</v>
+        <v>1691.28</v>
       </c>
     </row>
     <row r="258">
       <c r="A258" s="2" t="n">
-        <v>1.7284752E12</v>
+        <v>1.7288208E12</v>
       </c>
       <c r="B258" s="2" t="n">
-        <v>1.728561599999E12</v>
+        <v>1.728907199999E12</v>
       </c>
       <c r="C258" s="2" t="n">
-        <v>1.72851366E12</v>
+        <v>1.7288247E12</v>
       </c>
       <c r="D258" s="2" t="n">
-        <v>1.7284755E12</v>
+        <v>1.72883622E12</v>
       </c>
       <c r="E258" s="2" t="n">
-        <v>0.0027024165501357</v>
+        <v>0.0026181457422032</v>
       </c>
       <c r="F258" s="2" t="n">
-        <v>0.0029876197584694</v>
+        <v>0.0026188421863401</v>
       </c>
       <c r="G258" s="2" t="n">
-        <v>0.0027024165501357</v>
+        <v>0.0023921556983628</v>
       </c>
       <c r="H258" s="2" t="n">
-        <v>0.0029158353415147</v>
+        <v>0.0025076996371671</v>
       </c>
       <c r="I258" s="2" t="n">
-        <v>604.48</v>
+        <v>1839.66</v>
       </c>
     </row>
     <row r="259">
       <c r="A259" s="2" t="n">
-        <v>1.7283888E12</v>
+        <v>1.7287344E12</v>
       </c>
       <c r="B259" s="2" t="n">
-        <v>1.728475199999E12</v>
+        <v>1.728820799999E12</v>
       </c>
       <c r="C259" s="2" t="n">
-        <v>1.72843428E12</v>
+        <v>1.7288106E12</v>
       </c>
       <c r="D259" s="2" t="n">
-        <v>1.72840338E12</v>
+        <v>1.7287623E12</v>
       </c>
       <c r="E259" s="2" t="n">
-        <v>0.0026145187475679</v>
+        <v>0.0026134118279513</v>
       </c>
       <c r="F259" s="2" t="n">
-        <v>0.0028329672752542</v>
+        <v>0.0028754662368204</v>
       </c>
       <c r="G259" s="2" t="n">
-        <v>0.0023791702384877</v>
+        <v>0.0025255289672688</v>
       </c>
       <c r="H259" s="2" t="n">
-        <v>0.0027001401614162</v>
+        <v>0.0026181457422032</v>
       </c>
       <c r="I259" s="2" t="n">
-        <v>3383.59</v>
+        <v>2566.11</v>
       </c>
     </row>
     <row r="260">
       <c r="A260" s="2" t="n">
-        <v>1.7283024E12</v>
+        <v>1.728648E12</v>
       </c>
       <c r="B260" s="2" t="n">
-        <v>1.728388799999E12</v>
+        <v>1.728734399999E12</v>
       </c>
       <c r="C260" s="2" t="n">
-        <v>1.72838142E12</v>
+        <v>1.7287143E12</v>
       </c>
       <c r="D260" s="2" t="n">
-        <v>1.72838874E12</v>
+        <v>1.72870746E12</v>
       </c>
       <c r="E260" s="2" t="n">
-        <v>0.002920726509281</v>
+        <v>0.0026921010119845</v>
       </c>
       <c r="F260" s="2" t="n">
-        <v>0.0032391689092632</v>
+        <v>0.002990377488167</v>
       </c>
       <c r="G260" s="2" t="n">
-        <v>0.0026145187475679</v>
+        <v>0.002473689952069</v>
       </c>
       <c r="H260" s="2" t="n">
-        <v>0.0026145187475679</v>
+        <v>0.0026134118279513</v>
       </c>
       <c r="I260" s="2" t="n">
-        <v>3742.52</v>
+        <v>3386.56</v>
       </c>
     </row>
     <row r="261">
       <c r="A261" s="2" t="n">
-        <v>1.728216E12</v>
+        <v>1.7285616E12</v>
       </c>
       <c r="B261" s="2" t="n">
-        <v>1.728302399999E12</v>
+        <v>1.728647999999E12</v>
       </c>
       <c r="C261" s="2" t="n">
-        <v>1.72826142E12</v>
+        <v>1.7285616E12</v>
       </c>
       <c r="D261" s="2" t="n">
-        <v>1.72828518E12</v>
+        <v>1.72861278E12</v>
       </c>
       <c r="E261" s="2" t="n">
-        <v>0.002809945047613</v>
+        <v>0.0029540454503417</v>
       </c>
       <c r="F261" s="2" t="n">
-        <v>0.0029963985684776</v>
+        <v>0.0029540454503417</v>
       </c>
       <c r="G261" s="2" t="n">
-        <v>0.0027556023016046</v>
+        <v>0.0023250699934392</v>
       </c>
       <c r="H261" s="2" t="n">
-        <v>0.002920726509281</v>
+        <v>0.0026921010119845</v>
       </c>
       <c r="I261" s="2" t="n">
-        <v>1096.98</v>
+        <v>4335.52</v>
       </c>
     </row>
     <row r="262">
       <c r="A262" s="2" t="n">
-        <v>1.7281296E12</v>
+        <v>1.7284752E12</v>
       </c>
       <c r="B262" s="2" t="n">
-        <v>1.728215999999E12</v>
+        <v>1.728561599999E12</v>
       </c>
       <c r="C262" s="2" t="n">
-        <v>1.72813116E12</v>
+        <v>1.72851366E12</v>
       </c>
       <c r="D262" s="2" t="n">
-        <v>1.72821048E12</v>
+        <v>1.7284755E12</v>
       </c>
       <c r="E262" s="2" t="n">
-        <v>0.0029949655360046</v>
+        <v>0.0027024165501357</v>
       </c>
       <c r="F262" s="2" t="n">
-        <v>0.0029954889928926</v>
+        <v>0.0029876197584694</v>
       </c>
       <c r="G262" s="2" t="n">
-        <v>0.0027994651617304</v>
+        <v>0.0027024165501357</v>
       </c>
       <c r="H262" s="2" t="n">
-        <v>0.002809945047613</v>
+        <v>0.0029158353415147</v>
       </c>
       <c r="I262" s="2" t="n">
-        <v>634.28</v>
+        <v>604.48</v>
       </c>
     </row>
     <row r="263">
       <c r="A263" s="2" t="n">
-        <v>1.7280432E12</v>
+        <v>1.7283888E12</v>
       </c>
       <c r="B263" s="2" t="n">
-        <v>1.728129599999E12</v>
+        <v>1.728475199999E12</v>
       </c>
       <c r="C263" s="2" t="n">
-        <v>1.72811634E12</v>
+        <v>1.72843428E12</v>
       </c>
       <c r="D263" s="2" t="n">
-        <v>1.72806366E12</v>
+        <v>1.72840338E12</v>
       </c>
       <c r="E263" s="2" t="n">
-        <v>0.0029222326823837</v>
+        <v>0.0026145187475679</v>
       </c>
       <c r="F263" s="2" t="n">
-        <v>0.0031006448687954</v>
+        <v>0.0028329672752542</v>
       </c>
       <c r="G263" s="2" t="n">
-        <v>0.0027994563276205</v>
+        <v>0.0023791702384877</v>
       </c>
       <c r="H263" s="2" t="n">
-        <v>0.0029949655360046</v>
+        <v>0.0027001401614162</v>
       </c>
       <c r="I263" s="2" t="n">
-        <v>2973.48</v>
+        <v>3383.59</v>
       </c>
     </row>
     <row r="264">
       <c r="A264" s="2" t="n">
-        <v>1.7279568E12</v>
+        <v>1.7283024E12</v>
       </c>
       <c r="B264" s="2" t="n">
-        <v>1.728043199999E12</v>
+        <v>1.728388799999E12</v>
       </c>
       <c r="C264" s="2" t="n">
-        <v>1.72795914E12</v>
+        <v>1.72838142E12</v>
       </c>
       <c r="D264" s="2" t="n">
-        <v>1.72797936E12</v>
+        <v>1.72838874E12</v>
       </c>
       <c r="E264" s="2" t="n">
-        <v>0.0030407920773813</v>
+        <v>0.002920726509281</v>
       </c>
       <c r="F264" s="2" t="n">
-        <v>0.0030522437921647</v>
+        <v>0.0032391689092632</v>
       </c>
       <c r="G264" s="2" t="n">
-        <v>0.002816859817699</v>
+        <v>0.0026145187475679</v>
       </c>
       <c r="H264" s="2" t="n">
-        <v>0.0029222326823837</v>
+        <v>0.0026145187475679</v>
       </c>
       <c r="I264" s="2" t="n">
-        <v>2755.68</v>
+        <v>3742.52</v>
       </c>
     </row>
     <row r="265">
       <c r="A265" s="2" t="n">
-        <v>1.7278704E12</v>
+        <v>1.728216E12</v>
       </c>
       <c r="B265" s="2" t="n">
-        <v>1.727956799999E12</v>
+        <v>1.728302399999E12</v>
       </c>
       <c r="C265" s="2" t="n">
-        <v>1.72792212E12</v>
+        <v>1.72826142E12</v>
       </c>
       <c r="D265" s="2" t="n">
-        <v>1.72795284E12</v>
+        <v>1.72828518E12</v>
       </c>
       <c r="E265" s="2" t="n">
-        <v>0.0029826673854753</v>
+        <v>0.002809945047613</v>
       </c>
       <c r="F265" s="2" t="n">
-        <v>0.0034943336346583</v>
+        <v>0.0029963985684776</v>
       </c>
       <c r="G265" s="2" t="n">
-        <v>0.0027993736339926</v>
+        <v>0.0027556023016046</v>
       </c>
       <c r="H265" s="2" t="n">
-        <v>0.0030407920773813</v>
+        <v>0.002920726509281</v>
       </c>
       <c r="I265" s="2" t="n">
-        <v>6775.82</v>
+        <v>1096.98</v>
       </c>
     </row>
     <row r="266">
       <c r="A266" s="2" t="n">
-        <v>1.727784E12</v>
+        <v>1.7281296E12</v>
       </c>
       <c r="B266" s="2" t="n">
-        <v>1.727870399999E12</v>
+        <v>1.728215999999E12</v>
       </c>
       <c r="C266" s="2" t="n">
-        <v>1.72783854E12</v>
+        <v>1.72813116E12</v>
       </c>
       <c r="D266" s="2" t="n">
-        <v>1.72785228E12</v>
+        <v>1.72821048E12</v>
       </c>
       <c r="E266" s="2" t="n">
-        <v>0.0031317639314705</v>
+        <v>0.0029949655360046</v>
       </c>
       <c r="F266" s="2" t="n">
-        <v>0.0031869675241867</v>
+        <v>0.0029954889928926</v>
       </c>
       <c r="G266" s="2" t="n">
-        <v>0.0028677995110503</v>
+        <v>0.0027994651617304</v>
       </c>
       <c r="H266" s="2" t="n">
-        <v>0.0029826673854753</v>
+        <v>0.002809945047613</v>
       </c>
       <c r="I266" s="2" t="n">
-        <v>1903.06</v>
+        <v>634.28</v>
       </c>
     </row>
     <row r="267">
       <c r="A267" s="2" t="n">
-        <v>1.7276976E12</v>
+        <v>1.7280432E12</v>
       </c>
       <c r="B267" s="2" t="n">
-        <v>1.727783999999E12</v>
+        <v>1.728129599999E12</v>
       </c>
       <c r="C267" s="2" t="n">
-        <v>1.72772178E12</v>
+        <v>1.72811634E12</v>
       </c>
       <c r="D267" s="2" t="n">
-        <v>1.7277486E12</v>
+        <v>1.72806366E12</v>
       </c>
       <c r="E267" s="2" t="n">
-        <v>0.0031823857277721</v>
+        <v>0.0029222326823837</v>
       </c>
       <c r="F267" s="2" t="n">
-        <v>0.0032758110225458</v>
+        <v>0.0031006448687954</v>
       </c>
       <c r="G267" s="2" t="n">
-        <v>0.003129335832129</v>
+        <v>0.0027994563276205</v>
       </c>
       <c r="H267" s="2" t="n">
-        <v>0.0031317639314705</v>
+        <v>0.0029949655360046</v>
       </c>
       <c r="I267" s="2" t="n">
-        <v>1992.93</v>
+        <v>2973.48</v>
       </c>
     </row>
     <row r="268">
       <c r="A268" s="2" t="n">
-        <v>1.7276112E12</v>
+        <v>1.7279568E12</v>
       </c>
       <c r="B268" s="2" t="n">
-        <v>1.727697599999E12</v>
+        <v>1.728043199999E12</v>
       </c>
       <c r="C268" s="2" t="n">
-        <v>1.72762248E12</v>
+        <v>1.72795914E12</v>
       </c>
       <c r="D268" s="2" t="n">
-        <v>1.72767342E12</v>
+        <v>1.72797936E12</v>
       </c>
       <c r="E268" s="2" t="n">
-        <v>0.0032895518454264</v>
+        <v>0.0030407920773813</v>
       </c>
       <c r="F268" s="2" t="n">
-        <v>0.0035765247425149</v>
+        <v>0.0030522437921647</v>
       </c>
       <c r="G268" s="2" t="n">
-        <v>0.0031115041675406</v>
+        <v>0.002816859817699</v>
       </c>
       <c r="H268" s="2" t="n">
-        <v>0.0031823857277721</v>
+        <v>0.0029222326823837</v>
       </c>
       <c r="I268" s="2" t="n">
-        <v>6470.8</v>
+        <v>2755.68</v>
       </c>
     </row>
     <row r="269">
       <c r="A269" s="2" t="n">
-        <v>1.7275248E12</v>
+        <v>1.7278704E12</v>
       </c>
       <c r="B269" s="2" t="n">
-        <v>1.727611199999E12</v>
+        <v>1.727956799999E12</v>
       </c>
       <c r="C269" s="2" t="n">
-        <v>1.7275809E12</v>
+        <v>1.72792212E12</v>
       </c>
       <c r="D269" s="2" t="n">
-        <v>1.72756332E12</v>
+        <v>1.72795284E12</v>
       </c>
       <c r="E269" s="2" t="n">
-        <v>0.0032282087246365</v>
+        <v>0.0029826673854753</v>
       </c>
       <c r="F269" s="2" t="n">
-        <v>0.0034928629039452</v>
+        <v>0.0034943336346583</v>
       </c>
       <c r="G269" s="2" t="n">
-        <v>0.0031424963154139</v>
+        <v>0.0027993736339926</v>
       </c>
       <c r="H269" s="2" t="n">
-        <v>0.0032895518454264</v>
+        <v>0.0030407920773813</v>
       </c>
       <c r="I269" s="2" t="n">
-        <v>5729.86</v>
+        <v>6775.82</v>
       </c>
     </row>
     <row r="270">
       <c r="A270" s="2" t="n">
-        <v>1.7274384E12</v>
+        <v>1.727784E12</v>
       </c>
       <c r="B270" s="2" t="n">
-        <v>1.727524799999E12</v>
+        <v>1.727870399999E12</v>
       </c>
       <c r="C270" s="2" t="n">
-        <v>1.72751472E12</v>
+        <v>1.72783854E12</v>
       </c>
       <c r="D270" s="2" t="n">
-        <v>1.72748472E12</v>
+        <v>1.72785228E12</v>
       </c>
       <c r="E270" s="2" t="n">
-        <v>0.0032460243538254</v>
+        <v>0.0031317639314705</v>
       </c>
       <c r="F270" s="2" t="n">
-        <v>0.0039546984492159</v>
+        <v>0.0031869675241867</v>
       </c>
       <c r="G270" s="2" t="n">
-        <v>0.0030029186760014</v>
+        <v>0.0028677995110503</v>
       </c>
       <c r="H270" s="2" t="n">
-        <v>0.0032282087246365</v>
+        <v>0.0029826673854753</v>
       </c>
       <c r="I270" s="2" t="n">
-        <v>9242.45</v>
+        <v>1903.06</v>
       </c>
     </row>
     <row r="271">
       <c r="A271" s="2" t="n">
-        <v>1.727352E12</v>
+        <v>1.7276976E12</v>
       </c>
       <c r="B271" s="2" t="n">
-        <v>1.727438399999E12</v>
+        <v>1.727783999999E12</v>
       </c>
       <c r="C271" s="2" t="n">
-        <v>1.72742478E12</v>
+        <v>1.72772178E12</v>
       </c>
       <c r="D271" s="2" t="n">
-        <v>1.7273949E12</v>
+        <v>1.7277486E12</v>
       </c>
       <c r="E271" s="2" t="n">
-        <v>0.0030330913639175</v>
+        <v>0.0031823857277721</v>
       </c>
       <c r="F271" s="2" t="n">
-        <v>0.0036016071236453</v>
+        <v>0.0032758110225458</v>
       </c>
       <c r="G271" s="2" t="n">
-        <v>0.0030306507116171</v>
+        <v>0.003129335832129</v>
       </c>
       <c r="H271" s="2" t="n">
-        <v>0.0032460243538254</v>
+        <v>0.0031317639314705</v>
       </c>
       <c r="I271" s="2" t="n">
-        <v>4946.5</v>
+        <v>1992.93</v>
       </c>
     </row>
     <row r="272">
       <c r="A272" s="2" t="n">
-        <v>1.7272656E12</v>
+        <v>1.7276112E12</v>
       </c>
       <c r="B272" s="2" t="n">
-        <v>1.727351999999E12</v>
+        <v>1.727697599999E12</v>
       </c>
       <c r="C272" s="2" t="n">
-        <v>1.72726578E12</v>
+        <v>1.72762248E12</v>
       </c>
       <c r="D272" s="2" t="n">
-        <v>1.72734954E12</v>
+        <v>1.72767342E12</v>
       </c>
       <c r="E272" s="2" t="n">
-        <v>0.0034817430024464</v>
+        <v>0.0032895518454264</v>
       </c>
       <c r="F272" s="2" t="n">
-        <v>0.0034818641241919</v>
+        <v>0.0035765247425149</v>
       </c>
       <c r="G272" s="2" t="n">
-        <v>0.0030301166639842</v>
+        <v>0.0031115041675406</v>
       </c>
       <c r="H272" s="2" t="n">
-        <v>0.0030330913639175</v>
+        <v>0.0031823857277721</v>
       </c>
       <c r="I272" s="2" t="n">
-        <v>4222.52</v>
+        <v>6470.8</v>
       </c>
     </row>
     <row r="273">
       <c r="A273" s="2" t="n">
-        <v>1.7271792E12</v>
+        <v>1.7275248E12</v>
       </c>
       <c r="B273" s="2" t="n">
-        <v>1.727265599999E12</v>
+        <v>1.727611199999E12</v>
       </c>
       <c r="C273" s="2" t="n">
-        <v>1.72724748E12</v>
+        <v>1.7275809E12</v>
       </c>
       <c r="D273" s="2" t="n">
-        <v>1.72719726E12</v>
+        <v>1.72756332E12</v>
       </c>
       <c r="E273" s="2" t="n">
-        <v>0.0029514724725412</v>
+        <v>0.0032282087246365</v>
       </c>
       <c r="F273" s="2" t="n">
-        <v>0.0044461156277874</v>
+        <v>0.0034928629039452</v>
       </c>
       <c r="G273" s="2" t="n">
-        <v>0.0029506120299614</v>
+        <v>0.0031424963154139</v>
       </c>
       <c r="H273" s="2" t="n">
-        <v>0.0034817430024464</v>
+        <v>0.0032895518454264</v>
       </c>
       <c r="I273" s="2" t="n">
-        <v>7280.59</v>
+        <v>5729.86</v>
       </c>
     </row>
     <row r="274">
       <c r="A274" s="2" t="n">
-        <v>1.7270928E12</v>
+        <v>1.7274384E12</v>
       </c>
       <c r="B274" s="2" t="n">
-        <v>1.727179199999E12</v>
+        <v>1.727524799999E12</v>
       </c>
       <c r="C274" s="2" t="n">
-        <v>1.7271525E12</v>
+        <v>1.72751472E12</v>
       </c>
       <c r="D274" s="2" t="n">
-        <v>1.72710534E12</v>
+        <v>1.72748472E12</v>
       </c>
       <c r="E274" s="2" t="n">
-        <v>0.0029230376238512</v>
+        <v>0.0032460243538254</v>
       </c>
       <c r="F274" s="2" t="n">
-        <v>0.0030754850943645</v>
+        <v>0.0039546984492159</v>
       </c>
       <c r="G274" s="2" t="n">
-        <v>0.0029227367017301</v>
+        <v>0.0030029186760014</v>
       </c>
       <c r="H274" s="2" t="n">
-        <v>0.0029514724725412</v>
+        <v>0.0032282087246365</v>
       </c>
       <c r="I274" s="2" t="n">
-        <v>753.27</v>
+        <v>9242.45</v>
       </c>
     </row>
     <row r="275">
       <c r="A275" s="2" t="n">
-        <v>1.7270064E12</v>
+        <v>1.727352E12</v>
       </c>
       <c r="B275" s="2" t="n">
-        <v>1.727092799999E12</v>
+        <v>1.727438399999E12</v>
       </c>
       <c r="C275" s="2" t="n">
-        <v>1.72705542E12</v>
+        <v>1.72742478E12</v>
       </c>
       <c r="D275" s="2" t="n">
-        <v>1.7270184E12</v>
+        <v>1.7273949E12</v>
       </c>
       <c r="E275" s="2" t="n">
-        <v>0.0027469713516192</v>
+        <v>0.0030330913639175</v>
       </c>
       <c r="F275" s="2" t="n">
-        <v>0.0029275999161525</v>
+        <v>0.0036016071236453</v>
       </c>
       <c r="G275" s="2" t="n">
-        <v>0.0027087196824472</v>
+        <v>0.0030306507116171</v>
       </c>
       <c r="H275" s="2" t="n">
-        <v>0.0029230376238512</v>
+        <v>0.0032460243538254</v>
       </c>
       <c r="I275" s="2" t="n">
-        <v>1526.61</v>
+        <v>4946.5</v>
       </c>
     </row>
     <row r="276">
       <c r="A276" s="2" t="n">
-        <v>1.72692E12</v>
+        <v>1.7272656E12</v>
       </c>
       <c r="B276" s="2" t="n">
-        <v>1.727006399999E12</v>
+        <v>1.727351999999E12</v>
       </c>
       <c r="C276" s="2" t="n">
-        <v>1.72692096E12</v>
+        <v>1.72726578E12</v>
       </c>
       <c r="D276" s="2" t="n">
-        <v>1.7269869E12</v>
+        <v>1.72734954E12</v>
       </c>
       <c r="E276" s="2" t="n">
-        <v>0.0029271692472132</v>
+        <v>0.0034817430024464</v>
       </c>
       <c r="F276" s="2" t="n">
-        <v>0.0029306230344511</v>
+        <v>0.0034818641241919</v>
       </c>
       <c r="G276" s="2" t="n">
-        <v>0.0027268724604272</v>
+        <v>0.0030301166639842</v>
       </c>
       <c r="H276" s="2" t="n">
-        <v>0.0027469713516192</v>
+        <v>0.0030330913639175</v>
       </c>
       <c r="I276" s="2" t="n">
-        <v>3698.07</v>
+        <v>4222.52</v>
       </c>
     </row>
     <row r="277">
       <c r="A277" s="2" t="n">
-        <v>1.7268336E12</v>
+        <v>1.7271792E12</v>
       </c>
       <c r="B277" s="2" t="n">
-        <v>1.726919999999E12</v>
+        <v>1.727265599999E12</v>
       </c>
       <c r="C277" s="2" t="n">
-        <v>1.72683366E12</v>
+        <v>1.72724748E12</v>
       </c>
       <c r="D277" s="2" t="n">
-        <v>1.7268882E12</v>
+        <v>1.72719726E12</v>
       </c>
       <c r="E277" s="2" t="n">
-        <v>0.0031236980993886</v>
+        <v>0.0029514724725412</v>
       </c>
       <c r="F277" s="2" t="n">
-        <v>0.0031236980993886</v>
+        <v>0.0044461156277874</v>
       </c>
       <c r="G277" s="2" t="n">
-        <v>0.0026583661052007</v>
+        <v>0.0029506120299614</v>
       </c>
       <c r="H277" s="2" t="n">
-        <v>0.0029271692472132</v>
+        <v>0.0034817430024464</v>
       </c>
       <c r="I277" s="2" t="n">
-        <v>6751.49</v>
+        <v>7280.59</v>
       </c>
     </row>
     <row r="278">
       <c r="A278" s="2" t="n">
-        <v>1.7267472E12</v>
+        <v>1.7270928E12</v>
       </c>
       <c r="B278" s="2" t="n">
-        <v>1.726833599999E12</v>
+        <v>1.727179199999E12</v>
       </c>
       <c r="C278" s="2" t="n">
-        <v>1.72677876E12</v>
+        <v>1.7271525E12</v>
       </c>
       <c r="D278" s="2" t="n">
-        <v>1.72681506E12</v>
+        <v>1.72710534E12</v>
       </c>
       <c r="E278" s="2" t="n">
-        <v>0.0031019969226088</v>
+        <v>0.0029230376238512</v>
       </c>
       <c r="F278" s="2" t="n">
-        <v>0.0033474816831191</v>
+        <v>0.0030754850943645</v>
       </c>
       <c r="G278" s="2" t="n">
-        <v>0.0029075661834438</v>
+        <v>0.0029227367017301</v>
       </c>
       <c r="H278" s="2" t="n">
-        <v>0.0031236980993886</v>
+        <v>0.0029514724725412</v>
       </c>
       <c r="I278" s="2" t="n">
-        <v>4491.4</v>
+        <v>753.27</v>
       </c>
     </row>
     <row r="279">
       <c r="A279" s="2" t="n">
-        <v>1.7266608E12</v>
+        <v>1.7270064E12</v>
       </c>
       <c r="B279" s="2" t="n">
-        <v>1.726747199999E12</v>
+        <v>1.727092799999E12</v>
       </c>
       <c r="C279" s="2" t="n">
-        <v>1.72670496E12</v>
+        <v>1.72705542E12</v>
       </c>
       <c r="D279" s="2" t="n">
-        <v>1.72673628E12</v>
+        <v>1.7270184E12</v>
       </c>
       <c r="E279" s="2" t="n">
-        <v>0.0029522310559612</v>
+        <v>0.0027469713516192</v>
       </c>
       <c r="F279" s="2" t="n">
-        <v>0.0032279908098814</v>
+        <v>0.0029275999161525</v>
       </c>
       <c r="G279" s="2" t="n">
-        <v>0.0029231764028003</v>
+        <v>0.0027087196824472</v>
       </c>
       <c r="H279" s="2" t="n">
-        <v>0.0031019969226088</v>
+        <v>0.0029230376238512</v>
       </c>
       <c r="I279" s="2" t="n">
-        <v>2923.69</v>
+        <v>1526.61</v>
       </c>
     </row>
     <row r="280">
       <c r="A280" s="2" t="n">
-        <v>1.7265744E12</v>
+        <v>1.72692E12</v>
       </c>
       <c r="B280" s="2" t="n">
-        <v>1.726660799999E12</v>
+        <v>1.727006399999E12</v>
       </c>
       <c r="C280" s="2" t="n">
-        <v>1.7266311E12</v>
+        <v>1.72692096E12</v>
       </c>
       <c r="D280" s="2" t="n">
-        <v>1.72659792E12</v>
+        <v>1.7269869E12</v>
       </c>
       <c r="E280" s="2" t="n">
-        <v>0.003029790684601</v>
+        <v>0.0029271692472132</v>
       </c>
       <c r="F280" s="2" t="n">
-        <v>0.0031671242654139</v>
+        <v>0.0029306230344511</v>
       </c>
       <c r="G280" s="2" t="n">
-        <v>0.0029516103394357</v>
+        <v>0.0027268724604272</v>
       </c>
       <c r="H280" s="2" t="n">
-        <v>0.0029522310559612</v>
+        <v>0.0027469713516192</v>
       </c>
       <c r="I280" s="2" t="n">
-        <v>621.29</v>
+        <v>3698.07</v>
       </c>
     </row>
     <row r="281">
       <c r="A281" s="2" t="n">
-        <v>1.726488E12</v>
+        <v>1.7268336E12</v>
       </c>
       <c r="B281" s="2" t="n">
-        <v>1.726574399999E12</v>
+        <v>1.726919999999E12</v>
       </c>
       <c r="C281" s="2" t="n">
-        <v>1.7265315E12</v>
+        <v>1.72683366E12</v>
       </c>
       <c r="D281" s="2" t="n">
-        <v>1.72655406E12</v>
+        <v>1.7268882E12</v>
       </c>
       <c r="E281" s="2" t="n">
-        <v>0.0031999376212319</v>
+        <v>0.0031236980993886</v>
       </c>
       <c r="F281" s="2" t="n">
-        <v>0.0033468065114725</v>
+        <v>0.0031236980993886</v>
       </c>
       <c r="G281" s="2" t="n">
-        <v>0.002949325879413</v>
+        <v>0.0026583661052007</v>
       </c>
       <c r="H281" s="2" t="n">
-        <v>0.003029790684601</v>
+        <v>0.0029271692472132</v>
       </c>
       <c r="I281" s="2" t="n">
-        <v>2465.14</v>
+        <v>6751.49</v>
       </c>
     </row>
     <row r="282">
       <c r="A282" s="2" t="n">
-        <v>1.7264016E12</v>
+        <v>1.7267472E12</v>
       </c>
       <c r="B282" s="2" t="n">
-        <v>1.726487999999E12</v>
+        <v>1.726833599999E12</v>
       </c>
       <c r="C282" s="2" t="n">
-        <v>1.72646952E12</v>
+        <v>1.72677876E12</v>
       </c>
       <c r="D282" s="2" t="n">
-        <v>1.72644642E12</v>
+        <v>1.72681506E12</v>
       </c>
       <c r="E282" s="2" t="n">
-        <v>0.003048935099665</v>
+        <v>0.0031019969226088</v>
       </c>
       <c r="F282" s="2" t="n">
-        <v>0.0036007291702353</v>
+        <v>0.0033474816831191</v>
       </c>
       <c r="G282" s="2" t="n">
-        <v>0.0029923887143489</v>
+        <v>0.0029075661834438</v>
       </c>
       <c r="H282" s="2" t="n">
-        <v>0.0031999376212319</v>
+        <v>0.0031236980993886</v>
       </c>
       <c r="I282" s="2" t="n">
-        <v>4243.65</v>
+        <v>4491.4</v>
       </c>
     </row>
     <row r="283">
       <c r="A283" s="2" t="n">
-        <v>1.7263152E12</v>
+        <v>1.7266608E12</v>
       </c>
       <c r="B283" s="2" t="n">
-        <v>1.726401599999E12</v>
+        <v>1.726747199999E12</v>
       </c>
       <c r="C283" s="2" t="n">
-        <v>1.7263719E12</v>
+        <v>1.72670496E12</v>
       </c>
       <c r="D283" s="2" t="n">
-        <v>1.72631526E12</v>
+        <v>1.72673628E12</v>
       </c>
       <c r="E283" s="2" t="n">
-        <v>0.0029567014153488</v>
+        <v>0.0029522310559612</v>
       </c>
       <c r="F283" s="2" t="n">
-        <v>0.0031595392330532</v>
+        <v>0.0032279908098814</v>
       </c>
       <c r="G283" s="2" t="n">
-        <v>0.0029567014153488</v>
+        <v>0.0029231764028003</v>
       </c>
       <c r="H283" s="2" t="n">
-        <v>0.003048935099665</v>
+        <v>0.0031019969226088</v>
       </c>
       <c r="I283" s="2" t="n">
-        <v>5595.0</v>
+        <v>2923.69</v>
       </c>
     </row>
     <row r="284">
       <c r="A284" s="2" t="n">
-        <v>1.7262288E12</v>
+        <v>1.7265744E12</v>
       </c>
       <c r="B284" s="2" t="n">
-        <v>1.726315199999E12</v>
+        <v>1.726660799999E12</v>
       </c>
       <c r="C284" s="2" t="n">
-        <v>1.72624938E12</v>
+        <v>1.7266311E12</v>
       </c>
       <c r="D284" s="2" t="n">
-        <v>1.7263053E12</v>
+        <v>1.72659792E12</v>
       </c>
       <c r="E284" s="2" t="n">
-        <v>0.0031025703639473</v>
+        <v>0.003029790684601</v>
       </c>
       <c r="F284" s="2" t="n">
-        <v>0.0037294659978178</v>
+        <v>0.0031671242654139</v>
       </c>
       <c r="G284" s="2" t="n">
-        <v>0.0029445245938122</v>
+        <v>0.0029516103394357</v>
       </c>
       <c r="H284" s="2" t="n">
-        <v>0.0029567014153488</v>
+        <v>0.0029522310559612</v>
       </c>
       <c r="I284" s="2" t="n">
-        <v>6527.25</v>
+        <v>621.29</v>
       </c>
     </row>
     <row r="285">
       <c r="A285" s="2" t="n">
-        <v>1.7261424E12</v>
+        <v>1.726488E12</v>
       </c>
       <c r="B285" s="2" t="n">
-        <v>1.726228799999E12</v>
+        <v>1.726574399999E12</v>
       </c>
       <c r="C285" s="2" t="n">
-        <v>1.72621902E12</v>
+        <v>1.7265315E12</v>
       </c>
       <c r="D285" s="2" t="n">
-        <v>1.72615374E12</v>
+        <v>1.72655406E12</v>
       </c>
       <c r="E285" s="2" t="n">
-        <v>0.0031086758310574</v>
+        <v>0.0031999376212319</v>
       </c>
       <c r="F285" s="2" t="n">
-        <v>0.0036947602624889</v>
+        <v>0.0033468065114725</v>
       </c>
       <c r="G285" s="2" t="n">
-        <v>0.0028828720119737</v>
+        <v>0.002949325879413</v>
       </c>
       <c r="H285" s="2" t="n">
-        <v>0.0031025703639473</v>
+        <v>0.003029790684601</v>
       </c>
       <c r="I285" s="2" t="n">
-        <v>6301.92</v>
+        <v>2465.14</v>
       </c>
     </row>
     <row r="286">
       <c r="A286" s="2" t="n">
-        <v>1.726056E12</v>
+        <v>1.7264016E12</v>
       </c>
       <c r="B286" s="2" t="n">
-        <v>1.726142399999E12</v>
+        <v>1.726487999999E12</v>
       </c>
       <c r="C286" s="2" t="n">
-        <v>1.72608504E12</v>
+        <v>1.72646952E12</v>
       </c>
       <c r="D286" s="2" t="n">
-        <v>1.72612002E12</v>
+        <v>1.72644642E12</v>
       </c>
       <c r="E286" s="2" t="n">
-        <v>0.0031541486560828</v>
+        <v>0.003048935099665</v>
       </c>
       <c r="F286" s="2" t="n">
-        <v>0.0036089882189176</v>
+        <v>0.0036007291702353</v>
       </c>
       <c r="G286" s="2" t="n">
-        <v>0.0026867748876427</v>
+        <v>0.0029923887143489</v>
       </c>
       <c r="H286" s="2" t="n">
-        <v>0.0031086758310574</v>
+        <v>0.0031999376212319</v>
       </c>
       <c r="I286" s="2" t="n">
-        <v>5103.41</v>
+        <v>4243.65</v>
       </c>
     </row>
     <row r="287">
       <c r="A287" s="2" t="n">
-        <v>1.7259696E12</v>
+        <v>1.7263152E12</v>
       </c>
       <c r="B287" s="2" t="n">
-        <v>1.726055999999E12</v>
+        <v>1.726401599999E12</v>
       </c>
       <c r="C287" s="2" t="n">
-        <v>1.72602708E12</v>
+        <v>1.7263719E12</v>
       </c>
       <c r="D287" s="2" t="n">
-        <v>1.7259996E12</v>
+        <v>1.72631526E12</v>
       </c>
       <c r="E287" s="2" t="n">
-        <v>0.0035532969858029</v>
+        <v>0.0029567014153488</v>
       </c>
       <c r="F287" s="2" t="n">
-        <v>0.0038922863377457</v>
+        <v>0.0031595392330532</v>
       </c>
       <c r="G287" s="2" t="n">
-        <v>0.00309977118415</v>
+        <v>0.0029567014153488</v>
       </c>
       <c r="H287" s="2" t="n">
-        <v>0.0031541486560828</v>
+        <v>0.003048935099665</v>
       </c>
       <c r="I287" s="2" t="n">
-        <v>9173.04</v>
+        <v>5595.0</v>
       </c>
     </row>
     <row r="288">
       <c r="A288" s="2" t="n">
-        <v>1.7258832E12</v>
+        <v>1.7262288E12</v>
       </c>
       <c r="B288" s="2" t="n">
-        <v>1.725969599999E12</v>
+        <v>1.726315199999E12</v>
       </c>
       <c r="C288" s="2" t="n">
-        <v>1.72596096E12</v>
+        <v>1.72624938E12</v>
       </c>
       <c r="D288" s="2" t="n">
-        <v>1.7259141E12</v>
+        <v>1.7263053E12</v>
       </c>
       <c r="E288" s="2" t="n">
-        <v>0.0028398944247424</v>
+        <v>0.0031025703639473</v>
       </c>
       <c r="F288" s="2" t="n">
-        <v>0.0052052420940157</v>
+        <v>0.0037294659978178</v>
       </c>
       <c r="G288" s="2" t="n">
-        <v>0.0027206524164447</v>
+        <v>0.0029445245938122</v>
       </c>
       <c r="H288" s="2" t="n">
-        <v>0.0035532969858029</v>
+        <v>0.0029567014153488</v>
       </c>
       <c r="I288" s="2" t="n">
-        <v>11915.93</v>
+        <v>6527.25</v>
       </c>
     </row>
     <row r="289">
       <c r="A289" s="2" t="n">
-        <v>1.7257968E12</v>
+        <v>1.7261424E12</v>
       </c>
       <c r="B289" s="2" t="n">
-        <v>1.725883199999E12</v>
+        <v>1.726228799999E12</v>
       </c>
       <c r="C289" s="2" t="n">
-        <v>1.7258178E12</v>
+        <v>1.72621902E12</v>
       </c>
       <c r="D289" s="2" t="n">
-        <v>1.72583574E12</v>
+        <v>1.72615374E12</v>
       </c>
       <c r="E289" s="2" t="n">
-        <v>0.0029862191773327</v>
+        <v>0.0031086758310574</v>
       </c>
       <c r="F289" s="2" t="n">
-        <v>0.0031305375452916</v>
+        <v>0.0036947602624889</v>
       </c>
       <c r="G289" s="2" t="n">
-        <v>0.0026979560648265</v>
+        <v>0.0028828720119737</v>
       </c>
       <c r="H289" s="2" t="n">
-        <v>0.0028398944247424</v>
+        <v>0.0031025703639473</v>
       </c>
       <c r="I289" s="2" t="n">
-        <v>5251.38</v>
+        <v>6301.92</v>
       </c>
     </row>
     <row r="290">
       <c r="A290" s="2" t="n">
-        <v>1.7257104E12</v>
+        <v>1.726056E12</v>
       </c>
       <c r="B290" s="2" t="n">
-        <v>1.725796799999E12</v>
+        <v>1.726142399999E12</v>
       </c>
       <c r="C290" s="2" t="n">
-        <v>1.72577934E12</v>
+        <v>1.72608504E12</v>
       </c>
       <c r="D290" s="2" t="n">
-        <v>1.72579014E12</v>
+        <v>1.72612002E12</v>
       </c>
       <c r="E290" s="2" t="n">
-        <v>0.003047337248188</v>
+        <v>0.0031541486560828</v>
       </c>
       <c r="F290" s="2" t="n">
-        <v>0.0033923335629401</v>
+        <v>0.0036089882189176</v>
       </c>
       <c r="G290" s="2" t="n">
-        <v>0.0029853241450333</v>
+        <v>0.0026867748876427</v>
       </c>
       <c r="H290" s="2" t="n">
-        <v>0.0029862191773327</v>
+        <v>0.0031086758310574</v>
       </c>
       <c r="I290" s="2" t="n">
-        <v>897.0</v>
+        <v>5103.41</v>
       </c>
     </row>
     <row r="291">
       <c r="A291" s="2" t="n">
-        <v>1.725624E12</v>
+        <v>1.7259696E12</v>
       </c>
       <c r="B291" s="2" t="n">
-        <v>1.725710399999E12</v>
+        <v>1.726055999999E12</v>
       </c>
       <c r="C291" s="2" t="n">
-        <v>1.72569732E12</v>
+        <v>1.72602708E12</v>
       </c>
       <c r="D291" s="2" t="n">
-        <v>1.72569858E12</v>
+        <v>1.7259996E12</v>
       </c>
       <c r="E291" s="2" t="n">
-        <v>0.0031991380716943</v>
+        <v>0.0035532969858029</v>
       </c>
       <c r="F291" s="2" t="n">
-        <v>0.0032880143351733</v>
+        <v>0.0038922863377457</v>
       </c>
       <c r="G291" s="2" t="n">
-        <v>0.0029921271061042</v>
+        <v>0.00309977118415</v>
       </c>
       <c r="H291" s="2" t="n">
-        <v>0.003047337248188</v>
+        <v>0.0031541486560828</v>
       </c>
       <c r="I291" s="2" t="n">
-        <v>2325.46</v>
+        <v>9173.04</v>
       </c>
     </row>
     <row r="292">
       <c r="A292" s="2" t="n">
-        <v>1.7255376E12</v>
+        <v>1.7258832E12</v>
       </c>
       <c r="B292" s="2" t="n">
-        <v>1.725623999999E12</v>
+        <v>1.725969599999E12</v>
       </c>
       <c r="C292" s="2" t="n">
-        <v>1.72554756E12</v>
+        <v>1.72596096E12</v>
       </c>
       <c r="D292" s="2" t="n">
-        <v>1.7255982E12</v>
+        <v>1.7259141E12</v>
       </c>
       <c r="E292" s="2" t="n">
-        <v>0.003395274414991</v>
+        <v>0.0028398944247424</v>
       </c>
       <c r="F292" s="2" t="n">
-        <v>0.0039318783083801</v>
+        <v>0.0052052420940157</v>
       </c>
       <c r="G292" s="2" t="n">
-        <v>0.0031922756456489</v>
+        <v>0.0027206524164447</v>
       </c>
       <c r="H292" s="2" t="n">
-        <v>0.0031991380716943</v>
+        <v>0.0035532969858029</v>
       </c>
       <c r="I292" s="2" t="n">
-        <v>3451.15</v>
+        <v>11915.93</v>
       </c>
     </row>
     <row r="293">
       <c r="A293" s="2" t="n">
-        <v>1.7254512E12</v>
+        <v>1.7257968E12</v>
       </c>
       <c r="B293" s="2" t="n">
-        <v>1.725537599999E12</v>
+        <v>1.725883199999E12</v>
       </c>
       <c r="C293" s="2" t="n">
-        <v>1.72552536E12</v>
+        <v>1.7258178E12</v>
       </c>
       <c r="D293" s="2" t="n">
-        <v>1.72545936E12</v>
+        <v>1.72583574E12</v>
       </c>
       <c r="E293" s="2" t="n">
-        <v>0.002967846998793</v>
+        <v>0.0029862191773327</v>
       </c>
       <c r="F293" s="2" t="n">
-        <v>0.0034373738106155</v>
+        <v>0.0031305375452916</v>
       </c>
       <c r="G293" s="2" t="n">
-        <v>0.0029502539499434</v>
+        <v>0.0026979560648265</v>
       </c>
       <c r="H293" s="2" t="n">
-        <v>0.003395274414991</v>
+        <v>0.0028398944247424</v>
       </c>
       <c r="I293" s="2" t="n">
-        <v>3102.53</v>
+        <v>5251.38</v>
       </c>
     </row>
     <row r="294">
       <c r="A294" s="2" t="n">
-        <v>1.7253648E12</v>
+        <v>1.7257104E12</v>
       </c>
       <c r="B294" s="2" t="n">
-        <v>1.725451199999E12</v>
+        <v>1.725796799999E12</v>
       </c>
       <c r="C294" s="2" t="n">
-        <v>1.72536546E12</v>
+        <v>1.72577934E12</v>
       </c>
       <c r="D294" s="2" t="n">
-        <v>1.72544232E12</v>
+        <v>1.72579014E12</v>
       </c>
       <c r="E294" s="2" t="n">
-        <v>0.0033644375567204</v>
+        <v>0.003047337248188</v>
       </c>
       <c r="F294" s="2" t="n">
-        <v>0.003364623340267</v>
+        <v>0.0033923335629401</v>
       </c>
       <c r="G294" s="2" t="n">
-        <v>0.0029326367239442</v>
+        <v>0.0029853241450333</v>
       </c>
       <c r="H294" s="2" t="n">
-        <v>0.002967846998793</v>
+        <v>0.0029862191773327</v>
       </c>
       <c r="I294" s="2" t="n">
-        <v>2300.42</v>
+        <v>897.0</v>
       </c>
     </row>
     <row r="295">
       <c r="A295" s="2" t="n">
-        <v>1.7252784E12</v>
+        <v>1.725624E12</v>
       </c>
       <c r="B295" s="2" t="n">
-        <v>1.725364799999E12</v>
+        <v>1.725710399999E12</v>
       </c>
       <c r="C295" s="2" t="n">
-        <v>1.7253354E12</v>
+        <v>1.72569732E12</v>
       </c>
       <c r="D295" s="2" t="n">
-        <v>1.72532094E12</v>
+        <v>1.72569858E12</v>
       </c>
       <c r="E295" s="2" t="n">
-        <v>0.003425573079387</v>
+        <v>0.0031991380716943</v>
       </c>
       <c r="F295" s="2" t="n">
-        <v>0.0034345542889929</v>
+        <v>0.0032880143351733</v>
       </c>
       <c r="G295" s="2" t="n">
-        <v>0.0033421536070237</v>
+        <v>0.0029921271061042</v>
       </c>
       <c r="H295" s="2" t="n">
-        <v>0.0033644375567204</v>
+        <v>0.003047337248188</v>
       </c>
       <c r="I295" s="2" t="n">
-        <v>2017.64</v>
+        <v>2325.46</v>
       </c>
     </row>
     <row r="296">
       <c r="A296" s="2" t="n">
-        <v>1.725192E12</v>
+        <v>1.7255376E12</v>
       </c>
       <c r="B296" s="2" t="n">
-        <v>1.725278399999E12</v>
+        <v>1.725623999999E12</v>
       </c>
       <c r="C296" s="2" t="n">
-        <v>1.7252022E12</v>
+        <v>1.72554756E12</v>
       </c>
       <c r="D296" s="2" t="n">
-        <v>1.72527666E12</v>
+        <v>1.7255982E12</v>
       </c>
       <c r="E296" s="2" t="n">
-        <v>0.0042404064789602</v>
+        <v>0.003395274414991</v>
       </c>
       <c r="F296" s="2" t="n">
-        <v>0.0042412403714357</v>
+        <v>0.0039318783083801</v>
       </c>
       <c r="G296" s="2" t="n">
-        <v>0.0034240193731325</v>
+        <v>0.0031922756456489</v>
       </c>
       <c r="H296" s="2" t="n">
-        <v>0.003425573079387</v>
+        <v>0.0031991380716943</v>
       </c>
       <c r="I296" s="2" t="n">
-        <v>4818.59</v>
+        <v>3451.15</v>
       </c>
     </row>
     <row r="297">
       <c r="A297" s="2" t="n">
-        <v>1.7251056E12</v>
+        <v>1.7254512E12</v>
       </c>
       <c r="B297" s="2" t="n">
-        <v>1.725191999999E12</v>
+        <v>1.725537599999E12</v>
       </c>
       <c r="C297" s="2" t="n">
-        <v>1.725132E12</v>
+        <v>1.72552536E12</v>
       </c>
       <c r="D297" s="2" t="n">
-        <v>1.72517724E12</v>
+        <v>1.72545936E12</v>
       </c>
       <c r="E297" s="2" t="n">
-        <v>0.0045105143302675</v>
+        <v>0.002967846998793</v>
       </c>
       <c r="F297" s="2" t="n">
-        <v>0.004565013604287</v>
+        <v>0.0034373738106155</v>
       </c>
       <c r="G297" s="2" t="n">
-        <v>0.004234091962204</v>
+        <v>0.0029502539499434</v>
       </c>
       <c r="H297" s="2" t="n">
-        <v>0.0042404064789602</v>
+        <v>0.003395274414991</v>
       </c>
       <c r="I297" s="2" t="n">
-        <v>11383.3</v>
+        <v>3102.53</v>
       </c>
     </row>
     <row r="298">
       <c r="A298" s="2" t="n">
-        <v>1.7250192E12</v>
+        <v>1.7253648E12</v>
       </c>
       <c r="B298" s="2" t="n">
-        <v>1.725105599999E12</v>
+        <v>1.725451199999E12</v>
       </c>
       <c r="C298" s="2" t="n">
-        <v>1.72506588E12</v>
+        <v>1.72536546E12</v>
       </c>
       <c r="D298" s="2" t="n">
-        <v>1.7250723E12</v>
+        <v>1.72544232E12</v>
       </c>
       <c r="E298" s="2" t="n">
-        <v>0.0049142643451077</v>
+        <v>0.0033644375567204</v>
       </c>
       <c r="F298" s="2" t="n">
-        <v>0.005036623997609</v>
+        <v>0.003364623340267</v>
       </c>
       <c r="G298" s="2" t="n">
-        <v>0.0043852754133833</v>
+        <v>0.0029326367239442</v>
       </c>
       <c r="H298" s="2" t="n">
-        <v>0.0045105143302675</v>
+        <v>0.002967846998793</v>
       </c>
       <c r="I298" s="2" t="n">
-        <v>10926.76</v>
+        <v>2300.42</v>
       </c>
     </row>
     <row r="299">
       <c r="A299" s="2" t="n">
-        <v>1.7249328E12</v>
+        <v>1.7252784E12</v>
       </c>
       <c r="B299" s="2" t="n">
-        <v>1.725019199999E12</v>
+        <v>1.725364799999E12</v>
       </c>
       <c r="C299" s="2" t="n">
-        <v>1.72497006E12</v>
+        <v>1.7253354E12</v>
       </c>
       <c r="D299" s="2" t="n">
-        <v>1.7249859E12</v>
+        <v>1.72532094E12</v>
       </c>
       <c r="E299" s="2" t="n">
-        <v>0.0050253999348635</v>
+        <v>0.003425573079387</v>
       </c>
       <c r="F299" s="2" t="n">
-        <v>0.0050994277564865</v>
+        <v>0.0034345542889929</v>
       </c>
       <c r="G299" s="2" t="n">
-        <v>0.0048791767334011</v>
+        <v>0.0033421536070237</v>
       </c>
       <c r="H299" s="2" t="n">
-        <v>0.0049142643451077</v>
+        <v>0.0033644375567204</v>
       </c>
       <c r="I299" s="2" t="n">
-        <v>8818.29</v>
+        <v>2017.64</v>
       </c>
     </row>
     <row r="300">
       <c r="A300" s="2" t="n">
-        <v>1.7248464E12</v>
+        <v>1.725192E12</v>
       </c>
       <c r="B300" s="2" t="n">
-        <v>1.724932799999E12</v>
+        <v>1.725278399999E12</v>
       </c>
       <c r="C300" s="2" t="n">
-        <v>1.72485774E12</v>
+        <v>1.7252022E12</v>
       </c>
       <c r="D300" s="2" t="n">
-        <v>1.72487184E12</v>
+        <v>1.72527666E12</v>
       </c>
       <c r="E300" s="2" t="n">
-        <v>0.0050030116958246</v>
+        <v>0.0042404064789602</v>
       </c>
       <c r="F300" s="2" t="n">
-        <v>0.0053120275548419</v>
+        <v>0.0042412403714357</v>
       </c>
       <c r="G300" s="2" t="n">
-        <v>0.0048422668405828</v>
+        <v>0.0034240193731325</v>
       </c>
       <c r="H300" s="2" t="n">
-        <v>0.0050253999348635</v>
+        <v>0.003425573079387</v>
       </c>
       <c r="I300" s="2" t="n">
-        <v>11278.24</v>
+        <v>4818.59</v>
       </c>
     </row>
     <row r="301">
       <c r="A301" s="2" t="n">
-        <v>1.72476E12</v>
+        <v>1.7251056E12</v>
       </c>
       <c r="B301" s="2" t="n">
-        <v>1.724846399999E12</v>
+        <v>1.725191999999E12</v>
       </c>
       <c r="C301" s="2" t="n">
-        <v>1.72483188E12</v>
+        <v>1.725132E12</v>
       </c>
       <c r="D301" s="2" t="n">
-        <v>1.72479588E12</v>
+        <v>1.72517724E12</v>
       </c>
       <c r="E301" s="2" t="n">
-        <v>0.0049925670769287</v>
+        <v>0.0045105143302675</v>
       </c>
       <c r="F301" s="2" t="n">
-        <v>0.0057503122806588</v>
+        <v>0.004565013604287</v>
       </c>
       <c r="G301" s="2" t="n">
-        <v>0.0048374013855705</v>
+        <v>0.004234091962204</v>
       </c>
       <c r="H301" s="2" t="n">
-        <v>0.0050030116958246</v>
+        <v>0.0042404064789602</v>
       </c>
       <c r="I301" s="2" t="n">
-        <v>10624.18</v>
+        <v>11383.3</v>
       </c>
     </row>
     <row r="302">
       <c r="A302" s="2" t="n">
-        <v>1.7246736E12</v>
+        <v>1.7250192E12</v>
       </c>
       <c r="B302" s="2" t="n">
-        <v>1.724759999999E12</v>
+        <v>1.725105599999E12</v>
       </c>
       <c r="C302" s="2" t="n">
-        <v>1.72469004E12</v>
+        <v>1.72506588E12</v>
       </c>
       <c r="D302" s="2" t="n">
-        <v>1.7247375E12</v>
+        <v>1.7250723E12</v>
       </c>
       <c r="E302" s="2" t="n">
-        <v>0.0051656341287571</v>
+        <v>0.0049142643451077</v>
       </c>
       <c r="F302" s="2" t="n">
-        <v>0.005711715183426</v>
+        <v>0.005036623997609</v>
       </c>
       <c r="G302" s="2" t="n">
-        <v>0.0049720016623842</v>
+        <v>0.0043852754133833</v>
       </c>
       <c r="H302" s="2" t="n">
-        <v>0.0049925670769287</v>
+        <v>0.0045105143302675</v>
       </c>
       <c r="I302" s="2" t="n">
-        <v>14279.39</v>
+        <v>10926.76</v>
       </c>
     </row>
     <row r="303">
       <c r="A303" s="2" t="n">
-        <v>1.7245872E12</v>
+        <v>1.7249328E12</v>
       </c>
       <c r="B303" s="2" t="n">
-        <v>1.724673599999E12</v>
+        <v>1.725019199999E12</v>
       </c>
       <c r="C303" s="2" t="n">
-        <v>1.72467258E12</v>
+        <v>1.72497006E12</v>
       </c>
       <c r="D303" s="2" t="n">
-        <v>1.72458846E12</v>
+        <v>1.7249859E12</v>
       </c>
       <c r="E303" s="2" t="n">
-        <v>0.0046962010339776</v>
+        <v>0.0050253999348635</v>
       </c>
       <c r="F303" s="2" t="n">
-        <v>0.0051804296295069</v>
+        <v>0.0050994277564865</v>
       </c>
       <c r="G303" s="2" t="n">
-        <v>0.0045527781528106</v>
+        <v>0.0048791767334011</v>
       </c>
       <c r="H303" s="2" t="n">
-        <v>0.0051656341287571</v>
+        <v>0.0049142643451077</v>
       </c>
       <c r="I303" s="2" t="n">
-        <v>16814.68</v>
+        <v>8818.29</v>
       </c>
     </row>
     <row r="304">
       <c r="A304" s="2" t="n">
-        <v>1.7245008E12</v>
+        <v>1.7248464E12</v>
       </c>
       <c r="B304" s="2" t="n">
-        <v>1.724587199999E12</v>
+        <v>1.724932799999E12</v>
       </c>
       <c r="C304" s="2" t="n">
-        <v>1.72450362E12</v>
+        <v>1.72485774E12</v>
       </c>
       <c r="D304" s="2" t="n">
-        <v>1.72454472E12</v>
+        <v>1.72487184E12</v>
       </c>
       <c r="E304" s="2" t="n">
-        <v>0.0050979550833354</v>
+        <v>0.0050030116958246</v>
       </c>
       <c r="F304" s="2" t="n">
-        <v>0.0051091639691664</v>
+        <v>0.0053120275548419</v>
       </c>
       <c r="G304" s="2" t="n">
-        <v>0.0042781941278028</v>
+        <v>0.0048422668405828</v>
       </c>
       <c r="H304" s="2" t="n">
-        <v>0.0046962010339776</v>
+        <v>0.0050253999348635</v>
       </c>
       <c r="I304" s="2" t="n">
-        <v>15666.05</v>
+        <v>11278.24</v>
       </c>
     </row>
     <row r="305">
       <c r="A305" s="2" t="n">
-        <v>1.7244144E12</v>
+        <v>1.72476E12</v>
       </c>
       <c r="B305" s="2" t="n">
-        <v>1.724500799999E12</v>
+        <v>1.724846399999E12</v>
       </c>
       <c r="C305" s="2" t="n">
-        <v>1.72442634E12</v>
+        <v>1.72483188E12</v>
       </c>
       <c r="D305" s="2" t="n">
-        <v>1.72441446E12</v>
+        <v>1.72479588E12</v>
       </c>
       <c r="E305" s="2" t="n">
-        <v>0.0041710697202933</v>
+        <v>0.0049925670769287</v>
       </c>
       <c r="F305" s="2" t="n">
-        <v>0.0069974346579786</v>
+        <v>0.0057503122806588</v>
       </c>
       <c r="G305" s="2" t="n">
-        <v>0.0041710697202933</v>
+        <v>0.0048374013855705</v>
       </c>
       <c r="H305" s="2" t="n">
-        <v>0.0050979550833354</v>
+        <v>0.0050030116958246</v>
       </c>
       <c r="I305" s="2" t="n">
-        <v>38044.68</v>
+        <v>10624.18</v>
       </c>
     </row>
     <row r="306">
       <c r="A306" s="2" t="n">
-        <v>1.724328E12</v>
+        <v>1.7246736E12</v>
       </c>
       <c r="B306" s="2" t="n">
-        <v>1.724414399999E12</v>
+        <v>1.724759999999E12</v>
       </c>
       <c r="C306" s="2" t="n">
-        <v>1.7244105E12</v>
+        <v>1.72469004E12</v>
       </c>
       <c r="D306" s="2" t="n">
-        <v>1.72436082E12</v>
+        <v>1.7247375E12</v>
       </c>
       <c r="E306" s="2" t="n">
-        <v>0.0038517089782791</v>
+        <v>0.0051656341287571</v>
       </c>
       <c r="F306" s="2" t="n">
-        <v>0.0044517132758355</v>
+        <v>0.005711715183426</v>
       </c>
       <c r="G306" s="2" t="n">
-        <v>0.0037892640599895</v>
+        <v>0.0049720016623842</v>
       </c>
       <c r="H306" s="2" t="n">
-        <v>0.0041710697202933</v>
+        <v>0.0049925670769287</v>
       </c>
       <c r="I306" s="2" t="n">
-        <v>8333.12</v>
+        <v>14279.39</v>
       </c>
     </row>
     <row r="307">
       <c r="A307" s="2" t="n">
-        <v>1.7242416E12</v>
+        <v>1.7245872E12</v>
       </c>
       <c r="B307" s="2" t="n">
-        <v>1.724327999999E12</v>
+        <v>1.724673599999E12</v>
       </c>
       <c r="C307" s="2" t="n">
-        <v>1.72424628E12</v>
+        <v>1.72467258E12</v>
       </c>
       <c r="D307" s="2" t="n">
-        <v>1.72428702E12</v>
+        <v>1.72458846E12</v>
       </c>
       <c r="E307" s="2" t="n">
-        <v>0.0039272884512172</v>
+        <v>0.0046962010339776</v>
       </c>
       <c r="F307" s="2" t="n">
-        <v>0.0040065128128067</v>
+        <v>0.0051804296295069</v>
       </c>
       <c r="G307" s="2" t="n">
-        <v>0.0037284296820088</v>
+        <v>0.0045527781528106</v>
       </c>
       <c r="H307" s="2" t="n">
-        <v>0.0038517089782791</v>
+        <v>0.0051656341287571</v>
       </c>
       <c r="I307" s="2" t="n">
-        <v>10135.84</v>
+        <v>16814.68</v>
       </c>
     </row>
     <row r="308">
       <c r="A308" s="2" t="n">
-        <v>1.7241552E12</v>
+        <v>1.7245008E12</v>
       </c>
       <c r="B308" s="2" t="n">
-        <v>1.724241599999E12</v>
+        <v>1.724587199999E12</v>
       </c>
       <c r="C308" s="2" t="n">
-        <v>1.72416072E12</v>
+        <v>1.72450362E12</v>
       </c>
       <c r="D308" s="2" t="n">
-        <v>1.7242296E12</v>
+        <v>1.72454472E12</v>
       </c>
       <c r="E308" s="2" t="n">
-        <v>0.004522692987319</v>
+        <v>0.0050979550833354</v>
       </c>
       <c r="F308" s="2" t="n">
-        <v>0.0046653235082499</v>
+        <v>0.0051091639691664</v>
       </c>
       <c r="G308" s="2" t="n">
-        <v>0.0038655194410493</v>
+        <v>0.0042781941278028</v>
       </c>
       <c r="H308" s="2" t="n">
-        <v>0.0038978637846172</v>
+        <v>0.0046962010339776</v>
       </c>
       <c r="I308" s="2" t="n">
-        <v>9396.27</v>
+        <v>15666.05</v>
       </c>
     </row>
     <row r="309">
       <c r="A309" s="2" t="n">
-        <v>1.7240688E12</v>
+        <v>1.7244144E12</v>
       </c>
       <c r="B309" s="2" t="n">
-        <v>1.724155199999E12</v>
+        <v>1.724500799999E12</v>
       </c>
       <c r="C309" s="2" t="n">
-        <v>1.7241495E12</v>
+        <v>1.72442634E12</v>
       </c>
       <c r="D309" s="2" t="n">
-        <v>1.72412232E12</v>
+        <v>1.72441446E12</v>
       </c>
       <c r="E309" s="2" t="n">
-        <v>0.0043949561234544</v>
+        <v>0.0041710697202933</v>
       </c>
       <c r="F309" s="2" t="n">
-        <v>0.0045219263799535</v>
+        <v>0.0069974346579786</v>
       </c>
       <c r="G309" s="2" t="n">
-        <v>0.0040073234566589</v>
+        <v>0.0041710697202933</v>
       </c>
       <c r="H309" s="2" t="n">
-        <v>0.0045218452751139</v>
+        <v>0.0050979550833354</v>
       </c>
       <c r="I309" s="2" t="n">
-        <v>13450.41</v>
+        <v>38044.68</v>
       </c>
     </row>
     <row r="310">
       <c r="A310" s="2" t="n">
-        <v>1.7239824E12</v>
+        <v>1.724328E12</v>
       </c>
       <c r="B310" s="2" t="n">
-        <v>1.724068799999E12</v>
+        <v>1.724414399999E12</v>
       </c>
       <c r="C310" s="2" t="n">
-        <v>1.72398846E12</v>
+        <v>1.7244105E12</v>
       </c>
       <c r="D310" s="2" t="n">
-        <v>1.72398318E12</v>
+        <v>1.72436082E12</v>
       </c>
       <c r="E310" s="2" t="n">
-        <v>0.0032320222440956</v>
+        <v>0.0038517089782791</v>
       </c>
       <c r="F310" s="2" t="n">
-        <v>0.0054252403137249</v>
+        <v>0.0044517132758355</v>
       </c>
       <c r="G310" s="2" t="n">
-        <v>0.003199423668934</v>
+        <v>0.0037892640599895</v>
       </c>
       <c r="H310" s="2" t="n">
-        <v>0.0043949561234544</v>
+        <v>0.0041710697202933</v>
       </c>
       <c r="I310" s="2" t="n">
-        <v>27084.19</v>
+        <v>8333.12</v>
       </c>
     </row>
     <row r="311">
       <c r="A311" s="2" t="n">
-        <v>1.723896E12</v>
+        <v>1.7242416E12</v>
       </c>
       <c r="B311" s="2" t="n">
-        <v>1.723982399999E12</v>
+        <v>1.724327999999E12</v>
       </c>
       <c r="C311" s="2" t="n">
-        <v>1.7239359E12</v>
+        <v>1.72424628E12</v>
       </c>
       <c r="D311" s="2" t="n">
-        <v>1.72390212E12</v>
+        <v>1.72428702E12</v>
       </c>
       <c r="E311" s="2" t="n">
-        <v>0.0026608033914084</v>
+        <v>0.0039272884512172</v>
       </c>
       <c r="F311" s="2" t="n">
-        <v>0.0039661086648761</v>
+        <v>0.0040065128128067</v>
       </c>
       <c r="G311" s="2" t="n">
-        <v>0.0026553630185091</v>
+        <v>0.0037284296820088</v>
       </c>
       <c r="H311" s="2" t="n">
-        <v>0.0032320222440956</v>
+        <v>0.0038517089782791</v>
       </c>
       <c r="I311" s="2" t="n">
-        <v>10170.04</v>
+        <v>10135.84</v>
       </c>
     </row>
     <row r="312">
       <c r="A312" s="2" t="n">
-        <v>1.7238096E12</v>
+        <v>1.7241552E12</v>
       </c>
       <c r="B312" s="2" t="n">
-        <v>1.723895999999E12</v>
+        <v>1.724241599999E12</v>
       </c>
       <c r="C312" s="2" t="n">
-        <v>1.7238921E12</v>
+        <v>1.72416072E12</v>
       </c>
       <c r="D312" s="2" t="n">
-        <v>1.72382946E12</v>
+        <v>1.7242296E12</v>
       </c>
       <c r="E312" s="2" t="n">
-        <v>0.0025907666687253</v>
+        <v>0.004522692987319</v>
       </c>
       <c r="F312" s="2" t="n">
-        <v>0.0026840711408555</v>
+        <v>0.0046653235082499</v>
       </c>
       <c r="G312" s="2" t="n">
-        <v>0.0025698610223321</v>
+        <v>0.0038655194410493</v>
       </c>
       <c r="H312" s="2" t="n">
-        <v>0.0026608033914084</v>
+        <v>0.0038978637846172</v>
       </c>
       <c r="I312" s="2" t="n">
-        <v>10635.25</v>
+        <v>9396.27</v>
       </c>
     </row>
     <row r="313">
       <c r="A313" s="2" t="n">
-        <v>1.7237232E12</v>
+        <v>1.7240688E12</v>
       </c>
       <c r="B313" s="2" t="n">
-        <v>1.723809599999E12</v>
+        <v>1.724155199999E12</v>
       </c>
       <c r="C313" s="2" t="n">
-        <v>1.72378668E12</v>
+        <v>1.7241495E12</v>
       </c>
       <c r="D313" s="2" t="n">
-        <v>1.7237634E12</v>
+        <v>1.72412232E12</v>
       </c>
       <c r="E313" s="2" t="n">
-        <v>0.0024655455185819</v>
+        <v>0.0043949561234544</v>
       </c>
       <c r="F313" s="2" t="n">
-        <v>0.0026681013606884</v>
+        <v>0.0045219263799535</v>
       </c>
       <c r="G313" s="2" t="n">
-        <v>0.0024562066323374</v>
+        <v>0.0040073234566589</v>
       </c>
       <c r="H313" s="2" t="n">
-        <v>0.0025907666687253</v>
+        <v>0.0045218452751139</v>
       </c>
       <c r="I313" s="2" t="n">
-        <v>21962.94</v>
+        <v>13450.41</v>
       </c>
     </row>
     <row r="314">
       <c r="A314" s="2" t="n">
-        <v>1.7236368E12</v>
+        <v>1.7239824E12</v>
       </c>
       <c r="B314" s="2" t="n">
-        <v>1.723723199999E12</v>
+        <v>1.724068799999E12</v>
       </c>
       <c r="C314" s="2" t="n">
-        <v>1.72363854E12</v>
+        <v>1.72398846E12</v>
       </c>
       <c r="D314" s="2" t="n">
-        <v>1.72367442E12</v>
+        <v>1.72398318E12</v>
       </c>
       <c r="E314" s="2" t="n">
-        <v>0.0026603058593468</v>
+        <v>0.0032320222440956</v>
       </c>
       <c r="F314" s="2" t="n">
-        <v>0.0026944087617582</v>
+        <v>0.0054252403137249</v>
       </c>
       <c r="G314" s="2" t="n">
-        <v>0.0024520470993808</v>
+        <v>0.003199423668934</v>
       </c>
       <c r="H314" s="2" t="n">
-        <v>0.0024655455185819</v>
+        <v>0.0043949561234544</v>
       </c>
       <c r="I314" s="2" t="n">
-        <v>28602.13</v>
+        <v>27084.19</v>
       </c>
     </row>
     <row r="315">
       <c r="A315" s="2" t="n">
-        <v>1.7235504E12</v>
+        <v>1.723896E12</v>
       </c>
       <c r="B315" s="2" t="n">
-        <v>1.723636799999E12</v>
+        <v>1.723982399999E12</v>
       </c>
       <c r="C315" s="2" t="n">
-        <v>1.7236302E12</v>
+        <v>1.7239359E12</v>
       </c>
       <c r="D315" s="2" t="n">
-        <v>1.72360896E12</v>
+        <v>1.72390212E12</v>
       </c>
       <c r="E315" s="2" t="n">
-        <v>0.002368935290801</v>
+        <v>0.0026608033914084</v>
       </c>
       <c r="F315" s="2" t="n">
-        <v>0.0027562290664544</v>
+        <v>0.0039661086648761</v>
       </c>
       <c r="G315" s="2" t="n">
-        <v>0.0022958430160442</v>
+        <v>0.0026553630185091</v>
       </c>
       <c r="H315" s="2" t="n">
-        <v>0.0026603058593468</v>
+        <v>0.0032320222440956</v>
       </c>
       <c r="I315" s="2" t="n">
-        <v>47791.48</v>
+        <v>10170.04</v>
       </c>
     </row>
     <row r="316">
       <c r="A316" s="2" t="n">
-        <v>1.723464E12</v>
+        <v>1.7238096E12</v>
       </c>
       <c r="B316" s="2" t="n">
-        <v>1.723550399999E12</v>
+        <v>1.723895999999E12</v>
       </c>
       <c r="C316" s="2" t="n">
-        <v>1.72349016E12</v>
+        <v>1.7238921E12</v>
       </c>
       <c r="D316" s="2" t="n">
-        <v>1.72352442E12</v>
+        <v>1.72382946E12</v>
       </c>
       <c r="E316" s="2" t="n">
-        <v>0.0023883111876467</v>
+        <v>0.0025907666687253</v>
       </c>
       <c r="F316" s="2" t="n">
-        <v>0.0024093981939931</v>
+        <v>0.0026840711408555</v>
       </c>
       <c r="G316" s="2" t="n">
-        <v>0.002215758860671</v>
+        <v>0.0025698610223321</v>
       </c>
       <c r="H316" s="2" t="n">
-        <v>0.002368935290801</v>
+        <v>0.0026608033914084</v>
       </c>
       <c r="I316" s="2" t="n">
-        <v>67395.72</v>
+        <v>10635.25</v>
       </c>
     </row>
     <row r="317">
       <c r="A317" s="2" t="n">
-        <v>1.7233776E12</v>
+        <v>1.7237232E12</v>
       </c>
       <c r="B317" s="2" t="n">
-        <v>1.723463999999E12</v>
+        <v>1.723809599999E12</v>
       </c>
       <c r="C317" s="2" t="n">
-        <v>1.72338066E12</v>
+        <v>1.72378668E12</v>
       </c>
       <c r="D317" s="2" t="n">
-        <v>1.72345974E12</v>
+        <v>1.7237634E12</v>
       </c>
       <c r="E317" s="2" t="n">
-        <v>0.0024048511783294</v>
+        <v>0.0024655455185819</v>
       </c>
       <c r="F317" s="2" t="n">
-        <v>0.0024654268951236</v>
+        <v>0.0026681013606884</v>
       </c>
       <c r="G317" s="2" t="n">
-        <v>0.0023303480547336</v>
+        <v>0.0024562066323374</v>
       </c>
       <c r="H317" s="2" t="n">
-        <v>0.0023883111876467</v>
+        <v>0.0025907666687253</v>
       </c>
       <c r="I317" s="2" t="n">
-        <v>43997.82</v>
+        <v>21962.94</v>
       </c>
     </row>
     <row r="318">
       <c r="A318" s="2" t="n">
-        <v>1.7232912E12</v>
+        <v>1.7236368E12</v>
       </c>
       <c r="B318" s="2" t="n">
-        <v>1.723377599999E12</v>
+        <v>1.723723199999E12</v>
       </c>
       <c r="C318" s="2" t="n">
-        <v>1.72331946E12</v>
+        <v>1.72363854E12</v>
       </c>
       <c r="D318" s="2" t="n">
-        <v>1.72330698E12</v>
+        <v>1.72367442E12</v>
       </c>
       <c r="E318" s="2" t="n">
-        <v>0.0023956921201279</v>
+        <v>0.0026603058593468</v>
       </c>
       <c r="F318" s="2" t="n">
-        <v>0.0025008634642092</v>
+        <v>0.0026944087617582</v>
       </c>
       <c r="G318" s="2" t="n">
-        <v>0.0022954701444713</v>
+        <v>0.0024520470993808</v>
       </c>
       <c r="H318" s="2" t="n">
-        <v>0.0024048511783294</v>
+        <v>0.0024655455185819</v>
       </c>
       <c r="I318" s="2" t="n">
-        <v>72398.51</v>
+        <v>28602.13</v>
       </c>
     </row>
     <row r="319">
       <c r="A319" s="2" t="n">
-        <v>1.7232048E12</v>
+        <v>1.7235504E12</v>
       </c>
       <c r="B319" s="2" t="n">
-        <v>1.723291199999E12</v>
+        <v>1.723636799999E12</v>
       </c>
       <c r="C319" s="2" t="n">
-        <v>1.72328106E12</v>
+        <v>1.7236302E12</v>
       </c>
       <c r="D319" s="2" t="n">
-        <v>1.72327398E12</v>
+        <v>1.72360896E12</v>
       </c>
       <c r="E319" s="2" t="n">
-        <v>0.0022178633580298</v>
+        <v>0.002368935290801</v>
       </c>
       <c r="F319" s="2" t="n">
-        <v>0.0024602901158539</v>
+        <v>0.0027562290664544</v>
       </c>
       <c r="G319" s="2" t="n">
-        <v>0.0021261631306958</v>
+        <v>0.0022958430160442</v>
       </c>
       <c r="H319" s="2" t="n">
-        <v>0.0023956921201279</v>
+        <v>0.0026603058593468</v>
       </c>
       <c r="I319" s="2" t="n">
-        <v>103568.89</v>
+        <v>47791.48</v>
       </c>
     </row>
     <row r="320">
       <c r="A320" s="2" t="n">
-        <v>1.7231184E12</v>
+        <v>1.723464E12</v>
       </c>
       <c r="B320" s="2" t="n">
-        <v>1.723204799999E12</v>
+        <v>1.723550399999E12</v>
       </c>
       <c r="C320" s="2" t="n">
-        <v>1.72319532E12</v>
+        <v>1.72349016E12</v>
       </c>
       <c r="D320" s="2" t="n">
-        <v>1.72318542E12</v>
+        <v>1.72352442E12</v>
       </c>
       <c r="E320" s="2" t="n">
-        <v>0.0022297240940452</v>
+        <v>0.0023883111876467</v>
       </c>
       <c r="F320" s="2" t="n">
-        <v>0.002316234826687</v>
+        <v>0.0024093981939931</v>
       </c>
       <c r="G320" s="2" t="n">
-        <v>0.0020917547060797</v>
+        <v>0.002215758860671</v>
       </c>
       <c r="H320" s="2" t="n">
-        <v>0.0022178633580298</v>
+        <v>0.002368935290801</v>
       </c>
       <c r="I320" s="2" t="n">
-        <v>123293.96</v>
+        <v>67395.72</v>
       </c>
     </row>
     <row r="321">
       <c r="A321" s="2" t="n">
-        <v>1.723032E12</v>
+        <v>1.7233776E12</v>
       </c>
       <c r="B321" s="2" t="n">
-        <v>1.723118399999E12</v>
+        <v>1.723463999999E12</v>
       </c>
       <c r="C321" s="2" t="n">
-        <v>1.72303212E12</v>
+        <v>1.72338066E12</v>
       </c>
       <c r="D321" s="2" t="n">
-        <v>1.72311486E12</v>
+        <v>1.72345974E12</v>
       </c>
       <c r="E321" s="2" t="n">
-        <v>0.0025551311554006</v>
+        <v>0.0024048511783294</v>
       </c>
       <c r="F321" s="2" t="n">
-        <v>0.0025658564588425</v>
+        <v>0.0024654268951236</v>
       </c>
       <c r="G321" s="2" t="n">
-        <v>0.00217325319487</v>
+        <v>0.0023303480547336</v>
       </c>
       <c r="H321" s="2" t="n">
-        <v>0.0022297240940452</v>
+        <v>0.0023883111876467</v>
       </c>
       <c r="I321" s="2" t="n">
-        <v>79348.32</v>
+        <v>43997.82</v>
       </c>
     </row>
     <row r="322">
       <c r="A322" s="2" t="n">
-        <v>1.7229456E12</v>
+        <v>1.7232912E12</v>
       </c>
       <c r="B322" s="2" t="n">
-        <v>1.723031999999E12</v>
+        <v>1.723377599999E12</v>
       </c>
       <c r="C322" s="2" t="n">
-        <v>1.72301568E12</v>
+        <v>1.72331946E12</v>
       </c>
       <c r="D322" s="2" t="n">
-        <v>1.72300314E12</v>
+        <v>1.72330698E12</v>
       </c>
       <c r="E322" s="2" t="n">
-        <v>0.0025368759042095</v>
+        <v>0.0023956921201279</v>
       </c>
       <c r="F322" s="2" t="n">
-        <v>0.0026469980749203</v>
+        <v>0.0025008634642092</v>
       </c>
       <c r="G322" s="2" t="n">
-        <v>0.0023942191880372</v>
+        <v>0.0022954701444713</v>
       </c>
       <c r="H322" s="2" t="n">
-        <v>0.0025551311554006</v>
+        <v>0.0024048511783294</v>
       </c>
       <c r="I322" s="2" t="n">
-        <v>31447.13</v>
+        <v>72398.51</v>
       </c>
     </row>
     <row r="323">
       <c r="A323" s="2" t="n">
-        <v>1.7228592E12</v>
+        <v>1.7232048E12</v>
       </c>
       <c r="B323" s="2" t="n">
-        <v>1.722945599999E12</v>
+        <v>1.723291199999E12</v>
       </c>
       <c r="C323" s="2" t="n">
-        <v>1.72286154E12</v>
+        <v>1.72328106E12</v>
       </c>
       <c r="D323" s="2" t="n">
-        <v>1.72291542E12</v>
+        <v>1.72327398E12</v>
       </c>
       <c r="E323" s="2" t="n">
-        <v>0.0032057934106514</v>
+        <v>0.0022178633580298</v>
       </c>
       <c r="F323" s="2" t="n">
-        <v>0.0035967378492386</v>
+        <v>0.0024602901158539</v>
       </c>
       <c r="G323" s="2" t="n">
-        <v>0.0024098543659954</v>
+        <v>0.0021261631306958</v>
       </c>
       <c r="H323" s="2" t="n">
-        <v>0.0025368759042095</v>
+        <v>0.0023956921201279</v>
       </c>
       <c r="I323" s="2" t="n">
-        <v>51534.82</v>
+        <v>103568.89</v>
       </c>
     </row>
     <row r="324">
       <c r="A324" s="2" t="n">
-        <v>1.7227728E12</v>
+        <v>1.7231184E12</v>
       </c>
       <c r="B324" s="2" t="n">
-        <v>1.722859199999E12</v>
+        <v>1.723204799999E12</v>
       </c>
       <c r="C324" s="2" t="n">
-        <v>1.72285602E12</v>
+        <v>1.72319532E12</v>
       </c>
       <c r="D324" s="2" t="n">
-        <v>1.72283622E12</v>
+        <v>1.72318542E12</v>
       </c>
       <c r="E324" s="2" t="n">
-        <v>0.0029425151651719</v>
+        <v>0.0022297240940452</v>
       </c>
       <c r="F324" s="2" t="n">
-        <v>0.0036906479411431</v>
+        <v>0.002316234826687</v>
       </c>
       <c r="G324" s="2" t="n">
-        <v>0.0026214686011888</v>
+        <v>0.0020917547060797</v>
       </c>
       <c r="H324" s="2" t="n">
-        <v>0.0032057934106514</v>
+        <v>0.0022178633580298</v>
       </c>
       <c r="I324" s="2" t="n">
-        <v>85924.77</v>
+        <v>123293.96</v>
       </c>
     </row>
     <row r="325">
       <c r="A325" s="2" t="n">
-        <v>1.7226864E12</v>
+        <v>1.723032E12</v>
       </c>
       <c r="B325" s="2" t="n">
-        <v>1.722772799999E12</v>
+        <v>1.723118399999E12</v>
       </c>
       <c r="C325" s="2" t="n">
-        <v>1.72275492E12</v>
+        <v>1.72303212E12</v>
       </c>
       <c r="D325" s="2" t="n">
-        <v>1.7226978E12</v>
+        <v>1.72311486E12</v>
       </c>
       <c r="E325" s="2" t="n">
-        <v>0.0029437737289558</v>
+        <v>0.0025551311554006</v>
       </c>
       <c r="F325" s="2" t="n">
-        <v>0.0030063511063927</v>
+        <v>0.0025658564588425</v>
       </c>
       <c r="G325" s="2" t="n">
-        <v>0.0028744341083727</v>
+        <v>0.00217325319487</v>
       </c>
       <c r="H325" s="2" t="n">
-        <v>0.0029425151651719</v>
+        <v>0.0022297240940452</v>
       </c>
       <c r="I325" s="2" t="n">
-        <v>107962.78</v>
+        <v>79348.32</v>
       </c>
     </row>
     <row r="326">
       <c r="A326" s="2" t="n">
-        <v>1.7226E12</v>
+        <v>1.7229456E12</v>
       </c>
       <c r="B326" s="2" t="n">
-        <v>1.722686399999E12</v>
+        <v>1.723031999999E12</v>
       </c>
       <c r="C326" s="2" t="n">
-        <v>1.72265112E12</v>
+        <v>1.72301568E12</v>
       </c>
       <c r="D326" s="2" t="n">
-        <v>1.72261734E12</v>
+        <v>1.72300314E12</v>
       </c>
       <c r="E326" s="2" t="n">
-        <v>0.0029087174939998</v>
+        <v>0.0025368759042095</v>
       </c>
       <c r="F326" s="2" t="n">
-        <v>0.0030337672080904</v>
+        <v>0.0026469980749203</v>
       </c>
       <c r="G326" s="2" t="n">
-        <v>0.0027857197207496</v>
+        <v>0.0023942191880372</v>
       </c>
       <c r="H326" s="2" t="n">
-        <v>0.0029437737289558</v>
+        <v>0.0025551311554006</v>
       </c>
       <c r="I326" s="2" t="n">
-        <v>112415.16</v>
+        <v>31447.13</v>
       </c>
     </row>
     <row r="327">
       <c r="A327" s="2" t="n">
-        <v>1.7225136E12</v>
+        <v>1.7228592E12</v>
       </c>
       <c r="B327" s="2" t="n">
-        <v>1.722599999999E12</v>
+        <v>1.722945599999E12</v>
       </c>
       <c r="C327" s="2" t="n">
-        <v>1.72251444E12</v>
+        <v>1.72286154E12</v>
       </c>
       <c r="D327" s="2" t="n">
-        <v>1.72257972E12</v>
+        <v>1.72291542E12</v>
       </c>
       <c r="E327" s="2" t="n">
-        <v>0.0034791102369497</v>
+        <v>0.0032057934106514</v>
       </c>
       <c r="F327" s="2" t="n">
-        <v>0.003484300743035</v>
+        <v>0.0035967378492386</v>
       </c>
       <c r="G327" s="2" t="n">
-        <v>0.0025001701631841</v>
+        <v>0.0024098543659954</v>
       </c>
       <c r="H327" s="2" t="n">
-        <v>0.0029087174939998</v>
+        <v>0.0025368759042095</v>
       </c>
       <c r="I327" s="2" t="n">
-        <v>111506.43</v>
+        <v>51534.82</v>
       </c>
     </row>
     <row r="328">
       <c r="A328" s="2" t="n">
-        <v>1.7224272E12</v>
+        <v>1.7227728E12</v>
       </c>
       <c r="B328" s="2" t="n">
-        <v>1.722513599999E12</v>
+        <v>1.722859199999E12</v>
       </c>
       <c r="C328" s="2" t="n">
-        <v>1.72249386E12</v>
+        <v>1.72285602E12</v>
       </c>
       <c r="D328" s="2" t="n">
-        <v>1.72251348E12</v>
+        <v>1.72283622E12</v>
       </c>
       <c r="E328" s="2" t="n">
-        <v>0.0035141544639993</v>
+        <v>0.0029425151651719</v>
       </c>
       <c r="F328" s="2" t="n">
-        <v>0.0035994703751995</v>
+        <v>0.0036906479411431</v>
       </c>
       <c r="G328" s="2" t="n">
-        <v>0.0033651179129137</v>
+        <v>0.0026214686011888</v>
       </c>
       <c r="H328" s="2" t="n">
-        <v>0.0034791102369497</v>
+        <v>0.0032057934106514</v>
       </c>
       <c r="I328" s="2" t="n">
-        <v>190822.19</v>
+        <v>85924.77</v>
       </c>
     </row>
     <row r="329">
       <c r="A329" s="2" t="n">
-        <v>1.7223408E12</v>
+        <v>1.7226864E12</v>
       </c>
       <c r="B329" s="2" t="n">
-        <v>1.722427199999E12</v>
+        <v>1.722772799999E12</v>
       </c>
       <c r="C329" s="2" t="n">
-        <v>1.72234392E12</v>
+        <v>1.72275492E12</v>
       </c>
       <c r="D329" s="2" t="n">
-        <v>1.72238616E12</v>
+        <v>1.7226978E12</v>
       </c>
       <c r="E329" s="2" t="n">
-        <v>0.0036442547685336</v>
+        <v>0.0029437737289558</v>
       </c>
       <c r="F329" s="2" t="n">
-        <v>0.0038283500274046</v>
+        <v>0.0030063511063927</v>
       </c>
       <c r="G329" s="2" t="n">
-        <v>0.0034775280664025</v>
+        <v>0.0028744341083727</v>
       </c>
       <c r="H329" s="2" t="n">
-        <v>0.0035141544639993</v>
+        <v>0.0029425151651719</v>
       </c>
       <c r="I329" s="2" t="n">
-        <v>118494.99</v>
+        <v>107962.78</v>
       </c>
     </row>
     <row r="330">
       <c r="A330" s="2" t="n">
-        <v>1.7222544E12</v>
+        <v>1.7226E12</v>
       </c>
       <c r="B330" s="2" t="n">
-        <v>1.722340799999E12</v>
+        <v>1.722686399999E12</v>
       </c>
       <c r="C330" s="2" t="n">
-        <v>1.72228002E12</v>
+        <v>1.72265112E12</v>
       </c>
       <c r="D330" s="2" t="n">
-        <v>1.72229568E12</v>
+        <v>1.72261734E12</v>
       </c>
       <c r="E330" s="2" t="n">
-        <v>0.0036078962101349</v>
+        <v>0.0029087174939998</v>
       </c>
       <c r="F330" s="2" t="n">
-        <v>0.0039548924126631</v>
+        <v>0.0030337672080904</v>
       </c>
       <c r="G330" s="2" t="n">
-        <v>0.0030060463905716</v>
+        <v>0.0027857197207496</v>
       </c>
       <c r="H330" s="2" t="n">
-        <v>0.0036442547685336</v>
+        <v>0.0029437737289558</v>
       </c>
       <c r="I330" s="2" t="n">
-        <v>133635.97</v>
+        <v>112415.16</v>
       </c>
     </row>
     <row r="331">
       <c r="A331" s="2" t="n">
-        <v>1.722168E12</v>
+        <v>1.7225136E12</v>
       </c>
       <c r="B331" s="2" t="n">
-        <v>1.722254399999E12</v>
+        <v>1.722599999999E12</v>
       </c>
       <c r="C331" s="2" t="n">
-        <v>1.72222158E12</v>
+        <v>1.72251444E12</v>
       </c>
       <c r="D331" s="2" t="n">
-        <v>1.72225422E12</v>
+        <v>1.72257972E12</v>
       </c>
       <c r="E331" s="2" t="n">
-        <v>0.0040335411210636</v>
+        <v>0.0034791102369497</v>
       </c>
       <c r="F331" s="2" t="n">
-        <v>0.0040576446077824</v>
+        <v>0.003484300743035</v>
       </c>
       <c r="G331" s="2" t="n">
-        <v>0.0036055207002009</v>
+        <v>0.0025001701631841</v>
       </c>
       <c r="H331" s="2" t="n">
-        <v>0.0036078962101349</v>
+        <v>0.0029087174939998</v>
       </c>
       <c r="I331" s="2" t="n">
-        <v>106218.82</v>
+        <v>111506.43</v>
       </c>
     </row>
     <row r="332">
       <c r="A332" s="2" t="n">
-        <v>1.7220816E12</v>
+        <v>1.7224272E12</v>
       </c>
       <c r="B332" s="2" t="n">
-        <v>1.722167999999E12</v>
+        <v>1.722513599999E12</v>
       </c>
       <c r="C332" s="2" t="n">
-        <v>1.72208298E12</v>
+        <v>1.72249386E12</v>
       </c>
       <c r="D332" s="2" t="n">
-        <v>1.72210854E12</v>
+        <v>1.72251348E12</v>
       </c>
       <c r="E332" s="2" t="n">
-        <v>0.0040943150769207</v>
+        <v>0.0035141544639993</v>
       </c>
       <c r="F332" s="2" t="n">
-        <v>0.004118541600211</v>
+        <v>0.0035994703751995</v>
       </c>
       <c r="G332" s="2" t="n">
-        <v>0.0037026673816242</v>
+        <v>0.0033651179129137</v>
       </c>
       <c r="H332" s="2" t="n">
-        <v>0.0040335411210636</v>
+        <v>0.0034791102369497</v>
       </c>
       <c r="I332" s="2" t="n">
-        <v>126881.19</v>
+        <v>190822.19</v>
       </c>
     </row>
     <row r="333">
       <c r="A333" s="2" t="n">
-        <v>1.7219952E12</v>
+        <v>1.7223408E12</v>
       </c>
       <c r="B333" s="2" t="n">
-        <v>1.722081599999E12</v>
+        <v>1.722427199999E12</v>
       </c>
       <c r="C333" s="2" t="n">
-        <v>1.72204278E12</v>
+        <v>1.72234392E12</v>
       </c>
       <c r="D333" s="2" t="n">
-        <v>1.72208154E12</v>
+        <v>1.72238616E12</v>
       </c>
       <c r="E333" s="2" t="n">
-        <v>0.0042224264231187</v>
+        <v>0.0036442547685336</v>
       </c>
       <c r="F333" s="2" t="n">
-        <v>0.0043250187455802</v>
+        <v>0.0038283500274046</v>
       </c>
       <c r="G333" s="2" t="n">
-        <v>0.0040943150769207</v>
+        <v>0.0034775280664025</v>
       </c>
       <c r="H333" s="2" t="n">
-        <v>0.0040943150769207</v>
+        <v>0.0035141544639993</v>
       </c>
       <c r="I333" s="2" t="n">
-        <v>124941.07</v>
+        <v>118494.99</v>
       </c>
     </row>
     <row r="334">
       <c r="A334" s="2" t="n">
-        <v>1.7219088E12</v>
+        <v>1.7222544E12</v>
       </c>
       <c r="B334" s="2" t="n">
-        <v>1.721995199999E12</v>
+        <v>1.722340799999E12</v>
       </c>
       <c r="C334" s="2" t="n">
-        <v>1.7219127E12</v>
+        <v>1.72228002E12</v>
       </c>
       <c r="D334" s="2" t="n">
-        <v>1.72191594E12</v>
+        <v>1.72229568E12</v>
       </c>
       <c r="E334" s="2" t="n">
-        <v>0.0043550276491664</v>
+        <v>0.0036078962101349</v>
       </c>
       <c r="F334" s="2" t="n">
-        <v>0.0043903707516702</v>
+        <v>0.0039548924126631</v>
       </c>
       <c r="G334" s="2" t="n">
-        <v>0.0041382970560444</v>
+        <v>0.0030060463905716</v>
       </c>
       <c r="H334" s="2" t="n">
-        <v>0.0042224264231187</v>
+        <v>0.0036442547685336</v>
       </c>
       <c r="I334" s="2" t="n">
-        <v>124704.6</v>
+        <v>133635.97</v>
       </c>
     </row>
     <row r="335">
       <c r="A335" s="2" t="n">
-        <v>1.7218224E12</v>
+        <v>1.722168E12</v>
       </c>
       <c r="B335" s="2" t="n">
-        <v>1.721908799999E12</v>
+        <v>1.722254399999E12</v>
       </c>
       <c r="C335" s="2" t="n">
-        <v>1.72184622E12</v>
+        <v>1.72222158E12</v>
       </c>
       <c r="D335" s="2" t="n">
-        <v>1.72186692E12</v>
+        <v>1.72225422E12</v>
       </c>
       <c r="E335" s="2" t="n">
-        <v>0.0044694360692264</v>
+        <v>0.0040335411210636</v>
       </c>
       <c r="F335" s="2" t="n">
-        <v>0.0045903134551343</v>
+        <v>0.0040576446077824</v>
       </c>
       <c r="G335" s="2" t="n">
-        <v>0.0041778485561122</v>
+        <v>0.0036055207002009</v>
       </c>
       <c r="H335" s="2" t="n">
-        <v>0.0043550276491664</v>
+        <v>0.0036078962101349</v>
       </c>
       <c r="I335" s="2" t="n">
-        <v>124594.99</v>
+        <v>106218.82</v>
       </c>
     </row>
     <row r="336">
       <c r="A336" s="2" t="n">
-        <v>1.721736E12</v>
+        <v>1.7220816E12</v>
       </c>
       <c r="B336" s="2" t="n">
-        <v>1.721822399999E12</v>
+        <v>1.722167999999E12</v>
       </c>
       <c r="C336" s="2" t="n">
-        <v>1.72176702E12</v>
+        <v>1.72208298E12</v>
       </c>
       <c r="D336" s="2" t="n">
-        <v>1.72180668E12</v>
+        <v>1.72210854E12</v>
       </c>
       <c r="E336" s="2" t="n">
-        <v>0.0051377058938994</v>
+        <v>0.0040943150769207</v>
       </c>
       <c r="F336" s="2" t="n">
-        <v>0.0052762845446124</v>
+        <v>0.004118541600211</v>
       </c>
       <c r="G336" s="2" t="n">
-        <v>0.0040723330641618</v>
+        <v>0.0037026673816242</v>
       </c>
       <c r="H336" s="2" t="n">
-        <v>0.0044694360692264</v>
+        <v>0.0040335411210636</v>
       </c>
       <c r="I336" s="2" t="n">
-        <v>132578.57</v>
+        <v>126881.19</v>
       </c>
     </row>
     <row r="337">
       <c r="A337" s="2" t="n">
-        <v>1.7216496E12</v>
+        <v>1.7219952E12</v>
       </c>
       <c r="B337" s="2" t="n">
-        <v>1.721735999999E12</v>
+        <v>1.722081599999E12</v>
       </c>
       <c r="C337" s="2" t="n">
-        <v>1.72165182E12</v>
+        <v>1.72204278E12</v>
       </c>
       <c r="D337" s="2" t="n">
-        <v>1.7217069E12</v>
+        <v>1.72208154E12</v>
       </c>
       <c r="E337" s="2" t="n">
-        <v>0.0056225602236654</v>
+        <v>0.0042224264231187</v>
       </c>
       <c r="F337" s="2" t="n">
-        <v>0.0056405674276992</v>
+        <v>0.0043250187455802</v>
       </c>
       <c r="G337" s="2" t="n">
-        <v>0.0050194111192399</v>
+        <v>0.0040943150769207</v>
       </c>
       <c r="H337" s="2" t="n">
-        <v>0.0051377058938994</v>
+        <v>0.0040943150769207</v>
       </c>
       <c r="I337" s="2" t="n">
-        <v>142211.32</v>
+        <v>124941.07</v>
       </c>
     </row>
     <row r="338">
       <c r="A338" s="2" t="n">
-        <v>1.7215632E12</v>
+        <v>1.7219088E12</v>
       </c>
       <c r="B338" s="2" t="n">
-        <v>1.721649599999E12</v>
+        <v>1.721995199999E12</v>
       </c>
       <c r="C338" s="2" t="n">
-        <v>1.72163214E12</v>
+        <v>1.7219127E12</v>
       </c>
       <c r="D338" s="2" t="n">
-        <v>1.7215671E12</v>
+        <v>1.72191594E12</v>
       </c>
       <c r="E338" s="2" t="n">
-        <v>0.0048231512101805</v>
+        <v>0.0043550276491664</v>
       </c>
       <c r="F338" s="2" t="n">
-        <v>0.0057994718396955</v>
+        <v>0.0043903707516702</v>
       </c>
       <c r="G338" s="2" t="n">
-        <v>0.0047362612201122</v>
+        <v>0.0041382970560444</v>
       </c>
       <c r="H338" s="2" t="n">
-        <v>0.0056225602236654</v>
+        <v>0.0042224264231187</v>
       </c>
       <c r="I338" s="2" t="n">
-        <v>144985.85</v>
+        <v>124704.6</v>
       </c>
     </row>
     <row r="339">
       <c r="A339" s="2" t="n">
-        <v>1.7214768E12</v>
+        <v>1.7218224E12</v>
       </c>
       <c r="B339" s="2" t="n">
-        <v>1.721563199999E12</v>
+        <v>1.721908799999E12</v>
       </c>
       <c r="C339" s="2" t="n">
-        <v>1.72148298E12</v>
+        <v>1.72184622E12</v>
       </c>
       <c r="D339" s="2" t="n">
-        <v>1.72154742E12</v>
+        <v>1.72186692E12</v>
       </c>
       <c r="E339" s="2" t="n">
-        <v>0.0049848258312789</v>
+        <v>0.0044694360692264</v>
       </c>
       <c r="F339" s="2" t="n">
-        <v>0.0050031051170059</v>
+        <v>0.0045903134551343</v>
       </c>
       <c r="G339" s="2" t="n">
-        <v>0.0047540541569346</v>
+        <v>0.0041778485561122</v>
       </c>
       <c r="H339" s="2" t="n">
-        <v>0.0048231512101805</v>
+        <v>0.0043550276491664</v>
       </c>
       <c r="I339" s="2" t="n">
-        <v>120945.42</v>
+        <v>124594.99</v>
       </c>
     </row>
     <row r="340">
       <c r="A340" s="2" t="n">
-        <v>1.7213904E12</v>
+        <v>1.721736E12</v>
       </c>
       <c r="B340" s="2" t="n">
-        <v>1.721476799999E12</v>
+        <v>1.721822399999E12</v>
       </c>
       <c r="C340" s="2" t="n">
-        <v>1.72145322E12</v>
+        <v>1.72176702E12</v>
       </c>
       <c r="D340" s="2" t="n">
-        <v>1.72140156E12</v>
+        <v>1.72180668E12</v>
       </c>
       <c r="E340" s="2" t="n">
-        <v>0.0048080914368754</v>
+        <v>0.0051377058938994</v>
       </c>
       <c r="F340" s="2" t="n">
-        <v>0.0050504074118056</v>
+        <v>0.0052762845446124</v>
       </c>
       <c r="G340" s="2" t="n">
-        <v>0.0045004025415031</v>
+        <v>0.0040723330641618</v>
       </c>
       <c r="H340" s="2" t="n">
-        <v>0.0049848258312789</v>
+        <v>0.0044694360692264</v>
       </c>
       <c r="I340" s="2" t="n">
-        <v>135554.21</v>
+        <v>132578.57</v>
       </c>
     </row>
     <row r="341">
       <c r="A341" s="2" t="n">
-        <v>1.721304E12</v>
+        <v>1.7216496E12</v>
       </c>
       <c r="B341" s="2" t="n">
-        <v>1.721390399999E12</v>
+        <v>1.721735999999E12</v>
       </c>
       <c r="C341" s="2" t="n">
-        <v>1.72135422E12</v>
+        <v>1.72165182E12</v>
       </c>
       <c r="D341" s="2" t="n">
-        <v>1.7213328E12</v>
+        <v>1.7217069E12</v>
       </c>
       <c r="E341" s="2" t="n">
-        <v>0.0049370332693953</v>
+        <v>0.0056225602236654</v>
       </c>
       <c r="F341" s="2" t="n">
-        <v>0.0051726166099977</v>
+        <v>0.0056405674276992</v>
       </c>
       <c r="G341" s="2" t="n">
-        <v>0.0047010785832648</v>
+        <v>0.0050194111192399</v>
       </c>
       <c r="H341" s="2" t="n">
-        <v>0.0048080914368754</v>
+        <v>0.0051377058938994</v>
       </c>
       <c r="I341" s="2" t="n">
-        <v>134895.96</v>
+        <v>142211.32</v>
       </c>
     </row>
     <row r="342">
       <c r="A342" s="2" t="n">
-        <v>1.7212176E12</v>
+        <v>1.7215632E12</v>
       </c>
       <c r="B342" s="2" t="n">
-        <v>1.721303999999E12</v>
+        <v>1.721649599999E12</v>
       </c>
       <c r="C342" s="2" t="n">
-        <v>1.72122684E12</v>
+        <v>1.72163214E12</v>
       </c>
       <c r="D342" s="2" t="n">
-        <v>1.72129722E12</v>
+        <v>1.7215671E12</v>
       </c>
       <c r="E342" s="2" t="n">
-        <v>0.005175934302218</v>
+        <v>0.0048231512101805</v>
       </c>
       <c r="F342" s="2" t="n">
-        <v>0.0057026771370543</v>
+        <v>0.0057994718396955</v>
       </c>
       <c r="G342" s="2" t="n">
-        <v>0.0049089868163863</v>
+        <v>0.0047362612201122</v>
       </c>
       <c r="H342" s="2" t="n">
-        <v>0.0049370332693953</v>
+        <v>0.0056225602236654</v>
       </c>
       <c r="I342" s="2" t="n">
-        <v>123434.34</v>
+        <v>144985.85</v>
       </c>
     </row>
     <row r="343">
       <c r="A343" s="2" t="n">
-        <v>1.7211312E12</v>
+        <v>1.7214768E12</v>
       </c>
       <c r="B343" s="2" t="n">
-        <v>1.721217599999E12</v>
+        <v>1.721563199999E12</v>
       </c>
       <c r="C343" s="2" t="n">
-        <v>1.72121388E12</v>
+        <v>1.72148298E12</v>
       </c>
       <c r="D343" s="2" t="n">
-        <v>1.72119306E12</v>
+        <v>1.72154742E12</v>
       </c>
       <c r="E343" s="2" t="n">
-        <v>0.0050470734799829</v>
+        <v>0.0049848258312789</v>
       </c>
       <c r="F343" s="2" t="n">
-        <v>0.0057680004147224</v>
+        <v>0.0050031051170059</v>
       </c>
       <c r="G343" s="2" t="n">
-        <v>0.0049306438991542</v>
+        <v>0.0047540541569346</v>
       </c>
       <c r="H343" s="2" t="n">
-        <v>0.005175934302218</v>
+        <v>0.0048231512101805</v>
       </c>
       <c r="I343" s="2" t="n">
-        <v>153469.27</v>
+        <v>120945.42</v>
       </c>
     </row>
     <row r="344">
       <c r="A344" s="2" t="n">
-        <v>1.7210448E12</v>
+        <v>1.7213904E12</v>
       </c>
       <c r="B344" s="2" t="n">
-        <v>1.721131199999E12</v>
+        <v>1.721476799999E12</v>
       </c>
       <c r="C344" s="2" t="n">
-        <v>1.72110396E12</v>
+        <v>1.72145322E12</v>
       </c>
       <c r="D344" s="2" t="n">
-        <v>1.72104486E12</v>
+        <v>1.72140156E12</v>
       </c>
       <c r="E344" s="2" t="n">
-        <v>0.0046379763677414</v>
+        <v>0.0048080914368754</v>
       </c>
       <c r="F344" s="2" t="n">
-        <v>0.0059052060739692</v>
+        <v>0.0050504074118056</v>
       </c>
       <c r="G344" s="2" t="n">
-        <v>0.0046329953953393</v>
+        <v>0.0045004025415031</v>
       </c>
       <c r="H344" s="2" t="n">
-        <v>0.0050470734799829</v>
+        <v>0.0049848258312789</v>
       </c>
       <c r="I344" s="2" t="n">
-        <v>167855.37</v>
+        <v>135554.21</v>
       </c>
     </row>
     <row r="345">
       <c r="A345" s="2" t="n">
-        <v>1.7209584E12</v>
+        <v>1.721304E12</v>
       </c>
       <c r="B345" s="2" t="n">
-        <v>1.721044799999E12</v>
+        <v>1.721390399999E12</v>
       </c>
       <c r="C345" s="2" t="n">
-        <v>1.72102434E12</v>
+        <v>1.72135422E12</v>
       </c>
       <c r="D345" s="2" t="n">
-        <v>1.72103382E12</v>
+        <v>1.7213328E12</v>
       </c>
       <c r="E345" s="2" t="n">
-        <v>0.0046186440563366</v>
+        <v>0.0049370332693953</v>
       </c>
       <c r="F345" s="2" t="n">
-        <v>0.0047815337997173</v>
+        <v>0.0051726166099977</v>
       </c>
       <c r="G345" s="2" t="n">
-        <v>0.0046011423258947</v>
+        <v>0.0047010785832648</v>
       </c>
       <c r="H345" s="2" t="n">
-        <v>0.0046379763677414</v>
+        <v>0.0048080914368754</v>
       </c>
       <c r="I345" s="2" t="n">
-        <v>111160.78</v>
+        <v>134895.96</v>
       </c>
     </row>
     <row r="346">
       <c r="A346" s="2" t="n">
-        <v>1.720872E12</v>
+        <v>1.7212176E12</v>
       </c>
       <c r="B346" s="2" t="n">
-        <v>1.720958399999E12</v>
+        <v>1.721303999999E12</v>
       </c>
       <c r="C346" s="2" t="n">
-        <v>1.72090944E12</v>
+        <v>1.72122684E12</v>
       </c>
       <c r="D346" s="2" t="n">
-        <v>1.72089852E12</v>
+        <v>1.72129722E12</v>
       </c>
       <c r="E346" s="2" t="n">
-        <v>0.0047010456847008</v>
+        <v>0.005175934302218</v>
       </c>
       <c r="F346" s="2" t="n">
-        <v>0.0048774060315157</v>
+        <v>0.0057026771370543</v>
       </c>
       <c r="G346" s="2" t="n">
-        <v>0.0045116824063403</v>
+        <v>0.0049089868163863</v>
       </c>
       <c r="H346" s="2" t="n">
-        <v>0.0046186440563366</v>
+        <v>0.0049370332693953</v>
       </c>
       <c r="I346" s="2" t="n">
-        <v>147221.9</v>
+        <v>123434.34</v>
       </c>
     </row>
     <row r="347">
       <c r="A347" s="2" t="n">
-        <v>1.7207856E12</v>
+        <v>1.7211312E12</v>
       </c>
       <c r="B347" s="2" t="n">
-        <v>1.720871999999E12</v>
+        <v>1.721217599999E12</v>
       </c>
       <c r="C347" s="2" t="n">
-        <v>1.72083804E12</v>
+        <v>1.72121388E12</v>
       </c>
       <c r="D347" s="2" t="n">
-        <v>1.72078728E12</v>
+        <v>1.72119306E12</v>
       </c>
       <c r="E347" s="2" t="n">
-        <v>0.0045681693427402</v>
+        <v>0.0050470734799829</v>
       </c>
       <c r="F347" s="2" t="n">
-        <v>0.0048837548596694</v>
+        <v>0.0057680004147224</v>
       </c>
       <c r="G347" s="2" t="n">
-        <v>0.0044385285116182</v>
+        <v>0.0049306438991542</v>
       </c>
       <c r="H347" s="2" t="n">
-        <v>0.0047010456847008</v>
+        <v>0.005175934302218</v>
       </c>
       <c r="I347" s="2" t="n">
-        <v>184723.65</v>
+        <v>153469.27</v>
       </c>
     </row>
     <row r="348">
       <c r="A348" s="2" t="n">
-        <v>1.7206992E12</v>
+        <v>1.7210448E12</v>
       </c>
       <c r="B348" s="2" t="n">
-        <v>1.720785599999E12</v>
+        <v>1.721131199999E12</v>
       </c>
       <c r="C348" s="2" t="n">
-        <v>1.7207301E12</v>
+        <v>1.72110396E12</v>
       </c>
       <c r="D348" s="2" t="n">
-        <v>1.72070142E12</v>
+        <v>1.72104486E12</v>
       </c>
       <c r="E348" s="2" t="n">
-        <v>0.0046120100129779</v>
+        <v>0.0046379763677414</v>
       </c>
       <c r="F348" s="2" t="n">
-        <v>0.0050599265718369</v>
+        <v>0.0059052060739692</v>
       </c>
       <c r="G348" s="2" t="n">
-        <v>0.0045247494288979</v>
+        <v>0.0046329953953393</v>
       </c>
       <c r="H348" s="2" t="n">
-        <v>0.0045681693427402</v>
+        <v>0.0050470734799829</v>
       </c>
       <c r="I348" s="2" t="n">
-        <v>190440.12</v>
+        <v>167855.37</v>
       </c>
     </row>
     <row r="349">
       <c r="A349" s="2" t="n">
-        <v>1.7206128E12</v>
+        <v>1.7209584E12</v>
       </c>
       <c r="B349" s="2" t="n">
-        <v>1.720699199999E12</v>
+        <v>1.721044799999E12</v>
       </c>
       <c r="C349" s="2" t="n">
-        <v>1.72068954E12</v>
+        <v>1.72102434E12</v>
       </c>
       <c r="D349" s="2" t="n">
-        <v>1.7206296E12</v>
+        <v>1.72103382E12</v>
       </c>
       <c r="E349" s="2" t="n">
-        <v>0.0044004730247493</v>
+        <v>0.0046186440563366</v>
       </c>
       <c r="F349" s="2" t="n">
-        <v>0.0051625298435764</v>
+        <v>0.0047815337997173</v>
       </c>
       <c r="G349" s="2" t="n">
-        <v>0.0042614532246729</v>
+        <v>0.0046011423258947</v>
       </c>
       <c r="H349" s="2" t="n">
-        <v>0.0046119513184329</v>
+        <v>0.0046379763677414</v>
       </c>
       <c r="I349" s="2" t="n">
-        <v>220483.97</v>
+        <v>111160.78</v>
       </c>
     </row>
     <row r="350">
       <c r="A350" s="2" t="n">
-        <v>1.7205264E12</v>
+        <v>1.720872E12</v>
       </c>
       <c r="B350" s="2" t="n">
-        <v>1.720612799999E12</v>
+        <v>1.720958399999E12</v>
       </c>
       <c r="C350" s="2" t="n">
-        <v>1.72061052E12</v>
+        <v>1.72090944E12</v>
       </c>
       <c r="D350" s="2" t="n">
-        <v>1.72059018E12</v>
+        <v>1.72089852E12</v>
       </c>
       <c r="E350" s="2" t="n">
-        <v>0.0045418421939191</v>
+        <v>0.0047010456847008</v>
       </c>
       <c r="F350" s="2" t="n">
-        <v>0.0047983328554308</v>
+        <v>0.0048774060315157</v>
       </c>
       <c r="G350" s="2" t="n">
-        <v>0.0042586604285447</v>
+        <v>0.0045116824063403</v>
       </c>
       <c r="H350" s="2" t="n">
-        <v>0.0044004730247493</v>
+        <v>0.0046186440563366</v>
       </c>
       <c r="I350" s="2" t="n">
-        <v>173345.94</v>
+        <v>147221.9</v>
       </c>
     </row>
     <row r="351">
       <c r="A351" s="2" t="n">
-        <v>1.72044E12</v>
+        <v>1.7207856E12</v>
       </c>
       <c r="B351" s="2" t="n">
-        <v>1.720526399999E12</v>
+        <v>1.720871999999E12</v>
       </c>
       <c r="C351" s="2" t="n">
-        <v>1.72051242E12</v>
+        <v>1.72083804E12</v>
       </c>
       <c r="D351" s="2" t="n">
-        <v>1.7204613E12</v>
+        <v>1.72078728E12</v>
       </c>
       <c r="E351" s="2" t="n">
-        <v>0.0041013933079183</v>
+        <v>0.0045681693427402</v>
       </c>
       <c r="F351" s="2" t="n">
-        <v>0.0045588723546792</v>
+        <v>0.0048837548596694</v>
       </c>
       <c r="G351" s="2" t="n">
-        <v>0.0039450189018944</v>
+        <v>0.0044385285116182</v>
       </c>
       <c r="H351" s="2" t="n">
-        <v>0.0045418388118453</v>
+        <v>0.0047010456847008</v>
       </c>
       <c r="I351" s="2" t="n">
-        <v>91868.03</v>
+        <v>184723.65</v>
       </c>
     </row>
     <row r="352">
       <c r="A352" s="2" t="n">
-        <v>1.7203536E12</v>
+        <v>1.7206992E12</v>
       </c>
       <c r="B352" s="2" t="n">
-        <v>1.720439999999E12</v>
+        <v>1.720785599999E12</v>
       </c>
       <c r="C352" s="2" t="n">
-        <v>1.7203608E12</v>
+        <v>1.7207301E12</v>
       </c>
       <c r="D352" s="2" t="n">
-        <v>1.72043952E12</v>
+        <v>1.72070142E12</v>
       </c>
       <c r="E352" s="2" t="n">
-        <v>0.0048492533100914</v>
+        <v>0.0046120100129779</v>
       </c>
       <c r="F352" s="2" t="n">
-        <v>0.0048783961471313</v>
+        <v>0.0050599265718369</v>
       </c>
       <c r="G352" s="2" t="n">
-        <v>0.0040634372417592</v>
+        <v>0.0045247494288979</v>
       </c>
       <c r="H352" s="2" t="n">
-        <v>0.0041013933079183</v>
+        <v>0.0045681693427402</v>
       </c>
       <c r="I352" s="2" t="n">
-        <v>149079.55</v>
+        <v>190440.12</v>
       </c>
     </row>
     <row r="353">
       <c r="A353" s="2" t="n">
-        <v>1.7202672E12</v>
+        <v>1.7206128E12</v>
       </c>
       <c r="B353" s="2" t="n">
-        <v>1.720353599999E12</v>
+        <v>1.720699199999E12</v>
       </c>
       <c r="C353" s="2" t="n">
-        <v>1.72035144E12</v>
+        <v>1.72068954E12</v>
       </c>
       <c r="D353" s="2" t="n">
-        <v>1.72032948E12</v>
+        <v>1.7206296E12</v>
       </c>
       <c r="E353" s="2" t="n">
-        <v>0.0045789901420223</v>
+        <v>0.0044004730247493</v>
       </c>
       <c r="F353" s="2" t="n">
-        <v>0.0048672247048939</v>
+        <v>0.0051625298435764</v>
       </c>
       <c r="G353" s="2" t="n">
-        <v>0.0044694265797485</v>
+        <v>0.0042614532246729</v>
       </c>
       <c r="H353" s="2" t="n">
-        <v>0.0048492522783731</v>
+        <v>0.0046119513184329</v>
       </c>
       <c r="I353" s="2" t="n">
-        <v>167502.93</v>
+        <v>220483.97</v>
       </c>
     </row>
     <row r="354">
       <c r="A354" s="2" t="n">
-        <v>1.7201808E12</v>
+        <v>1.7205264E12</v>
       </c>
       <c r="B354" s="2" t="n">
-        <v>1.720267199999E12</v>
+        <v>1.720612799999E12</v>
       </c>
       <c r="C354" s="2" t="n">
-        <v>1.72018752E12</v>
+        <v>1.72061052E12</v>
       </c>
       <c r="D354" s="2" t="n">
-        <v>1.72022514E12</v>
+        <v>1.72059018E12</v>
       </c>
       <c r="E354" s="2" t="n">
-        <v>0.0050888109624577</v>
+        <v>0.0045418421939191</v>
       </c>
       <c r="F354" s="2" t="n">
-        <v>0.0051766453260348</v>
+        <v>0.0047983328554308</v>
       </c>
       <c r="G354" s="2" t="n">
-        <v>0.0044359009305554</v>
+        <v>0.0042586604285447</v>
       </c>
       <c r="H354" s="2" t="n">
-        <v>0.0045789891815424</v>
+        <v>0.0044004730247493</v>
       </c>
       <c r="I354" s="2" t="n">
-        <v>104660.24</v>
+        <v>173345.94</v>
       </c>
     </row>
     <row r="355">
       <c r="A355" s="2" t="n">
-        <v>1.7200944E12</v>
+        <v>1.72044E12</v>
       </c>
       <c r="B355" s="2" t="n">
-        <v>1.720180799999E12</v>
+        <v>1.720526399999E12</v>
       </c>
       <c r="C355" s="2" t="n">
-        <v>1.7201391E12</v>
+        <v>1.72051242E12</v>
       </c>
       <c r="D355" s="2" t="n">
-        <v>1.72011642E12</v>
+        <v>1.7204613E12</v>
       </c>
       <c r="E355" s="2" t="n">
-        <v>0.0048934381412419</v>
+        <v>0.0041013933079183</v>
       </c>
       <c r="F355" s="2" t="n">
-        <v>0.0053246374779188</v>
+        <v>0.0045588723546792</v>
       </c>
       <c r="G355" s="2" t="n">
-        <v>0.0048292250589695</v>
+        <v>0.0039450189018944</v>
       </c>
       <c r="H355" s="2" t="n">
-        <v>0.0050888109624577</v>
+        <v>0.0045418388118453</v>
       </c>
       <c r="I355" s="2" t="n">
-        <v>159841.1</v>
+        <v>91868.03</v>
       </c>
     </row>
     <row r="356">
       <c r="A356" s="2" t="n">
-        <v>1.720008E12</v>
+        <v>1.7203536E12</v>
       </c>
       <c r="B356" s="2" t="n">
-        <v>1.720094399999E12</v>
+        <v>1.720439999999E12</v>
       </c>
       <c r="C356" s="2" t="n">
-        <v>1.72002504E12</v>
+        <v>1.7203608E12</v>
       </c>
       <c r="D356" s="2" t="n">
-        <v>1.72001226E12</v>
+        <v>1.72043952E12</v>
       </c>
       <c r="E356" s="2" t="n">
-        <v>0.00487497844357</v>
+        <v>0.0048492533100914</v>
       </c>
       <c r="F356" s="2" t="n">
-        <v>0.0050321304099826</v>
+        <v>0.0048783961471313</v>
       </c>
       <c r="G356" s="2" t="n">
-        <v>0.0048481525568538</v>
+        <v>0.0040634372417592</v>
       </c>
       <c r="H356" s="2" t="n">
-        <v>0.0048934381412419</v>
+        <v>0.0041013933079183</v>
       </c>
       <c r="I356" s="2" t="n">
-        <v>193052.18</v>
+        <v>149079.55</v>
       </c>
     </row>
     <row r="357">
       <c r="A357" s="2" t="n">
-        <v>1.7199216E12</v>
+        <v>1.7202672E12</v>
       </c>
       <c r="B357" s="2" t="n">
-        <v>1.720007999999E12</v>
+        <v>1.720353599999E12</v>
       </c>
       <c r="C357" s="2" t="n">
-        <v>1.7199222E12</v>
+        <v>1.72035144E12</v>
       </c>
       <c r="D357" s="2" t="n">
-        <v>1.71995712E12</v>
+        <v>1.72032948E12</v>
       </c>
       <c r="E357" s="2" t="n">
-        <v>0.0050192773838023</v>
+        <v>0.0045789901420223</v>
       </c>
       <c r="F357" s="2" t="n">
-        <v>0.0051404659734748</v>
+        <v>0.0048672247048939</v>
       </c>
       <c r="G357" s="2" t="n">
-        <v>0.0047254483963792</v>
+        <v>0.0044694265797485</v>
       </c>
       <c r="H357" s="2" t="n">
-        <v>0.00487497844357</v>
+        <v>0.0048492522783731</v>
       </c>
       <c r="I357" s="2" t="n">
-        <v>185007.99</v>
+        <v>167502.93</v>
       </c>
     </row>
     <row r="358">
       <c r="A358" s="2" t="n">
-        <v>1.7198352E12</v>
+        <v>1.7201808E12</v>
       </c>
       <c r="B358" s="2" t="n">
-        <v>1.719921599999E12</v>
+        <v>1.720267199999E12</v>
       </c>
       <c r="C358" s="2" t="n">
-        <v>1.71986478E12</v>
+        <v>1.72018752E12</v>
       </c>
       <c r="D358" s="2" t="n">
-        <v>1.71983652E12</v>
+        <v>1.72022514E12</v>
       </c>
       <c r="E358" s="2" t="n">
-        <v>0.0051224681289646</v>
+        <v>0.0050888109624577</v>
       </c>
       <c r="F358" s="2" t="n">
-        <v>0.0060922521208007</v>
+        <v>0.0051766453260348</v>
       </c>
       <c r="G358" s="2" t="n">
-        <v>0.0050057247059488</v>
+        <v>0.0044359009305554</v>
       </c>
       <c r="H358" s="2" t="n">
-        <v>0.0050192773838023</v>
+        <v>0.0045789891815424</v>
       </c>
       <c r="I358" s="2" t="n">
-        <v>191077.06</v>
+        <v>104660.24</v>
       </c>
     </row>
     <row r="359">
       <c r="A359" s="2" t="n">
-        <v>1.7197488E12</v>
+        <v>1.7200944E12</v>
       </c>
       <c r="B359" s="2" t="n">
-        <v>1.719835199999E12</v>
+        <v>1.720180799999E12</v>
       </c>
       <c r="C359" s="2" t="n">
-        <v>1.7198058E12</v>
+        <v>1.7201391E12</v>
       </c>
       <c r="D359" s="2" t="n">
-        <v>1.71979836E12</v>
+        <v>1.72011642E12</v>
       </c>
       <c r="E359" s="2" t="n">
-        <v>0.004889016762253</v>
+        <v>0.0048934381412419</v>
       </c>
       <c r="F359" s="2" t="n">
-        <v>0.0055717094612171</v>
+        <v>0.0053246374779188</v>
       </c>
       <c r="G359" s="2" t="n">
-        <v>0.0045164594107779</v>
+        <v>0.0048292250589695</v>
       </c>
       <c r="H359" s="2" t="n">
-        <v>0.0051224681289646</v>
+        <v>0.0050888109624577</v>
       </c>
       <c r="I359" s="2" t="n">
-        <v>207948.93</v>
+        <v>159841.1</v>
       </c>
     </row>
     <row r="360">
       <c r="A360" s="2" t="n">
-        <v>1.7196624E12</v>
+        <v>1.720008E12</v>
       </c>
       <c r="B360" s="2" t="n">
-        <v>1.719748799999E12</v>
+        <v>1.720094399999E12</v>
       </c>
       <c r="C360" s="2" t="n">
-        <v>1.71966246E12</v>
+        <v>1.72002504E12</v>
       </c>
       <c r="D360" s="2" t="n">
-        <v>1.71974346E12</v>
+        <v>1.72001226E12</v>
       </c>
       <c r="E360" s="2" t="n">
-        <v>0.0057883229484839</v>
+        <v>0.00487497844357</v>
       </c>
       <c r="F360" s="2" t="n">
-        <v>0.005821498958839</v>
+        <v>0.0050321304099826</v>
       </c>
       <c r="G360" s="2" t="n">
-        <v>0.0048878584559283</v>
+        <v>0.0048481525568538</v>
       </c>
       <c r="H360" s="2" t="n">
-        <v>0.004889016762253</v>
+        <v>0.0048934381412419</v>
       </c>
       <c r="I360" s="2" t="n">
-        <v>189296.23</v>
+        <v>193052.18</v>
       </c>
     </row>
     <row r="361">
       <c r="A361" s="2" t="n">
-        <v>1.719576E12</v>
+        <v>1.7199216E12</v>
       </c>
       <c r="B361" s="2" t="n">
-        <v>1.719662399999E12</v>
+        <v>1.720007999999E12</v>
       </c>
       <c r="C361" s="2" t="n">
-        <v>1.7196036E12</v>
+        <v>1.7199222E12</v>
       </c>
       <c r="D361" s="2" t="n">
-        <v>1.71966156E12</v>
+        <v>1.71995712E12</v>
       </c>
       <c r="E361" s="2" t="n">
-        <v>0.0059689040477926</v>
+        <v>0.0050192773838023</v>
       </c>
       <c r="F361" s="2" t="n">
-        <v>0.006404548059598</v>
+        <v>0.0051404659734748</v>
       </c>
       <c r="G361" s="2" t="n">
-        <v>0.0057232424463553</v>
+        <v>0.0047254483963792</v>
       </c>
       <c r="H361" s="2" t="n">
-        <v>0.0057883229484839</v>
+        <v>0.00487497844357</v>
       </c>
       <c r="I361" s="2" t="n">
-        <v>229506.66</v>
+        <v>185007.99</v>
       </c>
     </row>
     <row r="362">
       <c r="A362" s="2" t="n">
-        <v>1.7194896E12</v>
+        <v>1.7198352E12</v>
       </c>
       <c r="B362" s="2" t="n">
-        <v>1.719575999999E12</v>
+        <v>1.719921599999E12</v>
       </c>
       <c r="C362" s="2" t="n">
-        <v>1.71953736E12</v>
+        <v>1.71986478E12</v>
       </c>
       <c r="D362" s="2" t="n">
-        <v>1.7195316E12</v>
+        <v>1.71983652E12</v>
       </c>
       <c r="E362" s="2" t="n">
-        <v>0.0060662972578941</v>
+        <v>0.0051224681289646</v>
       </c>
       <c r="F362" s="2" t="n">
-        <v>0.0061741126606839</v>
+        <v>0.0060922521208007</v>
       </c>
       <c r="G362" s="2" t="n">
-        <v>0.0058530227916701</v>
+        <v>0.0050057247059488</v>
       </c>
       <c r="H362" s="2" t="n">
-        <v>0.0059689040477926</v>
+        <v>0.0050192773838023</v>
       </c>
       <c r="I362" s="2" t="n">
-        <v>234693.63</v>
+        <v>191077.06</v>
       </c>
     </row>
     <row r="363">
       <c r="A363" s="2" t="n">
-        <v>1.7194032E12</v>
+        <v>1.7197488E12</v>
       </c>
       <c r="B363" s="2" t="n">
-        <v>1.719489599999E12</v>
+        <v>1.719835199999E12</v>
       </c>
       <c r="C363" s="2" t="n">
-        <v>1.7194191E12</v>
+        <v>1.7198058E12</v>
       </c>
       <c r="D363" s="2" t="n">
-        <v>1.71948084E12</v>
+        <v>1.71979836E12</v>
       </c>
       <c r="E363" s="2" t="n">
-        <v>0.0063673328629824</v>
+        <v>0.004889016762253</v>
       </c>
       <c r="F363" s="2" t="n">
-        <v>0.006488658976043</v>
+        <v>0.0055717094612171</v>
       </c>
       <c r="G363" s="2" t="n">
-        <v>0.0059985676045142</v>
+        <v>0.0045164594107779</v>
       </c>
       <c r="H363" s="2" t="n">
-        <v>0.0060662972578941</v>
+        <v>0.0051224681289646</v>
       </c>
       <c r="I363" s="2" t="n">
-        <v>190303.17</v>
+        <v>207948.93</v>
       </c>
     </row>
     <row r="364">
       <c r="A364" s="2" t="n">
-        <v>1.7193168E12</v>
+        <v>1.7196624E12</v>
       </c>
       <c r="B364" s="2" t="n">
-        <v>1.719403199999E12</v>
+        <v>1.719748799999E12</v>
       </c>
       <c r="C364" s="2" t="n">
-        <v>1.71935322E12</v>
+        <v>1.71966246E12</v>
       </c>
       <c r="D364" s="2" t="n">
-        <v>1.71931812E12</v>
+        <v>1.71974346E12</v>
       </c>
       <c r="E364" s="2" t="n">
-        <v>0.0061212421725318</v>
+        <v>0.0057883229484839</v>
       </c>
       <c r="F364" s="2" t="n">
-        <v>0.0066657636385149</v>
+        <v>0.005821498958839</v>
       </c>
       <c r="G364" s="2" t="n">
-        <v>0.00610372317927</v>
+        <v>0.0048878584559283</v>
       </c>
       <c r="H364" s="2" t="n">
-        <v>0.0063673328629824</v>
+        <v>0.004889016762253</v>
       </c>
       <c r="I364" s="2" t="n">
-        <v>200406.95</v>
+        <v>189296.23</v>
       </c>
     </row>
     <row r="365">
       <c r="A365" s="2" t="n">
-        <v>1.7192304E12</v>
+        <v>1.719576E12</v>
       </c>
       <c r="B365" s="2" t="n">
-        <v>1.719316799999E12</v>
+        <v>1.719662399999E12</v>
       </c>
       <c r="C365" s="2" t="n">
-        <v>1.71925836E12</v>
+        <v>1.7196036E12</v>
       </c>
       <c r="D365" s="2" t="n">
-        <v>1.71927906E12</v>
+        <v>1.71966156E12</v>
       </c>
       <c r="E365" s="2" t="n">
-        <v>0.0066383334523605</v>
+        <v>0.0059689040477926</v>
       </c>
       <c r="F365" s="2" t="n">
-        <v>0.0067839257563724</v>
+        <v>0.006404548059598</v>
       </c>
       <c r="G365" s="2" t="n">
-        <v>0.006001002536883</v>
+        <v>0.0057232424463553</v>
       </c>
       <c r="H365" s="2" t="n">
-        <v>0.0061212421725318</v>
+        <v>0.0057883229484839</v>
       </c>
       <c r="I365" s="2" t="n">
-        <v>211577.58</v>
+        <v>229506.66</v>
       </c>
     </row>
     <row r="366">
       <c r="A366" s="2" t="n">
-        <v>1.719144E12</v>
+        <v>1.7194896E12</v>
       </c>
       <c r="B366" s="2" t="n">
-        <v>1.719230399999E12</v>
+        <v>1.719575999999E12</v>
       </c>
       <c r="C366" s="2" t="n">
-        <v>1.7191443E12</v>
+        <v>1.71953736E12</v>
       </c>
       <c r="D366" s="2" t="n">
-        <v>1.71920544E12</v>
+        <v>1.7195316E12</v>
       </c>
       <c r="E366" s="2" t="n">
-        <v>0.0071166960043055</v>
+        <v>0.0060662972578941</v>
       </c>
       <c r="F366" s="2" t="n">
-        <v>0.0071193180997209</v>
+        <v>0.0061741126606839</v>
       </c>
       <c r="G366" s="2" t="n">
-        <v>0.0065056848572281</v>
+        <v>0.0058530227916701</v>
       </c>
       <c r="H366" s="2" t="n">
-        <v>0.0066383334523605</v>
+        <v>0.0059689040477926</v>
       </c>
       <c r="I366" s="2" t="n">
-        <v>183923.69</v>
+        <v>234693.63</v>
       </c>
     </row>
     <row r="367">
       <c r="A367" s="2" t="n">
-        <v>1.7190576E12</v>
+        <v>1.7194032E12</v>
       </c>
       <c r="B367" s="2" t="n">
-        <v>1.719143999999E12</v>
+        <v>1.719489599999E12</v>
       </c>
       <c r="C367" s="2" t="n">
-        <v>1.71906396E12</v>
+        <v>1.7194191E12</v>
       </c>
       <c r="D367" s="2" t="n">
-        <v>1.71906342E12</v>
+        <v>1.71948084E12</v>
       </c>
       <c r="E367" s="2" t="n">
-        <v>0.0071150707305457</v>
+        <v>0.0063673328629824</v>
       </c>
       <c r="F367" s="2" t="n">
-        <v>0.0077284401634642</v>
+        <v>0.006488658976043</v>
       </c>
       <c r="G367" s="2" t="n">
-        <v>0.0069767830495043</v>
+        <v>0.0059985676045142</v>
       </c>
       <c r="H367" s="2" t="n">
-        <v>0.0071159856537263</v>
+        <v>0.0060662972578941</v>
       </c>
       <c r="I367" s="2" t="n">
-        <v>200795.26</v>
+        <v>190303.17</v>
       </c>
     </row>
     <row r="368">
       <c r="A368" s="2" t="n">
-        <v>1.7189712E12</v>
+        <v>1.7193168E12</v>
       </c>
       <c r="B368" s="2" t="n">
-        <v>1.719057599999E12</v>
+        <v>1.719403199999E12</v>
       </c>
       <c r="C368" s="2" t="n">
-        <v>1.71903666E12</v>
+        <v>1.71935322E12</v>
       </c>
       <c r="D368" s="2" t="n">
-        <v>1.71901866E12</v>
+        <v>1.71931812E12</v>
       </c>
       <c r="E368" s="2" t="n">
-        <v>0.0069610916791219</v>
+        <v>0.0061212421725318</v>
       </c>
       <c r="F368" s="2" t="n">
-        <v>0.0080762286768116</v>
+        <v>0.0066657636385149</v>
       </c>
       <c r="G368" s="2" t="n">
-        <v>0.0062569854062925</v>
+        <v>0.00610372317927</v>
       </c>
       <c r="H368" s="2" t="n">
-        <v>0.0071150707305457</v>
+        <v>0.0063673328629824</v>
       </c>
       <c r="I368" s="2" t="n">
-        <v>230267.07</v>
+        <v>200406.95</v>
       </c>
     </row>
     <row r="369">
       <c r="A369" s="2" t="n">
-        <v>1.7188848E12</v>
+        <v>1.7192304E12</v>
       </c>
       <c r="B369" s="2" t="n">
-        <v>1.718971199999E12</v>
+        <v>1.719316799999E12</v>
       </c>
       <c r="C369" s="2" t="n">
-        <v>1.71891222E12</v>
+        <v>1.71925836E12</v>
       </c>
       <c r="D369" s="2" t="n">
-        <v>1.71894642E12</v>
+        <v>1.71927906E12</v>
       </c>
       <c r="E369" s="2" t="n">
-        <v>0.007006146555148</v>
+        <v>0.0066383334523605</v>
       </c>
       <c r="F369" s="2" t="n">
-        <v>0.0071708028189274</v>
+        <v>0.0067839257563724</v>
       </c>
       <c r="G369" s="2" t="n">
-        <v>0.0065353147485695</v>
+        <v>0.006001002536883</v>
       </c>
       <c r="H369" s="2" t="n">
-        <v>0.0069595961002047</v>
+        <v>0.0061212421725318</v>
       </c>
       <c r="I369" s="2" t="n">
-        <v>171801.72</v>
+        <v>211577.58</v>
       </c>
     </row>
     <row r="370">
       <c r="A370" s="2" t="n">
-        <v>1.7187984E12</v>
+        <v>1.719144E12</v>
       </c>
       <c r="B370" s="2" t="n">
-        <v>1.718884799999E12</v>
+        <v>1.719230399999E12</v>
       </c>
       <c r="C370" s="2" t="n">
-        <v>1.7188296E12</v>
+        <v>1.7191443E12</v>
       </c>
       <c r="D370" s="2" t="n">
-        <v>1.71886026E12</v>
+        <v>1.71920544E12</v>
       </c>
       <c r="E370" s="2" t="n">
-        <v>0.0072247882605552</v>
+        <v>0.0071166960043055</v>
       </c>
       <c r="F370" s="2" t="n">
-        <v>0.0073146330829348</v>
+        <v>0.0071193180997209</v>
       </c>
       <c r="G370" s="2" t="n">
-        <v>0.0065658073477916</v>
+        <v>0.0065056848572281</v>
       </c>
       <c r="H370" s="2" t="n">
-        <v>0.007006146555148</v>
+        <v>0.0066383334523605</v>
       </c>
       <c r="I370" s="2" t="n">
-        <v>116307.46</v>
+        <v>183923.69</v>
       </c>
     </row>
     <row r="371">
       <c r="A371" s="2" t="n">
-        <v>1.718712E12</v>
+        <v>1.7190576E12</v>
       </c>
       <c r="B371" s="2" t="n">
-        <v>1.718798399999E12</v>
+        <v>1.719143999999E12</v>
       </c>
       <c r="C371" s="2" t="n">
-        <v>1.71877998E12</v>
+        <v>1.71906396E12</v>
       </c>
       <c r="D371" s="2" t="n">
-        <v>1.7187444E12</v>
+        <v>1.71906342E12</v>
       </c>
       <c r="E371" s="2" t="n">
-        <v>0.0066393663192728</v>
+        <v>0.0071150707305457</v>
       </c>
       <c r="F371" s="2" t="n">
-        <v>0.0076210584495925</v>
+        <v>0.0077284401634642</v>
       </c>
       <c r="G371" s="2" t="n">
-        <v>0.0059942075465693</v>
+        <v>0.0069767830495043</v>
       </c>
       <c r="H371" s="2" t="n">
-        <v>0.0072247882605552</v>
+        <v>0.0071159856537263</v>
       </c>
       <c r="I371" s="2" t="n">
-        <v>213306.02</v>
+        <v>200795.26</v>
       </c>
     </row>
     <row r="372">
       <c r="A372" s="2" t="n">
-        <v>1.7186256E12</v>
+        <v>1.7189712E12</v>
       </c>
       <c r="B372" s="2" t="n">
-        <v>1.718711999999E12</v>
+        <v>1.719057599999E12</v>
       </c>
       <c r="C372" s="2" t="n">
-        <v>1.71866466E12</v>
+        <v>1.71903666E12</v>
       </c>
       <c r="D372" s="2" t="n">
-        <v>1.71871056E12</v>
+        <v>1.71901866E12</v>
       </c>
       <c r="E372" s="2" t="n">
-        <v>0.0075164937426606</v>
+        <v>0.0069610916791219</v>
       </c>
       <c r="F372" s="2" t="n">
-        <v>0.0082700701174081</v>
+        <v>0.0080762286768116</v>
       </c>
       <c r="G372" s="2" t="n">
-        <v>0.006516768241584</v>
+        <v>0.0062569854062925</v>
       </c>
       <c r="H372" s="2" t="n">
-        <v>0.0066393852773438</v>
+        <v>0.0071150707305457</v>
       </c>
       <c r="I372" s="2" t="n">
-        <v>210816.5</v>
+        <v>230267.07</v>
       </c>
     </row>
     <row r="373">
       <c r="A373" s="2" t="n">
-        <v>1.7185392E12</v>
+        <v>1.7188848E12</v>
       </c>
       <c r="B373" s="2" t="n">
-        <v>1.718625599999E12</v>
+        <v>1.718971199999E12</v>
       </c>
       <c r="C373" s="2" t="n">
-        <v>1.71859218E12</v>
+        <v>1.71891222E12</v>
       </c>
       <c r="D373" s="2" t="n">
-        <v>1.71858732E12</v>
+        <v>1.71894642E12</v>
       </c>
       <c r="E373" s="2" t="n">
-        <v>0.0076059615927334</v>
+        <v>0.007006146555148</v>
       </c>
       <c r="F373" s="2" t="n">
-        <v>0.0077002469146513</v>
+        <v>0.0071708028189274</v>
       </c>
       <c r="G373" s="2" t="n">
-        <v>0.0073301900054121</v>
+        <v>0.0065353147485695</v>
       </c>
       <c r="H373" s="2" t="n">
-        <v>0.0075164937426606</v>
+        <v>0.0069595961002047</v>
       </c>
       <c r="I373" s="2" t="n">
-        <v>223845.25</v>
+        <v>171801.72</v>
       </c>
     </row>
     <row r="374">
       <c r="A374" s="2" t="n">
-        <v>1.7184528E12</v>
+        <v>1.7187984E12</v>
       </c>
       <c r="B374" s="2" t="n">
-        <v>1.718539199999E12</v>
+        <v>1.718884799999E12</v>
       </c>
       <c r="C374" s="2" t="n">
-        <v>1.71847026E12</v>
+        <v>1.7188296E12</v>
       </c>
       <c r="D374" s="2" t="n">
-        <v>1.71848046E12</v>
+        <v>1.71886026E12</v>
       </c>
       <c r="E374" s="2" t="n">
-        <v>0.0074970488221741</v>
+        <v>0.0072247882605552</v>
       </c>
       <c r="F374" s="2" t="n">
-        <v>0.007949477053877</v>
+        <v>0.0073146330829348</v>
       </c>
       <c r="G374" s="2" t="n">
-        <v>0.0070891647271131</v>
+        <v>0.0065658073477916</v>
       </c>
       <c r="H374" s="2" t="n">
-        <v>0.0076059615927334</v>
+        <v>0.007006146555148</v>
       </c>
       <c r="I374" s="2" t="n">
-        <v>214730.0</v>
+        <v>116307.46</v>
       </c>
     </row>
     <row r="375">
       <c r="A375" s="2" t="n">
-        <v>1.7183664E12</v>
+        <v>1.718712E12</v>
       </c>
       <c r="B375" s="2" t="n">
-        <v>1.718452799999E12</v>
+        <v>1.718798399999E12</v>
       </c>
       <c r="C375" s="2" t="n">
-        <v>1.7184273E12</v>
+        <v>1.71877998E12</v>
       </c>
       <c r="D375" s="2" t="n">
-        <v>1.7184363E12</v>
+        <v>1.7187444E12</v>
       </c>
       <c r="E375" s="2" t="n">
-        <v>0.0078091206805994</v>
+        <v>0.0066393663192728</v>
       </c>
       <c r="F375" s="2" t="n">
-        <v>0.0082120136422714</v>
+        <v>0.0076210584495925</v>
       </c>
       <c r="G375" s="2" t="n">
-        <v>0.007062387436308</v>
+        <v>0.0059942075465693</v>
       </c>
       <c r="H375" s="2" t="n">
-        <v>0.0074970488221741</v>
+        <v>0.0072247882605552</v>
       </c>
       <c r="I375" s="2" t="n">
-        <v>217838.29</v>
+        <v>213306.02</v>
       </c>
     </row>
     <row r="376">
       <c r="A376" s="2" t="n">
-        <v>1.71828E12</v>
+        <v>1.7186256E12</v>
       </c>
       <c r="B376" s="2" t="n">
-        <v>1.718366399999E12</v>
+        <v>1.718711999999E12</v>
       </c>
       <c r="C376" s="2" t="n">
-        <v>1.71828486E12</v>
+        <v>1.71866466E12</v>
       </c>
       <c r="D376" s="2" t="n">
-        <v>1.71834618E12</v>
+        <v>1.71871056E12</v>
       </c>
       <c r="E376" s="2" t="n">
-        <v>0.0085296591010952</v>
+        <v>0.0075164937426606</v>
       </c>
       <c r="F376" s="2" t="n">
-        <v>0.0086742296472625</v>
+        <v>0.0082700701174081</v>
       </c>
       <c r="G376" s="2" t="n">
-        <v>0.0063698642568233</v>
+        <v>0.006516768241584</v>
       </c>
       <c r="H376" s="2" t="n">
-        <v>0.0078091206805994</v>
+        <v>0.0066393852773438</v>
       </c>
       <c r="I376" s="2" t="n">
-        <v>260557.96</v>
+        <v>210816.5</v>
       </c>
     </row>
     <row r="377">
       <c r="A377" s="2" t="n">
-        <v>1.7181936E12</v>
+        <v>1.7185392E12</v>
       </c>
       <c r="B377" s="2" t="n">
-        <v>1.718279999999E12</v>
+        <v>1.718625599999E12</v>
       </c>
       <c r="C377" s="2" t="n">
-        <v>1.71827214E12</v>
+        <v>1.71859218E12</v>
       </c>
       <c r="D377" s="2" t="n">
-        <v>1.71826572E12</v>
+        <v>1.71858732E12</v>
       </c>
       <c r="E377" s="2" t="n">
-        <v>0.0093345173972812</v>
+        <v>0.0076059615927334</v>
       </c>
       <c r="F377" s="2" t="n">
-        <v>0.0093470403364559</v>
+        <v>0.0077002469146513</v>
       </c>
       <c r="G377" s="2" t="n">
-        <v>0.0082199045251928</v>
+        <v>0.0073301900054121</v>
       </c>
       <c r="H377" s="2" t="n">
-        <v>0.0085296591010952</v>
+        <v>0.0075164937426606</v>
       </c>
       <c r="I377" s="2" t="n">
-        <v>205970.37</v>
+        <v>223845.25</v>
       </c>
     </row>
     <row r="378">
       <c r="A378" s="2" t="n">
-        <v>1.7181072E12</v>
+        <v>1.7184528E12</v>
       </c>
       <c r="B378" s="2" t="n">
-        <v>1.718193599999E12</v>
+        <v>1.718539199999E12</v>
       </c>
       <c r="C378" s="2" t="n">
-        <v>1.7181753E12</v>
+        <v>1.71847026E12</v>
       </c>
       <c r="D378" s="2" t="n">
-        <v>1.71816198E12</v>
+        <v>1.71848046E12</v>
       </c>
       <c r="E378" s="2" t="n">
-        <v>0.0092932425093769</v>
+        <v>0.0074970488221741</v>
       </c>
       <c r="F378" s="2" t="n">
-        <v>0.0096147271518959</v>
+        <v>0.007949477053877</v>
       </c>
       <c r="G378" s="2" t="n">
-        <v>0.0083606520790209</v>
+        <v>0.0070891647271131</v>
       </c>
       <c r="H378" s="2" t="n">
-        <v>0.0093345173972812</v>
+        <v>0.0076059615927334</v>
       </c>
       <c r="I378" s="2" t="n">
-        <v>226741.25</v>
+        <v>214730.0</v>
       </c>
     </row>
     <row r="379">
       <c r="A379" s="2" t="n">
-        <v>1.7180208E12</v>
+        <v>1.7183664E12</v>
       </c>
       <c r="B379" s="2" t="n">
-        <v>1.718107199999E12</v>
+        <v>1.718452799999E12</v>
       </c>
       <c r="C379" s="2" t="n">
-        <v>1.7180889E12</v>
+        <v>1.7184273E12</v>
       </c>
       <c r="D379" s="2" t="n">
-        <v>1.71806046E12</v>
+        <v>1.7184363E12</v>
       </c>
       <c r="E379" s="2" t="n">
-        <v>0.0093516708844987</v>
+        <v>0.0078091206805994</v>
       </c>
       <c r="F379" s="2" t="n">
-        <v>0.0099029220216687</v>
+        <v>0.0082120136422714</v>
       </c>
       <c r="G379" s="2" t="n">
-        <v>0.0092522461915512</v>
+        <v>0.007062387436308</v>
       </c>
       <c r="H379" s="2" t="n">
-        <v>0.0092932425093769</v>
+        <v>0.0074970488221741</v>
       </c>
       <c r="I379" s="2" t="n">
-        <v>242479.51</v>
+        <v>217838.29</v>
       </c>
     </row>
     <row r="380">
       <c r="A380" s="2" t="n">
-        <v>1.7179344E12</v>
+        <v>1.71828E12</v>
       </c>
       <c r="B380" s="2" t="n">
-        <v>1.718020799999E12</v>
+        <v>1.718366399999E12</v>
       </c>
       <c r="C380" s="2" t="n">
-        <v>1.71800598E12</v>
+        <v>1.71828486E12</v>
       </c>
       <c r="D380" s="2" t="n">
-        <v>1.71798012E12</v>
+        <v>1.71834618E12</v>
       </c>
       <c r="E380" s="2" t="n">
-        <v>0.0096793293311935</v>
+        <v>0.0085296591010952</v>
       </c>
       <c r="F380" s="2" t="n">
-        <v>0.0098787617975113</v>
+        <v>0.0086742296472625</v>
       </c>
       <c r="G380" s="2" t="n">
-        <v>0.0091126729356743</v>
+        <v>0.0063698642568233</v>
       </c>
       <c r="H380" s="2" t="n">
-        <v>0.0093516708844987</v>
+        <v>0.0078091206805994</v>
       </c>
       <c r="I380" s="2" t="n">
-        <v>261356.62</v>
+        <v>260557.96</v>
       </c>
     </row>
     <row r="381">
       <c r="A381" s="2" t="n">
-        <v>1.717848E12</v>
+        <v>1.7181936E12</v>
       </c>
       <c r="B381" s="2" t="n">
-        <v>1.717934399999E12</v>
+        <v>1.718279999999E12</v>
       </c>
       <c r="C381" s="2" t="n">
-        <v>1.71787188E12</v>
+        <v>1.71827214E12</v>
       </c>
       <c r="D381" s="2" t="n">
-        <v>1.71791862E12</v>
+        <v>1.71826572E12</v>
       </c>
       <c r="E381" s="2" t="n">
-        <v>0.0098744075854685</v>
+        <v>0.0093345173972812</v>
       </c>
       <c r="F381" s="2" t="n">
-        <v>0.0104299100583639</v>
+        <v>0.0093470403364559</v>
       </c>
       <c r="G381" s="2" t="n">
-        <v>0.0091608586265345</v>
+        <v>0.0082199045251928</v>
       </c>
       <c r="H381" s="2" t="n">
-        <v>0.0096793293311935</v>
+        <v>0.0085296591010952</v>
       </c>
       <c r="I381" s="2" t="n">
-        <v>255017.61</v>
+        <v>205970.37</v>
       </c>
     </row>
     <row r="382">
       <c r="A382" s="2" t="n">
-        <v>1.7177616E12</v>
+        <v>1.7181072E12</v>
       </c>
       <c r="B382" s="2" t="n">
-        <v>1.717847999999E12</v>
+        <v>1.718193599999E12</v>
       </c>
       <c r="C382" s="2" t="n">
-        <v>1.71782016E12</v>
+        <v>1.7181753E12</v>
       </c>
       <c r="D382" s="2" t="n">
-        <v>1.71783024E12</v>
+        <v>1.71816198E12</v>
       </c>
       <c r="E382" s="2" t="n">
-        <v>0.010334212128515</v>
+        <v>0.0092932425093769</v>
       </c>
       <c r="F382" s="2" t="n">
-        <v>0.0112196083310488</v>
+        <v>0.0096147271518959</v>
       </c>
       <c r="G382" s="2" t="n">
-        <v>0.0096439453246885</v>
+        <v>0.0083606520790209</v>
       </c>
       <c r="H382" s="2" t="n">
-        <v>0.0098706889494007</v>
+        <v>0.0093345173972812</v>
       </c>
       <c r="I382" s="2" t="n">
-        <v>258179.14</v>
+        <v>226741.25</v>
       </c>
     </row>
     <row r="383">
       <c r="A383" s="2" t="n">
-        <v>1.7176752E12</v>
+        <v>1.7180208E12</v>
       </c>
       <c r="B383" s="2" t="n">
-        <v>1.717761599999E12</v>
+        <v>1.718107199999E12</v>
       </c>
       <c r="C383" s="2" t="n">
-        <v>1.71767814E12</v>
+        <v>1.7180889E12</v>
       </c>
       <c r="D383" s="2" t="n">
-        <v>1.71770814E12</v>
+        <v>1.71806046E12</v>
       </c>
       <c r="E383" s="2" t="n">
-        <v>0.0117451038671935</v>
+        <v>0.0093516708844987</v>
       </c>
       <c r="F383" s="2" t="n">
-        <v>0.0118289120001079</v>
+        <v>0.0099029220216687</v>
       </c>
       <c r="G383" s="2" t="n">
-        <v>0.0093883221439147</v>
+        <v>0.0092522461915512</v>
       </c>
       <c r="H383" s="2" t="n">
-        <v>0.010334212128515</v>
+        <v>0.0092932425093769</v>
       </c>
       <c r="I383" s="2" t="n">
-        <v>231495.55</v>
+        <v>242479.51</v>
       </c>
     </row>
     <row r="384">
       <c r="A384" s="2" t="n">
-        <v>1.7175888E12</v>
+        <v>1.7179344E12</v>
       </c>
       <c r="B384" s="2" t="n">
-        <v>1.717675199999E12</v>
+        <v>1.718020799999E12</v>
       </c>
       <c r="C384" s="2" t="n">
-        <v>1.71765168E12</v>
+        <v>1.71800598E12</v>
       </c>
       <c r="D384" s="2" t="n">
-        <v>1.7176686E12</v>
+        <v>1.71798012E12</v>
       </c>
       <c r="E384" s="2" t="n">
-        <v>0.0117879108504702</v>
+        <v>0.0096793293311935</v>
       </c>
       <c r="F384" s="2" t="n">
-        <v>0.0132882609692268</v>
+        <v>0.0098787617975113</v>
       </c>
       <c r="G384" s="2" t="n">
-        <v>0.0116812241864214</v>
+        <v>0.0091126729356743</v>
       </c>
       <c r="H384" s="2" t="n">
-        <v>0.0117451038671935</v>
+        <v>0.0093516708844987</v>
       </c>
       <c r="I384" s="2" t="n">
-        <v>275775.05</v>
+        <v>261356.62</v>
       </c>
     </row>
     <row r="385">
       <c r="A385" s="2" t="n">
-        <v>1.7175024E12</v>
+        <v>1.717848E12</v>
       </c>
       <c r="B385" s="2" t="n">
-        <v>1.717588799999E12</v>
+        <v>1.717934399999E12</v>
       </c>
       <c r="C385" s="2" t="n">
-        <v>1.71756582E12</v>
+        <v>1.71787188E12</v>
       </c>
       <c r="D385" s="2" t="n">
-        <v>1.71750264E12</v>
+        <v>1.71791862E12</v>
       </c>
       <c r="E385" s="2" t="n">
-        <v>0.0114996664263772</v>
+        <v>0.0098744075854685</v>
       </c>
       <c r="F385" s="2" t="n">
-        <v>0.0120768794434248</v>
+        <v>0.0104299100583639</v>
       </c>
       <c r="G385" s="2" t="n">
-        <v>0.0112964518220686</v>
+        <v>0.0091608586265345</v>
       </c>
       <c r="H385" s="2" t="n">
-        <v>0.0117879108504702</v>
+        <v>0.0096793293311935</v>
       </c>
       <c r="I385" s="2" t="n">
-        <v>281209.79</v>
+        <v>255017.61</v>
       </c>
     </row>
     <row r="386">
       <c r="A386" s="2" t="n">
-        <v>1.717416E12</v>
+        <v>1.7177616E12</v>
       </c>
       <c r="B386" s="2" t="n">
-        <v>1.717502399999E12</v>
+        <v>1.717847999999E12</v>
       </c>
       <c r="C386" s="2" t="n">
-        <v>1.71744654E12</v>
+        <v>1.71782016E12</v>
       </c>
       <c r="D386" s="2" t="n">
-        <v>1.71742968E12</v>
+        <v>1.71783024E12</v>
       </c>
       <c r="E386" s="2" t="n">
-        <v>0.0108723882765443</v>
+        <v>0.010334212128515</v>
       </c>
       <c r="F386" s="2" t="n">
-        <v>0.0119521754025928</v>
+        <v>0.0112196083310488</v>
       </c>
       <c r="G386" s="2" t="n">
-        <v>0.010784480290927</v>
+        <v>0.0096439453246885</v>
       </c>
       <c r="H386" s="2" t="n">
-        <v>0.0114851513334165</v>
+        <v>0.0098706889494007</v>
       </c>
       <c r="I386" s="2" t="n">
-        <v>200266.92</v>
+        <v>258179.14</v>
       </c>
     </row>
     <row r="387">
       <c r="A387" s="2" t="n">
-        <v>1.7173296E12</v>
+        <v>1.7176752E12</v>
       </c>
       <c r="B387" s="2" t="n">
-        <v>1.717415999999E12</v>
+        <v>1.717761599999E12</v>
       </c>
       <c r="C387" s="2" t="n">
-        <v>1.71734388E12</v>
+        <v>1.71767814E12</v>
       </c>
       <c r="D387" s="2" t="n">
-        <v>1.71732984E12</v>
+        <v>1.71770814E12</v>
       </c>
       <c r="E387" s="2" t="n">
-        <v>0.0090427856123607</v>
+        <v>0.0117451038671935</v>
       </c>
       <c r="F387" s="2" t="n">
-        <v>0.0172575223488069</v>
+        <v>0.0118289120001079</v>
       </c>
       <c r="G387" s="2" t="n">
-        <v>0.0088906827654868</v>
+        <v>0.0093883221439147</v>
       </c>
       <c r="H387" s="2" t="n">
-        <v>0.0108723882765443</v>
+        <v>0.010334212128515</v>
       </c>
       <c r="I387" s="2" t="n">
-        <v>218854.16</v>
+        <v>231495.55</v>
       </c>
     </row>
     <row r="388">
       <c r="A388" s="2" t="n">
-        <v>1.7172432E12</v>
+        <v>1.7175888E12</v>
       </c>
       <c r="B388" s="2" t="n">
-        <v>1.717329599999E12</v>
+        <v>1.717675199999E12</v>
       </c>
       <c r="C388" s="2" t="n">
-        <v>1.7173233E12</v>
+        <v>1.71765168E12</v>
       </c>
       <c r="D388" s="2" t="n">
-        <v>1.71729918E12</v>
+        <v>1.7176686E12</v>
       </c>
       <c r="E388" s="2" t="n">
-        <v>0.0077381795754505</v>
+        <v>0.0117879108504702</v>
       </c>
       <c r="F388" s="2" t="n">
-        <v>0.0103079565363062</v>
+        <v>0.0132882609692268</v>
       </c>
       <c r="G388" s="2" t="n">
-        <v>0.0070616987241326</v>
+        <v>0.0116812241864214</v>
       </c>
       <c r="H388" s="2" t="n">
-        <v>0.0090427856123607</v>
+        <v>0.0117451038671935</v>
       </c>
       <c r="I388" s="2" t="n">
-        <v>362416.36</v>
+        <v>275775.05</v>
       </c>
     </row>
     <row r="389">
       <c r="A389" s="2" t="n">
-        <v>1.7171568E12</v>
+        <v>1.7175024E12</v>
       </c>
       <c r="B389" s="2" t="n">
-        <v>1.717243199999E12</v>
+        <v>1.717588799999E12</v>
       </c>
       <c r="C389" s="2" t="n">
-        <v>1.71715776E12</v>
+        <v>1.71756582E12</v>
       </c>
       <c r="D389" s="2" t="n">
-        <v>1.71722016E12</v>
+        <v>1.71750264E12</v>
       </c>
       <c r="E389" s="2" t="n">
-        <v>0.0078051893338359</v>
+        <v>0.0114996664263772</v>
       </c>
       <c r="F389" s="2" t="n">
-        <v>0.0078712712691576</v>
+        <v>0.0120768794434248</v>
       </c>
       <c r="G389" s="2" t="n">
-        <v>0.0070393213739327</v>
+        <v>0.0112964518220686</v>
       </c>
       <c r="H389" s="2" t="n">
-        <v>0.0077455727620897</v>
+        <v>0.0117879108504702</v>
       </c>
       <c r="I389" s="2" t="n">
-        <v>293258.94</v>
+        <v>281209.79</v>
       </c>
     </row>
     <row r="390">
       <c r="A390" s="2" t="n">
-        <v>1.7170704E12</v>
+        <v>1.717416E12</v>
       </c>
       <c r="B390" s="2" t="n">
-        <v>1.717156799999E12</v>
+        <v>1.717502399999E12</v>
       </c>
       <c r="C390" s="2" t="n">
-        <v>1.7170707E12</v>
+        <v>1.71744654E12</v>
       </c>
       <c r="D390" s="2" t="n">
-        <v>1.71712446E12</v>
+        <v>1.71742968E12</v>
       </c>
       <c r="E390" s="2" t="n">
-        <v>0.007937030978845</v>
+        <v>0.0108723882765443</v>
       </c>
       <c r="F390" s="2" t="n">
-        <v>0.0079903542906734</v>
+        <v>0.0119521754025928</v>
       </c>
       <c r="G390" s="2" t="n">
-        <v>0.0069506448759437</v>
+        <v>0.010784480290927</v>
       </c>
       <c r="H390" s="2" t="n">
-        <v>0.0072944928578248</v>
+        <v>0.0114851513334165</v>
       </c>
       <c r="I390" s="2" t="n">
-        <v>284469.16</v>
+        <v>200266.92</v>
       </c>
     </row>
     <row r="391">
       <c r="A391" s="2" t="n">
-        <v>1.716984E12</v>
+        <v>1.7173296E12</v>
       </c>
       <c r="B391" s="2" t="n">
-        <v>1.717070399999E12</v>
+        <v>1.717415999999E12</v>
       </c>
       <c r="C391" s="2" t="n">
-        <v>1.71702684E12</v>
+        <v>1.71734388E12</v>
       </c>
       <c r="D391" s="2" t="n">
-        <v>1.71705114E12</v>
+        <v>1.71732984E12</v>
       </c>
       <c r="E391" s="2" t="n">
-        <v>0.0079989484830696</v>
+        <v>0.0090427856123607</v>
       </c>
       <c r="F391" s="2" t="n">
-        <v>0.0086778745133952</v>
+        <v>0.0172575223488069</v>
       </c>
       <c r="G391" s="2" t="n">
-        <v>0.0069429944736792</v>
+        <v>0.0088906827654868</v>
       </c>
       <c r="H391" s="2" t="n">
-        <v>0.007937030978845</v>
+        <v>0.0108723882765443</v>
       </c>
       <c r="I391" s="2" t="n">
-        <v>280187.17</v>
+        <v>218854.16</v>
       </c>
     </row>
     <row r="392">
       <c r="A392" s="2" t="n">
-        <v>1.7168976E12</v>
+        <v>1.7172432E12</v>
       </c>
       <c r="B392" s="2" t="n">
-        <v>1.716983999999E12</v>
+        <v>1.717329599999E12</v>
       </c>
       <c r="C392" s="2" t="n">
-        <v>1.71696156E12</v>
+        <v>1.7173233E12</v>
       </c>
       <c r="D392" s="2" t="n">
-        <v>1.71690306E12</v>
+        <v>1.71729918E12</v>
       </c>
       <c r="E392" s="2" t="n">
-        <v>0.0081367010852948</v>
+        <v>0.0077381795754505</v>
       </c>
       <c r="F392" s="2" t="n">
-        <v>0.0082723456857309</v>
+        <v>0.0103079565363062</v>
       </c>
       <c r="G392" s="2" t="n">
-        <v>0.0077637784864959</v>
+        <v>0.0070616987241326</v>
       </c>
       <c r="H392" s="2" t="n">
-        <v>0.0079989484830696</v>
+        <v>0.0090427856123607</v>
       </c>
       <c r="I392" s="2" t="n">
-        <v>248934.6</v>
+        <v>362416.36</v>
       </c>
     </row>
     <row r="393">
       <c r="A393" s="2" t="n">
-        <v>1.7168112E12</v>
+        <v>1.7171568E12</v>
       </c>
       <c r="B393" s="2" t="n">
-        <v>1.716897599999E12</v>
+        <v>1.717243199999E12</v>
       </c>
       <c r="C393" s="2" t="n">
-        <v>1.71681792E12</v>
+        <v>1.71715776E12</v>
       </c>
       <c r="D393" s="2" t="n">
-        <v>1.71688458E12</v>
+        <v>1.71722016E12</v>
       </c>
       <c r="E393" s="2" t="n">
-        <v>0.0084623703820999</v>
+        <v>0.0078051893338359</v>
       </c>
       <c r="F393" s="2" t="n">
-        <v>0.0085298782884957</v>
+        <v>0.0078712712691576</v>
       </c>
       <c r="G393" s="2" t="n">
-        <v>0.0078140716328838</v>
+        <v>0.0070393213739327</v>
       </c>
       <c r="H393" s="2" t="n">
-        <v>0.0081367010852948</v>
+        <v>0.0077455727620897</v>
       </c>
       <c r="I393" s="2" t="n">
-        <v>260878.89</v>
+        <v>293258.94</v>
       </c>
     </row>
     <row r="394">
       <c r="A394" s="2" t="n">
-        <v>1.7167248E12</v>
+        <v>1.7170704E12</v>
       </c>
       <c r="B394" s="2" t="n">
-        <v>1.716811199999E12</v>
+        <v>1.717156799999E12</v>
       </c>
       <c r="C394" s="2" t="n">
-        <v>1.71679764E12</v>
+        <v>1.7170707E12</v>
       </c>
       <c r="D394" s="2" t="n">
-        <v>1.7167911E12</v>
+        <v>1.71712446E12</v>
       </c>
       <c r="E394" s="2" t="n">
-        <v>0.0082071588207866</v>
+        <v>0.007937030978845</v>
       </c>
       <c r="F394" s="2" t="n">
-        <v>0.0102055797844506</v>
+        <v>0.0079903542906734</v>
       </c>
       <c r="G394" s="2" t="n">
-        <v>0.0064943081445351</v>
+        <v>0.0069506448759437</v>
       </c>
       <c r="H394" s="2" t="n">
-        <v>0.0084623703820999</v>
+        <v>0.0072944928578248</v>
       </c>
       <c r="I394" s="2" t="n">
-        <v>409906.46</v>
+        <v>284469.16</v>
       </c>
     </row>
     <row r="395">
       <c r="A395" s="2" t="n">
-        <v>1.7166384E12</v>
+        <v>1.716984E12</v>
       </c>
       <c r="B395" s="2" t="n">
-        <v>1.716724799999E12</v>
+        <v>1.717070399999E12</v>
       </c>
       <c r="C395" s="2" t="n">
-        <v>1.71666066E12</v>
+        <v>1.71702684E12</v>
       </c>
       <c r="D395" s="2" t="n">
-        <v>1.71671676E12</v>
+        <v>1.71705114E12</v>
       </c>
       <c r="E395" s="2" t="n">
-        <v>0.0088566385274322</v>
+        <v>0.0079989484830696</v>
       </c>
       <c r="F395" s="2" t="n">
-        <v>0.0090604245701572</v>
+        <v>0.0086778745133952</v>
       </c>
       <c r="G395" s="2" t="n">
-        <v>0.0079905702920396</v>
+        <v>0.0069429944736792</v>
       </c>
       <c r="H395" s="2" t="n">
-        <v>0.0082071588207866</v>
+        <v>0.007937030978845</v>
       </c>
       <c r="I395" s="2" t="n">
-        <v>248598.61</v>
+        <v>280187.17</v>
       </c>
     </row>
     <row r="396">
       <c r="A396" s="2" t="n">
-        <v>1.716552E12</v>
+        <v>1.7168976E12</v>
       </c>
       <c r="B396" s="2" t="n">
-        <v>1.716638399999E12</v>
+        <v>1.716983999999E12</v>
       </c>
       <c r="C396" s="2" t="n">
-        <v>1.71656826E12</v>
+        <v>1.71696156E12</v>
       </c>
       <c r="D396" s="2" t="n">
-        <v>1.71663192E12</v>
+        <v>1.71690306E12</v>
       </c>
       <c r="E396" s="2" t="n">
-        <v>0.0089129911369003</v>
+        <v>0.0081367010852948</v>
       </c>
       <c r="F396" s="2" t="n">
-        <v>0.0095528298446185</v>
+        <v>0.0082723456857309</v>
       </c>
       <c r="G396" s="2" t="n">
-        <v>0.0087261150988169</v>
+        <v>0.0077637784864959</v>
       </c>
       <c r="H396" s="2" t="n">
-        <v>0.0088562804956795</v>
+        <v>0.0079989484830696</v>
       </c>
       <c r="I396" s="2" t="n">
-        <v>255957.53</v>
+        <v>248934.6</v>
       </c>
     </row>
     <row r="397">
       <c r="A397" s="2" t="n">
-        <v>1.7164656E12</v>
+        <v>1.7168112E12</v>
       </c>
       <c r="B397" s="2" t="n">
-        <v>1.716551999999E12</v>
+        <v>1.716897599999E12</v>
       </c>
       <c r="C397" s="2" t="n">
-        <v>1.71648234E12</v>
+        <v>1.71681792E12</v>
       </c>
       <c r="D397" s="2" t="n">
-        <v>1.71653802E12</v>
+        <v>1.71688458E12</v>
       </c>
       <c r="E397" s="2" t="n">
-        <v>0.0098192383502297</v>
+        <v>0.0084623703820999</v>
       </c>
       <c r="F397" s="2" t="n">
-        <v>0.0099811428001706</v>
+        <v>0.0085298782884957</v>
       </c>
       <c r="G397" s="2" t="n">
-        <v>0.0085980916156116</v>
+        <v>0.0078140716328838</v>
       </c>
       <c r="H397" s="2" t="n">
-        <v>0.0089129911369003</v>
+        <v>0.0081367010852948</v>
       </c>
       <c r="I397" s="2" t="n">
-        <v>216607.69</v>
+        <v>260878.89</v>
       </c>
     </row>
     <row r="398">
       <c r="A398" s="2" t="n">
-        <v>1.7163792E12</v>
+        <v>1.7167248E12</v>
       </c>
       <c r="B398" s="2" t="n">
-        <v>1.716465599999E12</v>
+        <v>1.716811199999E12</v>
       </c>
       <c r="C398" s="2" t="n">
-        <v>1.7163987E12</v>
+        <v>1.71679764E12</v>
       </c>
       <c r="D398" s="2" t="n">
-        <v>1.71646224E12</v>
+        <v>1.7167911E12</v>
       </c>
       <c r="E398" s="2" t="n">
-        <v>0.0102103863180334</v>
+        <v>0.0082071588207866</v>
       </c>
       <c r="F398" s="2" t="n">
-        <v>0.0108931099428325</v>
+        <v>0.0102055797844506</v>
       </c>
       <c r="G398" s="2" t="n">
-        <v>0.0093262103414369</v>
+        <v>0.0064943081445351</v>
       </c>
       <c r="H398" s="2" t="n">
-        <v>0.0098192383502297</v>
+        <v>0.0084623703820999</v>
       </c>
       <c r="I398" s="2" t="n">
-        <v>247613.77</v>
+        <v>409906.46</v>
       </c>
     </row>
     <row r="399">
       <c r="A399" s="2" t="n">
-        <v>1.7162928E12</v>
+        <v>1.7166384E12</v>
       </c>
       <c r="B399" s="2" t="n">
-        <v>1.716379199999E12</v>
+        <v>1.716724799999E12</v>
       </c>
       <c r="C399" s="2" t="n">
-        <v>1.71636294E12</v>
+        <v>1.71666066E12</v>
       </c>
       <c r="D399" s="2" t="n">
-        <v>1.71629382E12</v>
+        <v>1.71671676E12</v>
       </c>
       <c r="E399" s="2" t="n">
-        <v>0.0094330050985843</v>
+        <v>0.0088566385274322</v>
       </c>
       <c r="F399" s="2" t="n">
-        <v>0.0103667128926652</v>
+        <v>0.0090604245701572</v>
       </c>
       <c r="G399" s="2" t="n">
-        <v>0.0094096831904917</v>
+        <v>0.0079905702920396</v>
       </c>
       <c r="H399" s="2" t="n">
-        <v>0.0102103863180334</v>
+        <v>0.0082071588207866</v>
       </c>
       <c r="I399" s="2" t="n">
-        <v>261626.59</v>
+        <v>248598.61</v>
       </c>
     </row>
     <row r="400">
       <c r="A400" s="2" t="n">
-        <v>1.7162064E12</v>
+        <v>1.716552E12</v>
       </c>
       <c r="B400" s="2" t="n">
-        <v>1.716292799999E12</v>
+        <v>1.716638399999E12</v>
       </c>
       <c r="C400" s="2" t="n">
-        <v>1.71624084E12</v>
+        <v>1.71656826E12</v>
       </c>
       <c r="D400" s="2" t="n">
-        <v>1.7162205E12</v>
+        <v>1.71663192E12</v>
       </c>
       <c r="E400" s="2" t="n">
-        <v>0.0089232752409233</v>
+        <v>0.0089129911369003</v>
       </c>
       <c r="F400" s="2" t="n">
-        <v>0.0098451475297103</v>
+        <v>0.0095528298446185</v>
       </c>
       <c r="G400" s="2" t="n">
-        <v>0.0085893905002717</v>
+        <v>0.0087261150988169</v>
       </c>
       <c r="H400" s="2" t="n">
-        <v>0.0094330050985843</v>
+        <v>0.0088562804956795</v>
       </c>
       <c r="I400" s="2" t="n">
-        <v>270590.67</v>
+        <v>255957.53</v>
       </c>
     </row>
     <row r="401">
       <c r="A401" s="2" t="n">
-        <v>1.71612E12</v>
+        <v>1.7164656E12</v>
       </c>
       <c r="B401" s="2" t="n">
-        <v>1.716206399999E12</v>
+        <v>1.716551999999E12</v>
       </c>
       <c r="C401" s="2" t="n">
-        <v>1.71616704E12</v>
+        <v>1.71648234E12</v>
       </c>
       <c r="D401" s="2" t="n">
-        <v>1.7161368E12</v>
+        <v>1.71653802E12</v>
       </c>
       <c r="E401" s="2" t="n">
-        <v>0.0086383077638116</v>
+        <v>0.0098192383502297</v>
       </c>
       <c r="F401" s="2" t="n">
-        <v>0.01081543143745</v>
+        <v>0.0099811428001706</v>
       </c>
       <c r="G401" s="2" t="n">
-        <v>0.0083467645540976</v>
+        <v>0.0085980916156116</v>
       </c>
       <c r="H401" s="2" t="n">
-        <v>0.0089232752409233</v>
+        <v>0.0089129911369003</v>
       </c>
       <c r="I401" s="2" t="n">
-        <v>270361.68</v>
+        <v>216607.69</v>
       </c>
     </row>
     <row r="402">
       <c r="A402" s="2" t="n">
-        <v>1.7160336E12</v>
+        <v>1.7163792E12</v>
       </c>
       <c r="B402" s="2" t="n">
-        <v>1.716119999999E12</v>
+        <v>1.716465599999E12</v>
       </c>
       <c r="C402" s="2" t="n">
-        <v>1.71604518E12</v>
+        <v>1.7163987E12</v>
       </c>
       <c r="D402" s="2" t="n">
-        <v>1.7161098E12</v>
+        <v>1.71646224E12</v>
       </c>
       <c r="E402" s="2" t="n">
-        <v>0.0090220668359446</v>
+        <v>0.0102103863180334</v>
       </c>
       <c r="F402" s="2" t="n">
-        <v>0.0093099173674669</v>
+        <v>0.0108931099428325</v>
       </c>
       <c r="G402" s="2" t="n">
-        <v>0.0083904082425623</v>
+        <v>0.0093262103414369</v>
       </c>
       <c r="H402" s="2" t="n">
-        <v>0.0086383077638116</v>
+        <v>0.0098192383502297</v>
       </c>
       <c r="I402" s="2" t="n">
-        <v>262886.29</v>
+        <v>247613.77</v>
       </c>
     </row>
     <row r="403">
       <c r="A403" s="2" t="n">
-        <v>1.7159472E12</v>
+        <v>1.7162928E12</v>
       </c>
       <c r="B403" s="2" t="n">
-        <v>1.716033599999E12</v>
+        <v>1.716379199999E12</v>
       </c>
       <c r="C403" s="2" t="n">
-        <v>1.71597354E12</v>
+        <v>1.71636294E12</v>
       </c>
       <c r="D403" s="2" t="n">
-        <v>1.71600426E12</v>
+        <v>1.71629382E12</v>
       </c>
       <c r="E403" s="2" t="n">
-        <v>0.0096473125126472</v>
+        <v>0.0094330050985843</v>
       </c>
       <c r="F403" s="2" t="n">
-        <v>0.0099345807056273</v>
+        <v>0.0103667128926652</v>
       </c>
       <c r="G403" s="2" t="n">
-        <v>0.0085447146561838</v>
+        <v>0.0094096831904917</v>
       </c>
       <c r="H403" s="2" t="n">
-        <v>0.0090220668359446</v>
+        <v>0.0102103863180334</v>
       </c>
       <c r="I403" s="2" t="n">
-        <v>268711.42</v>
+        <v>261626.59</v>
       </c>
     </row>
     <row r="404">
       <c r="A404" s="2" t="n">
-        <v>1.7158608E12</v>
+        <v>1.7162064E12</v>
       </c>
       <c r="B404" s="2" t="n">
-        <v>1.715947199999E12</v>
+        <v>1.716292799999E12</v>
       </c>
       <c r="C404" s="2" t="n">
-        <v>1.71589332E12</v>
+        <v>1.71624084E12</v>
       </c>
       <c r="D404" s="2" t="n">
-        <v>1.71592698E12</v>
+        <v>1.7162205E12</v>
       </c>
       <c r="E404" s="2" t="n">
-        <v>0.0089936413402879</v>
+        <v>0.0089232752409233</v>
       </c>
       <c r="F404" s="2" t="n">
-        <v>0.011149316616094</v>
+        <v>0.0098451475297103</v>
       </c>
       <c r="G404" s="2" t="n">
-        <v>0.0082490272023982</v>
+        <v>0.0085893905002717</v>
       </c>
       <c r="H404" s="2" t="n">
-        <v>0.0096473125126472</v>
+        <v>0.0094330050985843</v>
       </c>
       <c r="I404" s="2" t="n">
-        <v>315178.0</v>
+        <v>270590.67</v>
       </c>
     </row>
     <row r="405">
       <c r="A405" s="2" t="n">
-        <v>1.7157744E12</v>
+        <v>1.71612E12</v>
       </c>
       <c r="B405" s="2" t="n">
-        <v>1.715860799999E12</v>
+        <v>1.716206399999E12</v>
       </c>
       <c r="C405" s="2" t="n">
-        <v>1.71579282E12</v>
+        <v>1.71616704E12</v>
       </c>
       <c r="D405" s="2" t="n">
-        <v>1.71578178E12</v>
+        <v>1.7161368E12</v>
       </c>
       <c r="E405" s="2" t="n">
-        <v>0.0080513691807355</v>
+        <v>0.0086383077638116</v>
       </c>
       <c r="F405" s="2" t="n">
-        <v>0.0109770619974622</v>
+        <v>0.01081543143745</v>
       </c>
       <c r="G405" s="2" t="n">
-        <v>0.0076896495322386</v>
+        <v>0.0083467645540976</v>
       </c>
       <c r="H405" s="2" t="n">
-        <v>0.0089936413402879</v>
+        <v>0.0089232752409233</v>
       </c>
       <c r="I405" s="2" t="n">
-        <v>313838.26</v>
+        <v>270361.68</v>
       </c>
     </row>
     <row r="406">
       <c r="A406" s="2" t="n">
-        <v>1.715688E12</v>
+        <v>1.7160336E12</v>
       </c>
       <c r="B406" s="2" t="n">
-        <v>1.715774399999E12</v>
+        <v>1.716119999999E12</v>
       </c>
       <c r="C406" s="2" t="n">
-        <v>1.71572172E12</v>
+        <v>1.71604518E12</v>
       </c>
       <c r="D406" s="2" t="n">
-        <v>1.71577128E12</v>
+        <v>1.7161098E12</v>
       </c>
       <c r="E406" s="2" t="n">
-        <v>0.0081333310966241</v>
+        <v>0.0090220668359446</v>
       </c>
       <c r="F406" s="2" t="n">
-        <v>0.0088372816165045</v>
+        <v>0.0093099173674669</v>
       </c>
       <c r="G406" s="2" t="n">
-        <v>0.0077160519254756</v>
+        <v>0.0083904082425623</v>
       </c>
       <c r="H406" s="2" t="n">
-        <v>0.0080513691807355</v>
+        <v>0.0086383077638116</v>
       </c>
       <c r="I406" s="2" t="n">
-        <v>291320.52</v>
+        <v>262886.29</v>
       </c>
     </row>
     <row r="407">
       <c r="A407" s="2" t="n">
-        <v>1.7156016E12</v>
+        <v>1.7159472E12</v>
       </c>
       <c r="B407" s="2" t="n">
-        <v>1.715687999999E12</v>
+        <v>1.716033599999E12</v>
       </c>
       <c r="C407" s="2" t="n">
-        <v>1.715655E12</v>
+        <v>1.71597354E12</v>
       </c>
       <c r="D407" s="2" t="n">
-        <v>1.7156187E12</v>
+        <v>1.71600426E12</v>
       </c>
       <c r="E407" s="2" t="n">
-        <v>0.0079425725861612</v>
+        <v>0.0096473125126472</v>
       </c>
       <c r="F407" s="2" t="n">
-        <v>0.0083311496979594</v>
+        <v>0.0099345807056273</v>
       </c>
       <c r="G407" s="2" t="n">
-        <v>0.00777533012899</v>
+        <v>0.0085447146561838</v>
       </c>
       <c r="H407" s="2" t="n">
-        <v>0.0081333310966241</v>
+        <v>0.0090220668359446</v>
       </c>
       <c r="I407" s="2" t="n">
-        <v>330964.23</v>
+        <v>268711.42</v>
       </c>
     </row>
     <row r="408">
       <c r="A408" s="2" t="n">
-        <v>1.7155152E12</v>
+        <v>1.7158608E12</v>
       </c>
       <c r="B408" s="2" t="n">
-        <v>1.715601599999E12</v>
+        <v>1.715947199999E12</v>
       </c>
       <c r="C408" s="2" t="n">
-        <v>1.71559536E12</v>
+        <v>1.71589332E12</v>
       </c>
       <c r="D408" s="2" t="n">
-        <v>1.71552966E12</v>
+        <v>1.71592698E12</v>
       </c>
       <c r="E408" s="2" t="n">
-        <v>0.007875095823866</v>
+        <v>0.0089936413402879</v>
       </c>
       <c r="F408" s="2" t="n">
-        <v>0.0083874029136587</v>
+        <v>0.011149316616094</v>
       </c>
       <c r="G408" s="2" t="n">
-        <v>0.0076888520851178</v>
+        <v>0.0082490272023982</v>
       </c>
       <c r="H408" s="2" t="n">
-        <v>0.0079425725861612</v>
+        <v>0.0096473125126472</v>
       </c>
       <c r="I408" s="2" t="n">
-        <v>364247.9</v>
+        <v>315178.0</v>
       </c>
     </row>
     <row r="409">
       <c r="A409" s="2" t="n">
-        <v>1.7154288E12</v>
+        <v>1.7157744E12</v>
       </c>
       <c r="B409" s="2" t="n">
-        <v>1.715515199999E12</v>
+        <v>1.715860799999E12</v>
       </c>
       <c r="C409" s="2" t="n">
-        <v>1.71550308E12</v>
+        <v>1.71579282E12</v>
       </c>
       <c r="D409" s="2" t="n">
-        <v>1.7155017E12</v>
+        <v>1.71578178E12</v>
       </c>
       <c r="E409" s="2" t="n">
-        <v>0.0077651311068775</v>
+        <v>0.0080513691807355</v>
       </c>
       <c r="F409" s="2" t="n">
-        <v>0.0081142956720878</v>
+        <v>0.0109770619974622</v>
       </c>
       <c r="G409" s="2" t="n">
-        <v>0.0076922893390991</v>
+        <v>0.0076896495322386</v>
       </c>
       <c r="H409" s="2" t="n">
-        <v>0.007875095823866</v>
+        <v>0.0089936413402879</v>
       </c>
       <c r="I409" s="2" t="n">
-        <v>354918.97</v>
+        <v>313838.26</v>
       </c>
     </row>
     <row r="410">
       <c r="A410" s="2" t="n">
-        <v>1.7153424E12</v>
+        <v>1.715688E12</v>
       </c>
       <c r="B410" s="2" t="n">
-        <v>1.715428799999E12</v>
+        <v>1.715774399999E12</v>
       </c>
       <c r="C410" s="2" t="n">
-        <v>1.71535938E12</v>
+        <v>1.71572172E12</v>
       </c>
       <c r="D410" s="2" t="n">
-        <v>1.71541434E12</v>
+        <v>1.71577128E12</v>
       </c>
       <c r="E410" s="2" t="n">
-        <v>0.0077258775518414</v>
+        <v>0.0081333310966241</v>
       </c>
       <c r="F410" s="2" t="n">
-        <v>0.0091699824599614</v>
+        <v>0.0088372816165045</v>
       </c>
       <c r="G410" s="2" t="n">
-        <v>0.0075330022854897</v>
+        <v>0.0077160519254756</v>
       </c>
       <c r="H410" s="2" t="n">
-        <v>0.0077651311068775</v>
+        <v>0.0080513691807355</v>
       </c>
       <c r="I410" s="2" t="n">
-        <v>311314.95</v>
+        <v>291320.52</v>
       </c>
     </row>
     <row r="411">
       <c r="A411" s="2" t="n">
-        <v>1.715256E12</v>
+        <v>1.7156016E12</v>
       </c>
       <c r="B411" s="2" t="n">
-        <v>1.715342399999E12</v>
+        <v>1.715687999999E12</v>
       </c>
       <c r="C411" s="2" t="n">
-        <v>1.71530832E12</v>
+        <v>1.715655E12</v>
       </c>
       <c r="D411" s="2" t="n">
-        <v>1.71526626E12</v>
+        <v>1.7156187E12</v>
       </c>
       <c r="E411" s="2" t="n">
-        <v>0.0074829680605218</v>
+        <v>0.0079425725861612</v>
       </c>
       <c r="F411" s="2" t="n">
-        <v>0.009196821797968</v>
+        <v>0.0083311496979594</v>
       </c>
       <c r="G411" s="2" t="n">
-        <v>0.0058667688954448</v>
+        <v>0.00777533012899</v>
       </c>
       <c r="H411" s="2" t="n">
-        <v>0.0077258775518414</v>
+        <v>0.0081333310966241</v>
       </c>
       <c r="I411" s="2" t="n">
-        <v>392622.51</v>
+        <v>330964.23</v>
       </c>
     </row>
     <row r="412">
       <c r="A412" s="2" t="n">
-        <v>1.7151696E12</v>
+        <v>1.7155152E12</v>
       </c>
       <c r="B412" s="2" t="n">
-        <v>1.715255999999E12</v>
+        <v>1.715601599999E12</v>
       </c>
       <c r="C412" s="2" t="n">
-        <v>1.71520236E12</v>
+        <v>1.71559536E12</v>
       </c>
       <c r="D412" s="2" t="n">
-        <v>1.71525426E12</v>
+        <v>1.71552966E12</v>
       </c>
       <c r="E412" s="2" t="n">
-        <v>0.0084792938071003</v>
+        <v>0.007875095823866</v>
       </c>
       <c r="F412" s="2" t="n">
-        <v>0.0090548335752834</v>
+        <v>0.0083874029136587</v>
       </c>
       <c r="G412" s="2" t="n">
-        <v>0.0073528954256415</v>
+        <v>0.0076888520851178</v>
       </c>
       <c r="H412" s="2" t="n">
-        <v>0.0074829680605218</v>
+        <v>0.0079425725861612</v>
       </c>
       <c r="I412" s="2" t="n">
-        <v>391948.29</v>
+        <v>364247.9</v>
       </c>
     </row>
     <row r="413">
       <c r="A413" s="2" t="n">
-        <v>1.7150832E12</v>
+        <v>1.7154288E12</v>
       </c>
       <c r="B413" s="2" t="n">
-        <v>1.715169599999E12</v>
+        <v>1.715515199999E12</v>
       </c>
       <c r="C413" s="2" t="n">
-        <v>1.71512124E12</v>
+        <v>1.71550308E12</v>
       </c>
       <c r="D413" s="2" t="n">
-        <v>1.71516906E12</v>
+        <v>1.7155017E12</v>
       </c>
       <c r="E413" s="2" t="n">
-        <v>0.0095347058604523</v>
+        <v>0.0077651311068775</v>
       </c>
       <c r="F413" s="2" t="n">
-        <v>0.0099343346453021</v>
+        <v>0.0081142956720878</v>
       </c>
       <c r="G413" s="2" t="n">
-        <v>0.0084277741754982</v>
+        <v>0.0076922893390991</v>
       </c>
       <c r="H413" s="2" t="n">
-        <v>0.0084792938071003</v>
+        <v>0.007875095823866</v>
       </c>
       <c r="I413" s="2" t="n">
-        <v>361953.28</v>
+        <v>354918.97</v>
       </c>
     </row>
     <row r="414">
       <c r="A414" s="2" t="n">
-        <v>1.7149968E12</v>
+        <v>1.7153424E12</v>
       </c>
       <c r="B414" s="2" t="n">
-        <v>1.715083199999E12</v>
+        <v>1.715428799999E12</v>
       </c>
       <c r="C414" s="2" t="n">
-        <v>1.71503592E12</v>
+        <v>1.71535938E12</v>
       </c>
       <c r="D414" s="2" t="n">
-        <v>1.71507594E12</v>
+        <v>1.71541434E12</v>
       </c>
       <c r="E414" s="2" t="n">
-        <v>0.0095060820607384</v>
+        <v>0.0077258775518414</v>
       </c>
       <c r="F414" s="2" t="n">
-        <v>0.0098719781702803</v>
+        <v>0.0091699824599614</v>
       </c>
       <c r="G414" s="2" t="n">
-        <v>0.0091526986730671</v>
+        <v>0.0075330022854897</v>
       </c>
       <c r="H414" s="2" t="n">
-        <v>0.0095347058604523</v>
+        <v>0.0077651311068775</v>
       </c>
       <c r="I414" s="2" t="n">
-        <v>345949.46</v>
+        <v>311314.95</v>
       </c>
     </row>
     <row r="415">
       <c r="A415" s="2" t="n">
-        <v>1.7149104E12</v>
+        <v>1.715256E12</v>
       </c>
       <c r="B415" s="2" t="n">
-        <v>1.714996799999E12</v>
+        <v>1.715342399999E12</v>
       </c>
       <c r="C415" s="2" t="n">
-        <v>1.71491982E12</v>
+        <v>1.71530832E12</v>
       </c>
       <c r="D415" s="2" t="n">
-        <v>1.7149848E12</v>
+        <v>1.71526626E12</v>
       </c>
       <c r="E415" s="2" t="n">
-        <v>0.0098136834687095</v>
+        <v>0.0074829680605218</v>
       </c>
       <c r="F415" s="2" t="n">
-        <v>0.0100007833503971</v>
+        <v>0.009196821797968</v>
       </c>
       <c r="G415" s="2" t="n">
-        <v>0.0092439686223366</v>
+        <v>0.0058667688954448</v>
       </c>
       <c r="H415" s="2" t="n">
-        <v>0.0095060820607384</v>
+        <v>0.0077258775518414</v>
       </c>
       <c r="I415" s="2" t="n">
-        <v>317842.42</v>
+        <v>392622.51</v>
       </c>
     </row>
     <row r="416">
       <c r="A416" s="2" t="n">
-        <v>1.714824E12</v>
+        <v>1.7151696E12</v>
       </c>
       <c r="B416" s="2" t="n">
-        <v>1.714910399999E12</v>
+        <v>1.715255999999E12</v>
       </c>
       <c r="C416" s="2" t="n">
-        <v>1.71489858E12</v>
+        <v>1.71520236E12</v>
       </c>
       <c r="D416" s="2" t="n">
-        <v>1.71483954E12</v>
+        <v>1.71525426E12</v>
       </c>
       <c r="E416" s="2" t="n">
-        <v>0.0097917369069862</v>
+        <v>0.0084792938071003</v>
       </c>
       <c r="F416" s="2" t="n">
-        <v>0.0103001217450026</v>
+        <v>0.0090548335752834</v>
       </c>
       <c r="G416" s="2" t="n">
-        <v>0.009227589955323</v>
+        <v>0.0073528954256415</v>
       </c>
       <c r="H416" s="2" t="n">
-        <v>0.0098136834687095</v>
+        <v>0.0074829680605218</v>
       </c>
       <c r="I416" s="2" t="n">
-        <v>311815.69</v>
+        <v>391948.29</v>
       </c>
     </row>
     <row r="417">
       <c r="A417" s="2" t="n">
-        <v>1.7147376E12</v>
+        <v>1.7150832E12</v>
       </c>
       <c r="B417" s="2" t="n">
-        <v>1.714823999999E12</v>
+        <v>1.715169599999E12</v>
       </c>
       <c r="C417" s="2" t="n">
-        <v>1.71474972E12</v>
+        <v>1.71512124E12</v>
       </c>
       <c r="D417" s="2" t="n">
-        <v>1.7148066E12</v>
+        <v>1.71516906E12</v>
       </c>
       <c r="E417" s="2" t="n">
-        <v>0.009868064244118</v>
+        <v>0.0095347058604523</v>
       </c>
       <c r="F417" s="2" t="n">
-        <v>0.0102734672151636</v>
+        <v>0.0099343346453021</v>
       </c>
       <c r="G417" s="2" t="n">
-        <v>0.009356005428412</v>
+        <v>0.0084277741754982</v>
       </c>
       <c r="H417" s="2" t="n">
-        <v>0.0097917369069862</v>
+        <v>0.0084792938071003</v>
       </c>
       <c r="I417" s="2" t="n">
-        <v>289881.6</v>
+        <v>361953.28</v>
       </c>
     </row>
     <row r="418">
       <c r="A418" s="2" t="n">
-        <v>1.7146512E12</v>
+        <v>1.7149968E12</v>
       </c>
       <c r="B418" s="2" t="n">
-        <v>1.714737599999E12</v>
+        <v>1.715083199999E12</v>
       </c>
       <c r="C418" s="2" t="n">
-        <v>1.71471852E12</v>
+        <v>1.71503592E12</v>
       </c>
       <c r="D418" s="2" t="n">
-        <v>1.71465942E12</v>
+        <v>1.71507594E12</v>
       </c>
       <c r="E418" s="2" t="n">
-        <v>0.0093784839846788</v>
+        <v>0.0095060820607384</v>
       </c>
       <c r="F418" s="2" t="n">
-        <v>0.0102397095508978</v>
+        <v>0.0098719781702803</v>
       </c>
       <c r="G418" s="2" t="n">
-        <v>0.0091544768676548</v>
+        <v>0.0091526986730671</v>
       </c>
       <c r="H418" s="2" t="n">
-        <v>0.009868064244118</v>
+        <v>0.0095347058604523</v>
       </c>
       <c r="I418" s="2" t="n">
-        <v>234403.97</v>
+        <v>345949.46</v>
       </c>
     </row>
     <row r="419">
       <c r="A419" s="2" t="n">
-        <v>1.7145648E12</v>
+        <v>1.7149104E12</v>
       </c>
       <c r="B419" s="2" t="n">
-        <v>1.714651199999E12</v>
+        <v>1.714996799999E12</v>
       </c>
       <c r="C419" s="2" t="n">
-        <v>1.71456576E12</v>
+        <v>1.71491982E12</v>
       </c>
       <c r="D419" s="2" t="n">
-        <v>1.71461622E12</v>
+        <v>1.7149848E12</v>
       </c>
       <c r="E419" s="2" t="n">
-        <v>0.0101928367845084</v>
+        <v>0.0098136834687095</v>
       </c>
       <c r="F419" s="2" t="n">
-        <v>0.0101986420952086</v>
+        <v>0.0100007833503971</v>
       </c>
       <c r="G419" s="2" t="n">
-        <v>0.0084745156676065</v>
+        <v>0.0092439686223366</v>
       </c>
       <c r="H419" s="2" t="n">
-        <v>0.0093784839846788</v>
+        <v>0.0095060820607384</v>
       </c>
       <c r="I419" s="2" t="n">
-        <v>213581.82</v>
+        <v>317842.42</v>
       </c>
     </row>
     <row r="420">
       <c r="A420" s="2" t="n">
-        <v>1.7144784E12</v>
+        <v>1.714824E12</v>
       </c>
       <c r="B420" s="2" t="n">
-        <v>1.714564799999E12</v>
+        <v>1.714910399999E12</v>
       </c>
       <c r="C420" s="2" t="n">
-        <v>1.71449058E12</v>
+        <v>1.71489858E12</v>
       </c>
       <c r="D420" s="2" t="n">
-        <v>1.71455262E12</v>
+        <v>1.71483954E12</v>
       </c>
       <c r="E420" s="2" t="n">
-        <v>0.0108826392101375</v>
+        <v>0.0097917369069862</v>
       </c>
       <c r="F420" s="2" t="n">
-        <v>0.013464174269802</v>
+        <v>0.0103001217450026</v>
       </c>
       <c r="G420" s="2" t="n">
-        <v>0.0092921986786766</v>
+        <v>0.009227589955323</v>
       </c>
       <c r="H420" s="2" t="n">
-        <v>0.0101928367845084</v>
+        <v>0.0098136834687095</v>
       </c>
       <c r="I420" s="2" t="n">
-        <v>230606.77</v>
+        <v>311815.69</v>
       </c>
     </row>
     <row r="421">
       <c r="A421" s="2" t="n">
-        <v>1.714392E12</v>
+        <v>1.7147376E12</v>
       </c>
       <c r="B421" s="2" t="n">
-        <v>1.714478399999E12</v>
+        <v>1.714823999999E12</v>
       </c>
       <c r="C421" s="2" t="n">
-        <v>1.71439458E12</v>
+        <v>1.71474972E12</v>
       </c>
       <c r="D421" s="2" t="n">
-        <v>1.71447378E12</v>
+        <v>1.7148066E12</v>
       </c>
       <c r="E421" s="2" t="n">
-        <v>0.0114567073204075</v>
+        <v>0.009868064244118</v>
       </c>
       <c r="F421" s="2" t="n">
-        <v>0.0116044465728122</v>
+        <v>0.0102734672151636</v>
       </c>
       <c r="G421" s="2" t="n">
-        <v>0.0103516344908507</v>
+        <v>0.009356005428412</v>
       </c>
       <c r="H421" s="2" t="n">
-        <v>0.0108826392101375</v>
+        <v>0.0097917369069862</v>
       </c>
       <c r="I421" s="2" t="n">
-        <v>234969.17</v>
+        <v>289881.6</v>
       </c>
     </row>
     <row r="422">
       <c r="A422" s="2" t="n">
-        <v>1.7143056E12</v>
+        <v>1.7146512E12</v>
       </c>
       <c r="B422" s="2" t="n">
-        <v>1.714391999999E12</v>
+        <v>1.714737599999E12</v>
       </c>
       <c r="C422" s="2" t="n">
-        <v>1.71435024E12</v>
+        <v>1.71471852E12</v>
       </c>
       <c r="D422" s="2" t="n">
-        <v>1.7143494E12</v>
+        <v>1.71465942E12</v>
       </c>
       <c r="E422" s="2" t="n">
-        <v>0.0115038494010908</v>
+        <v>0.0093784839846788</v>
       </c>
       <c r="F422" s="2" t="n">
-        <v>0.0127955759722724</v>
+        <v>0.0102397095508978</v>
       </c>
       <c r="G422" s="2" t="n">
-        <v>0.011156561826806</v>
+        <v>0.0091544768676548</v>
       </c>
       <c r="H422" s="2" t="n">
-        <v>0.0114567073204075</v>
+        <v>0.009868064244118</v>
       </c>
       <c r="I422" s="2" t="n">
-        <v>244136.81</v>
+        <v>234403.97</v>
       </c>
     </row>
     <row r="423">
       <c r="A423" s="2" t="n">
-        <v>1.7142192E12</v>
+        <v>1.7145648E12</v>
       </c>
       <c r="B423" s="2" t="n">
-        <v>1.714305599999E12</v>
+        <v>1.714651199999E12</v>
       </c>
       <c r="C423" s="2" t="n">
-        <v>1.71429552E12</v>
+        <v>1.71456576E12</v>
       </c>
       <c r="D423" s="2" t="n">
-        <v>1.71421926E12</v>
+        <v>1.71461622E12</v>
       </c>
       <c r="E423" s="2" t="n">
-        <v>0.0093113354126248</v>
+        <v>0.0101928367845084</v>
       </c>
       <c r="F423" s="2" t="n">
-        <v>0.013479690479489</v>
+        <v>0.0101986420952086</v>
       </c>
       <c r="G423" s="2" t="n">
-        <v>0.0093113354126248</v>
+        <v>0.0084745156676065</v>
       </c>
       <c r="H423" s="2" t="n">
-        <v>0.0115038494010908</v>
+        <v>0.0093784839846788</v>
       </c>
       <c r="I423" s="2" t="n">
-        <v>297808.76</v>
+        <v>213581.82</v>
       </c>
     </row>
     <row r="424">
       <c r="A424" s="2" t="n">
-        <v>1.7141328E12</v>
+        <v>1.7144784E12</v>
       </c>
       <c r="B424" s="2" t="n">
-        <v>1.714219199999E12</v>
+        <v>1.714564799999E12</v>
       </c>
       <c r="C424" s="2" t="n">
-        <v>1.7141511E12</v>
+        <v>1.71449058E12</v>
       </c>
       <c r="D424" s="2" t="n">
-        <v>1.71420678E12</v>
+        <v>1.71455262E12</v>
       </c>
       <c r="E424" s="2" t="n">
-        <v>0.0102533008642679</v>
+        <v>0.0108826392101375</v>
       </c>
       <c r="F424" s="2" t="n">
-        <v>0.0104490166921674</v>
+        <v>0.013464174269802</v>
       </c>
       <c r="G424" s="2" t="n">
-        <v>0.0093023422280142</v>
+        <v>0.0092921986786766</v>
       </c>
       <c r="H424" s="2" t="n">
-        <v>0.0093113354126248</v>
+        <v>0.0101928367845084</v>
       </c>
       <c r="I424" s="2" t="n">
-        <v>229244.38</v>
+        <v>230606.77</v>
       </c>
     </row>
     <row r="425">
       <c r="A425" s="2" t="n">
-        <v>1.7140464E12</v>
+        <v>1.714392E12</v>
       </c>
       <c r="B425" s="2" t="n">
-        <v>1.714132799999E12</v>
+        <v>1.714478399999E12</v>
       </c>
       <c r="C425" s="2" t="n">
-        <v>1.71405858E12</v>
+        <v>1.71439458E12</v>
       </c>
       <c r="D425" s="2" t="n">
-        <v>1.71407724E12</v>
+        <v>1.71447378E12</v>
       </c>
       <c r="E425" s="2" t="n">
-        <v>0.0112082423419581</v>
+        <v>0.0114567073204075</v>
       </c>
       <c r="F425" s="2" t="n">
-        <v>0.0113422862085982</v>
+        <v>0.0116044465728122</v>
       </c>
       <c r="G425" s="2" t="n">
-        <v>0.009619316453301</v>
+        <v>0.0103516344908507</v>
       </c>
       <c r="H425" s="2" t="n">
-        <v>0.0102533008642679</v>
+        <v>0.0108826392101375</v>
       </c>
       <c r="I425" s="2" t="n">
-        <v>250759.62</v>
+        <v>234969.17</v>
       </c>
     </row>
     <row r="426">
       <c r="A426" s="2" t="n">
-        <v>1.71396E12</v>
+        <v>1.7143056E12</v>
       </c>
       <c r="B426" s="2" t="n">
-        <v>1.714046399999E12</v>
+        <v>1.714391999999E12</v>
       </c>
       <c r="C426" s="2" t="n">
-        <v>1.71402492E12</v>
+        <v>1.71435024E12</v>
       </c>
       <c r="D426" s="2" t="n">
-        <v>1.7140353E12</v>
+        <v>1.7143494E12</v>
       </c>
       <c r="E426" s="2" t="n">
-        <v>0.0125835255192079</v>
+        <v>0.0115038494010908</v>
       </c>
       <c r="F426" s="2" t="n">
-        <v>0.0139117439390607</v>
+        <v>0.0127955759722724</v>
       </c>
       <c r="G426" s="2" t="n">
-        <v>0.0108565261673587</v>
+        <v>0.011156561826806</v>
       </c>
       <c r="H426" s="2" t="n">
-        <v>0.0112082423419581</v>
+        <v>0.0114567073204075</v>
       </c>
       <c r="I426" s="2" t="n">
-        <v>246617.93</v>
+        <v>244136.81</v>
       </c>
     </row>
     <row r="427">
       <c r="A427" s="2" t="n">
-        <v>1.7138736E12</v>
+        <v>1.7142192E12</v>
       </c>
       <c r="B427" s="2" t="n">
-        <v>1.713959999999E12</v>
+        <v>1.714305599999E12</v>
       </c>
       <c r="C427" s="2" t="n">
-        <v>1.71390594E12</v>
+        <v>1.71429552E12</v>
       </c>
       <c r="D427" s="2" t="n">
-        <v>1.7138778E12</v>
+        <v>1.71421926E12</v>
       </c>
       <c r="E427" s="2" t="n">
-        <v>0.0118692862785865</v>
+        <v>0.0093113354126248</v>
       </c>
       <c r="F427" s="2" t="n">
-        <v>0.0172640235905028</v>
+        <v>0.013479690479489</v>
       </c>
       <c r="G427" s="2" t="n">
-        <v>0.0111297235798129</v>
+        <v>0.0093113354126248</v>
       </c>
       <c r="H427" s="2" t="n">
-        <v>0.0125835255192079</v>
+        <v>0.0115038494010908</v>
       </c>
       <c r="I427" s="2" t="n">
-        <v>277949.63</v>
+        <v>297808.76</v>
       </c>
     </row>
     <row r="428">
       <c r="A428" s="2" t="n">
-        <v>1.7137872E12</v>
+        <v>1.7141328E12</v>
       </c>
       <c r="B428" s="2" t="n">
-        <v>1.713873599999E12</v>
+        <v>1.714219199999E12</v>
       </c>
       <c r="C428" s="2" t="n">
-        <v>1.71383448E12</v>
+        <v>1.7141511E12</v>
       </c>
       <c r="D428" s="2" t="n">
-        <v>1.71379092E12</v>
+        <v>1.71420678E12</v>
       </c>
       <c r="E428" s="2" t="n">
-        <v>0.0110384140208556</v>
+        <v>0.0102533008642679</v>
       </c>
       <c r="F428" s="2" t="n">
-        <v>0.0142835002050047</v>
+        <v>0.0104490166921674</v>
       </c>
       <c r="G428" s="2" t="n">
-        <v>0.010999840161952</v>
+        <v>0.0093023422280142</v>
       </c>
       <c r="H428" s="2" t="n">
-        <v>0.0118692862785865</v>
+        <v>0.0093113354126248</v>
       </c>
       <c r="I428" s="2" t="n">
-        <v>259990.88</v>
+        <v>229244.38</v>
       </c>
     </row>
     <row r="429">
       <c r="A429" s="2" t="n">
-        <v>1.7137008E12</v>
+        <v>1.7140464E12</v>
       </c>
       <c r="B429" s="2" t="n">
-        <v>1.713787199999E12</v>
+        <v>1.714132799999E12</v>
       </c>
       <c r="C429" s="2" t="n">
-        <v>1.71377472E12</v>
+        <v>1.71405858E12</v>
       </c>
       <c r="D429" s="2" t="n">
-        <v>1.7137008E12</v>
+        <v>1.71407724E12</v>
       </c>
       <c r="E429" s="2" t="n">
-        <v>0.0092916022210184</v>
+        <v>0.0112082423419581</v>
       </c>
       <c r="F429" s="2" t="n">
-        <v>0.0118953749488211</v>
+        <v>0.0113422862085982</v>
       </c>
       <c r="G429" s="2" t="n">
-        <v>0.0092916022210184</v>
+        <v>0.009619316453301</v>
       </c>
       <c r="H429" s="2" t="n">
-        <v>0.0110384140208556</v>
+        <v>0.0102533008642679</v>
       </c>
       <c r="I429" s="2" t="n">
-        <v>257511.99</v>
+        <v>250759.62</v>
       </c>
     </row>
     <row r="430">
       <c r="A430" s="2" t="n">
-        <v>1.7136144E12</v>
+        <v>1.71396E12</v>
       </c>
       <c r="B430" s="2" t="n">
-        <v>1.713700799999E12</v>
+        <v>1.714046399999E12</v>
       </c>
       <c r="C430" s="2" t="n">
-        <v>1.71366606E12</v>
+        <v>1.71402492E12</v>
       </c>
       <c r="D430" s="2" t="n">
-        <v>1.71363042E12</v>
+        <v>1.7140353E12</v>
       </c>
       <c r="E430" s="2" t="n">
-        <v>0.0094455392644977</v>
+        <v>0.0125835255192079</v>
       </c>
       <c r="F430" s="2" t="n">
-        <v>0.0102916728402617</v>
+        <v>0.0139117439390607</v>
       </c>
       <c r="G430" s="2" t="n">
-        <v>0.0090105123029186</v>
+        <v>0.0108565261673587</v>
       </c>
       <c r="H430" s="2" t="n">
-        <v>0.0092916022210184</v>
+        <v>0.0112082423419581</v>
       </c>
       <c r="I430" s="2" t="n">
-        <v>221723.06</v>
+        <v>246617.93</v>
       </c>
     </row>
     <row r="431">
       <c r="A431" s="2" t="n">
-        <v>1.713528E12</v>
+        <v>1.7138736E12</v>
       </c>
       <c r="B431" s="2" t="n">
-        <v>1.713614399999E12</v>
+        <v>1.713959999999E12</v>
       </c>
       <c r="C431" s="2" t="n">
-        <v>1.71360144E12</v>
+        <v>1.71390594E12</v>
       </c>
       <c r="D431" s="2" t="n">
-        <v>1.71353682E12</v>
+        <v>1.7138778E12</v>
       </c>
       <c r="E431" s="2" t="n">
-        <v>0.008759380028609</v>
+        <v>0.0118692862785865</v>
       </c>
       <c r="F431" s="2" t="n">
-        <v>0.0103209353500055</v>
+        <v>0.0172640235905028</v>
       </c>
       <c r="G431" s="2" t="n">
-        <v>0.0086732477845677</v>
+        <v>0.0111297235798129</v>
       </c>
       <c r="H431" s="2" t="n">
-        <v>0.0094455392644977</v>
+        <v>0.0125835255192079</v>
       </c>
       <c r="I431" s="2" t="n">
-        <v>241435.28</v>
+        <v>277949.63</v>
       </c>
     </row>
     <row r="432">
       <c r="A432" s="2" t="n">
-        <v>1.7134416E12</v>
+        <v>1.7137872E12</v>
       </c>
       <c r="B432" s="2" t="n">
-        <v>1.713527999999E12</v>
+        <v>1.713873599999E12</v>
       </c>
       <c r="C432" s="2" t="n">
-        <v>1.7134827E12</v>
+        <v>1.71383448E12</v>
       </c>
       <c r="D432" s="2" t="n">
-        <v>1.71352788E12</v>
+        <v>1.71379092E12</v>
       </c>
       <c r="E432" s="2" t="n">
-        <v>0.0095059675412456</v>
+        <v>0.0110384140208556</v>
       </c>
       <c r="F432" s="2" t="n">
-        <v>0.0101008839759997</v>
+        <v>0.0142835002050047</v>
       </c>
       <c r="G432" s="2" t="n">
-        <v>0.0087582609398005</v>
+        <v>0.010999840161952</v>
       </c>
       <c r="H432" s="2" t="n">
-        <v>0.008759380028609</v>
+        <v>0.0118692862785865</v>
       </c>
       <c r="I432" s="2" t="n">
-        <v>205581.9</v>
+        <v>259990.88</v>
       </c>
     </row>
     <row r="433">
       <c r="A433" s="2" t="n">
-        <v>1.7133552E12</v>
+        <v>1.7137008E12</v>
       </c>
       <c r="B433" s="2" t="n">
-        <v>1.713441599999E12</v>
+        <v>1.713787199999E12</v>
       </c>
       <c r="C433" s="2" t="n">
-        <v>1.71338862E12</v>
+        <v>1.71377472E12</v>
       </c>
       <c r="D433" s="2" t="n">
-        <v>1.71342312E12</v>
+        <v>1.7137008E12</v>
       </c>
       <c r="E433" s="2" t="n">
-        <v>0.0095336610934933</v>
+        <v>0.0092916022210184</v>
       </c>
       <c r="F433" s="2" t="n">
-        <v>0.0102116749713692</v>
+        <v>0.0118953749488211</v>
       </c>
       <c r="G433" s="2" t="n">
-        <v>0.0093330020225379</v>
+        <v>0.0092916022210184</v>
       </c>
       <c r="H433" s="2" t="n">
-        <v>0.0095059675412456</v>
+        <v>0.0110384140208556</v>
       </c>
       <c r="I433" s="2" t="n">
-        <v>224955.4</v>
+        <v>257511.99</v>
       </c>
     </row>
     <row r="434">
       <c r="A434" s="2" t="n">
-        <v>1.7132688E12</v>
+        <v>1.7136144E12</v>
       </c>
       <c r="B434" s="2" t="n">
-        <v>1.713355199999E12</v>
+        <v>1.713700799999E12</v>
       </c>
       <c r="C434" s="2" t="n">
-        <v>1.71328746E12</v>
+        <v>1.71366606E12</v>
       </c>
       <c r="D434" s="2" t="n">
-        <v>1.71334932E12</v>
+        <v>1.71363042E12</v>
       </c>
       <c r="E434" s="2" t="n">
-        <v>0.0103721455038628</v>
+        <v>0.0094455392644977</v>
       </c>
       <c r="F434" s="2" t="n">
-        <v>0.0111673891937842</v>
+        <v>0.0102916728402617</v>
       </c>
       <c r="G434" s="2" t="n">
-        <v>0.0093320253595649</v>
+        <v>0.0090105123029186</v>
       </c>
       <c r="H434" s="2" t="n">
-        <v>0.0095336610934933</v>
+        <v>0.0092916022210184</v>
       </c>
       <c r="I434" s="2" t="n">
-        <v>259797.65</v>
+        <v>221723.06</v>
       </c>
     </row>
     <row r="435">
       <c r="A435" s="2" t="n">
-        <v>1.7131824E12</v>
+        <v>1.713528E12</v>
       </c>
       <c r="B435" s="2" t="n">
-        <v>1.713268799999E12</v>
+        <v>1.713614399999E12</v>
       </c>
       <c r="C435" s="2" t="n">
-        <v>1.71318786E12</v>
+        <v>1.71360144E12</v>
       </c>
       <c r="D435" s="2" t="n">
-        <v>1.7131887E12</v>
+        <v>1.71353682E12</v>
       </c>
       <c r="E435" s="2" t="n">
-        <v>0.0109456482366552</v>
+        <v>0.008759380028609</v>
       </c>
       <c r="F435" s="2" t="n">
-        <v>0.0123853391726497</v>
+        <v>0.0103209353500055</v>
       </c>
       <c r="G435" s="2" t="n">
-        <v>0.0096293684195467</v>
+        <v>0.0086732477845677</v>
       </c>
       <c r="H435" s="2" t="n">
-        <v>0.0103721455038628</v>
+        <v>0.0094455392644977</v>
       </c>
       <c r="I435" s="2" t="n">
-        <v>286482.28</v>
+        <v>241435.28</v>
       </c>
     </row>
     <row r="436">
       <c r="A436" s="2" t="n">
-        <v>1.713096E12</v>
+        <v>1.7134416E12</v>
       </c>
       <c r="B436" s="2" t="n">
-        <v>1.713182399999E12</v>
+        <v>1.713527999999E12</v>
       </c>
       <c r="C436" s="2" t="n">
-        <v>1.71318228E12</v>
+        <v>1.7134827E12</v>
       </c>
       <c r="D436" s="2" t="n">
-        <v>1.7131134E12</v>
+        <v>1.71352788E12</v>
       </c>
       <c r="E436" s="2" t="n">
-        <v>0.0096613811769855</v>
+        <v>0.0095059675412456</v>
       </c>
       <c r="F436" s="2" t="n">
-        <v>0.0109456482366552</v>
+        <v>0.0101008839759997</v>
       </c>
       <c r="G436" s="2" t="n">
-        <v>0.0079313220830755</v>
+        <v>0.0087582609398005</v>
       </c>
       <c r="H436" s="2" t="n">
-        <v>0.0109456482366552</v>
+        <v>0.008759380028609</v>
       </c>
       <c r="I436" s="2" t="n">
-        <v>349200.59</v>
+        <v>205581.9</v>
       </c>
     </row>
     <row r="437">
       <c r="A437" s="2" t="n">
-        <v>1.7130096E12</v>
+        <v>1.7133552E12</v>
       </c>
       <c r="B437" s="2" t="n">
-        <v>1.713095999999E12</v>
+        <v>1.713441599999E12</v>
       </c>
       <c r="C437" s="2" t="n">
-        <v>1.71301902E12</v>
+        <v>1.71338862E12</v>
       </c>
       <c r="D437" s="2" t="n">
-        <v>1.71308784E12</v>
+        <v>1.71342312E12</v>
       </c>
       <c r="E437" s="2" t="n">
-        <v>0.0102541519455815</v>
+        <v>0.0095336610934933</v>
       </c>
       <c r="F437" s="2" t="n">
-        <v>0.0124818831248663</v>
+        <v>0.0102116749713692</v>
       </c>
       <c r="G437" s="2" t="n">
-        <v>0.0087519828219053</v>
+        <v>0.0093330020225379</v>
       </c>
       <c r="H437" s="2" t="n">
-        <v>0.0096613811769855</v>
+        <v>0.0095059675412456</v>
       </c>
       <c r="I437" s="2" t="n">
-        <v>297098.8</v>
+        <v>224955.4</v>
       </c>
     </row>
     <row r="438">
       <c r="A438" s="2" t="n">
-        <v>1.7129232E12</v>
+        <v>1.7132688E12</v>
       </c>
       <c r="B438" s="2" t="n">
-        <v>1.713009599999E12</v>
+        <v>1.713355199999E12</v>
       </c>
       <c r="C438" s="2" t="n">
-        <v>1.7129652E12</v>
+        <v>1.71328746E12</v>
       </c>
       <c r="D438" s="2" t="n">
-        <v>1.7129928E12</v>
+        <v>1.71334932E12</v>
       </c>
       <c r="E438" s="2" t="n">
-        <v>0.0092395301995391</v>
+        <v>0.0103721455038628</v>
       </c>
       <c r="F438" s="2" t="n">
-        <v>0.0129439992781654</v>
+        <v>0.0111673891937842</v>
       </c>
       <c r="G438" s="2" t="n">
-        <v>0.0090946366338824</v>
+        <v>0.0093320253595649</v>
       </c>
       <c r="H438" s="2" t="n">
-        <v>0.0102541519455815</v>
+        <v>0.0095336610934933</v>
       </c>
       <c r="I438" s="2" t="n">
-        <v>305591.1</v>
+        <v>259797.65</v>
       </c>
     </row>
     <row r="439">
       <c r="A439" s="2" t="n">
-        <v>1.7128368E12</v>
+        <v>1.7131824E12</v>
       </c>
       <c r="B439" s="2" t="n">
-        <v>1.712923199999E12</v>
+        <v>1.713268799999E12</v>
       </c>
       <c r="C439" s="2" t="n">
-        <v>1.7128368E12</v>
+        <v>1.71318786E12</v>
       </c>
       <c r="D439" s="2" t="n">
-        <v>1.71292008E12</v>
+        <v>1.7131887E12</v>
       </c>
       <c r="E439" s="2" t="n">
-        <v>0.0120698092882259</v>
+        <v>0.0109456482366552</v>
       </c>
       <c r="F439" s="2" t="n">
-        <v>0.0120698092882259</v>
+        <v>0.0123853391726497</v>
       </c>
       <c r="G439" s="2" t="n">
-        <v>0.008881990332924</v>
+        <v>0.0096293684195467</v>
       </c>
       <c r="H439" s="2" t="n">
-        <v>0.0092395301995391</v>
+        <v>0.0103721455038628</v>
       </c>
       <c r="I439" s="2" t="n">
-        <v>302419.18</v>
+        <v>286482.28</v>
       </c>
     </row>
     <row r="440">
       <c r="A440" s="2" t="n">
-        <v>1.7127504E12</v>
+        <v>1.713096E12</v>
       </c>
       <c r="B440" s="2" t="n">
-        <v>1.712836799999E12</v>
+        <v>1.713182399999E12</v>
       </c>
       <c r="C440" s="2" t="n">
-        <v>1.7127522E12</v>
+        <v>1.71318228E12</v>
       </c>
       <c r="D440" s="2" t="n">
-        <v>1.7128248E12</v>
+        <v>1.7131134E12</v>
       </c>
       <c r="E440" s="2" t="n">
-        <v>0.0142940817615996</v>
+        <v>0.0096613811769855</v>
       </c>
       <c r="F440" s="2" t="n">
-        <v>0.0151915902810963</v>
+        <v>0.0109456482366552</v>
       </c>
       <c r="G440" s="2" t="n">
-        <v>0.0112069529929904</v>
+        <v>0.0079313220830755</v>
       </c>
       <c r="H440" s="2" t="n">
-        <v>0.0120698092882259</v>
+        <v>0.0109456482366552</v>
       </c>
       <c r="I440" s="2" t="n">
-        <v>341301.36</v>
+        <v>349200.59</v>
       </c>
     </row>
     <row r="441">
       <c r="A441" s="2" t="n">
-        <v>1.712664E12</v>
+        <v>1.7130096E12</v>
       </c>
       <c r="B441" s="2" t="n">
-        <v>1.712750399999E12</v>
+        <v>1.713095999999E12</v>
       </c>
       <c r="C441" s="2" t="n">
-        <v>1.71274344E12</v>
+        <v>1.71301902E12</v>
       </c>
       <c r="D441" s="2" t="n">
-        <v>1.71271992E12</v>
+        <v>1.71308784E12</v>
       </c>
       <c r="E441" s="2" t="n">
-        <v>0.0127654358225317</v>
+        <v>0.0102541519455815</v>
       </c>
       <c r="F441" s="2" t="n">
-        <v>0.0154908073630227</v>
+        <v>0.0124818831248663</v>
       </c>
       <c r="G441" s="2" t="n">
-        <v>0.0123076538485219</v>
+        <v>0.0087519828219053</v>
       </c>
       <c r="H441" s="2" t="n">
-        <v>0.0142940817615996</v>
+        <v>0.0096613811769855</v>
       </c>
       <c r="I441" s="2" t="n">
-        <v>366521.89</v>
+        <v>297098.8</v>
       </c>
     </row>
     <row r="442">
       <c r="A442" s="2" t="n">
-        <v>1.7125776E12</v>
+        <v>1.7129232E12</v>
       </c>
       <c r="B442" s="2" t="n">
-        <v>1.712663999999E12</v>
+        <v>1.713009599999E12</v>
       </c>
       <c r="C442" s="2" t="n">
-        <v>1.71259146E12</v>
+        <v>1.7129652E12</v>
       </c>
       <c r="D442" s="2" t="n">
-        <v>1.71264294E12</v>
+        <v>1.7129928E12</v>
       </c>
       <c r="E442" s="2" t="n">
-        <v>0.0137924096155013</v>
+        <v>0.0092395301995391</v>
       </c>
       <c r="F442" s="2" t="n">
-        <v>0.0141883646648698</v>
+        <v>0.0129439992781654</v>
       </c>
       <c r="G442" s="2" t="n">
-        <v>0.0122292180391455</v>
+        <v>0.0090946366338824</v>
       </c>
       <c r="H442" s="2" t="n">
-        <v>0.0127654358225317</v>
+        <v>0.0102541519455815</v>
       </c>
       <c r="I442" s="2" t="n">
-        <v>324454.98</v>
+        <v>305591.1</v>
       </c>
     </row>
     <row r="443">
       <c r="A443" s="2" t="n">
-        <v>1.7124912E12</v>
+        <v>1.7128368E12</v>
       </c>
       <c r="B443" s="2" t="n">
-        <v>1.712577599999E12</v>
+        <v>1.712923199999E12</v>
       </c>
       <c r="C443" s="2" t="n">
-        <v>1.71249126E12</v>
+        <v>1.7128368E12</v>
       </c>
       <c r="D443" s="2" t="n">
-        <v>1.71252312E12</v>
+        <v>1.71292008E12</v>
       </c>
       <c r="E443" s="2" t="n">
-        <v>0.0159855468023323</v>
+        <v>0.0120698092882259</v>
       </c>
       <c r="F443" s="2" t="n">
-        <v>0.0159855468023323</v>
+        <v>0.0120698092882259</v>
       </c>
       <c r="G443" s="2" t="n">
-        <v>0.0127578012757605</v>
+        <v>0.008881990332924</v>
       </c>
       <c r="H443" s="2" t="n">
-        <v>0.0137924096155013</v>
+        <v>0.0092395301995391</v>
       </c>
       <c r="I443" s="2" t="n">
-        <v>271543.45</v>
+        <v>302419.18</v>
       </c>
     </row>
     <row r="444">
       <c r="A444" s="2" t="n">
-        <v>1.7124048E12</v>
+        <v>1.7127504E12</v>
       </c>
       <c r="B444" s="2" t="n">
-        <v>1.712491199999E12</v>
+        <v>1.712836799999E12</v>
       </c>
       <c r="C444" s="2" t="n">
-        <v>1.71249036E12</v>
+        <v>1.7127522E12</v>
       </c>
       <c r="D444" s="2" t="n">
-        <v>1.71242496E12</v>
+        <v>1.7128248E12</v>
       </c>
       <c r="E444" s="2" t="n">
-        <v>0.0119101650425571</v>
+        <v>0.0142940817615996</v>
       </c>
       <c r="F444" s="2" t="n">
-        <v>0.0165113872549161</v>
+        <v>0.0151915902810963</v>
       </c>
       <c r="G444" s="2" t="n">
-        <v>0.0114308138406131</v>
+        <v>0.0112069529929904</v>
       </c>
       <c r="H444" s="2" t="n">
-        <v>0.0159855468023323</v>
+        <v>0.0120698092882259</v>
       </c>
       <c r="I444" s="2" t="n">
-        <v>305051.62</v>
+        <v>341301.36</v>
       </c>
     </row>
     <row r="445">
       <c r="A445" s="2" t="n">
-        <v>1.7123184E12</v>
+        <v>1.712664E12</v>
       </c>
       <c r="B445" s="2" t="n">
-        <v>1.712404799999E12</v>
+        <v>1.712750399999E12</v>
       </c>
       <c r="C445" s="2" t="n">
-        <v>1.7123487E12</v>
+        <v>1.71274344E12</v>
       </c>
       <c r="D445" s="2" t="n">
-        <v>1.71237486E12</v>
+        <v>1.71271992E12</v>
       </c>
       <c r="E445" s="2" t="n">
-        <v>0.013028479471741</v>
+        <v>0.0127654358225317</v>
       </c>
       <c r="F445" s="2" t="n">
-        <v>0.0136702261317833</v>
+        <v>0.0154908073630227</v>
       </c>
       <c r="G445" s="2" t="n">
-        <v>0.0110692972634036</v>
+        <v>0.0123076538485219</v>
       </c>
       <c r="H445" s="2" t="n">
-        <v>0.0119101650425571</v>
+        <v>0.0142940817615996</v>
       </c>
       <c r="I445" s="2" t="n">
-        <v>252119.7</v>
+        <v>366521.89</v>
       </c>
     </row>
     <row r="446">
       <c r="A446" s="2" t="n">
-        <v>1.712232E12</v>
+        <v>1.7125776E12</v>
       </c>
       <c r="B446" s="2" t="n">
-        <v>1.712318399999E12</v>
+        <v>1.712663999999E12</v>
       </c>
       <c r="C446" s="2" t="n">
-        <v>1.7122332E12</v>
+        <v>1.71259146E12</v>
       </c>
       <c r="D446" s="2" t="n">
-        <v>1.71227796E12</v>
+        <v>1.71264294E12</v>
       </c>
       <c r="E446" s="2" t="n">
-        <v>0.0138447742800723</v>
+        <v>0.0137924096155013</v>
       </c>
       <c r="F446" s="2" t="n">
-        <v>0.0138458457437514</v>
+        <v>0.0141883646648698</v>
       </c>
       <c r="G446" s="2" t="n">
-        <v>0.0114124866002209</v>
+        <v>0.0122292180391455</v>
       </c>
       <c r="H446" s="2" t="n">
-        <v>0.013028479471741</v>
+        <v>0.0127654358225317</v>
       </c>
       <c r="I446" s="2" t="n">
-        <v>203090.31</v>
+        <v>324454.98</v>
       </c>
     </row>
     <row r="447">
       <c r="A447" s="2" t="n">
-        <v>1.7121456E12</v>
+        <v>1.7124912E12</v>
       </c>
       <c r="B447" s="2" t="n">
-        <v>1.712231999999E12</v>
+        <v>1.712577599999E12</v>
       </c>
       <c r="C447" s="2" t="n">
-        <v>1.71217278E12</v>
+        <v>1.71249126E12</v>
       </c>
       <c r="D447" s="2" t="n">
-        <v>1.71220254E12</v>
+        <v>1.71252312E12</v>
       </c>
       <c r="E447" s="2" t="n">
-        <v>0.013783225145358</v>
+        <v>0.0159855468023323</v>
       </c>
       <c r="F447" s="2" t="n">
-        <v>0.0138769053773484</v>
+        <v>0.0159855468023323</v>
       </c>
       <c r="G447" s="2" t="n">
-        <v>0.011485991005484</v>
+        <v>0.0127578012757605</v>
       </c>
       <c r="H447" s="2" t="n">
-        <v>0.0138447742800723</v>
+        <v>0.0137924096155013</v>
       </c>
       <c r="I447" s="2" t="n">
-        <v>285711.83</v>
+        <v>271543.45</v>
       </c>
     </row>
     <row r="448">
       <c r="A448" s="2" t="n">
-        <v>1.7120592E12</v>
+        <v>1.7124048E12</v>
       </c>
       <c r="B448" s="2" t="n">
-        <v>1.712145599999E12</v>
+        <v>1.712491199999E12</v>
       </c>
       <c r="C448" s="2" t="n">
-        <v>1.71206154E12</v>
+        <v>1.71249036E12</v>
       </c>
       <c r="D448" s="2" t="n">
-        <v>1.71214398E12</v>
+        <v>1.71242496E12</v>
       </c>
       <c r="E448" s="2" t="n">
-        <v>0.014912895766951</v>
+        <v>0.0119101650425571</v>
       </c>
       <c r="F448" s="2" t="n">
-        <v>0.0153931332564954</v>
+        <v>0.0165113872549161</v>
       </c>
       <c r="G448" s="2" t="n">
-        <v>0.0133074465687408</v>
+        <v>0.0114308138406131</v>
       </c>
       <c r="H448" s="2" t="n">
-        <v>0.013783225145358</v>
+        <v>0.0159855468023323</v>
       </c>
       <c r="I448" s="2" t="n">
-        <v>269438.84</v>
+        <v>305051.62</v>
       </c>
     </row>
     <row r="449">
       <c r="A449" s="2" t="n">
-        <v>1.7119728E12</v>
+        <v>1.7123184E12</v>
       </c>
       <c r="B449" s="2" t="n">
-        <v>1.712059199999E12</v>
+        <v>1.712404799999E12</v>
       </c>
       <c r="C449" s="2" t="n">
-        <v>1.7119749E12</v>
+        <v>1.7123487E12</v>
       </c>
       <c r="D449" s="2" t="n">
-        <v>1.71205878E12</v>
+        <v>1.71237486E12</v>
       </c>
       <c r="E449" s="2" t="n">
-        <v>0.0185325250548847</v>
+        <v>0.013028479471741</v>
       </c>
       <c r="F449" s="2" t="n">
-        <v>0.0187039768477299</v>
+        <v>0.0136702261317833</v>
       </c>
       <c r="G449" s="2" t="n">
-        <v>0.0149113747874064</v>
+        <v>0.0110692972634036</v>
       </c>
       <c r="H449" s="2" t="n">
-        <v>0.014912895766951</v>
+        <v>0.0119101650425571</v>
       </c>
       <c r="I449" s="2" t="n">
-        <v>232790.93</v>
+        <v>252119.7</v>
       </c>
     </row>
     <row r="450">
       <c r="A450" s="2" t="n">
-        <v>1.7118864E12</v>
+        <v>1.712232E12</v>
       </c>
       <c r="B450" s="2" t="n">
-        <v>1.711972799999E12</v>
+        <v>1.712318399999E12</v>
       </c>
       <c r="C450" s="2" t="n">
-        <v>1.71192624E12</v>
+        <v>1.7122332E12</v>
       </c>
       <c r="D450" s="2" t="n">
-        <v>1.71190158E12</v>
+        <v>1.71227796E12</v>
       </c>
       <c r="E450" s="2" t="n">
-        <v>0.0178267325434982</v>
+        <v>0.0138447742800723</v>
       </c>
       <c r="F450" s="2" t="n">
-        <v>0.0187383954467768</v>
+        <v>0.0138458457437514</v>
       </c>
       <c r="G450" s="2" t="n">
-        <v>0.0172106982246675</v>
+        <v>0.0114124866002209</v>
       </c>
       <c r="H450" s="2" t="n">
-        <v>0.0185325250548847</v>
+        <v>0.013028479471741</v>
       </c>
       <c r="I450" s="2" t="n">
-        <v>229811.86</v>
+        <v>203090.31</v>
       </c>
     </row>
     <row r="451">
       <c r="A451" s="2" t="n">
-        <v>1.7118E12</v>
+        <v>1.7121456E12</v>
       </c>
       <c r="B451" s="2" t="n">
-        <v>1.711886399999E12</v>
+        <v>1.712231999999E12</v>
       </c>
       <c r="C451" s="2" t="n">
-        <v>1.71181728E12</v>
+        <v>1.71217278E12</v>
       </c>
       <c r="D451" s="2" t="n">
-        <v>1.71187308E12</v>
+        <v>1.71220254E12</v>
       </c>
       <c r="E451" s="2" t="n">
-        <v>0.0187494566744293</v>
+        <v>0.013783225145358</v>
       </c>
       <c r="F451" s="2" t="n">
-        <v>0.0188859882058818</v>
+        <v>0.0138769053773484</v>
       </c>
       <c r="G451" s="2" t="n">
-        <v>0.017264422215812</v>
+        <v>0.011485991005484</v>
       </c>
       <c r="H451" s="2" t="n">
-        <v>0.0178267325434982</v>
+        <v>0.0138447742800723</v>
       </c>
       <c r="I451" s="2" t="n">
-        <v>254115.91</v>
+        <v>285711.83</v>
       </c>
     </row>
     <row r="452">
       <c r="A452" s="2" t="n">
-        <v>1.7117136E12</v>
+        <v>1.7120592E12</v>
       </c>
       <c r="B452" s="2" t="n">
-        <v>1.711799999999E12</v>
+        <v>1.712145599999E12</v>
       </c>
       <c r="C452" s="2" t="n">
-        <v>1.71174516E12</v>
+        <v>1.71206154E12</v>
       </c>
       <c r="D452" s="2" t="n">
-        <v>1.71177E12</v>
+        <v>1.71214398E12</v>
       </c>
       <c r="E452" s="2" t="n">
-        <v>0.0175872757857713</v>
+        <v>0.014912895766951</v>
       </c>
       <c r="F452" s="2" t="n">
-        <v>0.0189379989211646</v>
+        <v>0.0153931332564954</v>
       </c>
       <c r="G452" s="2" t="n">
-        <v>0.0170730290505903</v>
+        <v>0.0133074465687408</v>
       </c>
       <c r="H452" s="2" t="n">
-        <v>0.0187494566744293</v>
+        <v>0.013783225145358</v>
       </c>
       <c r="I452" s="2" t="n">
-        <v>240629.53</v>
+        <v>269438.84</v>
       </c>
     </row>
     <row r="453">
       <c r="A453" s="2" t="n">
-        <v>1.7116272E12</v>
+        <v>1.7119728E12</v>
       </c>
       <c r="B453" s="2" t="n">
-        <v>1.711713599999E12</v>
+        <v>1.712059199999E12</v>
       </c>
       <c r="C453" s="2" t="n">
-        <v>1.7117019E12</v>
+        <v>1.7119749E12</v>
       </c>
       <c r="D453" s="2" t="n">
-        <v>1.71164202E12</v>
+        <v>1.71205878E12</v>
       </c>
       <c r="E453" s="2" t="n">
-        <v>0.0171329059792007</v>
+        <v>0.0185325250548847</v>
       </c>
       <c r="F453" s="2" t="n">
-        <v>0.0189067225638681</v>
+        <v>0.0187039768477299</v>
       </c>
       <c r="G453" s="2" t="n">
-        <v>0.016229670070773</v>
+        <v>0.0149113747874064</v>
       </c>
       <c r="H453" s="2" t="n">
-        <v>0.0175872757857713</v>
+        <v>0.014912895766951</v>
       </c>
       <c r="I453" s="2" t="n">
-        <v>191608.24</v>
+        <v>232790.93</v>
       </c>
     </row>
     <row r="454">
       <c r="A454" s="2" t="n">
-        <v>1.7115408E12</v>
+        <v>1.7118864E12</v>
       </c>
       <c r="B454" s="2" t="n">
-        <v>1.711627199999E12</v>
+        <v>1.711972799999E12</v>
       </c>
       <c r="C454" s="2" t="n">
-        <v>1.71160896E12</v>
+        <v>1.71192624E12</v>
       </c>
       <c r="D454" s="2" t="n">
-        <v>1.71154236E12</v>
+        <v>1.71190158E12</v>
       </c>
       <c r="E454" s="2" t="n">
-        <v>0.0163595769543208</v>
+        <v>0.0178267325434982</v>
       </c>
       <c r="F454" s="2" t="n">
-        <v>0.0178633691875337</v>
+        <v>0.0187383954467768</v>
       </c>
       <c r="G454" s="2" t="n">
-        <v>0.0158411490826267</v>
+        <v>0.0172106982246675</v>
       </c>
       <c r="H454" s="2" t="n">
-        <v>0.0171329059792007</v>
+        <v>0.0185325250548847</v>
       </c>
       <c r="I454" s="2" t="n">
-        <v>224707.18</v>
+        <v>229811.86</v>
       </c>
     </row>
     <row r="455">
       <c r="A455" s="2" t="n">
-        <v>1.7114544E12</v>
+        <v>1.7118E12</v>
       </c>
       <c r="B455" s="2" t="n">
-        <v>1.711540799999E12</v>
+        <v>1.711886399999E12</v>
       </c>
       <c r="C455" s="2" t="n">
-        <v>1.71149382E12</v>
+        <v>1.71181728E12</v>
       </c>
       <c r="D455" s="2" t="n">
-        <v>1.71154074E12</v>
+        <v>1.71187308E12</v>
       </c>
       <c r="E455" s="2" t="n">
-        <v>0.017928486613123</v>
+        <v>0.0187494566744293</v>
       </c>
       <c r="F455" s="2" t="n">
-        <v>0.0192766084630089</v>
+        <v>0.0188859882058818</v>
       </c>
       <c r="G455" s="2" t="n">
-        <v>0.0163595769543208</v>
+        <v>0.017264422215812</v>
       </c>
       <c r="H455" s="2" t="n">
-        <v>0.0163595769543208</v>
+        <v>0.0178267325434982</v>
       </c>
       <c r="I455" s="2" t="n">
-        <v>221783.8</v>
+        <v>254115.91</v>
       </c>
     </row>
     <row r="456">
       <c r="A456" s="2" t="n">
-        <v>1.711368E12</v>
+        <v>1.7117136E12</v>
       </c>
       <c r="B456" s="2" t="n">
-        <v>1.711454399999E12</v>
+        <v>1.711799999999E12</v>
       </c>
       <c r="C456" s="2" t="n">
-        <v>1.71138048E12</v>
+        <v>1.71174516E12</v>
       </c>
       <c r="D456" s="2" t="n">
-        <v>1.71140028E12</v>
+        <v>1.71177E12</v>
       </c>
       <c r="E456" s="2" t="n">
-        <v>0.0178336491067562</v>
+        <v>0.0175872757857713</v>
       </c>
       <c r="F456" s="2" t="n">
-        <v>0.0188980824517906</v>
+        <v>0.0189379989211646</v>
       </c>
       <c r="G456" s="2" t="n">
-        <v>0.0172518650112904</v>
+        <v>0.0170730290505903</v>
       </c>
       <c r="H456" s="2" t="n">
-        <v>0.017928486613123</v>
+        <v>0.0187494566744293</v>
       </c>
       <c r="I456" s="2" t="n">
-        <v>245226.43</v>
+        <v>240629.53</v>
       </c>
     </row>
     <row r="457">
       <c r="A457" s="2" t="n">
-        <v>1.7112816E12</v>
+        <v>1.7116272E12</v>
       </c>
       <c r="B457" s="2" t="n">
-        <v>1.711367999999E12</v>
+        <v>1.711713599999E12</v>
       </c>
       <c r="C457" s="2" t="n">
-        <v>1.71134286E12</v>
+        <v>1.7117019E12</v>
       </c>
       <c r="D457" s="2" t="n">
-        <v>1.71130602E12</v>
+        <v>1.71164202E12</v>
       </c>
       <c r="E457" s="2" t="n">
-        <v>0.017079887609407</v>
+        <v>0.0171329059792007</v>
       </c>
       <c r="F457" s="2" t="n">
-        <v>0.0194316740847649</v>
+        <v>0.0189067225638681</v>
       </c>
       <c r="G457" s="2" t="n">
-        <v>0.0156301053321813</v>
+        <v>0.016229670070773</v>
       </c>
       <c r="H457" s="2" t="n">
-        <v>0.0178336491067562</v>
+        <v>0.0175872757857713</v>
       </c>
       <c r="I457" s="2" t="n">
-        <v>360625.88</v>
+        <v>191608.24</v>
       </c>
     </row>
     <row r="458">
       <c r="A458" s="2" t="n">
-        <v>1.7111952E12</v>
+        <v>1.7115408E12</v>
       </c>
       <c r="B458" s="2" t="n">
-        <v>1.711281599999E12</v>
+        <v>1.711627199999E12</v>
       </c>
       <c r="C458" s="2" t="n">
-        <v>1.71122364E12</v>
+        <v>1.71160896E12</v>
       </c>
       <c r="D458" s="2" t="n">
-        <v>1.71124146E12</v>
+        <v>1.71154236E12</v>
       </c>
       <c r="E458" s="2" t="n">
-        <v>0.0185174538475902</v>
+        <v>0.0163595769543208</v>
       </c>
       <c r="F458" s="2" t="n">
-        <v>0.0192010823841478</v>
+        <v>0.0178633691875337</v>
       </c>
       <c r="G458" s="2" t="n">
-        <v>0.0160766821473851</v>
+        <v>0.0158411490826267</v>
       </c>
       <c r="H458" s="2" t="n">
-        <v>0.017079887609407</v>
+        <v>0.0171329059792007</v>
       </c>
       <c r="I458" s="2" t="n">
-        <v>319629.21</v>
+        <v>224707.18</v>
       </c>
     </row>
     <row r="459">
       <c r="A459" s="2" t="n">
-        <v>1.7111088E12</v>
+        <v>1.7114544E12</v>
       </c>
       <c r="B459" s="2" t="n">
-        <v>1.711195199999E12</v>
+        <v>1.711540799999E12</v>
       </c>
       <c r="C459" s="2" t="n">
-        <v>1.71113028E12</v>
+        <v>1.71149382E12</v>
       </c>
       <c r="D459" s="2" t="n">
-        <v>1.71117474E12</v>
+        <v>1.71154074E12</v>
       </c>
       <c r="E459" s="2" t="n">
-        <v>0.0192560198438766</v>
+        <v>0.017928486613123</v>
       </c>
       <c r="F459" s="2" t="n">
-        <v>0.0203604440534875</v>
+        <v>0.0192766084630089</v>
       </c>
       <c r="G459" s="2" t="n">
-        <v>0.0174121178859704</v>
+        <v>0.0163595769543208</v>
       </c>
       <c r="H459" s="2" t="n">
-        <v>0.0185174538475902</v>
+        <v>0.0163595769543208</v>
       </c>
       <c r="I459" s="2" t="n">
-        <v>280150.19</v>
+        <v>221783.8</v>
       </c>
     </row>
     <row r="460">
       <c r="A460" s="2" t="n">
-        <v>1.7110224E12</v>
+        <v>1.711368E12</v>
       </c>
       <c r="B460" s="2" t="n">
-        <v>1.711108799999E12</v>
+        <v>1.711454399999E12</v>
       </c>
       <c r="C460" s="2" t="n">
-        <v>1.7110425E12</v>
+        <v>1.71138048E12</v>
       </c>
       <c r="D460" s="2" t="n">
-        <v>1.71109302E12</v>
+        <v>1.71140028E12</v>
       </c>
       <c r="E460" s="2" t="n">
-        <v>0.0193582906631781</v>
+        <v>0.0178336491067562</v>
       </c>
       <c r="F460" s="2" t="n">
-        <v>0.0208363054634207</v>
+        <v>0.0188980824517906</v>
       </c>
       <c r="G460" s="2" t="n">
-        <v>0.018317232077277</v>
+        <v>0.0172518650112904</v>
       </c>
       <c r="H460" s="2" t="n">
-        <v>0.0192560198438766</v>
+        <v>0.017928486613123</v>
       </c>
       <c r="I460" s="2" t="n">
-        <v>285494.19</v>
+        <v>245226.43</v>
       </c>
     </row>
     <row r="461">
       <c r="A461" s="2" t="n">
-        <v>1.710936E12</v>
+        <v>1.7112816E12</v>
       </c>
       <c r="B461" s="2" t="n">
-        <v>1.711022399999E12</v>
+        <v>1.711367999999E12</v>
       </c>
       <c r="C461" s="2" t="n">
-        <v>1.71101286E12</v>
+        <v>1.71134286E12</v>
       </c>
       <c r="D461" s="2" t="n">
-        <v>1.71095388E12</v>
+        <v>1.71130602E12</v>
       </c>
       <c r="E461" s="2" t="n">
-        <v>0.0149029947925093</v>
+        <v>0.017079887609407</v>
       </c>
       <c r="F461" s="2" t="n">
-        <v>0.020323652260291</v>
+        <v>0.0194316740847649</v>
       </c>
       <c r="G461" s="2" t="n">
-        <v>0.0145769331141167</v>
+        <v>0.0156301053321813</v>
       </c>
       <c r="H461" s="2" t="n">
-        <v>0.0193582906631781</v>
+        <v>0.0178336491067562</v>
       </c>
       <c r="I461" s="2" t="n">
-        <v>241568.2</v>
+        <v>360625.88</v>
       </c>
     </row>
     <row r="462">
       <c r="A462" s="2" t="n">
-        <v>1.7108496E12</v>
+        <v>1.7111952E12</v>
       </c>
       <c r="B462" s="2" t="n">
-        <v>1.710935999999E12</v>
+        <v>1.711281599999E12</v>
       </c>
       <c r="C462" s="2" t="n">
-        <v>1.71091458E12</v>
+        <v>1.71122364E12</v>
       </c>
       <c r="D462" s="2" t="n">
-        <v>1.7108859E12</v>
+        <v>1.71124146E12</v>
       </c>
       <c r="E462" s="2" t="n">
-        <v>0.016095087627337</v>
+        <v>0.0185174538475902</v>
       </c>
       <c r="F462" s="2" t="n">
-        <v>0.0170127381486717</v>
+        <v>0.0192010823841478</v>
       </c>
       <c r="G462" s="2" t="n">
-        <v>0.0145554600812618</v>
+        <v>0.0160766821473851</v>
       </c>
       <c r="H462" s="2" t="n">
-        <v>0.0149029947925093</v>
+        <v>0.017079887609407</v>
       </c>
       <c r="I462" s="2" t="n">
-        <v>196752.61</v>
+        <v>319629.21</v>
       </c>
     </row>
     <row r="463">
       <c r="A463" s="2" t="n">
-        <v>1.7107632E12</v>
+        <v>1.7111088E12</v>
       </c>
       <c r="B463" s="2" t="n">
-        <v>1.710849599999E12</v>
+        <v>1.711195199999E12</v>
       </c>
       <c r="C463" s="2" t="n">
-        <v>1.71076344E12</v>
+        <v>1.71113028E12</v>
       </c>
       <c r="D463" s="2" t="n">
-        <v>1.71084342E12</v>
+        <v>1.71117474E12</v>
       </c>
       <c r="E463" s="2" t="n">
-        <v>0.0178043030457614</v>
+        <v>0.0192560198438766</v>
       </c>
       <c r="F463" s="2" t="n">
-        <v>0.0179084471288379</v>
+        <v>0.0203604440534875</v>
       </c>
       <c r="G463" s="2" t="n">
-        <v>0.0158582018621121</v>
+        <v>0.0174121178859704</v>
       </c>
       <c r="H463" s="2" t="n">
-        <v>0.016095087627337</v>
+        <v>0.0185174538475902</v>
       </c>
       <c r="I463" s="2" t="n">
-        <v>242363.16</v>
+        <v>280150.19</v>
       </c>
     </row>
     <row r="464">
       <c r="A464" s="2" t="n">
-        <v>1.7106768E12</v>
+        <v>1.7110224E12</v>
       </c>
       <c r="B464" s="2" t="n">
-        <v>1.710763199999E12</v>
+        <v>1.711108799999E12</v>
       </c>
       <c r="C464" s="2" t="n">
-        <v>1.71072006E12</v>
+        <v>1.7110425E12</v>
       </c>
       <c r="D464" s="2" t="n">
-        <v>1.71069306E12</v>
+        <v>1.71109302E12</v>
       </c>
       <c r="E464" s="2" t="n">
-        <v>0.0169398915868436</v>
+        <v>0.0193582906631781</v>
       </c>
       <c r="F464" s="2" t="n">
-        <v>0.0192551944622432</v>
+        <v>0.0208363054634207</v>
       </c>
       <c r="G464" s="2" t="n">
-        <v>0.0168279745395852</v>
+        <v>0.018317232077277</v>
       </c>
       <c r="H464" s="2" t="n">
-        <v>0.0179035007390336</v>
+        <v>0.0192560198438766</v>
       </c>
       <c r="I464" s="2" t="n">
-        <v>250141.12</v>
+        <v>285494.19</v>
       </c>
     </row>
     <row r="465">
       <c r="A465" s="2" t="n">
-        <v>1.7105904E12</v>
+        <v>1.710936E12</v>
       </c>
       <c r="B465" s="2" t="n">
-        <v>1.710676799999E12</v>
+        <v>1.711022399999E12</v>
       </c>
       <c r="C465" s="2" t="n">
-        <v>1.71059706E12</v>
+        <v>1.71101286E12</v>
       </c>
       <c r="D465" s="2" t="n">
-        <v>1.71065388E12</v>
+        <v>1.71095388E12</v>
       </c>
       <c r="E465" s="2" t="n">
-        <v>0.0183348842069375</v>
+        <v>0.0149029947925093</v>
       </c>
       <c r="F465" s="2" t="n">
-        <v>0.0191165702066421</v>
+        <v>0.020323652260291</v>
       </c>
       <c r="G465" s="2" t="n">
-        <v>0.0165344726548762</v>
+        <v>0.0145769331141167</v>
       </c>
       <c r="H465" s="2" t="n">
-        <v>0.0169398915868436</v>
+        <v>0.0193582906631781</v>
       </c>
       <c r="I465" s="2" t="n">
-        <v>258431.53</v>
+        <v>241568.2</v>
       </c>
     </row>
     <row r="466">
       <c r="A466" s="2" t="n">
-        <v>1.710504E12</v>
+        <v>1.7108496E12</v>
       </c>
       <c r="B466" s="2" t="n">
-        <v>1.710590399999E12</v>
+        <v>1.710935999999E12</v>
       </c>
       <c r="C466" s="2" t="n">
-        <v>1.71050472E12</v>
+        <v>1.71091458E12</v>
       </c>
       <c r="D466" s="2" t="n">
-        <v>1.71055566E12</v>
+        <v>1.7108859E12</v>
       </c>
       <c r="E466" s="2" t="n">
-        <v>0.018351406998112</v>
+        <v>0.016095087627337</v>
       </c>
       <c r="F466" s="2" t="n">
-        <v>0.018452825925658</v>
+        <v>0.0170127381486717</v>
       </c>
       <c r="G466" s="2" t="n">
-        <v>0.0156537778236145</v>
+        <v>0.0145554600812618</v>
       </c>
       <c r="H466" s="2" t="n">
-        <v>0.0183348842069375</v>
+        <v>0.0149029947925093</v>
       </c>
       <c r="I466" s="2" t="n">
-        <v>312338.88</v>
+        <v>196752.61</v>
       </c>
     </row>
     <row r="467">
       <c r="A467" s="2" t="n">
-        <v>1.7104176E12</v>
+        <v>1.7107632E12</v>
       </c>
       <c r="B467" s="2" t="n">
-        <v>1.710503999999E12</v>
+        <v>1.710849599999E12</v>
       </c>
       <c r="C467" s="2" t="n">
-        <v>1.71048948E12</v>
+        <v>1.71076344E12</v>
       </c>
       <c r="D467" s="2" t="n">
-        <v>1.71048858E12</v>
+        <v>1.71084342E12</v>
       </c>
       <c r="E467" s="2" t="n">
-        <v>0.0195771916173283</v>
+        <v>0.0178043030457614</v>
       </c>
       <c r="F467" s="2" t="n">
-        <v>0.0197823407376927</v>
+        <v>0.0179084471288379</v>
       </c>
       <c r="G467" s="2" t="n">
-        <v>0.0171415343171366</v>
+        <v>0.0158582018621121</v>
       </c>
       <c r="H467" s="2" t="n">
-        <v>0.018351406998112</v>
+        <v>0.016095087627337</v>
       </c>
       <c r="I467" s="2" t="n">
-        <v>328075.4</v>
+        <v>242363.16</v>
       </c>
     </row>
     <row r="468">
       <c r="A468" s="2" t="n">
-        <v>1.7103312E12</v>
+        <v>1.7106768E12</v>
       </c>
       <c r="B468" s="2" t="n">
-        <v>1.710417599999E12</v>
+        <v>1.710763199999E12</v>
       </c>
       <c r="C468" s="2" t="n">
-        <v>1.71033882E12</v>
+        <v>1.71072006E12</v>
       </c>
       <c r="D468" s="2" t="n">
-        <v>1.71035574E12</v>
+        <v>1.71069306E12</v>
       </c>
       <c r="E468" s="2" t="n">
-        <v>0.0212162236277952</v>
+        <v>0.0169398915868436</v>
       </c>
       <c r="F468" s="2" t="n">
-        <v>0.0246973638082069</v>
+        <v>0.0192551944622432</v>
       </c>
       <c r="G468" s="2" t="n">
-        <v>0.0192149365305815</v>
+        <v>0.0168279745395852</v>
       </c>
       <c r="H468" s="2" t="n">
-        <v>0.0195771916173283</v>
+        <v>0.0179035007390336</v>
       </c>
       <c r="I468" s="2" t="n">
-        <v>368804.52</v>
+        <v>250141.12</v>
       </c>
     </row>
     <row r="469">
       <c r="A469" s="2" t="n">
-        <v>1.7102448E12</v>
+        <v>1.7105904E12</v>
       </c>
       <c r="B469" s="2" t="n">
-        <v>1.710331199999E12</v>
+        <v>1.710676799999E12</v>
       </c>
       <c r="C469" s="2" t="n">
-        <v>1.71031956E12</v>
+        <v>1.71059706E12</v>
       </c>
       <c r="D469" s="2" t="n">
-        <v>1.71030816E12</v>
+        <v>1.71065388E12</v>
       </c>
       <c r="E469" s="2" t="n">
-        <v>0.0218693682823609</v>
+        <v>0.0183348842069375</v>
       </c>
       <c r="F469" s="2" t="n">
-        <v>0.0238249726538346</v>
+        <v>0.0191165702066421</v>
       </c>
       <c r="G469" s="2" t="n">
-        <v>0.0172144501999221</v>
+        <v>0.0165344726548762</v>
       </c>
       <c r="H469" s="2" t="n">
-        <v>0.0212162236277952</v>
+        <v>0.0169398915868436</v>
       </c>
       <c r="I469" s="2" t="n">
-        <v>517502.15</v>
+        <v>258431.53</v>
       </c>
     </row>
     <row r="470">
       <c r="A470" s="2" t="n">
-        <v>1.7101584E12</v>
+        <v>1.710504E12</v>
       </c>
       <c r="B470" s="2" t="n">
-        <v>1.710244799999E12</v>
+        <v>1.710590399999E12</v>
       </c>
       <c r="C470" s="2" t="n">
-        <v>1.71018372E12</v>
+        <v>1.71050472E12</v>
       </c>
       <c r="D470" s="2" t="n">
-        <v>1.71022722E12</v>
+        <v>1.71055566E12</v>
       </c>
       <c r="E470" s="2" t="n">
-        <v>0.0257015319702137</v>
+        <v>0.018351406998112</v>
       </c>
       <c r="F470" s="2" t="n">
-        <v>0.0317498292229591</v>
+        <v>0.018452825925658</v>
       </c>
       <c r="G470" s="2" t="n">
-        <v>0.0158931842084008</v>
+        <v>0.0156537778236145</v>
       </c>
       <c r="H470" s="2" t="n">
-        <v>0.0218693682823609</v>
+        <v>0.0183348842069375</v>
       </c>
       <c r="I470" s="2" t="n">
-        <v>664348.82</v>
+        <v>312338.88</v>
       </c>
     </row>
     <row r="471">
       <c r="A471" s="2" t="n">
-        <v>1.710072E12</v>
+        <v>1.7104176E12</v>
       </c>
       <c r="B471" s="2" t="n">
-        <v>1.710158399999E12</v>
+        <v>1.710503999999E12</v>
       </c>
       <c r="C471" s="2" t="n">
-        <v>1.7101458E12</v>
+        <v>1.71048948E12</v>
       </c>
       <c r="D471" s="2" t="n">
-        <v>1.71007764E12</v>
+        <v>1.71048858E12</v>
       </c>
       <c r="E471" s="2" t="n">
-        <v>0.0215603337414127</v>
+        <v>0.0195771916173283</v>
       </c>
       <c r="F471" s="2" t="n">
-        <v>0.0336043844465279</v>
+        <v>0.0197823407376927</v>
       </c>
       <c r="G471" s="2" t="n">
-        <v>0.021011982751591</v>
+        <v>0.0171415343171366</v>
       </c>
       <c r="H471" s="2" t="n">
-        <v>0.0257015319702137</v>
+        <v>0.018351406998112</v>
       </c>
       <c r="I471" s="2" t="n">
-        <v>562204.79</v>
+        <v>328075.4</v>
       </c>
     </row>
     <row r="472">
       <c r="A472" s="2" t="n">
-        <v>1.7099856E12</v>
+        <v>1.7103312E12</v>
       </c>
       <c r="B472" s="2" t="n">
-        <v>1.710071999999E12</v>
+        <v>1.710417599999E12</v>
       </c>
       <c r="C472" s="2" t="n">
-        <v>1.71006036E12</v>
+        <v>1.71033882E12</v>
       </c>
       <c r="D472" s="2" t="n">
-        <v>1.71001212E12</v>
+        <v>1.71035574E12</v>
       </c>
       <c r="E472" s="2" t="n">
-        <v>0.0114862446901219</v>
+        <v>0.0212162236277952</v>
       </c>
       <c r="F472" s="2" t="n">
-        <v>0.0261812636163693</v>
+        <v>0.0246973638082069</v>
       </c>
       <c r="G472" s="2" t="n">
-        <v>0.0111469165933647</v>
+        <v>0.0192149365305815</v>
       </c>
       <c r="H472" s="2" t="n">
-        <v>0.0215603337414127</v>
+        <v>0.0195771916173283</v>
       </c>
       <c r="I472" s="2" t="n">
-        <v>619463.11</v>
+        <v>368804.52</v>
       </c>
     </row>
     <row r="473">
       <c r="A473" s="2" t="n">
-        <v>1.7098992E12</v>
+        <v>1.7102448E12</v>
       </c>
       <c r="B473" s="2" t="n">
-        <v>1.709985599999E12</v>
+        <v>1.710331199999E12</v>
       </c>
       <c r="C473" s="2" t="n">
-        <v>1.70994966E12</v>
+        <v>1.71031956E12</v>
       </c>
       <c r="D473" s="2" t="n">
-        <v>1.70990988E12</v>
+        <v>1.71030816E12</v>
       </c>
       <c r="E473" s="2" t="n">
-        <v>0.0109802554410753</v>
+        <v>0.0218693682823609</v>
       </c>
       <c r="F473" s="2" t="n">
-        <v>0.0122909950095773</v>
+        <v>0.0238249726538346</v>
       </c>
       <c r="G473" s="2" t="n">
-        <v>0.0108993774756104</v>
+        <v>0.0172144501999221</v>
       </c>
       <c r="H473" s="2" t="n">
-        <v>0.0114862446901219</v>
+        <v>0.0212162236277952</v>
       </c>
       <c r="I473" s="2" t="n">
-        <v>306193.0</v>
+        <v>517502.15</v>
       </c>
     </row>
     <row r="474">
       <c r="A474" s="2" t="n">
-        <v>1.7098128E12</v>
+        <v>1.7101584E12</v>
       </c>
       <c r="B474" s="2" t="n">
-        <v>1.709899199999E12</v>
+        <v>1.710244799999E12</v>
       </c>
       <c r="C474" s="2" t="n">
-        <v>1.70987244E12</v>
+        <v>1.71018372E12</v>
       </c>
       <c r="D474" s="2" t="n">
-        <v>1.70982318E12</v>
+        <v>1.71022722E12</v>
       </c>
       <c r="E474" s="2" t="n">
-        <v>0.0101051313861683</v>
+        <v>0.0257015319702137</v>
       </c>
       <c r="F474" s="2" t="n">
-        <v>0.0110935759093793</v>
+        <v>0.0317498292229591</v>
       </c>
       <c r="G474" s="2" t="n">
-        <v>0.009897956794855</v>
+        <v>0.0158931842084008</v>
       </c>
       <c r="H474" s="2" t="n">
-        <v>0.0109802554410753</v>
+        <v>0.0218693682823609</v>
       </c>
       <c r="I474" s="2" t="n">
-        <v>268178.28</v>
+        <v>664348.82</v>
       </c>
     </row>
     <row r="475">
       <c r="A475" s="2" t="n">
-        <v>1.7097264E12</v>
+        <v>1.710072E12</v>
       </c>
       <c r="B475" s="2" t="n">
-        <v>1.709812799999E12</v>
+        <v>1.710158399999E12</v>
       </c>
       <c r="C475" s="2" t="n">
-        <v>1.70973492E12</v>
+        <v>1.7101458E12</v>
       </c>
       <c r="D475" s="2" t="n">
-        <v>1.7097645E12</v>
+        <v>1.71007764E12</v>
       </c>
       <c r="E475" s="2" t="n">
-        <v>0.0104160928413176</v>
+        <v>0.0215603337414127</v>
       </c>
       <c r="F475" s="2" t="n">
-        <v>0.0105687729144818</v>
+        <v>0.0336043844465279</v>
       </c>
       <c r="G475" s="2" t="n">
-        <v>0.0089329757114356</v>
+        <v>0.021011982751591</v>
       </c>
       <c r="H475" s="2" t="n">
-        <v>0.0101051313861683</v>
+        <v>0.0257015319702137</v>
       </c>
       <c r="I475" s="2" t="n">
-        <v>286967.58</v>
+        <v>562204.79</v>
       </c>
     </row>
     <row r="476">
       <c r="A476" s="2" t="n">
-        <v>1.70964E12</v>
+        <v>1.7099856E12</v>
       </c>
       <c r="B476" s="2" t="n">
-        <v>1.709726399999E12</v>
+        <v>1.710071999999E12</v>
       </c>
       <c r="C476" s="2" t="n">
-        <v>1.70966994E12</v>
+        <v>1.71006036E12</v>
       </c>
       <c r="D476" s="2" t="n">
-        <v>1.7097153E12</v>
+        <v>1.71001212E12</v>
       </c>
       <c r="E476" s="2" t="n">
-        <v>0.0106799073769447</v>
+        <v>0.0114862446901219</v>
       </c>
       <c r="F476" s="2" t="n">
-        <v>0.0121256428933941</v>
+        <v>0.0261812636163693</v>
       </c>
       <c r="G476" s="2" t="n">
-        <v>0.0095230162144508</v>
+        <v>0.0111469165933647</v>
       </c>
       <c r="H476" s="2" t="n">
-        <v>0.0104160928413176</v>
+        <v>0.0215603337414127</v>
       </c>
       <c r="I476" s="2" t="n">
-        <v>242869.1</v>
+        <v>619463.11</v>
       </c>
     </row>
     <row r="477">
       <c r="A477" s="2" t="n">
-        <v>1.7095536E12</v>
+        <v>1.7098992E12</v>
       </c>
       <c r="B477" s="2" t="n">
-        <v>1.709639999999E12</v>
+        <v>1.709985599999E12</v>
       </c>
       <c r="C477" s="2" t="n">
-        <v>1.70961774E12</v>
+        <v>1.70994966E12</v>
       </c>
       <c r="D477" s="2" t="n">
-        <v>1.70960352E12</v>
+        <v>1.70990988E12</v>
       </c>
       <c r="E477" s="2" t="n">
-        <v>0.0102668167051217</v>
+        <v>0.0109802554410753</v>
       </c>
       <c r="F477" s="2" t="n">
-        <v>0.012229755983321</v>
+        <v>0.0122909950095773</v>
       </c>
       <c r="G477" s="2" t="n">
-        <v>0.0092055687996644</v>
+        <v>0.0108993774756104</v>
       </c>
       <c r="H477" s="2" t="n">
-        <v>0.0106799073769447</v>
+        <v>0.0114862446901219</v>
       </c>
       <c r="I477" s="2" t="n">
-        <v>213508.37</v>
+        <v>306193.0</v>
       </c>
     </row>
     <row r="478">
       <c r="A478" s="2" t="n">
-        <v>1.7094672E12</v>
+        <v>1.7098128E12</v>
       </c>
       <c r="B478" s="2" t="n">
-        <v>1.709553599999E12</v>
+        <v>1.709899199999E12</v>
       </c>
       <c r="C478" s="2" t="n">
-        <v>1.7094672E12</v>
+        <v>1.70987244E12</v>
       </c>
       <c r="D478" s="2" t="n">
-        <v>1.709547E12</v>
+        <v>1.70982318E12</v>
       </c>
       <c r="E478" s="2" t="n">
-        <v>0.0115371322147058</v>
+        <v>0.0101051313861683</v>
       </c>
       <c r="F478" s="2" t="n">
-        <v>0.0115371322147058</v>
+        <v>0.0110935759093793</v>
       </c>
       <c r="G478" s="2" t="n">
-        <v>0.0099920102392949</v>
+        <v>0.009897956794855</v>
       </c>
       <c r="H478" s="2" t="n">
-        <v>0.0102668167051217</v>
+        <v>0.0109802554410753</v>
       </c>
       <c r="I478" s="2" t="n">
-        <v>156144.63</v>
+        <v>268178.28</v>
       </c>
     </row>
     <row r="479">
       <c r="A479" s="2" t="n">
-        <v>1.7093808E12</v>
+        <v>1.7097264E12</v>
       </c>
       <c r="B479" s="2" t="n">
-        <v>1.709467199999E12</v>
+        <v>1.709812799999E12</v>
       </c>
       <c r="C479" s="2" t="n">
-        <v>1.70944674E12</v>
+        <v>1.70973492E12</v>
       </c>
       <c r="D479" s="2" t="n">
-        <v>1.70942532E12</v>
+        <v>1.7097645E12</v>
       </c>
       <c r="E479" s="2" t="n">
-        <v>0.0122471620095012</v>
+        <v>0.0104160928413176</v>
       </c>
       <c r="F479" s="2" t="n">
-        <v>0.0123783287125335</v>
+        <v>0.0105687729144818</v>
       </c>
       <c r="G479" s="2" t="n">
-        <v>0.0110224987734891</v>
+        <v>0.0089329757114356</v>
       </c>
       <c r="H479" s="2" t="n">
-        <v>0.0115371322147058</v>
+        <v>0.0101051313861683</v>
       </c>
       <c r="I479" s="2" t="n">
-        <v>167772.89</v>
+        <v>286967.58</v>
       </c>
     </row>
     <row r="480">
       <c r="A480" s="2" t="n">
-        <v>1.7092944E12</v>
+        <v>1.70964E12</v>
       </c>
       <c r="B480" s="2" t="n">
-        <v>1.709380799999E12</v>
+        <v>1.709726399999E12</v>
       </c>
       <c r="C480" s="2" t="n">
-        <v>1.70931804E12</v>
+        <v>1.70966994E12</v>
       </c>
       <c r="D480" s="2" t="n">
-        <v>1.70929626E12</v>
+        <v>1.7097153E12</v>
       </c>
       <c r="E480" s="2" t="n">
-        <v>0.0112085484223534</v>
+        <v>0.0106799073769447</v>
       </c>
       <c r="F480" s="2" t="n">
-        <v>0.0145647862361699</v>
+        <v>0.0121256428933941</v>
       </c>
       <c r="G480" s="2" t="n">
-        <v>0.0111683458638922</v>
+        <v>0.0095230162144508</v>
       </c>
       <c r="H480" s="2" t="n">
-        <v>0.0122471620095012</v>
+        <v>0.0104160928413176</v>
       </c>
       <c r="I480" s="2" t="n">
-        <v>225695.4</v>
+        <v>242869.1</v>
       </c>
     </row>
     <row r="481">
       <c r="A481" s="2" t="n">
-        <v>1.709208E12</v>
+        <v>1.7095536E12</v>
       </c>
       <c r="B481" s="2" t="n">
-        <v>1.709294399999E12</v>
+        <v>1.709639999999E12</v>
       </c>
       <c r="C481" s="2" t="n">
-        <v>1.70920806E12</v>
+        <v>1.70961774E12</v>
       </c>
       <c r="D481" s="2" t="n">
-        <v>1.70924838E12</v>
+        <v>1.70960352E12</v>
       </c>
       <c r="E481" s="2" t="n">
-        <v>0.0146858718661821</v>
+        <v>0.0102668167051217</v>
       </c>
       <c r="F481" s="2" t="n">
-        <v>0.0148798417031398</v>
+        <v>0.012229755983321</v>
       </c>
       <c r="G481" s="2" t="n">
-        <v>0.0104568337769152</v>
+        <v>0.0092055687996644</v>
       </c>
       <c r="H481" s="2" t="n">
-        <v>0.0112085484223534</v>
+        <v>0.0106799073769447</v>
       </c>
       <c r="I481" s="2" t="n">
-        <v>236287.31</v>
+        <v>213508.37</v>
       </c>
     </row>
     <row r="482">
       <c r="A482" s="2" t="n">
-        <v>1.7091216E12</v>
+        <v>1.7094672E12</v>
       </c>
       <c r="B482" s="2" t="n">
-        <v>1.709207999999E12</v>
+        <v>1.709553599999E12</v>
       </c>
       <c r="C482" s="2" t="n">
-        <v>1.7091303E12</v>
+        <v>1.7094672E12</v>
       </c>
       <c r="D482" s="2" t="n">
-        <v>1.70920518E12</v>
+        <v>1.709547E12</v>
       </c>
       <c r="E482" s="2" t="n">
-        <v>0.0149535140945194</v>
+        <v>0.0115371322147058</v>
       </c>
       <c r="F482" s="2" t="n">
-        <v>0.0158736329407871</v>
+        <v>0.0115371322147058</v>
       </c>
       <c r="G482" s="2" t="n">
-        <v>0.0127817262844043</v>
+        <v>0.0099920102392949</v>
       </c>
       <c r="H482" s="2" t="n">
-        <v>0.0146858718661821</v>
+        <v>0.0102668167051217</v>
       </c>
       <c r="I482" s="2" t="n">
-        <v>229161.43</v>
+        <v>156144.63</v>
       </c>
     </row>
     <row r="483">
       <c r="A483" s="2" t="n">
-        <v>1.7090352E12</v>
+        <v>1.7093808E12</v>
       </c>
       <c r="B483" s="2" t="n">
-        <v>1.709121599999E12</v>
+        <v>1.709467199999E12</v>
       </c>
       <c r="C483" s="2" t="n">
-        <v>1.70911356E12</v>
+        <v>1.70944674E12</v>
       </c>
       <c r="D483" s="2" t="n">
-        <v>1.70904288E12</v>
+        <v>1.70942532E12</v>
       </c>
       <c r="E483" s="2" t="n">
-        <v>0.0134353208429038</v>
+        <v>0.0122471620095012</v>
       </c>
       <c r="F483" s="2" t="n">
-        <v>0.0160168558444781</v>
+        <v>0.0123783287125335</v>
       </c>
       <c r="G483" s="2" t="n">
-        <v>0.0116973746393343</v>
+        <v>0.0110224987734891</v>
       </c>
       <c r="H483" s="2" t="n">
-        <v>0.0149535140945194</v>
+        <v>0.0115371322147058</v>
       </c>
       <c r="I483" s="2" t="n">
-        <v>268785.57</v>
+        <v>167772.89</v>
       </c>
     </row>
     <row r="484">
       <c r="A484" s="2" t="n">
-        <v>1.7089488E12</v>
+        <v>1.7092944E12</v>
       </c>
       <c r="B484" s="2" t="n">
-        <v>1.709035199999E12</v>
+        <v>1.709380799999E12</v>
       </c>
       <c r="C484" s="2" t="n">
-        <v>1.70899638E12</v>
+        <v>1.70931804E12</v>
       </c>
       <c r="D484" s="2" t="n">
-        <v>1.70902194E12</v>
+        <v>1.70929626E12</v>
       </c>
       <c r="E484" s="2" t="n">
-        <v>0.0141776577421774</v>
+        <v>0.0112085484223534</v>
       </c>
       <c r="F484" s="2" t="n">
-        <v>0.0169755596039878</v>
+        <v>0.0145647862361699</v>
       </c>
       <c r="G484" s="2" t="n">
-        <v>0.01250193554907</v>
+        <v>0.0111683458638922</v>
       </c>
       <c r="H484" s="2" t="n">
-        <v>0.0134353208429038</v>
+        <v>0.0122471620095012</v>
       </c>
       <c r="I484" s="2" t="n">
-        <v>261006.52</v>
+        <v>225695.4</v>
       </c>
     </row>
     <row r="485">
       <c r="A485" s="2" t="n">
-        <v>1.7088624E12</v>
+        <v>1.709208E12</v>
       </c>
       <c r="B485" s="2" t="n">
-        <v>1.708948799999E12</v>
+        <v>1.709294399999E12</v>
       </c>
       <c r="C485" s="2" t="n">
-        <v>1.70891976E12</v>
+        <v>1.70920806E12</v>
       </c>
       <c r="D485" s="2" t="n">
-        <v>1.70890224E12</v>
+        <v>1.70924838E12</v>
       </c>
       <c r="E485" s="2" t="n">
-        <v>0.0108465957718194</v>
+        <v>0.0146858718661821</v>
       </c>
       <c r="F485" s="2" t="n">
-        <v>0.0170453429257369</v>
+        <v>0.0148798417031398</v>
       </c>
       <c r="G485" s="2" t="n">
-        <v>0.0105901398028192</v>
+        <v>0.0104568337769152</v>
       </c>
       <c r="H485" s="2" t="n">
-        <v>0.0141776577421774</v>
+        <v>0.0112085484223534</v>
       </c>
       <c r="I485" s="2" t="n">
-        <v>354252.06</v>
+        <v>236287.31</v>
       </c>
     </row>
     <row r="486">
       <c r="A486" s="2" t="n">
-        <v>1.708776E12</v>
+        <v>1.7091216E12</v>
       </c>
       <c r="B486" s="2" t="n">
-        <v>1.708862399999E12</v>
+        <v>1.709207999999E12</v>
       </c>
       <c r="C486" s="2" t="n">
-        <v>1.70878668E12</v>
+        <v>1.7091303E12</v>
       </c>
       <c r="D486" s="2" t="n">
-        <v>1.70882502E12</v>
+        <v>1.70920518E12</v>
       </c>
       <c r="E486" s="2" t="n">
-        <v>0.0113626612557651</v>
+        <v>0.0149535140945194</v>
       </c>
       <c r="F486" s="2" t="n">
-        <v>0.0115549384082162</v>
+        <v>0.0158736329407871</v>
       </c>
       <c r="G486" s="2" t="n">
-        <v>0.0097088505569237</v>
+        <v>0.0127817262844043</v>
       </c>
       <c r="H486" s="2" t="n">
-        <v>0.0108465957718194</v>
+        <v>0.0146858718661821</v>
       </c>
       <c r="I486" s="2" t="n">
-        <v>171399.26</v>
+        <v>229161.43</v>
       </c>
     </row>
     <row r="487">
       <c r="A487" s="2" t="n">
-        <v>1.7086896E12</v>
+        <v>1.7090352E12</v>
       </c>
       <c r="B487" s="2" t="n">
-        <v>1.708775999999E12</v>
+        <v>1.709121599999E12</v>
       </c>
       <c r="C487" s="2" t="n">
-        <v>1.70869668E12</v>
+        <v>1.70911356E12</v>
       </c>
       <c r="D487" s="2" t="n">
-        <v>1.70874498E12</v>
+        <v>1.70904288E12</v>
       </c>
       <c r="E487" s="2" t="n">
-        <v>0.0134844528305573</v>
+        <v>0.0134353208429038</v>
       </c>
       <c r="F487" s="2" t="n">
-        <v>0.0135903255461126</v>
+        <v>0.0160168558444781</v>
       </c>
       <c r="G487" s="2" t="n">
-        <v>0.0097401780256353</v>
+        <v>0.0116973746393343</v>
       </c>
       <c r="H487" s="2" t="n">
-        <v>0.0113626612557651</v>
+        <v>0.0149535140945194</v>
       </c>
       <c r="I487" s="2" t="n">
-        <v>198053.92</v>
+        <v>268785.57</v>
       </c>
     </row>
     <row r="488">
       <c r="A488" s="2" t="n">
-        <v>1.7086032E12</v>
+        <v>1.7089488E12</v>
       </c>
       <c r="B488" s="2" t="n">
-        <v>1.708689599999E12</v>
+        <v>1.709035199999E12</v>
       </c>
       <c r="C488" s="2" t="n">
-        <v>1.70866182E12</v>
+        <v>1.70899638E12</v>
       </c>
       <c r="D488" s="2" t="n">
-        <v>1.70861088E12</v>
+        <v>1.70902194E12</v>
       </c>
       <c r="E488" s="2" t="n">
-        <v>0.0126290883107803</v>
+        <v>0.0141776577421774</v>
       </c>
       <c r="F488" s="2" t="n">
-        <v>0.014933403505386</v>
+        <v>0.0169755596039878</v>
       </c>
       <c r="G488" s="2" t="n">
-        <v>0.0111611522782325</v>
+        <v>0.01250193554907</v>
       </c>
       <c r="H488" s="2" t="n">
-        <v>0.0134844528305573</v>
+        <v>0.0134353208429038</v>
       </c>
       <c r="I488" s="2" t="n">
-        <v>233988.8</v>
+        <v>261006.52</v>
       </c>
     </row>
     <row r="489">
       <c r="A489" s="2" t="n">
-        <v>1.7085168E12</v>
+        <v>1.7088624E12</v>
       </c>
       <c r="B489" s="2" t="n">
-        <v>1.708603199999E12</v>
+        <v>1.708948799999E12</v>
       </c>
       <c r="C489" s="2" t="n">
-        <v>1.70859828E12</v>
+        <v>1.70891976E12</v>
       </c>
       <c r="D489" s="2" t="n">
-        <v>1.7085237E12</v>
+        <v>1.70890224E12</v>
       </c>
       <c r="E489" s="2" t="n">
-        <v>0.0090962073231714</v>
+        <v>0.0108465957718194</v>
       </c>
       <c r="F489" s="2" t="n">
-        <v>0.0131073341292918</v>
+        <v>0.0170453429257369</v>
       </c>
       <c r="G489" s="2" t="n">
-        <v>0.0089821513837623</v>
+        <v>0.0105901398028192</v>
       </c>
       <c r="H489" s="2" t="n">
-        <v>0.0126290883107803</v>
+        <v>0.0141776577421774</v>
       </c>
       <c r="I489" s="2" t="n">
-        <v>287288.12</v>
+        <v>354252.06</v>
       </c>
     </row>
     <row r="490">
       <c r="A490" s="2" t="n">
-        <v>1.7084304E12</v>
+        <v>1.708776E12</v>
       </c>
       <c r="B490" s="2" t="n">
-        <v>1.708516799999E12</v>
+        <v>1.708862399999E12</v>
       </c>
       <c r="C490" s="2" t="n">
-        <v>1.70843604E12</v>
+        <v>1.70878668E12</v>
       </c>
       <c r="D490" s="2" t="n">
-        <v>1.7084562E12</v>
+        <v>1.70882502E12</v>
       </c>
       <c r="E490" s="2" t="n">
-        <v>0.0098062966854477</v>
+        <v>0.0113626612557651</v>
       </c>
       <c r="F490" s="2" t="n">
-        <v>0.0099607800945612</v>
+        <v>0.0115549384082162</v>
       </c>
       <c r="G490" s="2" t="n">
-        <v>0.0081193832939731</v>
+        <v>0.0097088505569237</v>
       </c>
       <c r="H490" s="2" t="n">
-        <v>0.0090962073231714</v>
+        <v>0.0108465957718194</v>
       </c>
       <c r="I490" s="2" t="n">
-        <v>166032.43</v>
+        <v>171399.26</v>
       </c>
     </row>
     <row r="491">
       <c r="A491" s="2" t="n">
-        <v>1.708344E12</v>
+        <v>1.7086896E12</v>
       </c>
       <c r="B491" s="2" t="n">
-        <v>1.708430399999E12</v>
+        <v>1.708775999999E12</v>
       </c>
       <c r="C491" s="2" t="n">
-        <v>1.70843028E12</v>
+        <v>1.70869668E12</v>
       </c>
       <c r="D491" s="2" t="n">
-        <v>1.7084094E12</v>
+        <v>1.70874498E12</v>
       </c>
       <c r="E491" s="2" t="n">
-        <v>0.0079472681467172</v>
+        <v>0.0134844528305573</v>
       </c>
       <c r="F491" s="2" t="n">
-        <v>0.0098062966854477</v>
+        <v>0.0135903255461126</v>
       </c>
       <c r="G491" s="2" t="n">
-        <v>0.0074236455547578</v>
+        <v>0.0097401780256353</v>
       </c>
       <c r="H491" s="2" t="n">
-        <v>0.0098062966854477</v>
+        <v>0.0113626612557651</v>
       </c>
       <c r="I491" s="2" t="n">
-        <v>196041.9</v>
+        <v>198053.92</v>
       </c>
     </row>
     <row r="492">
       <c r="A492" s="2" t="n">
-        <v>1.7082576E12</v>
+        <v>1.7086032E12</v>
       </c>
       <c r="B492" s="2" t="n">
-        <v>1.708343999999E12</v>
+        <v>1.708689599999E12</v>
       </c>
       <c r="C492" s="2" t="n">
-        <v>1.70832414E12</v>
+        <v>1.70866182E12</v>
       </c>
       <c r="D492" s="2" t="n">
-        <v>1.7082576E12</v>
+        <v>1.70861088E12</v>
       </c>
       <c r="E492" s="2" t="n">
-        <v>0.0064811229318133</v>
+        <v>0.0126290883107803</v>
       </c>
       <c r="F492" s="2" t="n">
-        <v>0.0084677061045134</v>
+        <v>0.014933403505386</v>
       </c>
       <c r="G492" s="2" t="n">
-        <v>0.0064811229318133</v>
+        <v>0.0111611522782325</v>
       </c>
       <c r="H492" s="2" t="n">
-        <v>0.0079472681467172</v>
+        <v>0.0134844528305573</v>
       </c>
       <c r="I492" s="2" t="n">
-        <v>159865.92</v>
+        <v>233988.8</v>
       </c>
     </row>
     <row r="493">
       <c r="A493" s="2" t="n">
-        <v>1.7081712E12</v>
+        <v>1.7085168E12</v>
       </c>
       <c r="B493" s="2" t="n">
-        <v>1.708257599999E12</v>
+        <v>1.708603199999E12</v>
       </c>
       <c r="C493" s="2" t="n">
-        <v>1.70817288E12</v>
+        <v>1.70859828E12</v>
       </c>
       <c r="D493" s="2" t="n">
-        <v>1.7082312E12</v>
+        <v>1.7085237E12</v>
       </c>
       <c r="E493" s="2" t="n">
-        <v>0.0069968205908288</v>
+        <v>0.0090962073231714</v>
       </c>
       <c r="F493" s="2" t="n">
-        <v>0.0075522330180005</v>
+        <v>0.0131073341292918</v>
       </c>
       <c r="G493" s="2" t="n">
-        <v>0.0057208204697822</v>
+        <v>0.0089821513837623</v>
       </c>
       <c r="H493" s="2" t="n">
-        <v>0.0064811229318133</v>
+        <v>0.0126290883107803</v>
       </c>
       <c r="I493" s="2" t="n">
-        <v>138646.9</v>
+        <v>287288.12</v>
       </c>
     </row>
     <row r="494">
       <c r="A494" s="2" t="n">
-        <v>1.7080848E12</v>
+        <v>1.7084304E12</v>
       </c>
       <c r="B494" s="2" t="n">
-        <v>1.708171199999E12</v>
+        <v>1.708516799999E12</v>
       </c>
       <c r="C494" s="2" t="n">
-        <v>1.70810592E12</v>
+        <v>1.70843604E12</v>
       </c>
       <c r="D494" s="2" t="n">
-        <v>1.70809494E12</v>
+        <v>1.7084562E12</v>
       </c>
       <c r="E494" s="2" t="n">
-        <v>0.0066527005114745</v>
+        <v>0.0098062966854477</v>
       </c>
       <c r="F494" s="2" t="n">
-        <v>0.0078665625666009</v>
+        <v>0.0099607800945612</v>
       </c>
       <c r="G494" s="2" t="n">
-        <v>0.0064621238443819</v>
+        <v>0.0081193832939731</v>
       </c>
       <c r="H494" s="2" t="n">
-        <v>0.0069968205908288</v>
+        <v>0.0090962073231714</v>
       </c>
       <c r="I494" s="2" t="n">
-        <v>132776.05</v>
+        <v>166032.43</v>
       </c>
     </row>
     <row r="495">
       <c r="A495" s="2" t="n">
-        <v>1.7079984E12</v>
+        <v>1.708344E12</v>
       </c>
       <c r="B495" s="2" t="n">
-        <v>1.708084799999E12</v>
+        <v>1.708430399999E12</v>
       </c>
       <c r="C495" s="2" t="n">
-        <v>1.70803092E12</v>
+        <v>1.70843028E12</v>
       </c>
       <c r="D495" s="2" t="n">
-        <v>1.70807856E12</v>
+        <v>1.7084094E12</v>
       </c>
       <c r="E495" s="2" t="n">
-        <v>0.0077725000492346</v>
+        <v>0.0079472681467172</v>
       </c>
       <c r="F495" s="2" t="n">
-        <v>0.0078435512001554</v>
+        <v>0.0098062966854477</v>
       </c>
       <c r="G495" s="2" t="n">
-        <v>0.0064585063733379</v>
+        <v>0.0074236455547578</v>
       </c>
       <c r="H495" s="2" t="n">
-        <v>0.0066527005114745</v>
+        <v>0.0098062966854477</v>
       </c>
       <c r="I495" s="2" t="n">
-        <v>154280.89</v>
+        <v>196041.9</v>
       </c>
     </row>
     <row r="496">
       <c r="A496" s="2" t="n">
-        <v>1.707912E12</v>
+        <v>1.7082576E12</v>
       </c>
       <c r="B496" s="2" t="n">
-        <v>1.707998399999E12</v>
+        <v>1.708343999999E12</v>
       </c>
       <c r="C496" s="2" t="n">
-        <v>1.7079756E12</v>
+        <v>1.70832414E12</v>
       </c>
       <c r="D496" s="2" t="n">
-        <v>1.7079963E12</v>
+        <v>1.7082576E12</v>
       </c>
       <c r="E496" s="2" t="n">
-        <v>0.0081823291891827</v>
+        <v>0.0064811229318133</v>
       </c>
       <c r="F496" s="2" t="n">
-        <v>0.0084377247075574</v>
+        <v>0.0084677061045134</v>
       </c>
       <c r="G496" s="2" t="n">
-        <v>0.0073478287565467</v>
+        <v>0.0064811229318133</v>
       </c>
       <c r="H496" s="2" t="n">
-        <v>0.0077725000492346</v>
+        <v>0.0079472681467172</v>
       </c>
       <c r="I496" s="2" t="n">
-        <v>178736.43</v>
+        <v>159865.92</v>
       </c>
     </row>
     <row r="497">
       <c r="A497" s="2" t="n">
-        <v>1.7078256E12</v>
+        <v>1.7081712E12</v>
       </c>
       <c r="B497" s="2" t="n">
-        <v>1.707911999999E12</v>
+        <v>1.708257599999E12</v>
       </c>
       <c r="C497" s="2" t="n">
-        <v>1.70783346E12</v>
+        <v>1.70817288E12</v>
       </c>
       <c r="D497" s="2" t="n">
-        <v>1.70785032E12</v>
+        <v>1.7082312E12</v>
       </c>
       <c r="E497" s="2" t="n">
-        <v>0.0083160800532406</v>
+        <v>0.0069968205908288</v>
       </c>
       <c r="F497" s="2" t="n">
-        <v>0.0085549940775647</v>
+        <v>0.0075522330180005</v>
       </c>
       <c r="G497" s="2" t="n">
-        <v>0.0079141022149982</v>
+        <v>0.0057208204697822</v>
       </c>
       <c r="H497" s="2" t="n">
-        <v>0.0081823291891827</v>
+        <v>0.0064811229318133</v>
       </c>
       <c r="I497" s="2" t="n">
-        <v>170905.1</v>
+        <v>138646.9</v>
       </c>
     </row>
     <row r="498">
       <c r="A498" s="2" t="n">
-        <v>1.7077392E12</v>
+        <v>1.7080848E12</v>
       </c>
       <c r="B498" s="2" t="n">
-        <v>1.707825599999E12</v>
+        <v>1.708171199999E12</v>
       </c>
       <c r="C498" s="2" t="n">
-        <v>1.70774454E12</v>
+        <v>1.70810592E12</v>
       </c>
       <c r="D498" s="2" t="n">
-        <v>1.70778198E12</v>
+        <v>1.70809494E12</v>
       </c>
       <c r="E498" s="2" t="n">
-        <v>0.0089204620786626</v>
+        <v>0.0066527005114745</v>
       </c>
       <c r="F498" s="2" t="n">
-        <v>0.008921890707334</v>
+        <v>0.0078665625666009</v>
       </c>
       <c r="G498" s="2" t="n">
-        <v>0.0079020439234622</v>
+        <v>0.0064621238443819</v>
       </c>
       <c r="H498" s="2" t="n">
-        <v>0.0083160800532406</v>
+        <v>0.0069968205908288</v>
       </c>
       <c r="I498" s="2" t="n">
-        <v>145462.02</v>
+        <v>132776.05</v>
       </c>
     </row>
     <row r="499">
       <c r="A499" s="2" t="n">
-        <v>1.7076528E12</v>
+        <v>1.7079984E12</v>
       </c>
       <c r="B499" s="2" t="n">
-        <v>1.707739199999E12</v>
+        <v>1.708084799999E12</v>
       </c>
       <c r="C499" s="2" t="n">
-        <v>1.70768598E12</v>
+        <v>1.70803092E12</v>
       </c>
       <c r="D499" s="2" t="n">
-        <v>1.70769786E12</v>
+        <v>1.70807856E12</v>
       </c>
       <c r="E499" s="2" t="n">
-        <v>0.0086654542284185</v>
+        <v>0.0077725000492346</v>
       </c>
       <c r="F499" s="2" t="n">
-        <v>0.010593240971782</v>
+        <v>0.0078435512001554</v>
       </c>
       <c r="G499" s="2" t="n">
-        <v>0.0084802308039609</v>
+        <v>0.0064585063733379</v>
       </c>
       <c r="H499" s="2" t="n">
-        <v>0.0089204620786626</v>
+        <v>0.0066527005114745</v>
       </c>
       <c r="I499" s="2" t="n">
-        <v>185273.77</v>
+        <v>154280.89</v>
       </c>
     </row>
     <row r="500">
       <c r="A500" s="2" t="n">
-        <v>1.7075664E12</v>
+        <v>1.707912E12</v>
       </c>
       <c r="B500" s="2" t="n">
-        <v>1.707652799999E12</v>
+        <v>1.707998399999E12</v>
       </c>
       <c r="C500" s="2" t="n">
-        <v>1.70763054E12</v>
+        <v>1.7079756E12</v>
       </c>
       <c r="D500" s="2" t="n">
-        <v>1.70762052E12</v>
+        <v>1.7079963E12</v>
       </c>
       <c r="E500" s="2" t="n">
-        <v>0.0082237614941212</v>
+        <v>0.0081823291891827</v>
       </c>
       <c r="F500" s="2" t="n">
-        <v>0.0098430195554873</v>
+        <v>0.0084377247075574</v>
       </c>
       <c r="G500" s="2" t="n">
-        <v>0.0075793544439583</v>
+        <v>0.0073478287565467</v>
       </c>
       <c r="H500" s="2" t="n">
-        <v>0.0086654542284185</v>
+        <v>0.0077725000492346</v>
       </c>
       <c r="I500" s="2" t="n">
-        <v>141175.57</v>
+        <v>178736.43</v>
       </c>
     </row>
     <row r="501">
       <c r="A501" s="2" t="n">
-        <v>1.70748E12</v>
+        <v>1.7078256E12</v>
       </c>
       <c r="B501" s="2" t="n">
-        <v>1.707566399999E12</v>
+        <v>1.707911999999E12</v>
       </c>
       <c r="C501" s="2" t="n">
-        <v>1.70752668E12</v>
+        <v>1.70783346E12</v>
       </c>
       <c r="D501" s="2" t="n">
-        <v>1.70752038E12</v>
+        <v>1.70785032E12</v>
       </c>
       <c r="E501" s="2" t="n">
-        <v>0.0077446079457653</v>
+        <v>0.0083160800532406</v>
       </c>
       <c r="F501" s="2" t="n">
-        <v>0.0088035451226239</v>
+        <v>0.0085549940775647</v>
       </c>
       <c r="G501" s="2" t="n">
-        <v>0.0074031545286978</v>
+        <v>0.0079141022149982</v>
       </c>
       <c r="H501" s="2" t="n">
-        <v>0.0082237614941212</v>
+        <v>0.0081823291891827</v>
       </c>
       <c r="I501" s="2" t="n">
-        <v>118767.82</v>
+        <v>170905.1</v>
       </c>
     </row>
     <row r="502">
       <c r="A502" s="2" t="n">
-        <v>1.7073936E12</v>
+        <v>1.7077392E12</v>
       </c>
       <c r="B502" s="2" t="n">
-        <v>1.707479999999E12</v>
+        <v>1.707825599999E12</v>
       </c>
       <c r="C502" s="2" t="n">
-        <v>1.70740716E12</v>
+        <v>1.70774454E12</v>
       </c>
       <c r="D502" s="2" t="n">
-        <v>1.70747556E12</v>
+        <v>1.70778198E12</v>
       </c>
       <c r="E502" s="2" t="n">
-        <v>0.0079449930022632</v>
+        <v>0.0089204620786626</v>
       </c>
       <c r="F502" s="2" t="n">
-        <v>0.0090681790987415</v>
+        <v>0.008921890707334</v>
       </c>
       <c r="G502" s="2" t="n">
-        <v>0.0076034220931846</v>
+        <v>0.0079020439234622</v>
       </c>
       <c r="H502" s="2" t="n">
-        <v>0.0077446079457653</v>
+        <v>0.0083160800532406</v>
       </c>
       <c r="I502" s="2" t="n">
-        <v>112215.79</v>
+        <v>145462.02</v>
       </c>
     </row>
     <row r="503">
       <c r="A503" s="2" t="n">
-        <v>1.7073072E12</v>
+        <v>1.7076528E12</v>
       </c>
       <c r="B503" s="2" t="n">
-        <v>1.707393599999E12</v>
+        <v>1.707739199999E12</v>
       </c>
       <c r="C503" s="2" t="n">
-        <v>1.70738022E12</v>
+        <v>1.70768598E12</v>
       </c>
       <c r="D503" s="2" t="n">
-        <v>1.70737512E12</v>
+        <v>1.70769786E12</v>
       </c>
       <c r="E503" s="2" t="n">
-        <v>0.0080309867396134</v>
+        <v>0.0086654542284185</v>
       </c>
       <c r="F503" s="2" t="n">
-        <v>0.0084548647038411</v>
+        <v>0.010593240971782</v>
       </c>
       <c r="G503" s="2" t="n">
-        <v>0.0074161860011842</v>
+        <v>0.0084802308039609</v>
       </c>
       <c r="H503" s="2" t="n">
-        <v>0.0079449930022632</v>
+        <v>0.0089204620786626</v>
       </c>
       <c r="I503" s="2" t="n">
-        <v>128535.16</v>
+        <v>185273.77</v>
       </c>
     </row>
     <row r="504">
       <c r="A504" s="2" t="n">
-        <v>1.7072208E12</v>
+        <v>1.7075664E12</v>
       </c>
       <c r="B504" s="2" t="n">
-        <v>1.707307199999E12</v>
+        <v>1.707652799999E12</v>
       </c>
       <c r="C504" s="2" t="n">
-        <v>1.70722374E12</v>
+        <v>1.70763054E12</v>
       </c>
       <c r="D504" s="2" t="n">
-        <v>1.70723442E12</v>
+        <v>1.70762052E12</v>
       </c>
       <c r="E504" s="2" t="n">
-        <v>0.0085526576966227</v>
+        <v>0.0082237614941212</v>
       </c>
       <c r="F504" s="2" t="n">
-        <v>0.0087842089704399</v>
+        <v>0.0098430195554873</v>
       </c>
       <c r="G504" s="2" t="n">
-        <v>0.0064752769444772</v>
+        <v>0.0075793544439583</v>
       </c>
       <c r="H504" s="2" t="n">
-        <v>0.0080309867396134</v>
+        <v>0.0086654542284185</v>
       </c>
       <c r="I504" s="2" t="n">
-        <v>150253.39</v>
+        <v>141175.57</v>
       </c>
     </row>
     <row r="505">
       <c r="A505" s="2" t="n">
-        <v>1.7071344E12</v>
+        <v>1.70748E12</v>
       </c>
       <c r="B505" s="2" t="n">
-        <v>1.707220799999E12</v>
+        <v>1.707566399999E12</v>
       </c>
       <c r="C505" s="2" t="n">
-        <v>1.70717628E12</v>
+        <v>1.70752668E12</v>
       </c>
       <c r="D505" s="2" t="n">
-        <v>1.70721186E12</v>
+        <v>1.70752038E12</v>
       </c>
       <c r="E505" s="2" t="n">
-        <v>0.008942020518772</v>
+        <v>0.0077446079457653</v>
       </c>
       <c r="F505" s="2" t="n">
-        <v>0.008972834639291</v>
+        <v>0.0088035451226239</v>
       </c>
       <c r="G505" s="2" t="n">
-        <v>0.0083245028812362</v>
+        <v>0.0074031545286978</v>
       </c>
       <c r="H505" s="2" t="n">
-        <v>0.0085526576966227</v>
+        <v>0.0082237614941212</v>
       </c>
       <c r="I505" s="2" t="n">
-        <v>86355.39</v>
+        <v>118767.82</v>
       </c>
     </row>
     <row r="506">
       <c r="A506" s="2" t="n">
-        <v>1.707048E12</v>
+        <v>1.7073936E12</v>
       </c>
       <c r="B506" s="2" t="n">
-        <v>1.707134399999E12</v>
+        <v>1.707479999999E12</v>
       </c>
       <c r="C506" s="2" t="n">
-        <v>1.70704872E12</v>
+        <v>1.70740716E12</v>
       </c>
       <c r="D506" s="2" t="n">
-        <v>1.70706786E12</v>
+        <v>1.70747556E12</v>
       </c>
       <c r="E506" s="2" t="n">
-        <v>0.0097406282342181</v>
+        <v>0.0079449930022632</v>
       </c>
       <c r="F506" s="2" t="n">
-        <v>0.009844042980392</v>
+        <v>0.0090681790987415</v>
       </c>
       <c r="G506" s="2" t="n">
-        <v>0.008152323243311</v>
+        <v>0.0076034220931846</v>
       </c>
       <c r="H506" s="2" t="n">
-        <v>0.008942020518772</v>
+        <v>0.0077446079457653</v>
       </c>
       <c r="I506" s="2" t="n">
-        <v>130481.75</v>
+        <v>112215.79</v>
       </c>
     </row>
     <row r="507">
       <c r="A507" s="2" t="n">
-        <v>1.7069616E12</v>
+        <v>1.7073072E12</v>
       </c>
       <c r="B507" s="2" t="n">
-        <v>1.707047999999E12</v>
+        <v>1.707393599999E12</v>
       </c>
       <c r="C507" s="2" t="n">
-        <v>1.70704794E12</v>
+        <v>1.70738022E12</v>
       </c>
       <c r="D507" s="2" t="n">
-        <v>1.7070033E12</v>
+        <v>1.70737512E12</v>
       </c>
       <c r="E507" s="2" t="n">
-        <v>0.0085536586038121</v>
+        <v>0.0080309867396134</v>
       </c>
       <c r="F507" s="2" t="n">
-        <v>0.0097406282342181</v>
+        <v>0.0084548647038411</v>
       </c>
       <c r="G507" s="2" t="n">
-        <v>0.0080090327291349</v>
+        <v>0.0074161860011842</v>
       </c>
       <c r="H507" s="2" t="n">
-        <v>0.0097406282342181</v>
+        <v>0.0079449930022632</v>
       </c>
       <c r="I507" s="2" t="n">
-        <v>184328.69</v>
+        <v>128535.16</v>
       </c>
     </row>
     <row r="508">
       <c r="A508" s="2" t="n">
-        <v>1.7068752E12</v>
+        <v>1.7072208E12</v>
       </c>
       <c r="B508" s="2" t="n">
-        <v>1.706961599999E12</v>
+        <v>1.707307199999E12</v>
       </c>
       <c r="C508" s="2" t="n">
-        <v>1.70694672E12</v>
+        <v>1.70722374E12</v>
       </c>
       <c r="D508" s="2" t="n">
-        <v>1.70692026E12</v>
+        <v>1.70723442E12</v>
       </c>
       <c r="E508" s="2" t="n">
-        <v>0.0086717464967237</v>
+        <v>0.0085526576966227</v>
       </c>
       <c r="F508" s="2" t="n">
-        <v>0.0089139647620068</v>
+        <v>0.0087842089704399</v>
       </c>
       <c r="G508" s="2" t="n">
-        <v>0.0080078763542012</v>
+        <v>0.0064752769444772</v>
       </c>
       <c r="H508" s="2" t="n">
-        <v>0.0085536586038121</v>
+        <v>0.0080309867396134</v>
       </c>
       <c r="I508" s="2" t="n">
-        <v>154402.57</v>
+        <v>150253.39</v>
       </c>
     </row>
     <row r="509">
       <c r="A509" s="2" t="n">
-        <v>1.7067888E12</v>
+        <v>1.7071344E12</v>
       </c>
       <c r="B509" s="2" t="n">
-        <v>1.706875199999E12</v>
+        <v>1.707220799999E12</v>
       </c>
       <c r="C509" s="2" t="n">
-        <v>1.70685186E12</v>
+        <v>1.70717628E12</v>
       </c>
       <c r="D509" s="2" t="n">
-        <v>1.7068398E12</v>
+        <v>1.70721186E12</v>
       </c>
       <c r="E509" s="2" t="n">
-        <v>0.0087184485972765</v>
+        <v>0.008942020518772</v>
       </c>
       <c r="F509" s="2" t="n">
-        <v>0.0096510713734038</v>
+        <v>0.008972834639291</v>
       </c>
       <c r="G509" s="2" t="n">
-        <v>0.0080980254070587</v>
+        <v>0.0083245028812362</v>
       </c>
       <c r="H509" s="2" t="n">
-        <v>0.0086717464967237</v>
+        <v>0.0085526576966227</v>
       </c>
       <c r="I509" s="2" t="n">
-        <v>85391.4</v>
+        <v>86355.39</v>
       </c>
     </row>
     <row r="510">
       <c r="A510" s="2" t="n">
-        <v>1.7067024E12</v>
+        <v>1.707048E12</v>
       </c>
       <c r="B510" s="2" t="n">
-        <v>1.706788799999E12</v>
+        <v>1.707134399999E12</v>
       </c>
       <c r="C510" s="2" t="n">
-        <v>1.70671956E12</v>
+        <v>1.70704872E12</v>
       </c>
       <c r="D510" s="2" t="n">
-        <v>1.70674962E12</v>
+        <v>1.70706786E12</v>
       </c>
       <c r="E510" s="2" t="n">
-        <v>0.0088021045139559</v>
+        <v>0.0097406282342181</v>
       </c>
       <c r="F510" s="2" t="n">
-        <v>0.0093865045198414</v>
+        <v>0.009844042980392</v>
       </c>
       <c r="G510" s="2" t="n">
-        <v>0.0085084986805018</v>
+        <v>0.008152323243311</v>
       </c>
       <c r="H510" s="2" t="n">
-        <v>0.0087184485972765</v>
+        <v>0.008942020518772</v>
       </c>
       <c r="I510" s="2" t="n">
-        <v>61634.35</v>
+        <v>130481.75</v>
       </c>
     </row>
     <row r="511">
       <c r="A511" s="2" t="n">
-        <v>1.706616E12</v>
+        <v>1.7069616E12</v>
       </c>
       <c r="B511" s="2" t="n">
-        <v>1.706702399999E12</v>
+        <v>1.707047999999E12</v>
       </c>
       <c r="C511" s="2" t="n">
-        <v>1.706616E12</v>
+        <v>1.70704794E12</v>
       </c>
       <c r="D511" s="2" t="n">
-        <v>1.70669382E12</v>
+        <v>1.7070033E12</v>
       </c>
       <c r="E511" s="2" t="n">
-        <v>0.009596486622304</v>
+        <v>0.0085536586038121</v>
       </c>
       <c r="F511" s="2" t="n">
-        <v>0.009596486622304</v>
+        <v>0.0097406282342181</v>
       </c>
       <c r="G511" s="2" t="n">
-        <v>0.0086210325829776</v>
+        <v>0.0080090327291349</v>
       </c>
       <c r="H511" s="2" t="n">
-        <v>0.0088021045139559</v>
+        <v>0.0097406282342181</v>
       </c>
       <c r="I511" s="2" t="n">
-        <v>59923.44</v>
+        <v>184328.69</v>
       </c>
     </row>
     <row r="512">
       <c r="A512" s="2" t="n">
-        <v>1.7065296E12</v>
+        <v>1.7068752E12</v>
       </c>
       <c r="B512" s="2" t="n">
-        <v>1.706615999999E12</v>
+        <v>1.706961599999E12</v>
       </c>
       <c r="C512" s="2" t="n">
-        <v>1.70653476E12</v>
+        <v>1.70694672E12</v>
       </c>
       <c r="D512" s="2" t="n">
-        <v>1.70659506E12</v>
+        <v>1.70692026E12</v>
       </c>
       <c r="E512" s="2" t="n">
-        <v>0.0093387834266198</v>
+        <v>0.0086717464967237</v>
       </c>
       <c r="F512" s="2" t="n">
-        <v>0.010152929803665</v>
+        <v>0.0089139647620068</v>
       </c>
       <c r="G512" s="2" t="n">
-        <v>0.0090517952212576</v>
+        <v>0.0080078763542012</v>
       </c>
       <c r="H512" s="2" t="n">
-        <v>0.009596486622304</v>
+        <v>0.0085536586038121</v>
       </c>
       <c r="I512" s="2" t="n">
-        <v>67998.73</v>
+        <v>154402.57</v>
       </c>
     </row>
     <row r="513">
       <c r="A513" s="2" t="n">
-        <v>1.7064432E12</v>
+        <v>1.7067888E12</v>
       </c>
       <c r="B513" s="2" t="n">
-        <v>1.706529599999E12</v>
+        <v>1.706875199999E12</v>
       </c>
       <c r="C513" s="2" t="n">
-        <v>1.70644602E12</v>
+        <v>1.70685186E12</v>
       </c>
       <c r="D513" s="2" t="n">
-        <v>1.70646852E12</v>
+        <v>1.7068398E12</v>
       </c>
       <c r="E513" s="2" t="n">
-        <v>0.0104530166836215</v>
+        <v>0.0087184485972765</v>
       </c>
       <c r="F513" s="2" t="n">
-        <v>0.0107796557632695</v>
+        <v>0.0096510713734038</v>
       </c>
       <c r="G513" s="2" t="n">
-        <v>0.0092221572034502</v>
+        <v>0.0080980254070587</v>
       </c>
       <c r="H513" s="2" t="n">
-        <v>0.0093387834266198</v>
+        <v>0.0086717464967237</v>
       </c>
       <c r="I513" s="2" t="n">
-        <v>117896.04</v>
+        <v>85391.4</v>
       </c>
     </row>
     <row r="514">
       <c r="A514" s="2" t="n">
-        <v>1.7063568E12</v>
+        <v>1.7067024E12</v>
       </c>
       <c r="B514" s="2" t="n">
-        <v>1.706443199999E12</v>
+        <v>1.706788799999E12</v>
       </c>
       <c r="C514" s="2" t="n">
-        <v>1.7063844E12</v>
+        <v>1.70671956E12</v>
       </c>
       <c r="D514" s="2" t="n">
-        <v>1.70635854E12</v>
+        <v>1.70674962E12</v>
       </c>
       <c r="E514" s="2" t="n">
-        <v>0.0095392129290864</v>
+        <v>0.0088021045139559</v>
       </c>
       <c r="F514" s="2" t="n">
-        <v>0.01250244215649</v>
+        <v>0.0093865045198414</v>
       </c>
       <c r="G514" s="2" t="n">
-        <v>0.0094880755857603</v>
+        <v>0.0085084986805018</v>
       </c>
       <c r="H514" s="2" t="n">
-        <v>0.0104530166836215</v>
+        <v>0.0087184485972765</v>
       </c>
       <c r="I514" s="2" t="n">
-        <v>136926.93</v>
+        <v>61634.35</v>
       </c>
     </row>
     <row r="515">
       <c r="A515" s="2" t="n">
-        <v>1.7062704E12</v>
+        <v>1.706616E12</v>
       </c>
       <c r="B515" s="2" t="n">
-        <v>1.706356799999E12</v>
+        <v>1.706702399999E12</v>
       </c>
       <c r="C515" s="2" t="n">
-        <v>1.70633874E12</v>
+        <v>1.706616E12</v>
       </c>
       <c r="D515" s="2" t="n">
-        <v>1.70630094E12</v>
+        <v>1.70669382E12</v>
       </c>
       <c r="E515" s="2" t="n">
-        <v>0.0095456015814853</v>
+        <v>0.009596486622304</v>
       </c>
       <c r="F515" s="2" t="n">
-        <v>0.010491747334727</v>
+        <v>0.009596486622304</v>
       </c>
       <c r="G515" s="2" t="n">
-        <v>0.0090354840597175</v>
+        <v>0.0086210325829776</v>
       </c>
       <c r="H515" s="2" t="n">
-        <v>0.0095392129290864</v>
+        <v>0.0088021045139559</v>
       </c>
       <c r="I515" s="2" t="n">
-        <v>175265.34</v>
+        <v>59923.44</v>
       </c>
     </row>
     <row r="516">
       <c r="A516" s="2" t="n">
-        <v>1.706184E12</v>
+        <v>1.7065296E12</v>
       </c>
       <c r="B516" s="2" t="n">
-        <v>1.706270399999E12</v>
+        <v>1.706615999999E12</v>
       </c>
       <c r="C516" s="2" t="n">
-        <v>1.7062428E12</v>
+        <v>1.70653476E12</v>
       </c>
       <c r="D516" s="2" t="n">
-        <v>1.70622228E12</v>
+        <v>1.70659506E12</v>
       </c>
       <c r="E516" s="2" t="n">
-        <v>0.0095645235481473</v>
+        <v>0.0093387834266198</v>
       </c>
       <c r="F516" s="2" t="n">
-        <v>0.0111916204703937</v>
+        <v>0.010152929803665</v>
       </c>
       <c r="G516" s="2" t="n">
-        <v>0.0092371353417625</v>
+        <v>0.0090517952212576</v>
       </c>
       <c r="H516" s="2" t="n">
-        <v>0.0095456015814853</v>
+        <v>0.009596486622304</v>
       </c>
       <c r="I516" s="2" t="n">
-        <v>122131.75</v>
+        <v>67998.73</v>
       </c>
     </row>
     <row r="517">
       <c r="A517" s="2" t="n">
-        <v>1.7060976E12</v>
+        <v>1.7064432E12</v>
       </c>
       <c r="B517" s="2" t="n">
-        <v>1.706183999999E12</v>
+        <v>1.706529599999E12</v>
       </c>
       <c r="C517" s="2" t="n">
-        <v>1.70609988E12</v>
+        <v>1.70644602E12</v>
       </c>
       <c r="D517" s="2" t="n">
-        <v>1.70617512E12</v>
+        <v>1.70646852E12</v>
       </c>
       <c r="E517" s="2" t="n">
-        <v>0.0102583902288343</v>
+        <v>0.0104530166836215</v>
       </c>
       <c r="F517" s="2" t="n">
-        <v>0.0102969727150883</v>
+        <v>0.0107796557632695</v>
       </c>
       <c r="G517" s="2" t="n">
-        <v>0.0089340130047756</v>
+        <v>0.0092221572034502</v>
       </c>
       <c r="H517" s="2" t="n">
-        <v>0.0095645235481473</v>
+        <v>0.0093387834266198</v>
       </c>
       <c r="I517" s="2" t="n">
-        <v>77560.21</v>
+        <v>117896.04</v>
       </c>
     </row>
     <row r="518">
       <c r="A518" s="2" t="n">
-        <v>1.7060112E12</v>
+        <v>1.7063568E12</v>
       </c>
       <c r="B518" s="2" t="n">
-        <v>1.706097599999E12</v>
+        <v>1.706443199999E12</v>
       </c>
       <c r="C518" s="2" t="n">
-        <v>1.7060172E12</v>
+        <v>1.7063844E12</v>
       </c>
       <c r="D518" s="2" t="n">
-        <v>1.7060658E12</v>
+        <v>1.70635854E12</v>
       </c>
       <c r="E518" s="2" t="n">
-        <v>0.0096467523522194</v>
+        <v>0.0095392129290864</v>
       </c>
       <c r="F518" s="2" t="n">
-        <v>0.0116259821419339</v>
+        <v>0.01250244215649</v>
       </c>
       <c r="G518" s="2" t="n">
-        <v>0.0092849091657959</v>
+        <v>0.0094880755857603</v>
       </c>
       <c r="H518" s="2" t="n">
-        <v>0.0102583902288343</v>
+        <v>0.0104530166836215</v>
       </c>
       <c r="I518" s="2" t="n">
-        <v>87035.76</v>
+        <v>136926.93</v>
       </c>
     </row>
     <row r="519">
       <c r="A519" s="2" t="n">
-        <v>1.7059248E12</v>
+        <v>1.7062704E12</v>
       </c>
       <c r="B519" s="2" t="n">
-        <v>1.706011199999E12</v>
+        <v>1.706356799999E12</v>
       </c>
       <c r="C519" s="2" t="n">
-        <v>1.70599998E12</v>
+        <v>1.70633874E12</v>
       </c>
       <c r="D519" s="2" t="n">
-        <v>1.7059653E12</v>
+        <v>1.70630094E12</v>
       </c>
       <c r="E519" s="2" t="n">
-        <v>0.0097561867335478</v>
+        <v>0.0095456015814853</v>
       </c>
       <c r="F519" s="2" t="n">
-        <v>0.0123070040946967</v>
+        <v>0.010491747334727</v>
       </c>
       <c r="G519" s="2" t="n">
-        <v>0.0091195365193846</v>
+        <v>0.0090354840597175</v>
       </c>
       <c r="H519" s="2" t="n">
-        <v>0.0096467523522194</v>
+        <v>0.0095392129290864</v>
       </c>
       <c r="I519" s="2" t="n">
-        <v>148323.28</v>
+        <v>175265.34</v>
       </c>
     </row>
     <row r="520">
       <c r="A520" s="2" t="n">
-        <v>1.7058384E12</v>
+        <v>1.706184E12</v>
       </c>
       <c r="B520" s="2" t="n">
-        <v>1.705924799999E12</v>
+        <v>1.706270399999E12</v>
       </c>
       <c r="C520" s="2" t="n">
-        <v>1.70591664E12</v>
+        <v>1.7062428E12</v>
       </c>
       <c r="D520" s="2" t="n">
-        <v>1.7059119E12</v>
+        <v>1.70622228E12</v>
       </c>
       <c r="E520" s="2" t="n">
-        <v>0.0095338575049607</v>
+        <v>0.0095645235481473</v>
       </c>
       <c r="F520" s="2" t="n">
-        <v>0.010164153472461</v>
+        <v>0.0111916204703937</v>
       </c>
       <c r="G520" s="2" t="n">
-        <v>0.0090437729300718</v>
+        <v>0.0092371353417625</v>
       </c>
       <c r="H520" s="2" t="n">
-        <v>0.0097561867335478</v>
+        <v>0.0095456015814853</v>
       </c>
       <c r="I520" s="2" t="n">
-        <v>130069.69</v>
+        <v>122131.75</v>
       </c>
     </row>
     <row r="521">
       <c r="A521" s="2" t="n">
-        <v>1.705752E12</v>
+        <v>1.7060976E12</v>
       </c>
       <c r="B521" s="2" t="n">
-        <v>1.705838399999E12</v>
+        <v>1.706183999999E12</v>
       </c>
       <c r="C521" s="2" t="n">
-        <v>1.70575224E12</v>
+        <v>1.70609988E12</v>
       </c>
       <c r="D521" s="2" t="n">
-        <v>1.70583348E12</v>
+        <v>1.70617512E12</v>
       </c>
       <c r="E521" s="2" t="n">
-        <v>0.0102761217648617</v>
+        <v>0.0102583902288343</v>
       </c>
       <c r="F521" s="2" t="n">
-        <v>0.0104549439871294</v>
+        <v>0.0102969727150883</v>
       </c>
       <c r="G521" s="2" t="n">
-        <v>0.0094536103868421</v>
+        <v>0.0089340130047756</v>
       </c>
       <c r="H521" s="2" t="n">
-        <v>0.0095338575049607</v>
+        <v>0.0095645235481473</v>
       </c>
       <c r="I521" s="2" t="n">
-        <v>96202.8</v>
+        <v>77560.21</v>
       </c>
     </row>
     <row r="522">
       <c r="A522" s="2" t="n">
-        <v>1.7056656E12</v>
+        <v>1.7060112E12</v>
       </c>
       <c r="B522" s="2" t="n">
-        <v>1.705751999999E12</v>
+        <v>1.706097599999E12</v>
       </c>
       <c r="C522" s="2" t="n">
-        <v>1.7057346E12</v>
+        <v>1.7060172E12</v>
       </c>
       <c r="D522" s="2" t="n">
-        <v>1.70573358E12</v>
+        <v>1.7060658E12</v>
       </c>
       <c r="E522" s="2" t="n">
-        <v>0.0108348012927152</v>
+        <v>0.0096467523522194</v>
       </c>
       <c r="F522" s="2" t="n">
-        <v>0.0110893600038012</v>
+        <v>0.0116259821419339</v>
       </c>
       <c r="G522" s="2" t="n">
-        <v>0.0094701876630206</v>
+        <v>0.0092849091657959</v>
       </c>
       <c r="H522" s="2" t="n">
-        <v>0.0102761217648617</v>
+        <v>0.0102583902288343</v>
       </c>
       <c r="I522" s="2" t="n">
-        <v>138882.65</v>
+        <v>87035.76</v>
       </c>
     </row>
     <row r="523">
       <c r="A523" s="2" t="n">
-        <v>1.7055792E12</v>
+        <v>1.7059248E12</v>
       </c>
       <c r="B523" s="2" t="n">
-        <v>1.705665599999E12</v>
+        <v>1.706011199999E12</v>
       </c>
       <c r="C523" s="2" t="n">
-        <v>1.70558886E12</v>
+        <v>1.70599998E12</v>
       </c>
       <c r="D523" s="2" t="n">
-        <v>1.70565522E12</v>
+        <v>1.7059653E12</v>
       </c>
       <c r="E523" s="2" t="n">
-        <v>0.0112275165376555</v>
+        <v>0.0097561867335478</v>
       </c>
       <c r="F523" s="2" t="n">
-        <v>0.0127013320257837</v>
+        <v>0.0123070040946967</v>
       </c>
       <c r="G523" s="2" t="n">
-        <v>0.0102978973307928</v>
+        <v>0.0091195365193846</v>
       </c>
       <c r="H523" s="2" t="n">
-        <v>0.0108348012927152</v>
+        <v>0.0096467523522194</v>
       </c>
       <c r="I523" s="2" t="n">
-        <v>183484.32</v>
+        <v>148323.28</v>
       </c>
     </row>
     <row r="524">
       <c r="A524" s="2" t="n">
-        <v>1.7054928E12</v>
+        <v>1.7058384E12</v>
       </c>
       <c r="B524" s="2" t="n">
-        <v>1.705579199999E12</v>
+        <v>1.705924799999E12</v>
       </c>
       <c r="C524" s="2" t="n">
-        <v>1.70557854E12</v>
+        <v>1.70591664E12</v>
       </c>
       <c r="D524" s="2" t="n">
-        <v>1.70553408E12</v>
+        <v>1.7059119E12</v>
       </c>
       <c r="E524" s="2" t="n">
-        <v>0.0100640615061394</v>
+        <v>0.0095338575049607</v>
       </c>
       <c r="F524" s="2" t="n">
-        <v>0.0112421241918319</v>
+        <v>0.010164153472461</v>
       </c>
       <c r="G524" s="2" t="n">
-        <v>0.0088473488530434</v>
+        <v>0.0090437729300718</v>
       </c>
       <c r="H524" s="2" t="n">
-        <v>0.0112275165376555</v>
+        <v>0.0097561867335478</v>
       </c>
       <c r="I524" s="2" t="n">
-        <v>174378.43</v>
+        <v>130069.69</v>
       </c>
     </row>
     <row r="525">
       <c r="A525" s="2" t="n">
-        <v>1.7054064E12</v>
+        <v>1.705752E12</v>
       </c>
       <c r="B525" s="2" t="n">
-        <v>1.705492799999E12</v>
+        <v>1.705838399999E12</v>
       </c>
       <c r="C525" s="2" t="n">
-        <v>1.7054616E12</v>
+        <v>1.70575224E12</v>
       </c>
       <c r="D525" s="2" t="n">
-        <v>1.70548608E12</v>
+        <v>1.70583348E12</v>
       </c>
       <c r="E525" s="2" t="n">
-        <v>0.0108333662615983</v>
+        <v>0.0102761217648617</v>
       </c>
       <c r="F525" s="2" t="n">
-        <v>0.0116685404528123</v>
+        <v>0.0104549439871294</v>
       </c>
       <c r="G525" s="2" t="n">
-        <v>0.0094620323636571</v>
+        <v>0.0094536103868421</v>
       </c>
       <c r="H525" s="2" t="n">
-        <v>0.0100640615061394</v>
+        <v>0.0095338575049607</v>
       </c>
       <c r="I525" s="2" t="n">
-        <v>105547.7</v>
+        <v>96202.8</v>
       </c>
     </row>
     <row r="526">
       <c r="A526" s="2" t="n">
-        <v>1.70532E12</v>
+        <v>1.7056656E12</v>
       </c>
       <c r="B526" s="2" t="n">
-        <v>1.705406399999E12</v>
+        <v>1.705751999999E12</v>
       </c>
       <c r="C526" s="2" t="n">
-        <v>1.7053215E12</v>
+        <v>1.7057346E12</v>
       </c>
       <c r="D526" s="2" t="n">
-        <v>1.70537358E12</v>
+        <v>1.70573358E12</v>
       </c>
       <c r="E526" s="2" t="n">
-        <v>0.0103551762437523</v>
+        <v>0.0108348012927152</v>
       </c>
       <c r="F526" s="2" t="n">
-        <v>0.0113211424084793</v>
+        <v>0.0110893600038012</v>
       </c>
       <c r="G526" s="2" t="n">
-        <v>0.0102732121747194</v>
+        <v>0.0094701876630206</v>
       </c>
       <c r="H526" s="2" t="n">
-        <v>0.0108333662615983</v>
+        <v>0.0102761217648617</v>
       </c>
       <c r="I526" s="2" t="n">
-        <v>186309.93</v>
+        <v>138882.65</v>
       </c>
     </row>
     <row r="527">
       <c r="A527" s="2" t="n">
-        <v>1.7052336E12</v>
+        <v>1.7055792E12</v>
       </c>
       <c r="B527" s="2" t="n">
-        <v>1.705319999999E12</v>
+        <v>1.705665599999E12</v>
       </c>
       <c r="C527" s="2" t="n">
-        <v>1.70524416E12</v>
+        <v>1.70558886E12</v>
       </c>
       <c r="D527" s="2" t="n">
-        <v>1.70531988E12</v>
+        <v>1.70565522E12</v>
       </c>
       <c r="E527" s="2" t="n">
-        <v>0.0127645503623526</v>
+        <v>0.0112275165376555</v>
       </c>
       <c r="F527" s="2" t="n">
-        <v>0.0132408244858538</v>
+        <v>0.0127013320257837</v>
       </c>
       <c r="G527" s="2" t="n">
-        <v>0.0103551762437523</v>
+        <v>0.0102978973307928</v>
       </c>
       <c r="H527" s="2" t="n">
-        <v>0.0103551762437523</v>
+        <v>0.0108348012927152</v>
       </c>
       <c r="I527" s="2" t="n">
-        <v>206922.78</v>
+        <v>183484.32</v>
       </c>
     </row>
     <row r="528">
       <c r="A528" s="2" t="n">
-        <v>1.7051472E12</v>
+        <v>1.7054928E12</v>
       </c>
       <c r="B528" s="2" t="n">
-        <v>1.705233599999E12</v>
+        <v>1.705579199999E12</v>
       </c>
       <c r="C528" s="2" t="n">
-        <v>1.7052033E12</v>
+        <v>1.70557854E12</v>
       </c>
       <c r="D528" s="2" t="n">
-        <v>1.70515254E12</v>
+        <v>1.70553408E12</v>
       </c>
       <c r="E528" s="2" t="n">
-        <v>0.0124618348816946</v>
+        <v>0.0100640615061394</v>
       </c>
       <c r="F528" s="2" t="n">
-        <v>0.0136104397119243</v>
+        <v>0.0112421241918319</v>
       </c>
       <c r="G528" s="2" t="n">
-        <v>0.0119343464662883</v>
+        <v>0.0088473488530434</v>
       </c>
       <c r="H528" s="2" t="n">
-        <v>0.0127645503623526</v>
+        <v>0.0112275165376555</v>
       </c>
       <c r="I528" s="2" t="n">
-        <v>291577.75</v>
+        <v>174378.43</v>
       </c>
     </row>
     <row r="529">
       <c r="A529" s="2" t="n">
-        <v>1.7050608E12</v>
+        <v>1.7054064E12</v>
       </c>
       <c r="B529" s="2" t="n">
-        <v>1.705147199999E12</v>
+        <v>1.705492799999E12</v>
       </c>
       <c r="C529" s="2" t="n">
-        <v>1.70510682E12</v>
+        <v>1.7054616E12</v>
       </c>
       <c r="D529" s="2" t="n">
-        <v>1.70513544E12</v>
+        <v>1.70548608E12</v>
       </c>
       <c r="E529" s="2" t="n">
-        <v>0.0125054563263897</v>
+        <v>0.0108333662615983</v>
       </c>
       <c r="F529" s="2" t="n">
-        <v>0.0140752220589483</v>
+        <v>0.0116685404528123</v>
       </c>
       <c r="G529" s="2" t="n">
-        <v>0.0114454299664756</v>
+        <v>0.0094620323636571</v>
       </c>
       <c r="H529" s="2" t="n">
-        <v>0.0124618348816946</v>
+        <v>0.0100640615061394</v>
       </c>
       <c r="I529" s="2" t="n">
-        <v>343801.56</v>
+        <v>105547.7</v>
       </c>
     </row>
     <row r="530">
       <c r="A530" s="2" t="n">
-        <v>1.7049744E12</v>
+        <v>1.70532E12</v>
       </c>
       <c r="B530" s="2" t="n">
-        <v>1.705060799999E12</v>
+        <v>1.705406399999E12</v>
       </c>
       <c r="C530" s="2" t="n">
-        <v>1.70505156E12</v>
+        <v>1.7053215E12</v>
       </c>
       <c r="D530" s="2" t="n">
-        <v>1.70497662E12</v>
+        <v>1.70537358E12</v>
       </c>
       <c r="E530" s="2" t="n">
-        <v>0.0083326280227593</v>
+        <v>0.0103551762437523</v>
       </c>
       <c r="F530" s="2" t="n">
-        <v>0.0141284023733098</v>
+        <v>0.0113211424084793</v>
       </c>
       <c r="G530" s="2" t="n">
-        <v>0.0077557869793537</v>
+        <v>0.0102732121747194</v>
       </c>
       <c r="H530" s="2" t="n">
-        <v>0.0125054563263897</v>
+        <v>0.0108333662615983</v>
       </c>
       <c r="I530" s="2" t="n">
-        <v>260915.33</v>
+        <v>186309.93</v>
       </c>
     </row>
     <row r="531">
       <c r="A531" s="2" t="n">
-        <v>1.704888E12</v>
+        <v>1.7052336E12</v>
       </c>
       <c r="B531" s="2" t="n">
-        <v>1.704974399999E12</v>
+        <v>1.705319999999E12</v>
       </c>
       <c r="C531" s="2" t="n">
-        <v>1.70492688E12</v>
+        <v>1.70524416E12</v>
       </c>
       <c r="D531" s="2" t="n">
-        <v>1.70489454E12</v>
+        <v>1.70531988E12</v>
       </c>
       <c r="E531" s="2" t="n">
-        <v>0.0073051617300704</v>
+        <v>0.0127645503623526</v>
       </c>
       <c r="F531" s="2" t="n">
-        <v>0.0095386096400603</v>
+        <v>0.0132408244858538</v>
       </c>
       <c r="G531" s="2" t="n">
-        <v>0.0072643918325378</v>
+        <v>0.0103551762437523</v>
       </c>
       <c r="H531" s="2" t="n">
-        <v>0.0083326280227593</v>
+        <v>0.0103551762437523</v>
       </c>
       <c r="I531" s="2" t="n">
-        <v>129126.37</v>
+        <v>206922.78</v>
       </c>
     </row>
     <row r="532">
       <c r="A532" s="2" t="n">
-        <v>1.7048016E12</v>
+        <v>1.7051472E12</v>
       </c>
       <c r="B532" s="2" t="n">
-        <v>1.704887999999E12</v>
+        <v>1.705233599999E12</v>
       </c>
       <c r="C532" s="2" t="n">
-        <v>1.70480454E12</v>
+        <v>1.7052033E12</v>
       </c>
       <c r="D532" s="2" t="n">
-        <v>1.70487924E12</v>
+        <v>1.70515254E12</v>
       </c>
       <c r="E532" s="2" t="n">
-        <v>0.0076431406011262</v>
+        <v>0.0124618348816946</v>
       </c>
       <c r="F532" s="2" t="n">
-        <v>0.007727898198595</v>
+        <v>0.0136104397119243</v>
       </c>
       <c r="G532" s="2" t="n">
-        <v>0.0066841417089686</v>
+        <v>0.0119343464662883</v>
       </c>
       <c r="H532" s="2" t="n">
-        <v>0.0073051617300704</v>
+        <v>0.0127645503623526</v>
       </c>
       <c r="I532" s="2" t="n">
-        <v>205424.87</v>
+        <v>291577.75</v>
       </c>
     </row>
     <row r="533">
       <c r="A533" s="2" t="n">
-        <v>1.7047152E12</v>
+        <v>1.7050608E12</v>
       </c>
       <c r="B533" s="2" t="n">
-        <v>1.704801599999E12</v>
+        <v>1.705147199999E12</v>
       </c>
       <c r="C533" s="2" t="n">
-        <v>1.70477262E12</v>
+        <v>1.70510682E12</v>
       </c>
       <c r="D533" s="2" t="n">
-        <v>1.70479326E12</v>
+        <v>1.70513544E12</v>
       </c>
       <c r="E533" s="2" t="n">
-        <v>0.0074358473032999</v>
+        <v>0.0125054563263897</v>
       </c>
       <c r="F533" s="2" t="n">
-        <v>0.0082828587231938</v>
+        <v>0.0140752220589483</v>
       </c>
       <c r="G533" s="2" t="n">
-        <v>0.0068751926960166</v>
+        <v>0.0114454299664756</v>
       </c>
       <c r="H533" s="2" t="n">
-        <v>0.0076431406011262</v>
+        <v>0.0124618348816946</v>
       </c>
       <c r="I533" s="2" t="n">
-        <v>206471.16</v>
+        <v>343801.56</v>
       </c>
     </row>
     <row r="534">
       <c r="A534" s="2" t="n">
-        <v>1.7046288E12</v>
+        <v>1.7049744E12</v>
       </c>
       <c r="B534" s="2" t="n">
-        <v>1.704715199999E12</v>
+        <v>1.705060799999E12</v>
       </c>
       <c r="C534" s="2" t="n">
-        <v>1.70467494E12</v>
+        <v>1.70505156E12</v>
       </c>
       <c r="D534" s="2" t="n">
-        <v>1.7047002E12</v>
+        <v>1.70497662E12</v>
       </c>
       <c r="E534" s="2" t="n">
-        <v>0.0081920324771396</v>
+        <v>0.0083326280227593</v>
       </c>
       <c r="F534" s="2" t="n">
-        <v>0.0086373696915727</v>
+        <v>0.0141284023733098</v>
       </c>
       <c r="G534" s="2" t="n">
-        <v>0.0069707943843039</v>
+        <v>0.0077557869793537</v>
       </c>
       <c r="H534" s="2" t="n">
-        <v>0.0074358473032999</v>
+        <v>0.0125054563263897</v>
       </c>
       <c r="I534" s="2" t="n">
-        <v>151659.06</v>
+        <v>260915.33</v>
       </c>
     </row>
     <row r="535">
       <c r="A535" s="2" t="n">
-        <v>1.7045424E12</v>
+        <v>1.704888E12</v>
       </c>
       <c r="B535" s="2" t="n">
-        <v>1.704628799999E12</v>
+        <v>1.704974399999E12</v>
       </c>
       <c r="C535" s="2" t="n">
-        <v>1.70458788E12</v>
+        <v>1.70492688E12</v>
       </c>
       <c r="D535" s="2" t="n">
-        <v>1.70457972E12</v>
+        <v>1.70489454E12</v>
       </c>
       <c r="E535" s="2" t="n">
-        <v>0.0079844614788689</v>
+        <v>0.0073051617300704</v>
       </c>
       <c r="F535" s="2" t="n">
-        <v>0.0092585850591542</v>
+        <v>0.0095386096400603</v>
       </c>
       <c r="G535" s="2" t="n">
-        <v>0.0078791098321199</v>
+        <v>0.0072643918325378</v>
       </c>
       <c r="H535" s="2" t="n">
-        <v>0.0081920324771396</v>
+        <v>0.0083326280227593</v>
       </c>
       <c r="I535" s="2" t="n">
-        <v>162931.75</v>
+        <v>129126.37</v>
       </c>
     </row>
     <row r="536">
       <c r="A536" s="2" t="n">
-        <v>1.704456E12</v>
+        <v>1.7048016E12</v>
       </c>
       <c r="B536" s="2" t="n">
-        <v>1.704542399999E12</v>
+        <v>1.704887999999E12</v>
       </c>
       <c r="C536" s="2" t="n">
-        <v>1.7045115E12</v>
+        <v>1.70480454E12</v>
       </c>
       <c r="D536" s="2" t="n">
-        <v>1.70450472E12</v>
+        <v>1.70487924E12</v>
       </c>
       <c r="E536" s="2" t="n">
-        <v>0.0091427597241353</v>
+        <v>0.0076431406011262</v>
       </c>
       <c r="F536" s="2" t="n">
-        <v>0.0095697097278152</v>
+        <v>0.007727898198595</v>
       </c>
       <c r="G536" s="2" t="n">
-        <v>0.0068529966875644</v>
+        <v>0.0066841417089686</v>
       </c>
       <c r="H536" s="2" t="n">
-        <v>0.0079844614788689</v>
+        <v>0.0073051617300704</v>
       </c>
       <c r="I536" s="2" t="n">
-        <v>197384.07</v>
+        <v>205424.87</v>
       </c>
     </row>
     <row r="537">
       <c r="A537" s="2" t="n">
-        <v>1.7043696E12</v>
+        <v>1.7047152E12</v>
       </c>
       <c r="B537" s="2" t="n">
-        <v>1.704455999999E12</v>
+        <v>1.704801599999E12</v>
       </c>
       <c r="C537" s="2" t="n">
-        <v>1.70437008E12</v>
+        <v>1.70477262E12</v>
       </c>
       <c r="D537" s="2" t="n">
-        <v>1.70439054E12</v>
+        <v>1.70479326E12</v>
       </c>
       <c r="E537" s="2" t="n">
-        <v>0.0098257756428084</v>
+        <v>0.0074358473032999</v>
       </c>
       <c r="F537" s="2" t="n">
-        <v>0.0098756149541065</v>
+        <v>0.0082828587231938</v>
       </c>
       <c r="G537" s="2" t="n">
-        <v>0.0087894985942353</v>
+        <v>0.0068751926960166</v>
       </c>
       <c r="H537" s="2" t="n">
-        <v>0.0091427597241353</v>
+        <v>0.0076431406011262</v>
       </c>
       <c r="I537" s="2" t="n">
-        <v>176481.57</v>
+        <v>206471.16</v>
       </c>
     </row>
     <row r="538">
       <c r="A538" s="2" t="n">
-        <v>1.7042832E12</v>
+        <v>1.7046288E12</v>
       </c>
       <c r="B538" s="2" t="n">
-        <v>1.704369599999E12</v>
+        <v>1.704715199999E12</v>
       </c>
       <c r="C538" s="2" t="n">
-        <v>1.70429112E12</v>
+        <v>1.70467494E12</v>
       </c>
       <c r="D538" s="2" t="n">
-        <v>1.70436066E12</v>
+        <v>1.7047002E12</v>
       </c>
       <c r="E538" s="2" t="n">
-        <v>0.0107801570965591</v>
+        <v>0.0081920324771396</v>
       </c>
       <c r="F538" s="2" t="n">
-        <v>0.0114509487968477</v>
+        <v>0.0086373696915727</v>
       </c>
       <c r="G538" s="2" t="n">
-        <v>0.0093792770199834</v>
+        <v>0.0069707943843039</v>
       </c>
       <c r="H538" s="2" t="n">
-        <v>0.0098257756428084</v>
+        <v>0.0074358473032999</v>
       </c>
       <c r="I538" s="2" t="n">
-        <v>189886.77</v>
+        <v>151659.06</v>
       </c>
     </row>
     <row r="539">
       <c r="A539" s="2" t="n">
-        <v>1.7041968E12</v>
+        <v>1.7045424E12</v>
       </c>
       <c r="B539" s="2" t="n">
-        <v>1.704283199999E12</v>
+        <v>1.704628799999E12</v>
       </c>
       <c r="C539" s="2" t="n">
-        <v>1.70428308E12</v>
+        <v>1.70458788E12</v>
       </c>
       <c r="D539" s="2" t="n">
-        <v>1.70422398E12</v>
+        <v>1.70457972E12</v>
       </c>
       <c r="E539" s="2" t="n">
-        <v>0.009659842297115</v>
+        <v>0.0079844614788689</v>
       </c>
       <c r="F539" s="2" t="n">
-        <v>0.0107854786195281</v>
+        <v>0.0092585850591542</v>
       </c>
       <c r="G539" s="2" t="n">
-        <v>0.0093418578638865</v>
+        <v>0.0078791098321199</v>
       </c>
       <c r="H539" s="2" t="n">
-        <v>0.0107793400388679</v>
+        <v>0.0081920324771396</v>
       </c>
       <c r="I539" s="2" t="n">
-        <v>221823.64</v>
+        <v>162931.75</v>
       </c>
     </row>
     <row r="540">
       <c r="A540" s="2" t="n">
-        <v>1.7041104E12</v>
+        <v>1.704456E12</v>
       </c>
       <c r="B540" s="2" t="n">
-        <v>1.704196799999E12</v>
+        <v>1.704542399999E12</v>
       </c>
       <c r="C540" s="2" t="n">
-        <v>1.70411214E12</v>
+        <v>1.7045115E12</v>
       </c>
       <c r="D540" s="2" t="n">
-        <v>1.70418942E12</v>
+        <v>1.70450472E12</v>
       </c>
       <c r="E540" s="2" t="n">
-        <v>0.0126795928808415</v>
+        <v>0.0091427597241353</v>
       </c>
       <c r="F540" s="2" t="n">
-        <v>0.0126891994118559</v>
+        <v>0.0095697097278152</v>
       </c>
       <c r="G540" s="2" t="n">
-        <v>0.008604362835237</v>
+        <v>0.0068529966875644</v>
       </c>
       <c r="H540" s="2" t="n">
-        <v>0.0096597211654607</v>
+        <v>0.0079844614788689</v>
       </c>
       <c r="I540" s="2" t="n">
-        <v>152403.93</v>
+        <v>197384.07</v>
       </c>
     </row>
     <row r="541">
       <c r="A541" s="2" t="n">
-        <v>1.704024E12</v>
+        <v>1.7043696E12</v>
       </c>
       <c r="B541" s="2" t="n">
-        <v>1.704110399999E12</v>
+        <v>1.704455999999E12</v>
       </c>
       <c r="C541" s="2" t="n">
-        <v>1.70410638E12</v>
+        <v>1.70437008E12</v>
       </c>
       <c r="D541" s="2" t="n">
-        <v>1.7040249E12</v>
+        <v>1.70439054E12</v>
       </c>
       <c r="E541" s="2" t="n">
-        <v>0.0109831706498836</v>
+        <v>0.0098257756428084</v>
       </c>
       <c r="F541" s="2" t="n">
-        <v>0.012686490987786</v>
+        <v>0.0098756149541065</v>
       </c>
       <c r="G541" s="2" t="n">
-        <v>0.0109746482311566</v>
+        <v>0.0087894985942353</v>
       </c>
       <c r="H541" s="2" t="n">
-        <v>0.0126805216119316</v>
+        <v>0.0091427597241353</v>
       </c>
       <c r="I541" s="2" t="n">
-        <v>166374.82</v>
+        <v>176481.57</v>
       </c>
     </row>
     <row r="542">
       <c r="A542" s="2" t="n">
-        <v>1.7039376E12</v>
+        <v>1.7042832E12</v>
       </c>
       <c r="B542" s="2" t="n">
-        <v>1.704023999999E12</v>
+        <v>1.704369599999E12</v>
       </c>
       <c r="C542" s="2" t="n">
-        <v>1.70393952E12</v>
+        <v>1.70429112E12</v>
       </c>
       <c r="D542" s="2" t="n">
-        <v>1.70397498E12</v>
+        <v>1.70436066E12</v>
       </c>
       <c r="E542" s="2" t="n">
-        <v>0.0130526002275871</v>
+        <v>0.0107801570965591</v>
       </c>
       <c r="F542" s="2" t="n">
-        <v>0.0130597327756182</v>
+        <v>0.0114509487968477</v>
       </c>
       <c r="G542" s="2" t="n">
-        <v>0.0107894993711729</v>
+        <v>0.0093792770199834</v>
       </c>
       <c r="H542" s="2" t="n">
-        <v>0.0109796235456357</v>
+        <v>0.0098257756428084</v>
       </c>
       <c r="I542" s="2" t="n">
-        <v>214357.35</v>
+        <v>189886.77</v>
       </c>
     </row>
     <row r="543">
       <c r="A543" s="2" t="n">
-        <v>1.7038512E12</v>
+        <v>1.7041968E12</v>
       </c>
       <c r="B543" s="2" t="n">
-        <v>1.703937599999E12</v>
+        <v>1.704283199999E12</v>
       </c>
       <c r="C543" s="2" t="n">
-        <v>1.70385822E12</v>
+        <v>1.70428308E12</v>
       </c>
       <c r="D543" s="2" t="n">
-        <v>1.70391846E12</v>
+        <v>1.70422398E12</v>
       </c>
       <c r="E543" s="2" t="n">
-        <v>0.0138913789776446</v>
+        <v>0.009659842297115</v>
       </c>
       <c r="F543" s="2" t="n">
-        <v>0.0143205963621845</v>
+        <v>0.0107854786195281</v>
       </c>
       <c r="G543" s="2" t="n">
-        <v>0.0124167726773698</v>
+        <v>0.0093418578638865</v>
       </c>
       <c r="H543" s="2" t="n">
-        <v>0.0130531950765322</v>
+        <v>0.0107793400388679</v>
       </c>
       <c r="I543" s="2" t="n">
-        <v>223568.63</v>
+        <v>221823.64</v>
       </c>
     </row>
     <row r="544">
       <c r="A544" s="2" t="n">
-        <v>1.7037648E12</v>
+        <v>1.7041104E12</v>
       </c>
       <c r="B544" s="2" t="n">
-        <v>1.703851199999E12</v>
+        <v>1.704196799999E12</v>
       </c>
       <c r="C544" s="2" t="n">
-        <v>1.70376786E12</v>
+        <v>1.70411214E12</v>
       </c>
       <c r="D544" s="2" t="n">
-        <v>1.70384076E12</v>
+        <v>1.70418942E12</v>
       </c>
       <c r="E544" s="2" t="n">
-        <v>0.0139752470676627</v>
+        <v>0.0126795928808415</v>
       </c>
       <c r="F544" s="2" t="n">
-        <v>0.0155874700129057</v>
+        <v>0.0126891994118559</v>
       </c>
       <c r="G544" s="2" t="n">
-        <v>0.0127705417112293</v>
+        <v>0.008604362835237</v>
       </c>
       <c r="H544" s="2" t="n">
-        <v>0.0138887738359238</v>
+        <v>0.0096597211654607</v>
       </c>
       <c r="I544" s="2" t="n">
-        <v>233282.32</v>
+        <v>152403.93</v>
       </c>
     </row>
     <row r="545">
       <c r="A545" s="2" t="n">
-        <v>1.7036784E12</v>
+        <v>1.704024E12</v>
       </c>
       <c r="B545" s="2" t="n">
-        <v>1.703764799999E12</v>
+        <v>1.704110399999E12</v>
       </c>
       <c r="C545" s="2" t="n">
-        <v>1.7037015E12</v>
+        <v>1.70410638E12</v>
       </c>
       <c r="D545" s="2" t="n">
-        <v>1.70368134E12</v>
+        <v>1.7040249E12</v>
       </c>
       <c r="E545" s="2" t="n">
-        <v>0.0127991712308935</v>
+        <v>0.0109831706498836</v>
       </c>
       <c r="F545" s="2" t="n">
-        <v>0.0142900424398414</v>
+        <v>0.012686490987786</v>
       </c>
       <c r="G545" s="2" t="n">
-        <v>0.0127952235614728</v>
+        <v>0.0109746482311566</v>
       </c>
       <c r="H545" s="2" t="n">
-        <v>0.0139783226887053</v>
+        <v>0.0126805216119316</v>
       </c>
       <c r="I545" s="2" t="n">
-        <v>244467.45</v>
+        <v>166374.82</v>
       </c>
     </row>
     <row r="546">
       <c r="A546" s="2" t="n">
-        <v>1.703592E12</v>
+        <v>1.7039376E12</v>
       </c>
       <c r="B546" s="2" t="n">
-        <v>1.703678399999E12</v>
+        <v>1.704023999999E12</v>
       </c>
       <c r="C546" s="2" t="n">
-        <v>1.70359338E12</v>
+        <v>1.70393952E12</v>
       </c>
       <c r="D546" s="2" t="n">
-        <v>1.70367714E12</v>
+        <v>1.70397498E12</v>
       </c>
       <c r="E546" s="2" t="n">
-        <v>0.0175760071652278</v>
+        <v>0.0130526002275871</v>
       </c>
       <c r="F546" s="2" t="n">
-        <v>0.0175827823251748</v>
+        <v>0.0130597327756182</v>
       </c>
       <c r="G546" s="2" t="n">
-        <v>0.0127877019214119</v>
+        <v>0.0107894993711729</v>
       </c>
       <c r="H546" s="2" t="n">
-        <v>0.0127990584745551</v>
+        <v>0.0109796235456357</v>
       </c>
       <c r="I546" s="2" t="n">
-        <v>180752.96</v>
+        <v>214357.35</v>
       </c>
     </row>
     <row r="547">
       <c r="A547" s="2" t="n">
-        <v>1.7035056E12</v>
+        <v>1.7038512E12</v>
       </c>
       <c r="B547" s="2" t="n">
-        <v>1.703591999999E12</v>
+        <v>1.703937599999E12</v>
       </c>
       <c r="C547" s="2" t="n">
-        <v>1.70353098E12</v>
+        <v>1.70385822E12</v>
       </c>
       <c r="D547" s="2" t="n">
-        <v>1.70350578E12</v>
+        <v>1.70391846E12</v>
       </c>
       <c r="E547" s="2" t="n">
-        <v>0.0165288649658023</v>
+        <v>0.0138913789776446</v>
       </c>
       <c r="F547" s="2" t="n">
-        <v>0.0197992628027009</v>
+        <v>0.0143205963621845</v>
       </c>
       <c r="G547" s="2" t="n">
-        <v>0.0165253761922048</v>
+        <v>0.0124167726773698</v>
       </c>
       <c r="H547" s="2" t="n">
-        <v>0.0175709934663013</v>
+        <v>0.0130531950765322</v>
       </c>
       <c r="I547" s="2" t="n">
-        <v>194160.2</v>
+        <v>223568.63</v>
       </c>
     </row>
     <row r="548">
       <c r="A548" s="2" t="n">
-        <v>1.7034192E12</v>
+        <v>1.7037648E12</v>
       </c>
       <c r="B548" s="2" t="n">
-        <v>1.703505599999E12</v>
+        <v>1.703851199999E12</v>
       </c>
       <c r="C548" s="2" t="n">
-        <v>1.70349228E12</v>
+        <v>1.70376786E12</v>
       </c>
       <c r="D548" s="2" t="n">
-        <v>1.70346228E12</v>
+        <v>1.70384076E12</v>
       </c>
       <c r="E548" s="2" t="n">
-        <v>0.0124015226747471</v>
+        <v>0.0139752470676627</v>
       </c>
       <c r="F548" s="2" t="n">
-        <v>0.0178273345054873</v>
+        <v>0.0155874700129057</v>
       </c>
       <c r="G548" s="2" t="n">
-        <v>0.0121819565252806</v>
+        <v>0.0127705417112293</v>
       </c>
       <c r="H548" s="2" t="n">
-        <v>0.0165291414627916</v>
+        <v>0.0138887738359238</v>
       </c>
       <c r="I548" s="2" t="n">
-        <v>249177.36</v>
+        <v>233282.32</v>
       </c>
     </row>
     <row r="549">
       <c r="A549" s="2" t="n">
-        <v>1.7033328E12</v>
+        <v>1.7036784E12</v>
       </c>
       <c r="B549" s="2" t="n">
-        <v>1.703419199999E12</v>
+        <v>1.703764799999E12</v>
       </c>
       <c r="C549" s="2" t="n">
-        <v>1.70338392E12</v>
+        <v>1.7037015E12</v>
       </c>
       <c r="D549" s="2" t="n">
-        <v>1.70334474E12</v>
+        <v>1.70368134E12</v>
       </c>
       <c r="E549" s="2" t="n">
-        <v>0.0113575995541386</v>
+        <v>0.0127991712308935</v>
       </c>
       <c r="F549" s="2" t="n">
-        <v>0.0160096149706013</v>
+        <v>0.0142900424398414</v>
       </c>
       <c r="G549" s="2" t="n">
-        <v>0.0104117516549013</v>
+        <v>0.0127952235614728</v>
       </c>
       <c r="H549" s="2" t="n">
-        <v>0.0124021592881458</v>
+        <v>0.0139783226887053</v>
       </c>
       <c r="I549" s="2" t="n">
-        <v>212333.51</v>
+        <v>244467.45</v>
       </c>
     </row>
     <row r="550">
       <c r="A550" s="2" t="n">
-        <v>1.7032464E12</v>
+        <v>1.703592E12</v>
       </c>
       <c r="B550" s="2" t="n">
-        <v>1.703332799999E12</v>
+        <v>1.703678399999E12</v>
       </c>
       <c r="C550" s="2" t="n">
-        <v>1.70326086E12</v>
+        <v>1.70359338E12</v>
       </c>
       <c r="D550" s="2" t="n">
-        <v>1.70326956E12</v>
+        <v>1.70367714E12</v>
       </c>
       <c r="E550" s="2" t="n">
-        <v>0.0158030843028282</v>
+        <v>0.0175760071652278</v>
       </c>
       <c r="F550" s="2" t="n">
-        <v>0.0162837619820532</v>
+        <v>0.0175827823251748</v>
       </c>
       <c r="G550" s="2" t="n">
-        <v>0.0085802941150065</v>
+        <v>0.0127877019214119</v>
       </c>
       <c r="H550" s="2" t="n">
-        <v>0.0113579136842663</v>
+        <v>0.0127990584745551</v>
       </c>
       <c r="I550" s="2" t="n">
-        <v>279203.25</v>
+        <v>180752.96</v>
       </c>
     </row>
     <row r="551">
       <c r="A551" s="2" t="n">
-        <v>1.70316E12</v>
+        <v>1.7035056E12</v>
       </c>
       <c r="B551" s="2" t="n">
-        <v>1.703246399999E12</v>
+        <v>1.703591999999E12</v>
       </c>
       <c r="C551" s="2" t="n">
-        <v>1.7031951E12</v>
+        <v>1.70353098E12</v>
       </c>
       <c r="D551" s="2" t="n">
-        <v>1.70323122E12</v>
+        <v>1.70350578E12</v>
       </c>
       <c r="E551" s="2" t="n">
-        <v>0.0184504024831037</v>
+        <v>0.0165288649658023</v>
       </c>
       <c r="F551" s="2" t="n">
-        <v>0.0199657048139201</v>
+        <v>0.0197992628027009</v>
       </c>
       <c r="G551" s="2" t="n">
-        <v>0.0139979590173222</v>
+        <v>0.0165253761922048</v>
       </c>
       <c r="H551" s="2" t="n">
-        <v>0.0158036520235857</v>
+        <v>0.0175709934663013</v>
       </c>
       <c r="I551" s="2" t="n">
-        <v>163384.69</v>
+        <v>194160.2</v>
       </c>
     </row>
     <row r="552">
       <c r="A552" s="2" t="n">
-        <v>1.7030736E12</v>
+        <v>1.7034192E12</v>
       </c>
       <c r="B552" s="2" t="n">
-        <v>1.703159999999E12</v>
+        <v>1.703505599999E12</v>
       </c>
       <c r="C552" s="2" t="n">
-        <v>1.70308764E12</v>
+        <v>1.70349228E12</v>
       </c>
       <c r="D552" s="2" t="n">
-        <v>1.70314056E12</v>
+        <v>1.70346228E12</v>
       </c>
       <c r="E552" s="2" t="n">
-        <v>0.0167915390456566</v>
+        <v>0.0124015226747471</v>
       </c>
       <c r="F552" s="2" t="n">
-        <v>0.0245954400473185</v>
+        <v>0.0178273345054873</v>
       </c>
       <c r="G552" s="2" t="n">
-        <v>0.0138447143158112</v>
+        <v>0.0121819565252806</v>
       </c>
       <c r="H552" s="2" t="n">
-        <v>0.0184502788232422</v>
+        <v>0.0165291414627916</v>
       </c>
       <c r="I552" s="2" t="n">
-        <v>389086.81</v>
+        <v>249177.36</v>
       </c>
     </row>
     <row r="553">
       <c r="A553" s="2" t="n">
-        <v>1.7029872E12</v>
+        <v>1.7033328E12</v>
       </c>
       <c r="B553" s="2" t="n">
-        <v>1.703073599999E12</v>
+        <v>1.703419199999E12</v>
       </c>
       <c r="C553" s="2" t="n">
-        <v>1.70304708E12</v>
+        <v>1.70338392E12</v>
       </c>
       <c r="D553" s="2" t="n">
-        <v>1.70300448E12</v>
+        <v>1.70334474E12</v>
       </c>
       <c r="E553" s="2" t="n">
-        <v>0.0171613072782516</v>
+        <v>0.0113575995541386</v>
       </c>
       <c r="F553" s="2" t="n">
-        <v>0.0260260770995111</v>
+        <v>0.0160096149706013</v>
       </c>
       <c r="G553" s="2" t="n">
-        <v>0.0126962284229106</v>
+        <v>0.0104117516549013</v>
       </c>
       <c r="H553" s="2" t="n">
-        <v>0.0167911082835654</v>
+        <v>0.0124021592881458</v>
       </c>
       <c r="I553" s="2" t="n">
-        <v>484584.78</v>
+        <v>212333.51</v>
       </c>
     </row>
     <row r="554">
       <c r="A554" s="2" t="n">
-        <v>1.7029008E12</v>
+        <v>1.7032464E12</v>
       </c>
       <c r="B554" s="2" t="n">
-        <v>1.702987199999E12</v>
+        <v>1.703332799999E12</v>
       </c>
       <c r="C554" s="2" t="n">
-        <v>1.70298456E12</v>
+        <v>1.70326086E12</v>
       </c>
       <c r="D554" s="2" t="n">
-        <v>1.70291646E12</v>
+        <v>1.70326956E12</v>
       </c>
       <c r="E554" s="2" t="n">
-        <v>0.0073248720686975</v>
+        <v>0.0158030843028282</v>
       </c>
       <c r="F554" s="2" t="n">
-        <v>0.0197022885149141</v>
+        <v>0.0162837619820532</v>
       </c>
       <c r="G554" s="2" t="n">
-        <v>0.0064812187925329</v>
+        <v>0.0085802941150065</v>
       </c>
       <c r="H554" s="2" t="n">
-        <v>0.0171613186728058</v>
+        <v>0.0113579136842663</v>
       </c>
       <c r="I554" s="2" t="n">
-        <v>735560.22</v>
+        <v>279203.25</v>
       </c>
     </row>
     <row r="555">
       <c r="A555" s="2" t="n">
-        <v>1.7028144E12</v>
+        <v>1.70316E12</v>
       </c>
       <c r="B555" s="2" t="n">
-        <v>1.702900799999E12</v>
+        <v>1.703246399999E12</v>
       </c>
       <c r="C555" s="2" t="n">
-        <v>1.70289516E12</v>
+        <v>1.7031951E12</v>
       </c>
       <c r="D555" s="2" t="n">
-        <v>1.7028543E12</v>
+        <v>1.70323122E12</v>
       </c>
       <c r="E555" s="2" t="n">
-        <v>0.0048520318041508</v>
+        <v>0.0184504024831037</v>
       </c>
       <c r="F555" s="2" t="n">
-        <v>0.009990068345103</v>
+        <v>0.0199657048139201</v>
       </c>
       <c r="G555" s="2" t="n">
-        <v>0.0033964345745614</v>
+        <v>0.0139979590173222</v>
       </c>
       <c r="H555" s="2" t="n">
-        <v>0.0073245681977721</v>
+        <v>0.0158036520235857</v>
       </c>
       <c r="I555" s="2" t="n">
-        <v>227459.4</v>
+        <v>163384.69</v>
       </c>
     </row>
     <row r="556">
       <c r="A556" s="2" t="n">
-        <v>1.702728E12</v>
+        <v>1.7030736E12</v>
       </c>
       <c r="B556" s="2" t="n">
-        <v>1.702814399999E12</v>
+        <v>1.703159999999E12</v>
       </c>
       <c r="C556" s="2" t="n">
-        <v>1.70273232E12</v>
+        <v>1.70308764E12</v>
       </c>
       <c r="D556" s="2" t="n">
-        <v>1.70274516E12</v>
+        <v>1.70314056E12</v>
       </c>
       <c r="E556" s="2" t="n">
-        <v>0.0069289898692766</v>
+        <v>0.0167915390456566</v>
       </c>
       <c r="F556" s="2" t="n">
-        <v>0.0070407813236207</v>
+        <v>0.0245954400473185</v>
       </c>
       <c r="G556" s="2" t="n">
-        <v>0.0041084704038842</v>
+        <v>0.0138447143158112</v>
       </c>
       <c r="H556" s="2" t="n">
-        <v>0.0048520398733273</v>
+        <v>0.0184502788232422</v>
       </c>
       <c r="I556" s="2" t="n">
-        <v>151303.28</v>
+        <v>389086.81</v>
       </c>
     </row>
     <row r="557">
       <c r="A557" s="2" t="n">
-        <v>1.7026416E12</v>
+        <v>1.7029872E12</v>
       </c>
       <c r="B557" s="2" t="n">
-        <v>1.702727999999E12</v>
+        <v>1.703073599999E12</v>
       </c>
       <c r="C557" s="2" t="n">
-        <v>1.70264238E12</v>
+        <v>1.70304708E12</v>
       </c>
       <c r="D557" s="2" t="n">
-        <v>1.70268864E12</v>
+        <v>1.70300448E12</v>
       </c>
       <c r="E557" s="2" t="n">
-        <v>0.0102129897336498</v>
+        <v>0.0171613072782516</v>
       </c>
       <c r="F557" s="2" t="n">
-        <v>0.0112636648818759</v>
+        <v>0.0260260770995111</v>
       </c>
       <c r="G557" s="2" t="n">
-        <v>0.0065331760865747</v>
+        <v>0.0126962284229106</v>
       </c>
       <c r="H557" s="2" t="n">
-        <v>0.0069288284832708</v>
+        <v>0.0167911082835654</v>
       </c>
       <c r="I557" s="2" t="n">
-        <v>187353.85</v>
+        <v>484584.78</v>
       </c>
     </row>
     <row r="558">
       <c r="A558" s="2" t="n">
-        <v>1.7025552E12</v>
+        <v>1.7029008E12</v>
       </c>
       <c r="B558" s="2" t="n">
-        <v>1.702641599999E12</v>
+        <v>1.702987199999E12</v>
       </c>
       <c r="C558" s="2" t="n">
-        <v>1.70256678E12</v>
+        <v>1.70298456E12</v>
       </c>
       <c r="D558" s="2" t="n">
-        <v>1.7025552E12</v>
+        <v>1.70291646E12</v>
       </c>
       <c r="E558" s="2" t="n">
-        <v>0.0033547215055242</v>
+        <v>0.0073248720686975</v>
       </c>
       <c r="F558" s="2" t="n">
-        <v>0.0150040588802794</v>
+        <v>0.0197022885149141</v>
       </c>
       <c r="G558" s="2" t="n">
-        <v>0.0033547215055242</v>
+        <v>0.0064812187925329</v>
       </c>
       <c r="H558" s="2" t="n">
-        <v>0.0102131600597649</v>
+        <v>0.0171613186728058</v>
       </c>
       <c r="I558" s="2" t="n">
-        <v>1059993.27</v>
+        <v>735560.22</v>
       </c>
     </row>
     <row r="559">
       <c r="A559" s="2" t="n">
-        <v>1.7024688E12</v>
+        <v>1.7028144E12</v>
       </c>
       <c r="B559" s="2" t="n">
-        <v>1.702555199999E12</v>
+        <v>1.702900799999E12</v>
       </c>
       <c r="C559" s="2" t="n">
-        <v>1.70255274E12</v>
+        <v>1.70289516E12</v>
       </c>
       <c r="D559" s="2" t="n">
-        <v>1.70246934E12</v>
+        <v>1.7028543E12</v>
       </c>
       <c r="E559" s="2" t="n">
-        <v>6.715276309339E-4</v>
+        <v>0.0048520318041508</v>
       </c>
       <c r="F559" s="2" t="n">
-        <v>0.0050029255240365</v>
+        <v>0.009990068345103</v>
       </c>
       <c r="G559" s="2" t="n">
-        <v>6.155308085254E-4</v>
+        <v>0.0033964345745614</v>
       </c>
       <c r="H559" s="2" t="n">
-        <v>0.0033548689079389</v>
+        <v>0.0073245681977721</v>
       </c>
       <c r="I559" s="2" t="n">
-        <v>221531.41</v>
+        <v>227459.4</v>
       </c>
     </row>
     <row r="560">
       <c r="A560" s="2" t="n">
-        <v>1.7023824E12</v>
+        <v>1.702728E12</v>
       </c>
       <c r="B560" s="2" t="n">
-        <v>1.702468799999E12</v>
+        <v>1.702814399999E12</v>
       </c>
       <c r="C560" s="2" t="n">
-        <v>1.702383E12</v>
+        <v>1.70273232E12</v>
       </c>
       <c r="D560" s="2" t="n">
-        <v>1.70246436E12</v>
+        <v>1.70274516E12</v>
       </c>
       <c r="E560" s="2" t="n">
-        <v>9.164534567528E-4</v>
+        <v>0.0069289898692766</v>
       </c>
       <c r="F560" s="2" t="n">
-        <v>9.640664373429E-4</v>
+        <v>0.0070407813236207</v>
       </c>
       <c r="G560" s="2" t="n">
-        <v>6.703186427585E-4</v>
+        <v>0.0041084704038842</v>
       </c>
       <c r="H560" s="2" t="n">
-        <v>6.715137115159E-4</v>
+        <v>0.0048520398733273</v>
       </c>
       <c r="I560" s="2" t="n">
-        <v>16228.12</v>
+        <v>151303.28</v>
       </c>
     </row>
     <row r="561">
       <c r="A561" s="2" t="n">
-        <v>1.702296E12</v>
+        <v>1.7026416E12</v>
       </c>
       <c r="B561" s="2" t="n">
-        <v>1.702382399999E12</v>
+        <v>1.702727999999E12</v>
       </c>
       <c r="C561" s="2" t="n">
-        <v>1.7022984E12</v>
+        <v>1.70264238E12</v>
       </c>
       <c r="D561" s="2" t="n">
-        <v>1.70235312E12</v>
+        <v>1.70268864E12</v>
       </c>
       <c r="E561" s="2" t="n">
-        <v>0.0010654259661974</v>
+        <v>0.0102129897336498</v>
       </c>
       <c r="F561" s="2" t="n">
-        <v>0.0010673528793155</v>
+        <v>0.0112636648818759</v>
       </c>
       <c r="G561" s="2" t="n">
-        <v>7.68517145554E-4</v>
+        <v>0.0065331760865747</v>
       </c>
       <c r="H561" s="2" t="n">
-        <v>9.163809104312E-4</v>
+        <v>0.0069288284832708</v>
       </c>
       <c r="I561" s="2" t="n">
-        <v>19291.78</v>
+        <v>187353.85</v>
       </c>
     </row>
     <row r="562">
       <c r="A562" s="2" t="n">
-        <v>1.7022096E12</v>
+        <v>1.7025552E12</v>
       </c>
       <c r="B562" s="2" t="n">
-        <v>1.702295999999E12</v>
+        <v>1.702641599999E12</v>
       </c>
       <c r="C562" s="2" t="n">
-        <v>1.70228232E12</v>
+        <v>1.70256678E12</v>
       </c>
       <c r="D562" s="2" t="n">
-        <v>1.70227296E12</v>
+        <v>1.7025552E12</v>
       </c>
       <c r="E562" s="2" t="n">
-        <v>0.0011146420342288</v>
+        <v>0.0033547215055242</v>
       </c>
       <c r="F562" s="2" t="n">
-        <v>0.0011872843219556</v>
+        <v>0.0150040588802794</v>
       </c>
       <c r="G562" s="2" t="n">
-        <v>9.669313527928E-4</v>
+        <v>0.0033547215055242</v>
       </c>
       <c r="H562" s="2" t="n">
-        <v>0.0010654276223468</v>
+        <v>0.0102131600597649</v>
       </c>
       <c r="I562" s="2" t="n">
-        <v>23681.41</v>
+        <v>1059993.27</v>
       </c>
     </row>
     <row r="563">
       <c r="A563" s="2" t="n">
-        <v>1.7021232E12</v>
+        <v>1.7024688E12</v>
       </c>
       <c r="B563" s="2" t="n">
-        <v>1.702209599999E12</v>
+        <v>1.702555199999E12</v>
       </c>
       <c r="C563" s="2" t="n">
-        <v>1.70212974E12</v>
+        <v>1.70255274E12</v>
       </c>
       <c r="D563" s="2" t="n">
-        <v>1.7021892E12</v>
+        <v>1.70246934E12</v>
       </c>
       <c r="E563" s="2" t="n">
-        <v>0.0010957666404578</v>
+        <v>6.715276309339E-4</v>
       </c>
       <c r="F563" s="2" t="n">
-        <v>0.0013003046083696</v>
+        <v>0.0050029255240365</v>
       </c>
       <c r="G563" s="2" t="n">
-        <v>9.287885191456E-4</v>
+        <v>6.155308085254E-4</v>
       </c>
       <c r="H563" s="2" t="n">
-        <v>0.0011146678427817</v>
+        <v>0.0033548689079389</v>
       </c>
       <c r="I563" s="2" t="n">
-        <v>38112.8</v>
+        <v>221531.41</v>
       </c>
     </row>
     <row r="564">
       <c r="A564" s="2" t="n">
-        <v>1.7020368E12</v>
+        <v>1.7023824E12</v>
       </c>
       <c r="B564" s="2" t="n">
-        <v>1.702123199999E12</v>
+        <v>1.702468799999E12</v>
       </c>
       <c r="C564" s="2" t="n">
-        <v>1.70211366E12</v>
+        <v>1.702383E12</v>
       </c>
       <c r="D564" s="2" t="n">
-        <v>1.70207856E12</v>
+        <v>1.70246436E12</v>
       </c>
       <c r="E564" s="2" t="n">
-        <v>8.726330435332E-4</v>
+        <v>9.164534567528E-4</v>
       </c>
       <c r="F564" s="2" t="n">
-        <v>0.0012058124932692</v>
+        <v>9.640664373429E-4</v>
       </c>
       <c r="G564" s="2" t="n">
-        <v>8.413297788884E-4</v>
+        <v>6.703186427585E-4</v>
       </c>
       <c r="H564" s="2" t="n">
-        <v>0.0010957705932761</v>
+        <v>6.715137115159E-4</v>
       </c>
       <c r="I564" s="2" t="n">
-        <v>59661.52</v>
+        <v>16228.12</v>
       </c>
     </row>
     <row r="565">
       <c r="A565" s="2" t="n">
-        <v>1.7019504E12</v>
+        <v>1.702296E12</v>
       </c>
       <c r="B565" s="2" t="n">
-        <v>1.702036799999E12</v>
+        <v>1.702382399999E12</v>
       </c>
       <c r="C565" s="2" t="n">
-        <v>1.70198808E12</v>
+        <v>1.7022984E12</v>
       </c>
       <c r="D565" s="2" t="n">
-        <v>1.70196012E12</v>
+        <v>1.70235312E12</v>
       </c>
       <c r="E565" s="2" t="n">
-        <v>8.592962418574E-4</v>
+        <v>0.0010654259661974</v>
       </c>
       <c r="F565" s="2" t="n">
-        <v>9.247386484255E-4</v>
+        <v>0.0010673528793155</v>
       </c>
       <c r="G565" s="2" t="n">
-        <v>8.39974842143E-4</v>
+        <v>7.68517145554E-4</v>
       </c>
       <c r="H565" s="2" t="n">
-        <v>8.72660704205E-4</v>
+        <v>9.163809104312E-4</v>
       </c>
       <c r="I565" s="2" t="n">
-        <v>57016.58</v>
+        <v>19291.78</v>
       </c>
     </row>
     <row r="566">
       <c r="A566" s="2" t="n">
-        <v>1.701864E12</v>
+        <v>1.7022096E12</v>
       </c>
       <c r="B566" s="2" t="n">
-        <v>1.701950399999E12</v>
+        <v>1.702295999999E12</v>
       </c>
       <c r="C566" s="2" t="n">
-        <v>1.7019006E12</v>
+        <v>1.70228232E12</v>
       </c>
       <c r="D566" s="2" t="n">
-        <v>1.70193636E12</v>
+        <v>1.70227296E12</v>
       </c>
       <c r="E566" s="2" t="n">
-        <v>9.541208459157E-4</v>
+        <v>0.0011146420342288</v>
       </c>
       <c r="F566" s="2" t="n">
-        <v>0.0010396074741849</v>
+        <v>0.0011872843219556</v>
       </c>
       <c r="G566" s="2" t="n">
-        <v>8.207793962055E-4</v>
+        <v>9.669313527928E-4</v>
       </c>
       <c r="H566" s="2" t="n">
-        <v>8.592266955425E-4</v>
+        <v>0.0010654276223468</v>
       </c>
       <c r="I566" s="2" t="n">
-        <v>44023.92</v>
+        <v>23681.41</v>
       </c>
     </row>
     <row r="567">
       <c r="A567" s="2" t="n">
-        <v>1.7017776E12</v>
+        <v>1.7021232E12</v>
       </c>
       <c r="B567" s="2" t="n">
-        <v>1.701863999999E12</v>
+        <v>1.702209599999E12</v>
       </c>
       <c r="C567" s="2" t="n">
-        <v>1.70178132E12</v>
+        <v>1.70212974E12</v>
       </c>
       <c r="D567" s="2" t="n">
-        <v>1.70177844E12</v>
+        <v>1.7021892E12</v>
       </c>
       <c r="E567" s="2" t="n">
-        <v>7.887155599429E-4</v>
+        <v>0.0010957666404578</v>
       </c>
       <c r="F567" s="2" t="n">
-        <v>0.001087377146661</v>
+        <v>0.0013003046083696</v>
       </c>
       <c r="G567" s="2" t="n">
-        <v>7.852111184636E-4</v>
+        <v>9.287885191456E-4</v>
       </c>
       <c r="H567" s="2" t="n">
-        <v>9.540250406659E-4</v>
+        <v>0.0011146678427817</v>
       </c>
       <c r="I567" s="2" t="n">
-        <v>37616.4</v>
+        <v>38112.8</v>
       </c>
     </row>
     <row r="568">
       <c r="A568" s="2" t="n">
-        <v>1.7016912E12</v>
+        <v>1.7020368E12</v>
       </c>
       <c r="B568" s="2" t="n">
-        <v>1.701777599999E12</v>
+        <v>1.702123199999E12</v>
       </c>
       <c r="C568" s="2" t="n">
-        <v>1.70177754E12</v>
+        <v>1.70211366E12</v>
       </c>
       <c r="D568" s="2" t="n">
-        <v>1.70174196E12</v>
+        <v>1.70207856E12</v>
       </c>
       <c r="E568" s="2" t="n">
-        <v>6.459361127824E-4</v>
+        <v>8.726330435332E-4</v>
       </c>
       <c r="F568" s="2" t="n">
-        <v>7.887230219302E-4</v>
+        <v>0.0012058124932692</v>
       </c>
       <c r="G568" s="2" t="n">
-        <v>5.896772177635E-4</v>
+        <v>8.413297788884E-4</v>
       </c>
       <c r="H568" s="2" t="n">
-        <v>7.887230219302E-4</v>
+        <v>0.0010957705932761</v>
       </c>
       <c r="I568" s="2" t="n">
-        <v>54084.3</v>
+        <v>59661.52</v>
       </c>
     </row>
     <row r="569">
       <c r="A569" s="2" t="n">
-        <v>1.7016048E12</v>
+        <v>1.7019504E12</v>
       </c>
       <c r="B569" s="2" t="n">
-        <v>1.701691199999E12</v>
+        <v>1.702036799999E12</v>
       </c>
       <c r="C569" s="2" t="n">
-        <v>1.70161728E12</v>
+        <v>1.70198808E12</v>
       </c>
       <c r="D569" s="2" t="n">
-        <v>1.70168982E12</v>
+        <v>1.70196012E12</v>
       </c>
       <c r="E569" s="2" t="n">
-        <v>7.926474016412E-4</v>
+        <v>8.592962418574E-4</v>
       </c>
       <c r="F569" s="2" t="n">
-        <v>8.301076157207E-4</v>
+        <v>9.247386484255E-4</v>
       </c>
       <c r="G569" s="2" t="n">
-        <v>6.416793061689E-4</v>
+        <v>8.39974842143E-4</v>
       </c>
       <c r="H569" s="2" t="n">
-        <v>6.459394251484E-4</v>
+        <v>8.72660704205E-4</v>
       </c>
       <c r="I569" s="2" t="n">
-        <v>14118.16</v>
+        <v>57016.58</v>
       </c>
     </row>
     <row r="570">
       <c r="A570" s="2" t="n">
-        <v>1.7015184E12</v>
+        <v>1.701864E12</v>
       </c>
       <c r="B570" s="2" t="n">
-        <v>1.701604799999E12</v>
+        <v>1.701950399999E12</v>
       </c>
       <c r="C570" s="2" t="n">
-        <v>1.70154756E12</v>
+        <v>1.7019006E12</v>
       </c>
       <c r="D570" s="2" t="n">
-        <v>1.70158548E12</v>
+        <v>1.70193636E12</v>
       </c>
       <c r="E570" s="2" t="n">
-        <v>6.598938876529E-4</v>
+        <v>9.541208459157E-4</v>
       </c>
       <c r="F570" s="2" t="n">
-        <v>9.00298715569E-4</v>
+        <v>0.0010396074741849</v>
       </c>
       <c r="G570" s="2" t="n">
-        <v>6.311785091289E-4</v>
+        <v>8.207793962055E-4</v>
       </c>
       <c r="H570" s="2" t="n">
-        <v>7.926893304483E-4</v>
+        <v>8.592266955425E-4</v>
       </c>
       <c r="I570" s="2" t="n">
-        <v>21926.33</v>
+        <v>44023.92</v>
       </c>
     </row>
     <row r="571">
       <c r="A571" s="2" t="n">
-        <v>1.701432E12</v>
+        <v>1.7017776E12</v>
       </c>
       <c r="B571" s="2" t="n">
-        <v>1.701518399999E12</v>
+        <v>1.701863999999E12</v>
       </c>
       <c r="C571" s="2" t="n">
-        <v>1.70144286E12</v>
+        <v>1.70178132E12</v>
       </c>
       <c r="D571" s="2" t="n">
-        <v>1.70149866E12</v>
+        <v>1.70177844E12</v>
       </c>
       <c r="E571" s="2" t="n">
-        <v>6.916294402712E-4</v>
+        <v>7.887155599429E-4</v>
       </c>
       <c r="F571" s="2" t="n">
-        <v>7.289391521078E-4</v>
+        <v>0.001087377146661</v>
       </c>
       <c r="G571" s="2" t="n">
-        <v>5.646889269734E-4</v>
+        <v>7.852111184636E-4</v>
       </c>
       <c r="H571" s="2" t="n">
-        <v>6.599043109316E-4</v>
+        <v>9.540250406659E-4</v>
       </c>
       <c r="I571" s="2" t="n">
-        <v>32625.06</v>
+        <v>37616.4</v>
       </c>
     </row>
     <row r="572">
       <c r="A572" s="2" t="n">
-        <v>1.7013456E12</v>
+        <v>1.7016912E12</v>
       </c>
       <c r="B572" s="2" t="n">
-        <v>1.701431999999E12</v>
+        <v>1.701777599999E12</v>
       </c>
       <c r="C572" s="2" t="n">
-        <v>1.70142786E12</v>
+        <v>1.70177754E12</v>
       </c>
       <c r="D572" s="2" t="n">
-        <v>1.70134788E12</v>
+        <v>1.70174196E12</v>
       </c>
       <c r="E572" s="2" t="n">
-        <v>6.457751506433E-4</v>
+        <v>6.459361127824E-4</v>
       </c>
       <c r="F572" s="2" t="n">
-        <v>7.104675938387E-4</v>
+        <v>7.887230219302E-4</v>
       </c>
       <c r="G572" s="2" t="n">
-        <v>6.452005478772E-4</v>
+        <v>5.896772177635E-4</v>
       </c>
       <c r="H572" s="2" t="n">
-        <v>6.916181886045E-4</v>
+        <v>7.887230219302E-4</v>
       </c>
       <c r="I572" s="2" t="n">
-        <v>33048.35</v>
+        <v>54084.3</v>
       </c>
     </row>
     <row r="573">
       <c r="A573" s="2" t="n">
-        <v>1.7012592E12</v>
+        <v>1.7016048E12</v>
       </c>
       <c r="B573" s="2" t="n">
-        <v>1.701345599999E12</v>
+        <v>1.701691199999E12</v>
       </c>
       <c r="C573" s="2" t="n">
-        <v>1.70131152E12</v>
+        <v>1.70161728E12</v>
       </c>
       <c r="D573" s="2" t="n">
-        <v>1.70128728E12</v>
+        <v>1.70168982E12</v>
       </c>
       <c r="E573" s="2" t="n">
-        <v>5.923150172839E-4</v>
+        <v>7.926474016412E-4</v>
       </c>
       <c r="F573" s="2" t="n">
-        <v>6.939405836788E-4</v>
+        <v>8.301076157207E-4</v>
       </c>
       <c r="G573" s="2" t="n">
-        <v>5.512809488076E-4</v>
+        <v>6.416793061689E-4</v>
       </c>
       <c r="H573" s="2" t="n">
-        <v>6.457903605688E-4</v>
+        <v>6.459394251484E-4</v>
       </c>
       <c r="I573" s="2" t="n">
-        <v>26812.95</v>
+        <v>14118.16</v>
       </c>
     </row>
     <row r="574">
       <c r="A574" s="2" t="n">
-        <v>1.7011728E12</v>
+        <v>1.7015184E12</v>
       </c>
       <c r="B574" s="2" t="n">
-        <v>1.701259199999E12</v>
+        <v>1.701604799999E12</v>
       </c>
       <c r="C574" s="2" t="n">
-        <v>1.70124348E12</v>
+        <v>1.70154756E12</v>
       </c>
       <c r="D574" s="2" t="n">
-        <v>1.7011902E12</v>
+        <v>1.70158548E12</v>
       </c>
       <c r="E574" s="2" t="n">
-        <v>5.181528732738E-4</v>
+        <v>6.598938876529E-4</v>
       </c>
       <c r="F574" s="2" t="n">
-        <v>5.972660898974E-4</v>
+        <v>9.00298715569E-4</v>
       </c>
       <c r="G574" s="2" t="n">
-        <v>5.179533308685E-4</v>
+        <v>6.311785091289E-4</v>
       </c>
       <c r="H574" s="2" t="n">
-        <v>5.923203163723E-4</v>
+        <v>7.926893304483E-4</v>
       </c>
       <c r="I574" s="2" t="n">
-        <v>1668.83</v>
+        <v>21926.33</v>
       </c>
     </row>
     <row r="575">
       <c r="A575" s="2" t="n">
-        <v>1.7010864E12</v>
+        <v>1.701432E12</v>
       </c>
       <c r="B575" s="2" t="n">
-        <v>1.701172799999E12</v>
+        <v>1.701518399999E12</v>
       </c>
       <c r="C575" s="2" t="n">
-        <v>1.70114172E12</v>
+        <v>1.70144286E12</v>
       </c>
       <c r="D575" s="2" t="n">
-        <v>1.70110266E12</v>
+        <v>1.70149866E12</v>
       </c>
       <c r="E575" s="2" t="n">
-        <v>5.009885698327E-4</v>
+        <v>6.916294402712E-4</v>
       </c>
       <c r="F575" s="2" t="n">
-        <v>5.501002351073E-4</v>
+        <v>7.289391521078E-4</v>
       </c>
       <c r="G575" s="2" t="n">
-        <v>4.851037845835E-4</v>
+        <v>5.646889269734E-4</v>
       </c>
       <c r="H575" s="2" t="n">
-        <v>5.181073670236E-4</v>
+        <v>6.599043109316E-4</v>
       </c>
       <c r="I575" s="2" t="n">
-        <v>11184.13</v>
+        <v>32625.06</v>
       </c>
     </row>
     <row r="576">
       <c r="A576" s="2" t="n">
-        <v>1.701E12</v>
+        <v>1.7013456E12</v>
       </c>
       <c r="B576" s="2" t="n">
-        <v>1.701086399999E12</v>
+        <v>1.701431999999E12</v>
       </c>
       <c r="C576" s="2" t="n">
-        <v>1.7010006E12</v>
+        <v>1.70142786E12</v>
       </c>
       <c r="D576" s="2" t="n">
-        <v>1.70108136E12</v>
+        <v>1.70134788E12</v>
       </c>
       <c r="E576" s="2" t="n">
-        <v>6.636660095289E-4</v>
+        <v>6.457751506433E-4</v>
       </c>
       <c r="F576" s="2" t="n">
-        <v>6.871221622427E-4</v>
+        <v>7.104675938387E-4</v>
       </c>
       <c r="G576" s="2" t="n">
-        <v>4.812729438163E-4</v>
+        <v>6.452005478772E-4</v>
       </c>
       <c r="H576" s="2" t="n">
-        <v>5.009924120983E-4</v>
+        <v>6.916181886045E-4</v>
       </c>
       <c r="I576" s="2" t="n">
-        <v>35357.52</v>
+        <v>33048.35</v>
       </c>
     </row>
     <row r="577">
       <c r="A577" s="2" t="n">
-        <v>1.7009136E12</v>
+        <v>1.7012592E12</v>
       </c>
       <c r="B577" s="2" t="n">
-        <v>1.700999999999E12</v>
+        <v>1.701345599999E12</v>
       </c>
       <c r="C577" s="2" t="n">
-        <v>1.70098758E12</v>
+        <v>1.70131152E12</v>
       </c>
       <c r="D577" s="2" t="n">
-        <v>1.7009211E12</v>
+        <v>1.70128728E12</v>
       </c>
       <c r="E577" s="2" t="n">
-        <v>5.235706359118E-4</v>
+        <v>5.923150172839E-4</v>
       </c>
       <c r="F577" s="2" t="n">
-        <v>7.500401206536E-4</v>
+        <v>6.939405836788E-4</v>
       </c>
       <c r="G577" s="2" t="n">
-        <v>5.229641297554E-4</v>
+        <v>5.512809488076E-4</v>
       </c>
       <c r="H577" s="2" t="n">
-        <v>6.636713982639E-4</v>
+        <v>6.457903605688E-4</v>
       </c>
       <c r="I577" s="2" t="n">
-        <v>47512.71</v>
+        <v>26812.95</v>
       </c>
     </row>
     <row r="578">
       <c r="A578" s="2" t="n">
-        <v>1.7008272E12</v>
+        <v>1.7011728E12</v>
       </c>
       <c r="B578" s="2" t="n">
-        <v>1.700913599999E12</v>
+        <v>1.701259199999E12</v>
       </c>
       <c r="C578" s="2" t="n">
-        <v>1.70082954E12</v>
+        <v>1.70124348E12</v>
       </c>
       <c r="D578" s="2" t="n">
-        <v>1.70084286E12</v>
+        <v>1.7011902E12</v>
       </c>
       <c r="E578" s="2" t="n">
-        <v>5.702683076186E-4</v>
+        <v>5.181528732738E-4</v>
       </c>
       <c r="F578" s="2" t="n">
-        <v>5.796988176534E-4</v>
+        <v>5.972660898974E-4</v>
       </c>
       <c r="G578" s="2" t="n">
-        <v>5.203283961735E-4</v>
+        <v>5.179533308685E-4</v>
       </c>
       <c r="H578" s="2" t="n">
-        <v>5.235958078131E-4</v>
+        <v>5.923203163723E-4</v>
       </c>
       <c r="I578" s="2" t="n">
-        <v>37174.19</v>
+        <v>1668.83</v>
       </c>
     </row>
     <row r="579">
       <c r="A579" s="2" t="n">
-        <v>1.7007408E12</v>
+        <v>1.7010864E12</v>
       </c>
       <c r="B579" s="2" t="n">
-        <v>1.700827199999E12</v>
+        <v>1.701172799999E12</v>
       </c>
       <c r="C579" s="2" t="n">
-        <v>1.70079678E12</v>
+        <v>1.70114172E12</v>
       </c>
       <c r="D579" s="2" t="n">
-        <v>1.70074434E12</v>
+        <v>1.70110266E12</v>
       </c>
       <c r="E579" s="2" t="n">
-        <v>4.820288641789E-4</v>
+        <v>5.009885698327E-4</v>
       </c>
       <c r="F579" s="2" t="n">
-        <v>5.998187161668E-4</v>
+        <v>5.501002351073E-4</v>
       </c>
       <c r="G579" s="2" t="n">
-        <v>4.794165957277E-4</v>
+        <v>4.851037845835E-4</v>
       </c>
       <c r="H579" s="2" t="n">
-        <v>5.702567769458E-4</v>
+        <v>5.181073670236E-4</v>
       </c>
       <c r="I579" s="2" t="n">
-        <v>30483.99</v>
+        <v>11184.13</v>
       </c>
     </row>
     <row r="580">
       <c r="A580" s="2" t="n">
-        <v>1.7006544E12</v>
+        <v>1.701E12</v>
       </c>
       <c r="B580" s="2" t="n">
-        <v>1.700740799999E12</v>
+        <v>1.701086399999E12</v>
       </c>
       <c r="C580" s="2" t="n">
-        <v>1.70071422E12</v>
+        <v>1.7010006E12</v>
       </c>
       <c r="D580" s="2" t="n">
-        <v>1.7006838E12</v>
+        <v>1.70108136E12</v>
       </c>
       <c r="E580" s="2" t="n">
-        <v>4.94567938439E-4</v>
+        <v>6.636660095289E-4</v>
       </c>
       <c r="F580" s="2" t="n">
-        <v>6.002385086432E-4</v>
+        <v>6.871221622427E-4</v>
       </c>
       <c r="G580" s="2" t="n">
-        <v>4.504785590802E-4</v>
+        <v>4.812729438163E-4</v>
       </c>
       <c r="H580" s="2" t="n">
-        <v>4.820483139268E-4</v>
+        <v>5.009924120983E-4</v>
       </c>
       <c r="I580" s="2" t="n">
-        <v>31303.63</v>
+        <v>35357.52</v>
       </c>
     </row>
     <row r="581">
       <c r="A581" s="2" t="n">
-        <v>1.700568E12</v>
+        <v>1.7009136E12</v>
       </c>
       <c r="B581" s="2" t="n">
-        <v>1.700654399999E12</v>
+        <v>1.700999999999E12</v>
       </c>
       <c r="C581" s="2" t="n">
-        <v>1.70056854E12</v>
+        <v>1.70098758E12</v>
       </c>
       <c r="D581" s="2" t="n">
-        <v>1.70060556E12</v>
+        <v>1.7009211E12</v>
       </c>
       <c r="E581" s="2" t="n">
-        <v>7.383839672573E-4</v>
+        <v>5.235706359118E-4</v>
       </c>
       <c r="F581" s="2" t="n">
-        <v>7.553403874616E-4</v>
+        <v>7.500401206536E-4</v>
       </c>
       <c r="G581" s="2" t="n">
-        <v>4.505705543139E-4</v>
+        <v>5.229641297554E-4</v>
       </c>
       <c r="H581" s="2" t="n">
-        <v>4.944855785652E-4</v>
+        <v>6.636713982639E-4</v>
       </c>
       <c r="I581" s="2" t="n">
-        <v>58908.27</v>
+        <v>47512.71</v>
       </c>
     </row>
     <row r="582">
       <c r="A582" s="2" t="n">
-        <v>1.7004816E12</v>
+        <v>1.7008272E12</v>
       </c>
       <c r="B582" s="2" t="n">
-        <v>1.700567999999E12</v>
+        <v>1.700913599999E12</v>
       </c>
       <c r="C582" s="2" t="n">
-        <v>1.70056506E12</v>
+        <v>1.70082954E12</v>
       </c>
       <c r="D582" s="2" t="n">
-        <v>1.70055072E12</v>
+        <v>1.70084286E12</v>
       </c>
       <c r="E582" s="2" t="n">
-        <v>5.815173185353E-4</v>
+        <v>5.702683076186E-4</v>
       </c>
       <c r="F582" s="2" t="n">
-        <v>8.177031749878E-4</v>
+        <v>5.796988176534E-4</v>
       </c>
       <c r="G582" s="2" t="n">
-        <v>5.513501266317E-4</v>
+        <v>5.203283961735E-4</v>
       </c>
       <c r="H582" s="2" t="n">
-        <v>7.384051752829E-4</v>
+        <v>5.235958078131E-4</v>
       </c>
       <c r="I582" s="2" t="n">
-        <v>14202.29</v>
+        <v>37174.19</v>
       </c>
     </row>
     <row r="583">
       <c r="A583" s="2" t="n">
-        <v>1.7003952E12</v>
+        <v>1.7007408E12</v>
       </c>
       <c r="B583" s="2" t="n">
-        <v>1.700481599999E12</v>
+        <v>1.700827199999E12</v>
       </c>
       <c r="C583" s="2" t="n">
-        <v>1.70047206E12</v>
+        <v>1.70079678E12</v>
       </c>
       <c r="D583" s="2" t="n">
-        <v>1.700403E12</v>
+        <v>1.70074434E12</v>
       </c>
       <c r="E583" s="2" t="n">
-        <v>4.910868785625E-4</v>
+        <v>4.820288641789E-4</v>
       </c>
       <c r="F583" s="2" t="n">
-        <v>6.026086145903E-4</v>
+        <v>5.998187161668E-4</v>
       </c>
       <c r="G583" s="2" t="n">
-        <v>4.614788916056E-4</v>
+        <v>4.794165957277E-4</v>
       </c>
       <c r="H583" s="2" t="n">
-        <v>5.814734005462E-4</v>
+        <v>5.702567769458E-4</v>
       </c>
       <c r="I583" s="2" t="n">
-        <v>22215.64</v>
+        <v>30483.99</v>
       </c>
     </row>
     <row r="584">
       <c r="A584" s="2" t="n">
-        <v>1.7003088E12</v>
+        <v>1.7006544E12</v>
       </c>
       <c r="B584" s="2" t="n">
-        <v>1.700395199999E12</v>
+        <v>1.700740799999E12</v>
       </c>
       <c r="C584" s="2" t="n">
-        <v>1.7003682E12</v>
+        <v>1.70071422E12</v>
       </c>
       <c r="D584" s="2" t="n">
-        <v>1.70031108E12</v>
+        <v>1.7006838E12</v>
       </c>
       <c r="E584" s="2" t="n">
-        <v>4.214653464861E-4</v>
+        <v>4.94567938439E-4</v>
       </c>
       <c r="F584" s="2" t="n">
-        <v>5.94332030569E-4</v>
+        <v>6.002385086432E-4</v>
       </c>
       <c r="G584" s="2" t="n">
-        <v>4.146216996179E-4</v>
+        <v>4.504785590802E-4</v>
       </c>
       <c r="H584" s="2" t="n">
-        <v>4.91104095686E-4</v>
+        <v>4.820483139268E-4</v>
       </c>
       <c r="I584" s="2" t="n">
-        <v>30140.86</v>
+        <v>31303.63</v>
       </c>
     </row>
     <row r="585">
       <c r="A585" s="2" t="n">
-        <v>1.7002224E12</v>
+        <v>1.700568E12</v>
       </c>
       <c r="B585" s="2" t="n">
-        <v>1.700308799999E12</v>
+        <v>1.700654399999E12</v>
       </c>
       <c r="C585" s="2" t="n">
-        <v>1.70025222E12</v>
+        <v>1.70056854E12</v>
       </c>
       <c r="D585" s="2" t="n">
-        <v>1.700304E12</v>
+        <v>1.70060556E12</v>
       </c>
       <c r="E585" s="2" t="n">
-        <v>4.681590944581E-4</v>
+        <v>7.383839672573E-4</v>
       </c>
       <c r="F585" s="2" t="n">
-        <v>5.300412220652E-4</v>
+        <v>7.553403874616E-4</v>
       </c>
       <c r="G585" s="2" t="n">
-        <v>4.028062274196E-4</v>
+        <v>4.505705543139E-4</v>
       </c>
       <c r="H585" s="2" t="n">
-        <v>4.21515185693E-4</v>
+        <v>4.944855785652E-4</v>
       </c>
       <c r="I585" s="2" t="n">
-        <v>28014.38</v>
+        <v>58908.27</v>
       </c>
     </row>
     <row r="586">
       <c r="A586" s="2" t="n">
-        <v>1.700136E12</v>
+        <v>1.7004816E12</v>
       </c>
       <c r="B586" s="2" t="n">
-        <v>1.700222399999E12</v>
+        <v>1.700567999999E12</v>
       </c>
       <c r="C586" s="2" t="n">
-        <v>1.70022018E12</v>
+        <v>1.70056506E12</v>
       </c>
       <c r="D586" s="2" t="n">
-        <v>1.70019744E12</v>
+        <v>1.70055072E12</v>
       </c>
       <c r="E586" s="2" t="n">
-        <v>4.303948656789E-4</v>
+        <v>5.815173185353E-4</v>
       </c>
       <c r="F586" s="2" t="n">
-        <v>4.824680470186E-4</v>
+        <v>8.177031749878E-4</v>
       </c>
       <c r="G586" s="2" t="n">
-        <v>4.245892035255E-4</v>
+        <v>5.513501266317E-4</v>
       </c>
       <c r="H586" s="2" t="n">
-        <v>4.681302821318E-4</v>
+        <v>7.384051752829E-4</v>
       </c>
       <c r="I586" s="2" t="n">
-        <v>26761.11</v>
+        <v>14202.29</v>
       </c>
     </row>
     <row r="587">
       <c r="A587" s="2" t="n">
-        <v>1.7000496E12</v>
+        <v>1.7003952E12</v>
       </c>
       <c r="B587" s="2" t="n">
-        <v>1.700135999999E12</v>
+        <v>1.700481599999E12</v>
       </c>
       <c r="C587" s="2" t="n">
-        <v>1.7000697E12</v>
+        <v>1.70047206E12</v>
       </c>
       <c r="D587" s="2" t="n">
-        <v>1.70012172E12</v>
+        <v>1.700403E12</v>
       </c>
       <c r="E587" s="2" t="n">
-        <v>4.385562591359E-4</v>
+        <v>4.910868785625E-4</v>
       </c>
       <c r="F587" s="2" t="n">
-        <v>4.754630056014E-4</v>
+        <v>6.026086145903E-4</v>
       </c>
       <c r="G587" s="2" t="n">
-        <v>4.154801201768E-4</v>
+        <v>4.614788916056E-4</v>
       </c>
       <c r="H587" s="2" t="n">
-        <v>4.303758986447E-4</v>
+        <v>5.814734005462E-4</v>
       </c>
       <c r="I587" s="2" t="n">
-        <v>28929.93</v>
+        <v>22215.64</v>
       </c>
     </row>
     <row r="588">
       <c r="A588" s="2" t="n">
-        <v>1.6999632E12</v>
+        <v>1.7003088E12</v>
       </c>
       <c r="B588" s="2" t="n">
-        <v>1.700049599999E12</v>
+        <v>1.700395199999E12</v>
       </c>
       <c r="C588" s="2" t="n">
-        <v>1.70000382E12</v>
+        <v>1.7003682E12</v>
       </c>
       <c r="D588" s="2" t="n">
-        <v>1.70000118E12</v>
+        <v>1.70031108E12</v>
       </c>
       <c r="E588" s="2" t="n">
-        <v>4.308961789861E-4</v>
+        <v>4.214653464861E-4</v>
       </c>
       <c r="F588" s="2" t="n">
-        <v>4.880763497679E-4</v>
+        <v>5.94332030569E-4</v>
       </c>
       <c r="G588" s="2" t="n">
-        <v>3.640208132537E-4</v>
+        <v>4.146216996179E-4</v>
       </c>
       <c r="H588" s="2" t="n">
-        <v>4.38571986266E-4</v>
+        <v>4.91104095686E-4</v>
       </c>
       <c r="I588" s="2" t="n">
-        <v>30928.84</v>
+        <v>30140.86</v>
       </c>
     </row>
     <row r="589">
       <c r="A589" s="2" t="n">
-        <v>1.6998768E12</v>
+        <v>1.7002224E12</v>
       </c>
       <c r="B589" s="2" t="n">
-        <v>1.699963199999E12</v>
+        <v>1.700308799999E12</v>
       </c>
       <c r="C589" s="2" t="n">
-        <v>1.69991238E12</v>
+        <v>1.70025222E12</v>
       </c>
       <c r="D589" s="2" t="n">
-        <v>1.69994286E12</v>
+        <v>1.700304E12</v>
       </c>
       <c r="E589" s="2" t="n">
-        <v>5.757739761006E-4</v>
+        <v>4.681590944581E-4</v>
       </c>
       <c r="F589" s="2" t="n">
-        <v>5.961610195599E-4</v>
+        <v>5.300412220652E-4</v>
       </c>
       <c r="G589" s="2" t="n">
-        <v>4.022616964095E-4</v>
+        <v>4.028062274196E-4</v>
       </c>
       <c r="H589" s="2" t="n">
-        <v>4.308492065922E-4</v>
+        <v>4.21515185693E-4</v>
       </c>
       <c r="I589" s="2" t="n">
-        <v>9986.29</v>
+        <v>28014.38</v>
       </c>
     </row>
     <row r="590">
       <c r="A590" s="2" t="n">
-        <v>1.6997904E12</v>
+        <v>1.700136E12</v>
       </c>
       <c r="B590" s="2" t="n">
-        <v>1.699876799999E12</v>
+        <v>1.700222399999E12</v>
       </c>
       <c r="C590" s="2" t="n">
-        <v>1.69982112E12</v>
+        <v>1.70022018E12</v>
       </c>
       <c r="D590" s="2" t="n">
-        <v>1.69985364E12</v>
+        <v>1.70019744E12</v>
       </c>
       <c r="E590" s="2" t="n">
-        <v>5.713271161988E-4</v>
+        <v>4.303948656789E-4</v>
       </c>
       <c r="F590" s="2" t="n">
-        <v>5.94533249321E-4</v>
+        <v>4.824680470186E-4</v>
       </c>
       <c r="G590" s="2" t="n">
-        <v>5.002248594448E-4</v>
+        <v>4.245892035255E-4</v>
       </c>
       <c r="H590" s="2" t="n">
-        <v>5.757611658111E-4</v>
+        <v>4.681302821318E-4</v>
       </c>
       <c r="I590" s="2" t="n">
-        <v>8560.13</v>
+        <v>26761.11</v>
       </c>
     </row>
     <row r="591">
       <c r="A591" s="2" t="n">
-        <v>1.699704E12</v>
+        <v>1.7000496E12</v>
       </c>
       <c r="B591" s="2" t="n">
-        <v>1.699790399999E12</v>
+        <v>1.700135999999E12</v>
       </c>
       <c r="C591" s="2" t="n">
-        <v>1.69974756E12</v>
+        <v>1.7000697E12</v>
       </c>
       <c r="D591" s="2" t="n">
-        <v>1.6997091E12</v>
+        <v>1.70012172E12</v>
       </c>
       <c r="E591" s="2" t="n">
-        <v>5.191124787629E-4</v>
+        <v>4.385562591359E-4</v>
       </c>
       <c r="F591" s="2" t="n">
-        <v>6.027106050709E-4</v>
+        <v>4.754630056014E-4</v>
       </c>
       <c r="G591" s="2" t="n">
-        <v>5.177635718436E-4</v>
+        <v>4.154801201768E-4</v>
       </c>
       <c r="H591" s="2" t="n">
-        <v>5.713301623938E-4</v>
+        <v>4.303758986447E-4</v>
       </c>
       <c r="I591" s="2" t="n">
-        <v>6964.49</v>
+        <v>28929.93</v>
       </c>
     </row>
     <row r="592">
       <c r="A592" s="2" t="n">
-        <v>1.6996176E12</v>
+        <v>1.6999632E12</v>
       </c>
       <c r="B592" s="2" t="n">
-        <v>1.699703999999E12</v>
+        <v>1.700049599999E12</v>
       </c>
       <c r="C592" s="2" t="n">
-        <v>1.69965444E12</v>
+        <v>1.70000382E12</v>
       </c>
       <c r="D592" s="2" t="n">
-        <v>1.699647E12</v>
+        <v>1.70000118E12</v>
       </c>
       <c r="E592" s="2" t="n">
-        <v>5.54294163824E-4</v>
+        <v>4.308961789861E-4</v>
       </c>
       <c r="F592" s="2" t="n">
-        <v>6.303434967758E-4</v>
+        <v>4.880763497679E-4</v>
       </c>
       <c r="G592" s="2" t="n">
-        <v>4.895104804997E-4</v>
+        <v>3.640208132537E-4</v>
       </c>
       <c r="H592" s="2" t="n">
-        <v>5.191042727864E-4</v>
+        <v>4.38571986266E-4</v>
       </c>
       <c r="I592" s="2" t="n">
-        <v>6129.8</v>
+        <v>30928.84</v>
       </c>
     </row>
     <row r="593">
       <c r="A593" s="2" t="n">
-        <v>1.6995312E12</v>
+        <v>1.6998768E12</v>
       </c>
       <c r="B593" s="2" t="n">
-        <v>1.699617599999E12</v>
+        <v>1.699963199999E12</v>
       </c>
       <c r="C593" s="2" t="n">
-        <v>1.69956246E12</v>
+        <v>1.69991238E12</v>
       </c>
       <c r="D593" s="2" t="n">
-        <v>1.69954524E12</v>
+        <v>1.69994286E12</v>
       </c>
       <c r="E593" s="2" t="n">
-        <v>4.907443372651E-4</v>
+        <v>5.757739761006E-4</v>
       </c>
       <c r="F593" s="2" t="n">
-        <v>6.501789979637E-4</v>
+        <v>5.961610195599E-4</v>
       </c>
       <c r="G593" s="2" t="n">
-        <v>4.5018108312E-4</v>
+        <v>4.022616964095E-4</v>
       </c>
       <c r="H593" s="2" t="n">
-        <v>5.542895727191E-4</v>
+        <v>4.308492065922E-4</v>
       </c>
       <c r="I593" s="2" t="n">
-        <v>5695.55</v>
+        <v>9986.29</v>
       </c>
     </row>
     <row r="594">
       <c r="A594" s="2" t="n">
-        <v>1.6994448E12</v>
+        <v>1.6997904E12</v>
       </c>
       <c r="B594" s="2" t="n">
-        <v>1.699531199999E12</v>
+        <v>1.699876799999E12</v>
       </c>
       <c r="C594" s="2" t="n">
-        <v>1.699452E12</v>
+        <v>1.69982112E12</v>
       </c>
       <c r="D594" s="2" t="n">
-        <v>1.69948632E12</v>
+        <v>1.69985364E12</v>
       </c>
       <c r="E594" s="2" t="n">
-        <v>5.821075807572E-4</v>
+        <v>5.713271161988E-4</v>
       </c>
       <c r="F594" s="2" t="n">
-        <v>6.310759042698E-4</v>
+        <v>5.94533249321E-4</v>
       </c>
       <c r="G594" s="2" t="n">
-        <v>4.629002698982E-4</v>
+        <v>5.002248594448E-4</v>
       </c>
       <c r="H594" s="2" t="n">
-        <v>4.907252148942E-4</v>
+        <v>5.757611658111E-4</v>
       </c>
       <c r="I594" s="2" t="n">
-        <v>38286.23</v>
+        <v>8560.13</v>
       </c>
     </row>
     <row r="595">
       <c r="A595" s="2" t="n">
-        <v>1.6993584E12</v>
+        <v>1.699704E12</v>
       </c>
       <c r="B595" s="2" t="n">
-        <v>1.699444799999E12</v>
+        <v>1.699790399999E12</v>
       </c>
       <c r="C595" s="2" t="n">
-        <v>1.69942848E12</v>
+        <v>1.69974756E12</v>
       </c>
       <c r="D595" s="2" t="n">
-        <v>1.69937244E12</v>
+        <v>1.6997091E12</v>
       </c>
       <c r="E595" s="2" t="n">
-        <v>4.907443372651E-4</v>
+        <v>5.191124787629E-4</v>
       </c>
       <c r="F595" s="2" t="n">
-        <v>6.214006216065E-4</v>
+        <v>6.027106050709E-4</v>
       </c>
       <c r="G595" s="2" t="n">
-        <v>4.5018108312E-4</v>
+        <v>5.177635718436E-4</v>
       </c>
       <c r="H595" s="2" t="n">
-        <v>5.783371807564E-4</v>
+        <v>5.713301623938E-4</v>
       </c>
       <c r="I595" s="2" t="n">
-        <v>40507.35</v>
+        <v>6964.49</v>
       </c>
     </row>
     <row r="596">
       <c r="A596" s="2" t="n">
-        <v>1.699272E12</v>
+        <v>1.6996176E12</v>
       </c>
       <c r="B596" s="2" t="n">
-        <v>1.699358399999E12</v>
+        <v>1.699703999999E12</v>
       </c>
       <c r="C596" s="2" t="n">
-        <v>1.6992792E12</v>
+        <v>1.69965444E12</v>
       </c>
       <c r="D596" s="2" t="n">
-        <v>1.69931352E12</v>
+        <v>1.699647E12</v>
       </c>
       <c r="E596" s="2" t="n">
-        <v>5.821075807572E-4</v>
+        <v>5.54294163824E-4</v>
       </c>
       <c r="F596" s="2" t="n">
-        <v>6.310759042698E-4</v>
+        <v>6.303434967758E-4</v>
       </c>
       <c r="G596" s="2" t="n">
-        <v>4.629002698982E-4</v>
+        <v>4.895104804997E-4</v>
       </c>
       <c r="H596" s="2" t="n">
-        <v>4.907252148942E-4</v>
+        <v>5.191042727864E-4</v>
       </c>
       <c r="I596" s="2" t="n">
-        <v>38286.23</v>
+        <v>6129.8</v>
       </c>
     </row>
     <row r="597">
       <c r="A597" s="2" t="n">
-        <v>1.6991856E12</v>
+        <v>1.6995312E12</v>
       </c>
       <c r="B597" s="2" t="n">
-        <v>1.699271999999E12</v>
+        <v>1.699617599999E12</v>
       </c>
       <c r="C597" s="2" t="n">
-        <v>1.69925568E12</v>
+        <v>1.69956246E12</v>
       </c>
       <c r="D597" s="2" t="n">
-        <v>1.69920606E12</v>
+        <v>1.69954524E12</v>
       </c>
       <c r="E597" s="2" t="n">
-        <v>5.02180137317E-4</v>
+        <v>4.907443372651E-4</v>
       </c>
       <c r="F597" s="2" t="n">
-        <v>6.214006216065E-4</v>
+        <v>6.501789979637E-4</v>
       </c>
       <c r="G597" s="2" t="n">
-        <v>4.837454231679E-4</v>
+        <v>4.5018108312E-4</v>
       </c>
       <c r="H597" s="2" t="n">
-        <v>5.82108263744E-4</v>
+        <v>5.542895727191E-4</v>
       </c>
       <c r="I597" s="2" t="n">
-        <v>38586.22</v>
+        <v>5695.55</v>
       </c>
     </row>
     <row r="598">
       <c r="A598" s="2" t="n">
-        <v>1.6990992E12</v>
+        <v>1.6994448E12</v>
       </c>
       <c r="B598" s="2" t="n">
-        <v>1.699185599999E12</v>
+        <v>1.699531199999E12</v>
       </c>
       <c r="C598" s="2" t="n">
-        <v>1.69910826E12</v>
+        <v>1.699452E12</v>
       </c>
       <c r="D598" s="2" t="n">
-        <v>1.69917198E12</v>
+        <v>1.69948632E12</v>
       </c>
       <c r="E598" s="2" t="n">
-        <v>6.426594610017E-4</v>
+        <v>5.821075807572E-4</v>
       </c>
       <c r="F598" s="2" t="n">
-        <v>6.984714540227E-4</v>
+        <v>6.310759042698E-4</v>
       </c>
       <c r="G598" s="2" t="n">
-        <v>4.581048975189E-4</v>
+        <v>4.629002698982E-4</v>
       </c>
       <c r="H598" s="2" t="n">
-        <v>5.022060652115E-4</v>
+        <v>4.907252148942E-4</v>
       </c>
       <c r="I598" s="2" t="n">
-        <v>36083.62</v>
+        <v>38286.23</v>
       </c>
     </row>
     <row r="599">
       <c r="A599" s="2" t="n">
-        <v>1.6990128E12</v>
+        <v>1.6993584E12</v>
       </c>
       <c r="B599" s="2" t="n">
-        <v>1.699099199999E12</v>
+        <v>1.699444799999E12</v>
       </c>
       <c r="C599" s="2" t="n">
-        <v>1.69904106E12</v>
+        <v>1.69942848E12</v>
       </c>
       <c r="D599" s="2" t="n">
-        <v>1.69906308E12</v>
+        <v>1.69937244E12</v>
       </c>
       <c r="E599" s="2" t="n">
-        <v>6.029525483281E-4</v>
+        <v>4.907443372651E-4</v>
       </c>
       <c r="F599" s="2" t="n">
-        <v>7.28455938097E-4</v>
+        <v>6.214006216065E-4</v>
       </c>
       <c r="G599" s="2" t="n">
-        <v>5.307048922117E-4</v>
+        <v>4.5018108312E-4</v>
       </c>
       <c r="H599" s="2" t="n">
-        <v>6.426380133483E-4</v>
+        <v>5.783371807564E-4</v>
       </c>
       <c r="I599" s="2" t="n">
-        <v>32537.71</v>
+        <v>40507.35</v>
       </c>
     </row>
     <row r="600">
       <c r="A600" s="2" t="n">
-        <v>1.6989264E12</v>
+        <v>1.699272E12</v>
       </c>
       <c r="B600" s="2" t="n">
-        <v>1.699012799999E12</v>
+        <v>1.699358399999E12</v>
       </c>
       <c r="C600" s="2" t="n">
-        <v>1.69896816E12</v>
+        <v>1.6992792E12</v>
       </c>
       <c r="D600" s="2" t="n">
-        <v>1.69893372E12</v>
+        <v>1.69931352E12</v>
       </c>
       <c r="E600" s="2" t="n">
-        <v>4.218777294139E-4</v>
+        <v>5.821075807572E-4</v>
       </c>
       <c r="F600" s="2" t="n">
-        <v>7.405219677586E-4</v>
+        <v>6.310759042698E-4</v>
       </c>
       <c r="G600" s="2" t="n">
-        <v>4.003130365033E-4</v>
+        <v>4.629002698982E-4</v>
       </c>
       <c r="H600" s="2" t="n">
-        <v>6.029701991018E-4</v>
+        <v>4.907252148942E-4</v>
       </c>
       <c r="I600" s="2" t="n">
-        <v>48578.55</v>
+        <v>38286.23</v>
       </c>
     </row>
     <row r="601">
       <c r="A601" s="2" t="n">
-        <v>1.69884E12</v>
+        <v>1.6991856E12</v>
       </c>
       <c r="B601" s="2" t="n">
-        <v>1.698926399999E12</v>
+        <v>1.699271999999E12</v>
       </c>
       <c r="C601" s="2" t="n">
-        <v>1.69885176E12</v>
+        <v>1.69925568E12</v>
       </c>
       <c r="D601" s="2" t="n">
-        <v>1.698924E12</v>
+        <v>1.69920606E12</v>
       </c>
       <c r="E601" s="2" t="n">
-        <v>4.403108829996E-4</v>
+        <v>5.02180137317E-4</v>
       </c>
       <c r="F601" s="2" t="n">
-        <v>5.200968342703E-4</v>
+        <v>6.214006216065E-4</v>
       </c>
       <c r="G601" s="2" t="n">
-        <v>4.044875748299E-4</v>
+        <v>4.837454231679E-4</v>
       </c>
       <c r="H601" s="2" t="n">
-        <v>4.218742848761E-4</v>
+        <v>5.82108263744E-4</v>
       </c>
       <c r="I601" s="2" t="n">
-        <v>29719.01</v>
+        <v>38586.22</v>
       </c>
     </row>
     <row r="602">
       <c r="A602" s="2" t="n">
-        <v>1.6987536E12</v>
+        <v>1.6990992E12</v>
       </c>
       <c r="B602" s="2" t="n">
-        <v>1.698839999999E12</v>
+        <v>1.699185599999E12</v>
       </c>
       <c r="C602" s="2" t="n">
-        <v>1.69878798E12</v>
+        <v>1.69910826E12</v>
       </c>
       <c r="D602" s="2" t="n">
-        <v>1.69876296E12</v>
+        <v>1.69917198E12</v>
       </c>
       <c r="E602" s="2" t="n">
-        <v>3.94622792059E-4</v>
+        <v>6.426594610017E-4</v>
       </c>
       <c r="F602" s="2" t="n">
-        <v>5.282419727263E-4</v>
+        <v>6.984714540227E-4</v>
       </c>
       <c r="G602" s="2" t="n">
-        <v>3.788571951827E-4</v>
+        <v>4.581048975189E-4</v>
       </c>
       <c r="H602" s="2" t="n">
-        <v>4.403155241637E-4</v>
+        <v>5.022060652115E-4</v>
       </c>
       <c r="I602" s="2" t="n">
-        <v>51286.68</v>
+        <v>36083.62</v>
       </c>
     </row>
     <row r="603">
       <c r="A603" s="2" t="n">
-        <v>1.6985808E12</v>
+        <v>1.6990128E12</v>
       </c>
       <c r="B603" s="2" t="n">
-        <v>1.698667199999E12</v>
+        <v>1.699099199999E12</v>
       </c>
       <c r="C603" s="2" t="n">
-        <v>1.69858638E12</v>
+        <v>1.69904106E12</v>
       </c>
       <c r="D603" s="2" t="n">
-        <v>1.69859346E12</v>
+        <v>1.69906308E12</v>
       </c>
       <c r="E603" s="2" t="n">
-        <v>4.41314222938E-4</v>
+        <v>6.029525483281E-4</v>
       </c>
       <c r="F603" s="2" t="n">
-        <v>4.596853105167E-4</v>
+        <v>7.28455938097E-4</v>
       </c>
       <c r="G603" s="2" t="n">
-        <v>3.550871730925E-4</v>
+        <v>5.307048922117E-4</v>
       </c>
       <c r="H603" s="2" t="n">
-        <v>3.93767001003E-4</v>
+        <v>6.426380133483E-4</v>
       </c>
       <c r="I603" s="2" t="n">
-        <v>43089.34</v>
+        <v>32537.71</v>
       </c>
     </row>
     <row r="604">
       <c r="A604" s="2" t="n">
-        <v>1.6984944E12</v>
+        <v>1.6989264E12</v>
       </c>
       <c r="B604" s="2" t="n">
-        <v>1.698580799999E12</v>
+        <v>1.699012799999E12</v>
       </c>
       <c r="C604" s="2" t="n">
-        <v>1.69852938E12</v>
+        <v>1.69896816E12</v>
       </c>
       <c r="D604" s="2" t="n">
-        <v>1.69857594E12</v>
+        <v>1.69893372E12</v>
       </c>
       <c r="E604" s="2" t="n">
-        <v>4.676833310393E-4</v>
+        <v>4.218777294139E-4</v>
       </c>
       <c r="F604" s="2" t="n">
-        <v>5.997941630441E-4</v>
+        <v>7.405219677586E-4</v>
       </c>
       <c r="G604" s="2" t="n">
-        <v>4.067246044223E-4</v>
+        <v>4.003130365033E-4</v>
       </c>
       <c r="H604" s="2" t="n">
-        <v>4.413064497721E-4</v>
+        <v>6.029701991018E-4</v>
       </c>
       <c r="I604" s="2" t="n">
-        <v>24331.98</v>
+        <v>48578.55</v>
       </c>
     </row>
     <row r="605">
       <c r="A605" s="2" t="n">
-        <v>1.698408E12</v>
+        <v>1.69884E12</v>
       </c>
       <c r="B605" s="2" t="n">
-        <v>1.698494399999E12</v>
+        <v>1.698926399999E12</v>
       </c>
       <c r="C605" s="2" t="n">
-        <v>1.69847808E12</v>
+        <v>1.69885176E12</v>
       </c>
       <c r="D605" s="2" t="n">
-        <v>1.69844028E12</v>
+        <v>1.698924E12</v>
       </c>
       <c r="E605" s="2" t="n">
-        <v>4.741715957423E-4</v>
+        <v>4.403108829996E-4</v>
       </c>
       <c r="F605" s="2" t="n">
-        <v>4.902286683646E-4</v>
+        <v>5.200968342703E-4</v>
       </c>
       <c r="G605" s="2" t="n">
-        <v>4.093844346236E-4</v>
+        <v>4.044875748299E-4</v>
       </c>
       <c r="H605" s="2" t="n">
-        <v>4.676817933028E-4</v>
+        <v>4.218742848761E-4</v>
       </c>
       <c r="I605" s="2" t="n">
-        <v>64826.78</v>
+        <v>29719.01</v>
       </c>
     </row>
     <row r="606">
       <c r="A606" s="2" t="n">
-        <v>1.6983216E12</v>
+        <v>1.6987536E12</v>
       </c>
       <c r="B606" s="2" t="n">
-        <v>1.698407999999E12</v>
+        <v>1.698839999999E12</v>
       </c>
       <c r="C606" s="2" t="n">
-        <v>1.69832178E12</v>
+        <v>1.69878798E12</v>
       </c>
       <c r="D606" s="2" t="n">
-        <v>1.69835046E12</v>
+        <v>1.69876296E12</v>
       </c>
       <c r="E606" s="2" t="n">
-        <v>4.264669372369E-4</v>
+        <v>3.94622792059E-4</v>
       </c>
       <c r="F606" s="2" t="n">
-        <v>4.901620523795E-4</v>
+        <v>5.282419727263E-4</v>
       </c>
       <c r="G606" s="2" t="n">
-        <v>3.800834225464E-4</v>
+        <v>3.788571951827E-4</v>
       </c>
       <c r="H606" s="2" t="n">
-        <v>4.74175056566E-4</v>
+        <v>4.403155241637E-4</v>
       </c>
       <c r="I606" s="2" t="n">
-        <v>41064.36</v>
+        <v>51286.68</v>
       </c>
     </row>
     <row r="607">
       <c r="A607" s="2" t="n">
-        <v>1.6982352E12</v>
+        <v>1.6985808E12</v>
       </c>
       <c r="B607" s="2" t="n">
-        <v>1.698321599999E12</v>
+        <v>1.698667199999E12</v>
       </c>
       <c r="C607" s="2" t="n">
-        <v>1.69824762E12</v>
+        <v>1.69858638E12</v>
       </c>
       <c r="D607" s="2" t="n">
-        <v>1.69827858E12</v>
+        <v>1.69859346E12</v>
       </c>
       <c r="E607" s="2" t="n">
-        <v>4.424948586656E-4</v>
+        <v>4.41314222938E-4</v>
       </c>
       <c r="F607" s="2" t="n">
-        <v>4.482781988977E-4</v>
+        <v>4.596853105167E-4</v>
       </c>
       <c r="G607" s="2" t="n">
-        <v>3.702701917657E-4</v>
+        <v>3.550871730925E-4</v>
       </c>
       <c r="H607" s="2" t="n">
-        <v>4.264637529839E-4</v>
+        <v>3.93767001003E-4</v>
       </c>
       <c r="I607" s="2" t="n">
-        <v>30878.38</v>
+        <v>43089.34</v>
       </c>
     </row>
     <row r="608">
       <c r="A608" s="2" t="n">
-        <v>1.6981488E12</v>
+        <v>1.6984944E12</v>
       </c>
       <c r="B608" s="2" t="n">
-        <v>1.698235199999E12</v>
+        <v>1.698580799999E12</v>
       </c>
       <c r="C608" s="2" t="n">
-        <v>1.69817706E12</v>
+        <v>1.69852938E12</v>
       </c>
       <c r="D608" s="2" t="n">
-        <v>1.69820292E12</v>
+        <v>1.69857594E12</v>
       </c>
       <c r="E608" s="2" t="n">
-        <v>4.230926877321E-4</v>
+        <v>4.676833310393E-4</v>
       </c>
       <c r="F608" s="2" t="n">
-        <v>4.964543070827E-4</v>
+        <v>5.997941630441E-4</v>
       </c>
       <c r="G608" s="2" t="n">
-        <v>3.967378033523E-4</v>
+        <v>4.067246044223E-4</v>
       </c>
       <c r="H608" s="2" t="n">
-        <v>4.424796622703E-4</v>
+        <v>4.413064497721E-4</v>
       </c>
       <c r="I608" s="2" t="n">
-        <v>38336.69</v>
+        <v>24331.98</v>
       </c>
     </row>
     <row r="609">
       <c r="A609" s="2" t="n">
-        <v>1.6980624E12</v>
+        <v>1.698408E12</v>
       </c>
       <c r="B609" s="2" t="n">
-        <v>1.698148799999E12</v>
+        <v>1.698494399999E12</v>
       </c>
       <c r="C609" s="2" t="n">
-        <v>1.6980729E12</v>
+        <v>1.69847808E12</v>
       </c>
       <c r="D609" s="2" t="n">
-        <v>1.69808376E12</v>
+        <v>1.69844028E12</v>
       </c>
       <c r="E609" s="2" t="n">
-        <v>3.636324898069E-4</v>
+        <v>4.741715957423E-4</v>
       </c>
       <c r="F609" s="2" t="n">
-        <v>4.403446015706E-4</v>
+        <v>4.902286683646E-4</v>
       </c>
       <c r="G609" s="2" t="n">
-        <v>3.525638442421E-4</v>
+        <v>4.093844346236E-4</v>
       </c>
       <c r="H609" s="2" t="n">
-        <v>4.230401808447E-4</v>
+        <v>4.676817933028E-4</v>
       </c>
       <c r="I609" s="2" t="n">
-        <v>26234.44</v>
+        <v>64826.78</v>
       </c>
     </row>
     <row r="610">
       <c r="A610" s="2" t="n">
-        <v>1.697976E12</v>
+        <v>1.6983216E12</v>
       </c>
       <c r="B610" s="2" t="n">
-        <v>1.698062399999E12</v>
+        <v>1.698407999999E12</v>
       </c>
       <c r="C610" s="2" t="n">
-        <v>1.69797744E12</v>
+        <v>1.69832178E12</v>
       </c>
       <c r="D610" s="2" t="n">
-        <v>1.69805376E12</v>
+        <v>1.69835046E12</v>
       </c>
       <c r="E610" s="2" t="n">
-        <v>5.336235691766E-4</v>
+        <v>4.264669372369E-4</v>
       </c>
       <c r="F610" s="2" t="n">
-        <v>5.487489440665E-4</v>
+        <v>4.901620523795E-4</v>
       </c>
       <c r="G610" s="2" t="n">
-        <v>3.728744509245E-4</v>
+        <v>3.800834225464E-4</v>
       </c>
       <c r="H610" s="2" t="n">
-        <v>3.834585871427E-4</v>
+        <v>4.74175056566E-4</v>
       </c>
       <c r="I610" s="2" t="n">
-        <v>20892.4</v>
+        <v>41064.36</v>
       </c>
     </row>
     <row r="611">
       <c r="A611" s="2" t="n">
-        <v>1.6978896E12</v>
+        <v>1.6982352E12</v>
       </c>
       <c r="B611" s="2" t="n">
-        <v>1.697975999999E12</v>
+        <v>1.698321599999E12</v>
       </c>
       <c r="C611" s="2" t="n">
-        <v>1.69792842E12</v>
+        <v>1.69824762E12</v>
       </c>
       <c r="D611" s="2" t="n">
-        <v>1.69791486E12</v>
+        <v>1.69827858E12</v>
       </c>
       <c r="E611" s="2" t="n">
-        <v>5.630237665266E-4</v>
+        <v>4.424948586656E-4</v>
       </c>
       <c r="F611" s="2" t="n">
-        <v>7.402878308846E-4</v>
+        <v>4.482781988977E-4</v>
       </c>
       <c r="G611" s="2" t="n">
-        <v>5.015969660929E-4</v>
+        <v>3.702701917657E-4</v>
       </c>
       <c r="H611" s="2" t="n">
-        <v>5.336360865343E-4</v>
+        <v>4.264637529839E-4</v>
       </c>
       <c r="I611" s="2" t="n">
-        <v>19908.04</v>
+        <v>30878.38</v>
       </c>
     </row>
     <row r="612">
       <c r="A612" s="2" t="n">
-        <v>1.6978032E12</v>
+        <v>1.6981488E12</v>
       </c>
       <c r="B612" s="2" t="n">
-        <v>1.697889599999E12</v>
+        <v>1.698235199999E12</v>
       </c>
       <c r="C612" s="2" t="n">
-        <v>1.69782882E12</v>
+        <v>1.69817706E12</v>
       </c>
       <c r="D612" s="2" t="n">
-        <v>1.6978209E12</v>
+        <v>1.69820292E12</v>
       </c>
       <c r="E612" s="2" t="n">
-        <v>3.907376388212E-4</v>
+        <v>4.230926877321E-4</v>
       </c>
       <c r="F612" s="2" t="n">
-        <v>9.506833961465E-4</v>
+        <v>4.964543070827E-4</v>
       </c>
       <c r="G612" s="2" t="n">
-        <v>3.517530825255E-4</v>
+        <v>3.967378033523E-4</v>
       </c>
       <c r="H612" s="2" t="n">
-        <v>5.630603238681E-4</v>
+        <v>4.424796622703E-4</v>
       </c>
       <c r="I612" s="2" t="n">
-        <v>50470.39</v>
+        <v>38336.69</v>
       </c>
     </row>
     <row r="613">
       <c r="A613" s="2" t="n">
-        <v>1.6977168E12</v>
+        <v>1.6980624E12</v>
       </c>
       <c r="B613" s="2" t="n">
-        <v>1.697803199999E12</v>
+        <v>1.698148799999E12</v>
       </c>
       <c r="C613" s="2" t="n">
-        <v>1.6977738E12</v>
+        <v>1.6980729E12</v>
       </c>
       <c r="D613" s="2" t="n">
-        <v>1.69776192E12</v>
+        <v>1.69808376E12</v>
       </c>
       <c r="E613" s="2" t="n">
-        <v>3.324131964278E-4</v>
+        <v>3.636324898069E-4</v>
       </c>
       <c r="F613" s="2" t="n">
-        <v>4.596931723624E-4</v>
+        <v>4.403446015706E-4</v>
       </c>
       <c r="G613" s="2" t="n">
-        <v>3.264337469453E-4</v>
+        <v>3.525638442421E-4</v>
       </c>
       <c r="H613" s="2" t="n">
-        <v>3.907352201257E-4</v>
+        <v>4.230401808447E-4</v>
       </c>
       <c r="I613" s="2" t="n">
-        <v>41526.01</v>
+        <v>26234.44</v>
       </c>
     </row>
     <row r="614">
       <c r="A614" s="2" t="n">
-        <v>1.6976304E12</v>
+        <v>1.697976E12</v>
       </c>
       <c r="B614" s="2" t="n">
-        <v>1.697716799999E12</v>
+        <v>1.698062399999E12</v>
       </c>
       <c r="C614" s="2" t="n">
-        <v>1.69766334E12</v>
+        <v>1.69797744E12</v>
       </c>
       <c r="D614" s="2" t="n">
-        <v>1.69768626E12</v>
+        <v>1.69805376E12</v>
       </c>
       <c r="E614" s="2" t="n">
-        <v>3.414371913936E-4</v>
+        <v>5.336235691766E-4</v>
       </c>
       <c r="F614" s="2" t="n">
-        <v>3.751871126943E-4</v>
+        <v>5.487489440665E-4</v>
       </c>
       <c r="G614" s="2" t="n">
-        <v>3.05406692583E-4</v>
+        <v>3.728744509245E-4</v>
       </c>
       <c r="H614" s="2" t="n">
-        <v>3.324107433267E-4</v>
+        <v>3.834585871427E-4</v>
       </c>
       <c r="I614" s="2" t="n">
-        <v>31955.08</v>
+        <v>20892.4</v>
       </c>
     </row>
     <row r="615">
       <c r="A615" s="2" t="n">
-        <v>1.697544E12</v>
+        <v>1.6978896E12</v>
       </c>
       <c r="B615" s="2" t="n">
-        <v>1.697630399999E12</v>
+        <v>1.697975999999E12</v>
       </c>
       <c r="C615" s="2" t="n">
-        <v>1.6975662E12</v>
+        <v>1.69792842E12</v>
       </c>
       <c r="D615" s="2" t="n">
-        <v>1.69759938E12</v>
+        <v>1.69791486E12</v>
       </c>
       <c r="E615" s="2" t="n">
-        <v>3.676251287373E-4</v>
+        <v>5.630237665266E-4</v>
       </c>
       <c r="F615" s="2" t="n">
-        <v>3.974002322939E-4</v>
+        <v>7.402878308846E-4</v>
       </c>
       <c r="G615" s="2" t="n">
-        <v>3.29954009518E-4</v>
+        <v>5.015969660929E-4</v>
       </c>
       <c r="H615" s="2" t="n">
-        <v>3.414373541325E-4</v>
+        <v>5.336360865343E-4</v>
       </c>
       <c r="I615" s="2" t="n">
-        <v>25044.89</v>
+        <v>19908.04</v>
       </c>
     </row>
     <row r="616">
       <c r="A616" s="2" t="n">
-        <v>1.6974576E12</v>
+        <v>1.6978032E12</v>
       </c>
       <c r="B616" s="2" t="n">
-        <v>1.697543999999E12</v>
+        <v>1.697889599999E12</v>
       </c>
       <c r="C616" s="2" t="n">
-        <v>1.69751874E12</v>
+        <v>1.69782882E12</v>
       </c>
       <c r="D616" s="2" t="n">
-        <v>1.69753074E12</v>
+        <v>1.6978209E12</v>
       </c>
       <c r="E616" s="2" t="n">
-        <v>4.374306336243E-4</v>
+        <v>3.907376388212E-4</v>
       </c>
       <c r="F616" s="2" t="n">
-        <v>5.098872698412E-4</v>
+        <v>9.506833961465E-4</v>
       </c>
       <c r="G616" s="2" t="n">
-        <v>3.401384540692E-4</v>
+        <v>3.517530825255E-4</v>
       </c>
       <c r="H616" s="2" t="n">
-        <v>3.676391808156E-4</v>
+        <v>5.630603238681E-4</v>
       </c>
       <c r="I616" s="2" t="n">
-        <v>27546.79</v>
+        <v>50470.39</v>
       </c>
     </row>
     <row r="617">
       <c r="A617" s="2" t="n">
-        <v>1.6973712E12</v>
+        <v>1.6977168E12</v>
       </c>
       <c r="B617" s="2" t="n">
-        <v>1.697457599999E12</v>
+        <v>1.697803199999E12</v>
       </c>
       <c r="C617" s="2" t="n">
-        <v>1.69745178E12</v>
+        <v>1.6977738E12</v>
       </c>
       <c r="D617" s="2" t="n">
-        <v>1.6973778E12</v>
+        <v>1.69776192E12</v>
       </c>
       <c r="E617" s="2" t="n">
-        <v>3.661391776703E-4</v>
+        <v>3.324131964278E-4</v>
       </c>
       <c r="F617" s="2" t="n">
-        <v>5.095549281552E-4</v>
+        <v>4.596931723624E-4</v>
       </c>
       <c r="G617" s="2" t="n">
-        <v>3.422332534199E-4</v>
+        <v>3.264337469453E-4</v>
       </c>
       <c r="H617" s="2" t="n">
-        <v>4.374202937112E-4</v>
+        <v>3.907352201257E-4</v>
       </c>
       <c r="I617" s="2" t="n">
-        <v>30951.49</v>
+        <v>41526.01</v>
       </c>
     </row>
     <row r="618">
       <c r="A618" s="2" t="n">
-        <v>1.6972848E12</v>
+        <v>1.6976304E12</v>
       </c>
       <c r="B618" s="2" t="n">
-        <v>1.697371199999E12</v>
+        <v>1.697716799999E12</v>
       </c>
       <c r="C618" s="2" t="n">
-        <v>1.6972848E12</v>
+        <v>1.69766334E12</v>
       </c>
       <c r="D618" s="2" t="n">
-        <v>1.69733646E12</v>
+        <v>1.69768626E12</v>
       </c>
       <c r="E618" s="2" t="n">
-        <v>4.630651926133E-4</v>
+        <v>3.414371913936E-4</v>
       </c>
       <c r="F618" s="2" t="n">
-        <v>4.630651926133E-4</v>
+        <v>3.751871126943E-4</v>
       </c>
       <c r="G618" s="2" t="n">
-        <v>3.244650685167E-4</v>
+        <v>3.05406692583E-4</v>
       </c>
       <c r="H618" s="2" t="n">
-        <v>3.661329997667E-4</v>
+        <v>3.324107433267E-4</v>
       </c>
       <c r="I618" s="2" t="n">
-        <v>51669.56</v>
+        <v>31955.08</v>
       </c>
     </row>
     <row r="619">
       <c r="A619" s="2" t="n">
-        <v>1.6971984E12</v>
+        <v>1.697544E12</v>
       </c>
       <c r="B619" s="2" t="n">
-        <v>1.697284799999E12</v>
+        <v>1.697630399999E12</v>
       </c>
       <c r="C619" s="2" t="n">
-        <v>1.69726434E12</v>
+        <v>1.6975662E12</v>
       </c>
       <c r="D619" s="2" t="n">
-        <v>1.69722648E12</v>
+        <v>1.69759938E12</v>
       </c>
       <c r="E619" s="2" t="n">
-        <v>4.47772452285E-4</v>
+        <v>3.676251287373E-4</v>
       </c>
       <c r="F619" s="2" t="n">
-        <v>4.993070024088E-4</v>
+        <v>3.974002322939E-4</v>
       </c>
       <c r="G619" s="2" t="n">
-        <v>4.137393501688E-4</v>
+        <v>3.29954009518E-4</v>
       </c>
       <c r="H619" s="2" t="n">
-        <v>4.630648825221E-4</v>
+        <v>3.414373541325E-4</v>
       </c>
       <c r="I619" s="2" t="n">
-        <v>60670.21</v>
+        <v>25044.89</v>
       </c>
     </row>
     <row r="620">
       <c r="A620" s="2" t="n">
-        <v>1.697112E12</v>
+        <v>1.6974576E12</v>
       </c>
       <c r="B620" s="2" t="n">
-        <v>1.697198399999E12</v>
+        <v>1.697543999999E12</v>
       </c>
       <c r="C620" s="2" t="n">
-        <v>1.69715598E12</v>
+        <v>1.69751874E12</v>
       </c>
       <c r="D620" s="2" t="n">
-        <v>1.69715016E12</v>
+        <v>1.69753074E12</v>
       </c>
       <c r="E620" s="2" t="n">
-        <v>4.184326805737E-4</v>
+        <v>4.374306336243E-4</v>
       </c>
       <c r="F620" s="2" t="n">
-        <v>4.799631314919E-4</v>
+        <v>5.098872698412E-4</v>
       </c>
       <c r="G620" s="2" t="n">
-        <v>3.726146850466E-4</v>
+        <v>3.401384540692E-4</v>
       </c>
       <c r="H620" s="2" t="n">
-        <v>4.477859004171E-4</v>
+        <v>3.676391808156E-4</v>
       </c>
       <c r="I620" s="2" t="n">
-        <v>40955.44</v>
+        <v>27546.79</v>
       </c>
     </row>
     <row r="621">
       <c r="A621" s="2" t="n">
-        <v>1.6970256E12</v>
+        <v>1.6973712E12</v>
       </c>
       <c r="B621" s="2" t="n">
-        <v>1.697111999999E12</v>
+        <v>1.697457599999E12</v>
       </c>
       <c r="C621" s="2" t="n">
-        <v>1.6970433E12</v>
+        <v>1.69745178E12</v>
       </c>
       <c r="D621" s="2" t="n">
-        <v>1.69709406E12</v>
+        <v>1.6973778E12</v>
       </c>
       <c r="E621" s="2" t="n">
-        <v>4.95781729054E-4</v>
+        <v>3.661391776703E-4</v>
       </c>
       <c r="F621" s="2" t="n">
-        <v>5.228825152492E-4</v>
+        <v>5.095549281552E-4</v>
       </c>
       <c r="G621" s="2" t="n">
-        <v>3.998814779766E-4</v>
+        <v>3.422332534199E-4</v>
       </c>
       <c r="H621" s="2" t="n">
-        <v>4.184626748896E-4</v>
+        <v>4.374202937112E-4</v>
       </c>
       <c r="I621" s="2" t="n">
-        <v>46633.19</v>
+        <v>30951.49</v>
       </c>
     </row>
     <row r="622">
       <c r="A622" s="2" t="n">
-        <v>1.6969392E12</v>
+        <v>1.6972848E12</v>
       </c>
       <c r="B622" s="2" t="n">
-        <v>1.697025599999E12</v>
+        <v>1.697371199999E12</v>
       </c>
       <c r="C622" s="2" t="n">
-        <v>1.69699206E12</v>
+        <v>1.6972848E12</v>
       </c>
       <c r="D622" s="2" t="n">
-        <v>1.69698324E12</v>
+        <v>1.69733646E12</v>
       </c>
       <c r="E622" s="2" t="n">
-        <v>4.63620394813E-4</v>
+        <v>4.630651926133E-4</v>
       </c>
       <c r="F622" s="2" t="n">
-        <v>7.921885899431E-4</v>
+        <v>4.630651926133E-4</v>
       </c>
       <c r="G622" s="2" t="n">
-        <v>4.129252799231E-4</v>
+        <v>3.244650685167E-4</v>
       </c>
       <c r="H622" s="2" t="n">
-        <v>4.957912919717E-4</v>
+        <v>3.661329997667E-4</v>
       </c>
       <c r="I622" s="2" t="n">
-        <v>85410.97</v>
+        <v>51669.56</v>
       </c>
     </row>
     <row r="623">
       <c r="A623" s="2" t="n">
-        <v>1.6968528E12</v>
+        <v>1.6971984E12</v>
       </c>
       <c r="B623" s="2" t="n">
-        <v>1.696939199999E12</v>
+        <v>1.697284799999E12</v>
       </c>
       <c r="C623" s="2" t="n">
-        <v>1.69687272E12</v>
+        <v>1.69726434E12</v>
       </c>
       <c r="D623" s="2" t="n">
-        <v>1.69685544E12</v>
+        <v>1.69722648E12</v>
       </c>
       <c r="E623" s="2" t="n">
-        <v>4.55181157978E-4</v>
+        <v>4.47772452285E-4</v>
       </c>
       <c r="F623" s="2" t="n">
-        <v>5.250314353772E-4</v>
+        <v>4.993070024088E-4</v>
       </c>
       <c r="G623" s="2" t="n">
-        <v>4.371048501803E-4</v>
+        <v>4.137393501688E-4</v>
       </c>
       <c r="H623" s="2" t="n">
-        <v>4.636291103973E-4</v>
+        <v>4.630648825221E-4</v>
       </c>
       <c r="I623" s="2" t="n">
-        <v>41166.98</v>
+        <v>60670.21</v>
       </c>
     </row>
     <row r="624">
       <c r="A624" s="2" t="n">
-        <v>1.6967664E12</v>
+        <v>1.697112E12</v>
       </c>
       <c r="B624" s="2" t="n">
-        <v>1.696852799999E12</v>
+        <v>1.697198399999E12</v>
       </c>
       <c r="C624" s="2" t="n">
-        <v>1.69681752E12</v>
+        <v>1.69715598E12</v>
       </c>
       <c r="D624" s="2" t="n">
-        <v>1.6968483E12</v>
+        <v>1.69715016E12</v>
       </c>
       <c r="E624" s="2" t="n">
-        <v>4.805703641056E-4</v>
+        <v>4.184326805737E-4</v>
       </c>
       <c r="F624" s="2" t="n">
-        <v>5.261725607095E-4</v>
+        <v>4.799631314919E-4</v>
       </c>
       <c r="G624" s="2" t="n">
-        <v>4.328369430505E-4</v>
+        <v>3.726146850466E-4</v>
       </c>
       <c r="H624" s="2" t="n">
-        <v>4.551825715371E-4</v>
+        <v>4.477859004171E-4</v>
       </c>
       <c r="I624" s="2" t="n">
-        <v>46224.45</v>
+        <v>40955.44</v>
       </c>
     </row>
     <row r="625">
       <c r="A625" s="2" t="n">
-        <v>1.69668E12</v>
+        <v>1.6970256E12</v>
       </c>
       <c r="B625" s="2" t="n">
-        <v>1.696766399999E12</v>
+        <v>1.697111999999E12</v>
       </c>
       <c r="C625" s="2" t="n">
-        <v>1.69674534E12</v>
+        <v>1.6970433E12</v>
       </c>
       <c r="D625" s="2" t="n">
-        <v>1.69671E12</v>
+        <v>1.69709406E12</v>
       </c>
       <c r="E625" s="2" t="n">
-        <v>5.108577939528E-4</v>
+        <v>4.95781729054E-4</v>
       </c>
       <c r="F625" s="2" t="n">
-        <v>5.254824747938E-4</v>
+        <v>5.228825152492E-4</v>
       </c>
       <c r="G625" s="2" t="n">
-        <v>4.387713444004E-4</v>
+        <v>3.998814779766E-4</v>
       </c>
       <c r="H625" s="2" t="n">
-        <v>4.805593091971E-4</v>
+        <v>4.184626748896E-4</v>
       </c>
       <c r="I625" s="2" t="n">
-        <v>41649.52</v>
+        <v>46633.19</v>
       </c>
     </row>
     <row r="626">
       <c r="A626" s="2" t="n">
-        <v>1.6965936E12</v>
+        <v>1.6969392E12</v>
       </c>
       <c r="B626" s="2" t="n">
-        <v>1.696679999999E12</v>
+        <v>1.697025599999E12</v>
       </c>
       <c r="C626" s="2" t="n">
-        <v>1.6966623E12</v>
+        <v>1.69699206E12</v>
       </c>
       <c r="D626" s="2" t="n">
-        <v>1.69660272E12</v>
+        <v>1.69698324E12</v>
       </c>
       <c r="E626" s="2" t="n">
-        <v>4.311976759642E-4</v>
+        <v>4.63620394813E-4</v>
       </c>
       <c r="F626" s="2" t="n">
-        <v>5.571901235867E-4</v>
+        <v>7.921885899431E-4</v>
       </c>
       <c r="G626" s="2" t="n">
-        <v>4.209888942472E-4</v>
+        <v>4.129252799231E-4</v>
       </c>
       <c r="H626" s="2" t="n">
-        <v>5.108503832909E-4</v>
+        <v>4.957912919717E-4</v>
       </c>
       <c r="I626" s="2" t="n">
-        <v>61918.33</v>
+        <v>85410.97</v>
       </c>
     </row>
     <row r="627">
       <c r="A627" s="2" t="n">
-        <v>1.6965072E12</v>
+        <v>1.6968528E12</v>
       </c>
       <c r="B627" s="2" t="n">
-        <v>1.696593599999E12</v>
+        <v>1.696939199999E12</v>
       </c>
       <c r="C627" s="2" t="n">
-        <v>1.69653036E12</v>
+        <v>1.69687272E12</v>
       </c>
       <c r="D627" s="2" t="n">
-        <v>1.69655634E12</v>
+        <v>1.69685544E12</v>
       </c>
       <c r="E627" s="2" t="n">
-        <v>4.292915278112E-4</v>
+        <v>4.55181157978E-4</v>
       </c>
       <c r="F627" s="2" t="n">
-        <v>4.753781346875E-4</v>
+        <v>5.250314353772E-4</v>
       </c>
       <c r="G627" s="2" t="n">
-        <v>3.84112521887E-4</v>
+        <v>4.371048501803E-4</v>
       </c>
       <c r="H627" s="2" t="n">
-        <v>4.311857816411E-4</v>
+        <v>4.636291103973E-4</v>
       </c>
       <c r="I627" s="2" t="n">
-        <v>41417.17</v>
+        <v>41166.98</v>
       </c>
     </row>
     <row r="628">
       <c r="A628" s="2" t="n">
-        <v>1.6964208E12</v>
+        <v>1.6967664E12</v>
       </c>
       <c r="B628" s="2" t="n">
-        <v>1.696507199999E12</v>
+        <v>1.696852799999E12</v>
       </c>
       <c r="C628" s="2" t="n">
-        <v>1.6964568E12</v>
+        <v>1.69681752E12</v>
       </c>
       <c r="D628" s="2" t="n">
-        <v>1.69642086E12</v>
+        <v>1.6968483E12</v>
       </c>
       <c r="E628" s="2" t="n">
-        <v>4.191204438528E-4</v>
+        <v>4.805703641056E-4</v>
       </c>
       <c r="F628" s="2" t="n">
-        <v>5.27193923154E-4</v>
+        <v>5.261725607095E-4</v>
       </c>
       <c r="G628" s="2" t="n">
-        <v>4.132942509244E-4</v>
+        <v>4.328369430505E-4</v>
       </c>
       <c r="H628" s="2" t="n">
-        <v>4.292792506222E-4</v>
+        <v>4.551825715371E-4</v>
       </c>
       <c r="I628" s="2" t="n">
-        <v>53872.15</v>
+        <v>46224.45</v>
       </c>
     </row>
     <row r="629">
       <c r="A629" s="2" t="n">
-        <v>1.6963344E12</v>
+        <v>1.69668E12</v>
       </c>
       <c r="B629" s="2" t="n">
-        <v>1.696420799999E12</v>
+        <v>1.696766399999E12</v>
       </c>
       <c r="C629" s="2" t="n">
-        <v>1.6963371E12</v>
+        <v>1.69674534E12</v>
       </c>
       <c r="D629" s="2" t="n">
-        <v>1.6963641E12</v>
+        <v>1.69671E12</v>
       </c>
       <c r="E629" s="2" t="n">
-        <v>4.818422558816E-4</v>
+        <v>5.108577939528E-4</v>
       </c>
       <c r="F629" s="2" t="n">
-        <v>5.05480748788E-4</v>
+        <v>5.254824747938E-4</v>
       </c>
       <c r="G629" s="2" t="n">
-        <v>4.111838796909E-4</v>
+        <v>4.387713444004E-4</v>
       </c>
       <c r="H629" s="2" t="n">
-        <v>4.191331926236E-4</v>
+        <v>4.805593091971E-4</v>
       </c>
       <c r="I629" s="2" t="n">
-        <v>53502.61</v>
+        <v>41649.52</v>
       </c>
     </row>
     <row r="630">
       <c r="A630" s="2" t="n">
-        <v>1.696248E12</v>
+        <v>1.6965936E12</v>
       </c>
       <c r="B630" s="2" t="n">
-        <v>1.696334399999E12</v>
+        <v>1.696679999999E12</v>
       </c>
       <c r="C630" s="2" t="n">
-        <v>1.69624854E12</v>
+        <v>1.6966623E12</v>
       </c>
       <c r="D630" s="2" t="n">
-        <v>1.69632756E12</v>
+        <v>1.69660272E12</v>
       </c>
       <c r="E630" s="2" t="n">
-        <v>6.192157068768E-4</v>
+        <v>4.311976759642E-4</v>
       </c>
       <c r="F630" s="2" t="n">
-        <v>6.371219695077E-4</v>
+        <v>5.571901235867E-4</v>
       </c>
       <c r="G630" s="2" t="n">
-        <v>4.352419720238E-4</v>
+        <v>4.209888942472E-4</v>
       </c>
       <c r="H630" s="2" t="n">
-        <v>4.818744420821E-4</v>
+        <v>5.108503832909E-4</v>
       </c>
       <c r="I630" s="2" t="n">
-        <v>51234.17</v>
+        <v>61918.33</v>
       </c>
     </row>
     <row r="631">
       <c r="A631" s="2" t="n">
-        <v>1.6961616E12</v>
+        <v>1.6965072E12</v>
       </c>
       <c r="B631" s="2" t="n">
-        <v>1.696247999999E12</v>
+        <v>1.696593599999E12</v>
       </c>
       <c r="C631" s="2" t="n">
-        <v>1.6961616E12</v>
+        <v>1.69653036E12</v>
       </c>
       <c r="D631" s="2" t="n">
-        <v>1.69619226E12</v>
+        <v>1.69655634E12</v>
       </c>
       <c r="E631" s="2" t="n">
-        <v>6.496679158758E-4</v>
+        <v>4.292915278112E-4</v>
       </c>
       <c r="F631" s="2" t="n">
-        <v>6.496679158758E-4</v>
+        <v>4.753781346875E-4</v>
       </c>
       <c r="G631" s="2" t="n">
-        <v>5.470186851907E-4</v>
+        <v>3.84112521887E-4</v>
       </c>
       <c r="H631" s="2" t="n">
-        <v>6.19253683988E-4</v>
+        <v>4.311857816411E-4</v>
       </c>
       <c r="I631" s="2" t="n">
-        <v>47894.74</v>
+        <v>41417.17</v>
       </c>
     </row>
     <row r="632">
       <c r="A632" s="2" t="n">
-        <v>1.6960752E12</v>
+        <v>1.6964208E12</v>
       </c>
       <c r="B632" s="2" t="n">
-        <v>1.696161599999E12</v>
+        <v>1.696507199999E12</v>
       </c>
       <c r="C632" s="2" t="n">
-        <v>1.69609902E12</v>
+        <v>1.6964568E12</v>
       </c>
       <c r="D632" s="2" t="n">
-        <v>1.69608972E12</v>
+        <v>1.69642086E12</v>
       </c>
       <c r="E632" s="2" t="n">
-        <v>6.134105110649E-4</v>
+        <v>4.191204438528E-4</v>
       </c>
       <c r="F632" s="2" t="n">
-        <v>7.489369918206E-4</v>
+        <v>5.27193923154E-4</v>
       </c>
       <c r="G632" s="2" t="n">
-        <v>5.912459879281E-4</v>
+        <v>4.132942509244E-4</v>
       </c>
       <c r="H632" s="2" t="n">
-        <v>6.496891275178E-4</v>
+        <v>4.292792506222E-4</v>
       </c>
       <c r="I632" s="2" t="n">
-        <v>31307.3</v>
+        <v>53872.15</v>
       </c>
     </row>
     <row r="633">
       <c r="A633" s="2" t="n">
-        <v>1.6959888E12</v>
+        <v>1.6963344E12</v>
       </c>
       <c r="B633" s="2" t="n">
-        <v>1.696075199999E12</v>
+        <v>1.696420799999E12</v>
       </c>
       <c r="C633" s="2" t="n">
-        <v>1.69600662E12</v>
+        <v>1.6963371E12</v>
       </c>
       <c r="D633" s="2" t="n">
-        <v>1.69602756E12</v>
+        <v>1.6963641E12</v>
       </c>
       <c r="E633" s="2" t="n">
-        <v>7.200621418412E-4</v>
+        <v>4.818422558816E-4</v>
       </c>
       <c r="F633" s="2" t="n">
-        <v>9.69574229324E-4</v>
+        <v>5.05480748788E-4</v>
       </c>
       <c r="G633" s="2" t="n">
-        <v>5.312559871735E-4</v>
+        <v>4.111838796909E-4</v>
       </c>
       <c r="H633" s="2" t="n">
-        <v>6.134073949358E-4</v>
+        <v>4.191331926236E-4</v>
       </c>
       <c r="I633" s="2" t="n">
-        <v>37071.35</v>
+        <v>53502.61</v>
       </c>
     </row>
     <row r="634">
       <c r="A634" s="2" t="n">
-        <v>1.6959024E12</v>
+        <v>1.696248E12</v>
       </c>
       <c r="B634" s="2" t="n">
-        <v>1.695988799999E12</v>
+        <v>1.696334399999E12</v>
       </c>
       <c r="C634" s="2" t="n">
-        <v>1.69595898E12</v>
+        <v>1.69624854E12</v>
       </c>
       <c r="D634" s="2" t="n">
-        <v>1.69590258E12</v>
+        <v>1.69632756E12</v>
       </c>
       <c r="E634" s="2" t="n">
-        <v>5.065134183179E-4</v>
+        <v>6.192157068768E-4</v>
       </c>
       <c r="F634" s="2" t="n">
-        <v>0.00104690426337</v>
+        <v>6.371219695077E-4</v>
       </c>
       <c r="G634" s="2" t="n">
-        <v>5.064944406642E-4</v>
+        <v>4.352419720238E-4</v>
       </c>
       <c r="H634" s="2" t="n">
-        <v>7.200465699097E-4</v>
+        <v>4.818744420821E-4</v>
       </c>
       <c r="I634" s="2" t="n">
-        <v>38060.53</v>
+        <v>51234.17</v>
       </c>
     </row>
     <row r="635">
       <c r="A635" s="2" t="n">
-        <v>1.695816E12</v>
+        <v>1.6961616E12</v>
       </c>
       <c r="B635" s="2" t="n">
-        <v>1.695902399999E12</v>
+        <v>1.696247999999E12</v>
       </c>
       <c r="C635" s="2" t="n">
-        <v>1.69587342E12</v>
+        <v>1.6961616E12</v>
       </c>
       <c r="D635" s="2" t="n">
-        <v>1.69581654E12</v>
+        <v>1.69619226E12</v>
       </c>
       <c r="E635" s="2" t="n">
-        <v>3.940411212718E-4</v>
+        <v>6.496679158758E-4</v>
       </c>
       <c r="F635" s="2" t="n">
-        <v>8.788117619562E-4</v>
+        <v>6.496679158758E-4</v>
       </c>
       <c r="G635" s="2" t="n">
-        <v>3.938901710744E-4</v>
+        <v>5.470186851907E-4</v>
       </c>
       <c r="H635" s="2" t="n">
-        <v>5.06523931379E-4</v>
+        <v>6.19253683988E-4</v>
       </c>
       <c r="I635" s="2" t="n">
-        <v>62182.35</v>
+        <v>47894.74</v>
       </c>
     </row>
     <row r="636">
       <c r="A636" s="2" t="n">
-        <v>1.6957296E12</v>
+        <v>1.6960752E12</v>
       </c>
       <c r="B636" s="2" t="n">
-        <v>1.695815999999E12</v>
+        <v>1.696161599999E12</v>
       </c>
       <c r="C636" s="2" t="n">
-        <v>1.6957491E12</v>
+        <v>1.69609902E12</v>
       </c>
       <c r="D636" s="2" t="n">
-        <v>1.69577838E12</v>
+        <v>1.69608972E12</v>
       </c>
       <c r="E636" s="2" t="n">
-        <v>3.93896524238E-4</v>
+        <v>6.134105110649E-4</v>
       </c>
       <c r="F636" s="2" t="n">
-        <v>4.390403161733E-4</v>
+        <v>7.489369918206E-4</v>
       </c>
       <c r="G636" s="2" t="n">
-        <v>3.798786963148E-4</v>
+        <v>5.912459879281E-4</v>
       </c>
       <c r="H636" s="2" t="n">
-        <v>3.940522524945E-4</v>
+        <v>6.496891275178E-4</v>
       </c>
       <c r="I636" s="2" t="n">
-        <v>31183.31</v>
+        <v>31307.3</v>
       </c>
     </row>
     <row r="637">
       <c r="A637" s="2" t="n">
-        <v>1.6956432E12</v>
+        <v>1.6959888E12</v>
       </c>
       <c r="B637" s="2" t="n">
-        <v>1.695729599999E12</v>
+        <v>1.696075199999E12</v>
       </c>
       <c r="C637" s="2" t="n">
-        <v>1.69567458E12</v>
+        <v>1.69600662E12</v>
       </c>
       <c r="D637" s="2" t="n">
-        <v>1.69565592E12</v>
+        <v>1.69602756E12</v>
       </c>
       <c r="E637" s="2" t="n">
-        <v>3.62710994483E-4</v>
+        <v>7.200621418412E-4</v>
       </c>
       <c r="F637" s="2" t="n">
-        <v>6.809102816735E-4</v>
+        <v>9.69574229324E-4</v>
       </c>
       <c r="G637" s="2" t="n">
-        <v>3.526593223945E-4</v>
+        <v>5.312559871735E-4</v>
       </c>
       <c r="H637" s="2" t="n">
-        <v>3.939064017029E-4</v>
+        <v>6.134073949358E-4</v>
       </c>
       <c r="I637" s="2" t="n">
-        <v>33874.18</v>
+        <v>37071.35</v>
       </c>
     </row>
     <row r="638">
       <c r="A638" s="2" t="n">
-        <v>1.6954704E12</v>
+        <v>1.6959024E12</v>
       </c>
       <c r="B638" s="2" t="n">
-        <v>1.695556799999E12</v>
+        <v>1.695988799999E12</v>
       </c>
       <c r="C638" s="2" t="n">
-        <v>1.6954704E12</v>
+        <v>1.69595898E12</v>
       </c>
       <c r="D638" s="2" t="n">
-        <v>1.69553166E12</v>
+        <v>1.69590258E12</v>
       </c>
       <c r="E638" s="2" t="n">
-        <v>3.827641309194E-4</v>
+        <v>5.065134183179E-4</v>
       </c>
       <c r="F638" s="2" t="n">
-        <v>3.827641309194E-4</v>
+        <v>0.00104690426337</v>
       </c>
       <c r="G638" s="2" t="n">
-        <v>3.500281124588E-4</v>
+        <v>5.064944406642E-4</v>
       </c>
       <c r="H638" s="2" t="n">
-        <v>3.635680079397E-4</v>
+        <v>7.200465699097E-4</v>
       </c>
       <c r="I638" s="2" t="n">
-        <v>25517.34</v>
+        <v>38060.53</v>
       </c>
     </row>
     <row r="639">
       <c r="A639" s="2" t="n">
-        <v>1.6950384E12</v>
+        <v>1.695816E12</v>
       </c>
       <c r="B639" s="2" t="n">
-        <v>1.695124799999E12</v>
+        <v>1.695902399999E12</v>
       </c>
       <c r="C639" s="2" t="n">
-        <v>1.69507848E12</v>
+        <v>1.69587342E12</v>
       </c>
       <c r="D639" s="2" t="n">
-        <v>1.69510638E12</v>
+        <v>1.69581654E12</v>
       </c>
       <c r="E639" s="2" t="n">
-        <v>5.946084672678E-4</v>
+        <v>3.940411212718E-4</v>
       </c>
       <c r="F639" s="2" t="n">
-        <v>6.255828942953E-4</v>
+        <v>8.788117619562E-4</v>
       </c>
       <c r="G639" s="2" t="n">
-        <v>4.707465190121E-4</v>
+        <v>3.938901710744E-4</v>
       </c>
       <c r="H639" s="2" t="n">
-        <v>5.007074263602E-4</v>
+        <v>5.06523931379E-4</v>
       </c>
       <c r="I639" s="2" t="n">
-        <v>31695.04</v>
+        <v>62182.35</v>
       </c>
     </row>
     <row r="640">
       <c r="A640" s="2" t="n">
-        <v>1.694952E12</v>
+        <v>1.6957296E12</v>
       </c>
       <c r="B640" s="2" t="n">
-        <v>1.695038399999E12</v>
+        <v>1.695815999999E12</v>
       </c>
       <c r="C640" s="2" t="n">
-        <v>1.6949913E12</v>
+        <v>1.6957491E12</v>
       </c>
       <c r="D640" s="2" t="n">
-        <v>1.69498296E12</v>
+        <v>1.69577838E12</v>
       </c>
       <c r="E640" s="2" t="n">
-        <v>5.463226479431E-4</v>
+        <v>3.93896524238E-4</v>
       </c>
       <c r="F640" s="2" t="n">
-        <v>7.353440247842E-4</v>
+        <v>4.390403161733E-4</v>
       </c>
       <c r="G640" s="2" t="n">
-        <v>4.171590927882E-4</v>
+        <v>3.798786963148E-4</v>
       </c>
       <c r="H640" s="2" t="n">
-        <v>5.946043096236E-4</v>
+        <v>3.940522524945E-4</v>
       </c>
       <c r="I640" s="2" t="n">
-        <v>36850.88</v>
+        <v>31183.31</v>
       </c>
     </row>
     <row r="641">
       <c r="A641" s="2" t="n">
-        <v>1.6948656E12</v>
+        <v>1.6956432E12</v>
       </c>
       <c r="B641" s="2" t="n">
-        <v>1.694951999999E12</v>
+        <v>1.695729599999E12</v>
       </c>
       <c r="C641" s="2" t="n">
-        <v>1.69493754E12</v>
+        <v>1.69567458E12</v>
       </c>
       <c r="D641" s="2" t="n">
-        <v>1.69490286E12</v>
+        <v>1.69565592E12</v>
       </c>
       <c r="E641" s="2" t="n">
-        <v>5.701645363692E-4</v>
+        <v>3.62710994483E-4</v>
       </c>
       <c r="F641" s="2" t="n">
-        <v>7.101532009197E-4</v>
+        <v>6.809102816735E-4</v>
       </c>
       <c r="G641" s="2" t="n">
-        <v>4.825060060818E-4</v>
+        <v>3.526593223945E-4</v>
       </c>
       <c r="H641" s="2" t="n">
-        <v>5.463309643506E-4</v>
+        <v>3.939064017029E-4</v>
       </c>
       <c r="I641" s="2" t="n">
-        <v>57205.6</v>
+        <v>33874.18</v>
       </c>
     </row>
     <row r="642">
       <c r="A642" s="2" t="n">
-        <v>1.6947792E12</v>
+        <v>1.6954704E12</v>
       </c>
       <c r="B642" s="2" t="n">
-        <v>1.694865599999E12</v>
+        <v>1.695556799999E12</v>
       </c>
       <c r="C642" s="2" t="n">
-        <v>1.69477962E12</v>
+        <v>1.6954704E12</v>
       </c>
       <c r="D642" s="2" t="n">
-        <v>1.69486392E12</v>
+        <v>1.69553166E12</v>
       </c>
       <c r="E642" s="2" t="n">
-        <v>0.0010402434164468</v>
+        <v>3.827641309194E-4</v>
       </c>
       <c r="F642" s="2" t="n">
-        <v>0.0011395531655986</v>
+        <v>3.827641309194E-4</v>
       </c>
       <c r="G642" s="2" t="n">
-        <v>5.206200211832E-4</v>
+        <v>3.500281124588E-4</v>
       </c>
       <c r="H642" s="2" t="n">
-        <v>5.701916290757E-4</v>
+        <v>3.635680079397E-4</v>
       </c>
       <c r="I642" s="2" t="n">
-        <v>136496.62</v>
+        <v>25517.34</v>
       </c>
     </row>
     <row r="643">
       <c r="A643" s="2" t="n">
-        <v>1.6946928E12</v>
+        <v>1.6950384E12</v>
       </c>
       <c r="B643" s="2" t="n">
-        <v>1.694779199999E12</v>
+        <v>1.695124799999E12</v>
       </c>
       <c r="C643" s="2" t="n">
-        <v>1.6947528E12</v>
+        <v>1.69507848E12</v>
       </c>
       <c r="D643" s="2" t="n">
-        <v>1.69469286E12</v>
+        <v>1.69510638E12</v>
       </c>
       <c r="E643" s="2" t="n">
-        <v>3.177995760794E-4</v>
+        <v>5.946084672678E-4</v>
       </c>
       <c r="F643" s="2" t="n">
-        <v>0.0013849273714964</v>
+        <v>6.255828942953E-4</v>
       </c>
       <c r="G643" s="2" t="n">
-        <v>3.075823192964E-4</v>
+        <v>4.707465190121E-4</v>
       </c>
       <c r="H643" s="2" t="n">
-        <v>0.0010402604417559</v>
+        <v>5.007074263602E-4</v>
       </c>
       <c r="I643" s="2" t="n">
-        <v>499769.88</v>
+        <v>31695.04</v>
       </c>
     </row>
     <row r="644">
       <c r="A644" s="2" t="n">
-        <v>1.6946064E12</v>
+        <v>1.694952E12</v>
       </c>
       <c r="B644" s="2" t="n">
-        <v>1.694692799999E12</v>
+        <v>1.695038399999E12</v>
       </c>
       <c r="C644" s="2" t="n">
-        <v>1.69463178E12</v>
+        <v>1.6949913E12</v>
       </c>
       <c r="D644" s="2" t="n">
-        <v>1.69468626E12</v>
+        <v>1.69498296E12</v>
       </c>
       <c r="E644" s="2" t="n">
-        <v>9.181341617766E-4</v>
+        <v>5.463226479431E-4</v>
       </c>
       <c r="F644" s="2" t="n">
-        <v>9.830764010031E-4</v>
+        <v>7.353440247842E-4</v>
       </c>
       <c r="G644" s="2" t="n">
-        <v>2.561237172002E-4</v>
+        <v>4.171590927882E-4</v>
       </c>
       <c r="H644" s="2" t="n">
-        <v>3.177984104817E-4</v>
+        <v>5.946043096236E-4</v>
       </c>
       <c r="I644" s="2" t="n">
-        <v>67056.84</v>
+        <v>36850.88</v>
       </c>
     </row>
     <row r="645">
       <c r="A645" s="2" t="n">
+        <v>1.6948656E12</v>
+      </c>
+      <c r="B645" s="2" t="n">
+        <v>1.694951999999E12</v>
+      </c>
+      <c r="C645" s="2" t="n">
+        <v>1.69493754E12</v>
+      </c>
+      <c r="D645" s="2" t="n">
+        <v>1.69490286E12</v>
+      </c>
+      <c r="E645" s="2" t="n">
+        <v>5.701645363692E-4</v>
+      </c>
+      <c r="F645" s="2" t="n">
+        <v>7.101532009197E-4</v>
+      </c>
+      <c r="G645" s="2" t="n">
+        <v>4.825060060818E-4</v>
+      </c>
+      <c r="H645" s="2" t="n">
+        <v>5.463309643506E-4</v>
+      </c>
+      <c r="I645" s="2" t="n">
+        <v>57205.6</v>
+      </c>
+    </row>
+    <row r="646">
+      <c r="A646" s="2" t="n">
+        <v>1.6947792E12</v>
+      </c>
+      <c r="B646" s="2" t="n">
+        <v>1.694865599999E12</v>
+      </c>
+      <c r="C646" s="2" t="n">
+        <v>1.69477962E12</v>
+      </c>
+      <c r="D646" s="2" t="n">
+        <v>1.69486392E12</v>
+      </c>
+      <c r="E646" s="2" t="n">
+        <v>0.0010402434164468</v>
+      </c>
+      <c r="F646" s="2" t="n">
+        <v>0.0011395531655986</v>
+      </c>
+      <c r="G646" s="2" t="n">
+        <v>5.206200211832E-4</v>
+      </c>
+      <c r="H646" s="2" t="n">
+        <v>5.701916290757E-4</v>
+      </c>
+      <c r="I646" s="2" t="n">
+        <v>136496.62</v>
+      </c>
+    </row>
+    <row r="647">
+      <c r="A647" s="2" t="n">
+        <v>1.6946928E12</v>
+      </c>
+      <c r="B647" s="2" t="n">
+        <v>1.694779199999E12</v>
+      </c>
+      <c r="C647" s="2" t="n">
+        <v>1.6947528E12</v>
+      </c>
+      <c r="D647" s="2" t="n">
+        <v>1.69469286E12</v>
+      </c>
+      <c r="E647" s="2" t="n">
+        <v>3.177995760794E-4</v>
+      </c>
+      <c r="F647" s="2" t="n">
+        <v>0.0013849273714964</v>
+      </c>
+      <c r="G647" s="2" t="n">
+        <v>3.075823192964E-4</v>
+      </c>
+      <c r="H647" s="2" t="n">
+        <v>0.0010402604417559</v>
+      </c>
+      <c r="I647" s="2" t="n">
+        <v>499769.88</v>
+      </c>
+    </row>
+    <row r="648">
+      <c r="A648" s="2" t="n">
+        <v>1.6946064E12</v>
+      </c>
+      <c r="B648" s="2" t="n">
+        <v>1.694692799999E12</v>
+      </c>
+      <c r="C648" s="2" t="n">
+        <v>1.69463178E12</v>
+      </c>
+      <c r="D648" s="2" t="n">
+        <v>1.69468626E12</v>
+      </c>
+      <c r="E648" s="2" t="n">
+        <v>9.181341617766E-4</v>
+      </c>
+      <c r="F648" s="2" t="n">
+        <v>9.830764010031E-4</v>
+      </c>
+      <c r="G648" s="2" t="n">
+        <v>2.561237172002E-4</v>
+      </c>
+      <c r="H648" s="2" t="n">
+        <v>3.177984104817E-4</v>
+      </c>
+      <c r="I648" s="2" t="n">
+        <v>67056.84</v>
+      </c>
+    </row>
+    <row r="649">
+      <c r="A649" s="2" t="n">
         <v>1.69452E12</v>
       </c>
-      <c r="B645" s="2" t="n">
+      <c r="B649" s="2" t="n">
         <v>1.694606399999E12</v>
       </c>
-      <c r="C645" s="2" t="n">
+      <c r="C649" s="2" t="n">
         <v>1.69456584E12</v>
       </c>
-      <c r="D645" s="2" t="n">
+      <c r="D649" s="2" t="n">
         <v>1.6945635E12</v>
       </c>
-      <c r="E645" s="2" t="n">
+      <c r="E649" s="2" t="n">
         <v>7.453900077569E-4</v>
       </c>
-      <c r="F645" s="2" t="n">
+      <c r="F649" s="2" t="n">
         <v>0.0011798088954132</v>
       </c>
-      <c r="G645" s="2" t="n">
+      <c r="G649" s="2" t="n">
         <v>6.870973388973E-4</v>
       </c>
-      <c r="H645" s="2" t="n">
+      <c r="H649" s="2" t="n">
         <v>9.180704896481E-4</v>
       </c>
-      <c r="I645" s="2" t="n">
+      <c r="I649" s="2" t="n">
         <v>63450.0</v>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>