--- v0 (2026-03-12)
+++ v1 (2026-03-13)
@@ -92,51 +92,51 @@
       <left style="thin"/>
       <right style="thin"/>
       <top style="thin"/>
       <bottom style="thin"/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="3">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="4" xfId="0" applyBorder="true" applyFill="true" applyFont="true">
       <alignment horizontal="center" wrapText="true" vertical="center"/>
       <protection locked="true"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:I821"/>
+  <dimension ref="A1:I825"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <cols>
     <col min="1" max="1" width="22.0" customWidth="true"/>
     <col min="2" max="2" width="22.0" customWidth="true"/>
     <col min="3" max="3" width="22.0" customWidth="true"/>
     <col min="4" max="4" width="22.0" customWidth="true"/>
     <col min="5" max="5" width="22.0" customWidth="true"/>
     <col min="6" max="6" width="22.0" customWidth="true"/>
     <col min="7" max="7" width="22.0" customWidth="true"/>
     <col min="8" max="8" width="22.0" customWidth="true"/>
     <col min="9" max="9" width="22.0" customWidth="true"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>timeOpen</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>timeClose</t>
@@ -158,23820 +158,23936 @@
         </is>
       </c>
       <c r="F1" s="1" t="inlineStr">
         <is>
           <t>priceHigh</t>
         </is>
       </c>
       <c r="G1" s="1" t="inlineStr">
         <is>
           <t>priceLow</t>
         </is>
       </c>
       <c r="H1" s="1" t="inlineStr">
         <is>
           <t>priceClose</t>
         </is>
       </c>
       <c r="I1" s="1" t="inlineStr">
         <is>
           <t>volume</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="2" t="n">
-        <v>1.7729712E12</v>
+        <v>1.7733168E12</v>
       </c>
       <c r="B2" s="2" t="n">
-        <v>1.773057599999E12</v>
+        <v>1.773403199999E12</v>
       </c>
       <c r="C2" s="2" t="n">
-        <v>1.7729712E12</v>
+        <v>1.77339582E12</v>
       </c>
       <c r="D2" s="2" t="n">
-        <v>1.77298032E12</v>
+        <v>1.7733168E12</v>
       </c>
       <c r="E2" s="2" t="n">
-        <v>1.467231E-10</v>
+        <v>1.38851E-10</v>
       </c>
       <c r="F2" s="2" t="n">
-        <v>1.467231E-10</v>
+        <v>1.460549E-10</v>
       </c>
       <c r="G2" s="2" t="n">
         <v>1.38851E-10</v>
       </c>
       <c r="H2" s="2" t="n">
-        <v>1.38851E-10</v>
+        <v>1.460549E-10</v>
       </c>
       <c r="I2" s="2" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="2" t="n">
-        <v>1.7728848E12</v>
+        <v>1.7732304E12</v>
       </c>
       <c r="B3" s="2" t="n">
-        <v>1.772971199999E12</v>
+        <v>1.773316799999E12</v>
       </c>
       <c r="C3" s="2" t="n">
-        <v>1.7728848E12</v>
+        <v>1.7732304E12</v>
       </c>
       <c r="D3" s="2" t="n">
-        <v>1.7728848E12</v>
+        <v>1.7732304E12</v>
       </c>
       <c r="E3" s="2" t="n">
-        <v>1.467231E-10</v>
+        <v>1.38851E-10</v>
       </c>
       <c r="F3" s="2" t="n">
-        <v>1.467231E-10</v>
+        <v>1.38851E-10</v>
       </c>
       <c r="G3" s="2" t="n">
-        <v>1.467231E-10</v>
+        <v>1.38851E-10</v>
       </c>
       <c r="H3" s="2" t="n">
-        <v>1.467231E-10</v>
+        <v>1.38851E-10</v>
       </c>
       <c r="I3" s="2" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="2" t="n">
-        <v>1.7727984E12</v>
+        <v>1.773144E12</v>
       </c>
       <c r="B4" s="2" t="n">
-        <v>1.772884799999E12</v>
+        <v>1.773230399999E12</v>
       </c>
       <c r="C4" s="2" t="n">
-        <v>1.7727984E12</v>
+        <v>1.773144E12</v>
       </c>
       <c r="D4" s="2" t="n">
-        <v>1.7727984E12</v>
+        <v>1.773144E12</v>
       </c>
       <c r="E4" s="2" t="n">
-        <v>1.467231E-10</v>
+        <v>1.38851E-10</v>
       </c>
       <c r="F4" s="2" t="n">
-        <v>1.467231E-10</v>
+        <v>1.38851E-10</v>
       </c>
       <c r="G4" s="2" t="n">
-        <v>1.467231E-10</v>
+        <v>1.38851E-10</v>
       </c>
       <c r="H4" s="2" t="n">
-        <v>1.467231E-10</v>
+        <v>1.38851E-10</v>
       </c>
       <c r="I4" s="2" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="2" t="n">
-        <v>1.772712E12</v>
+        <v>1.7730576E12</v>
       </c>
       <c r="B5" s="2" t="n">
-        <v>1.772798399999E12</v>
+        <v>1.773143999999E12</v>
       </c>
       <c r="C5" s="2" t="n">
-        <v>1.772712E12</v>
+        <v>1.7730576E12</v>
       </c>
       <c r="D5" s="2" t="n">
-        <v>1.772712E12</v>
+        <v>1.7730576E12</v>
       </c>
       <c r="E5" s="2" t="n">
-        <v>1.467231E-10</v>
+        <v>1.38851E-10</v>
       </c>
       <c r="F5" s="2" t="n">
-        <v>1.467231E-10</v>
+        <v>1.38851E-10</v>
       </c>
       <c r="G5" s="2" t="n">
-        <v>1.467231E-10</v>
+        <v>1.38851E-10</v>
       </c>
       <c r="H5" s="2" t="n">
-        <v>1.467231E-10</v>
+        <v>1.38851E-10</v>
       </c>
       <c r="I5" s="2" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="2" t="n">
-        <v>1.7726256E12</v>
+        <v>1.7729712E12</v>
       </c>
       <c r="B6" s="2" t="n">
-        <v>1.772711999999E12</v>
+        <v>1.773057599999E12</v>
       </c>
       <c r="C6" s="2" t="n">
-        <v>1.7727048E12</v>
+        <v>1.7729712E12</v>
       </c>
       <c r="D6" s="2" t="n">
-        <v>1.7726256E12</v>
+        <v>1.77298032E12</v>
       </c>
       <c r="E6" s="2" t="n">
-        <v>1.373041E-10</v>
+        <v>1.467231E-10</v>
       </c>
       <c r="F6" s="2" t="n">
         <v>1.467231E-10</v>
       </c>
       <c r="G6" s="2" t="n">
-        <v>1.373041E-10</v>
+        <v>1.38851E-10</v>
       </c>
       <c r="H6" s="2" t="n">
-        <v>1.467231E-10</v>
+        <v>1.38851E-10</v>
       </c>
       <c r="I6" s="2" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="2" t="n">
-        <v>1.7725392E12</v>
+        <v>1.7728848E12</v>
       </c>
       <c r="B7" s="2" t="n">
-        <v>1.772625599999E12</v>
+        <v>1.772971199999E12</v>
       </c>
       <c r="C7" s="2" t="n">
-        <v>1.7725392E12</v>
+        <v>1.7728848E12</v>
       </c>
       <c r="D7" s="2" t="n">
-        <v>1.7725392E12</v>
+        <v>1.7728848E12</v>
       </c>
       <c r="E7" s="2" t="n">
-        <v>1.373041E-10</v>
+        <v>1.467231E-10</v>
       </c>
       <c r="F7" s="2" t="n">
-        <v>1.373041E-10</v>
+        <v>1.467231E-10</v>
       </c>
       <c r="G7" s="2" t="n">
-        <v>1.373041E-10</v>
+        <v>1.467231E-10</v>
       </c>
       <c r="H7" s="2" t="n">
-        <v>1.373041E-10</v>
+        <v>1.467231E-10</v>
       </c>
       <c r="I7" s="2" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="2" t="n">
-        <v>1.7724528E12</v>
+        <v>1.7727984E12</v>
       </c>
       <c r="B8" s="2" t="n">
-        <v>1.772539199999E12</v>
+        <v>1.772884799999E12</v>
       </c>
       <c r="C8" s="2" t="n">
-        <v>1.7724528E12</v>
+        <v>1.7727984E12</v>
       </c>
       <c r="D8" s="2" t="n">
-        <v>1.7724528E12</v>
+        <v>1.7727984E12</v>
       </c>
       <c r="E8" s="2" t="n">
-        <v>1.373041E-10</v>
+        <v>1.467231E-10</v>
       </c>
       <c r="F8" s="2" t="n">
-        <v>1.373041E-10</v>
+        <v>1.467231E-10</v>
       </c>
       <c r="G8" s="2" t="n">
-        <v>1.373041E-10</v>
+        <v>1.467231E-10</v>
       </c>
       <c r="H8" s="2" t="n">
-        <v>1.373041E-10</v>
+        <v>1.467231E-10</v>
       </c>
       <c r="I8" s="2" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="2" t="n">
-        <v>1.7723664E12</v>
+        <v>1.772712E12</v>
       </c>
       <c r="B9" s="2" t="n">
-        <v>1.772452799999E12</v>
+        <v>1.772798399999E12</v>
       </c>
       <c r="C9" s="2" t="n">
-        <v>1.7723664E12</v>
+        <v>1.772712E12</v>
       </c>
       <c r="D9" s="2" t="n">
-        <v>1.7723664E12</v>
+        <v>1.772712E12</v>
       </c>
       <c r="E9" s="2" t="n">
-        <v>1.373041E-10</v>
+        <v>1.467231E-10</v>
       </c>
       <c r="F9" s="2" t="n">
-        <v>1.373041E-10</v>
+        <v>1.467231E-10</v>
       </c>
       <c r="G9" s="2" t="n">
-        <v>1.373041E-10</v>
+        <v>1.467231E-10</v>
       </c>
       <c r="H9" s="2" t="n">
-        <v>1.373041E-10</v>
+        <v>1.467231E-10</v>
       </c>
       <c r="I9" s="2" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="2" t="n">
-        <v>1.77228E12</v>
+        <v>1.7726256E12</v>
       </c>
       <c r="B10" s="2" t="n">
-        <v>1.772366399999E12</v>
+        <v>1.772711999999E12</v>
       </c>
       <c r="C10" s="2" t="n">
-        <v>1.77228E12</v>
+        <v>1.7727048E12</v>
       </c>
       <c r="D10" s="2" t="n">
-        <v>1.7723088E12</v>
+        <v>1.7726256E12</v>
       </c>
       <c r="E10" s="2" t="n">
         <v>1.373041E-10</v>
       </c>
       <c r="F10" s="2" t="n">
-        <v>1.373041E-10</v>
+        <v>1.467231E-10</v>
       </c>
       <c r="G10" s="2" t="n">
         <v>1.373041E-10</v>
       </c>
       <c r="H10" s="2" t="n">
-        <v>1.373041E-10</v>
+        <v>1.467231E-10</v>
       </c>
       <c r="I10" s="2" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="2" t="n">
-        <v>1.7721936E12</v>
+        <v>1.7725392E12</v>
       </c>
       <c r="B11" s="2" t="n">
-        <v>1.772279999999E12</v>
+        <v>1.772625599999E12</v>
       </c>
       <c r="C11" s="2" t="n">
-        <v>1.77224682E12</v>
+        <v>1.7725392E12</v>
       </c>
       <c r="D11" s="2" t="n">
-        <v>1.7721936E12</v>
+        <v>1.7725392E12</v>
       </c>
       <c r="E11" s="2" t="n">
-        <v>1.323931E-10</v>
+        <v>1.373041E-10</v>
       </c>
       <c r="F11" s="2" t="n">
-        <v>1.376919E-10</v>
+        <v>1.373041E-10</v>
       </c>
       <c r="G11" s="2" t="n">
-        <v>1.323931E-10</v>
+        <v>1.373041E-10</v>
       </c>
       <c r="H11" s="2" t="n">
         <v>1.373041E-10</v>
       </c>
       <c r="I11" s="2" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="2" t="n">
-        <v>1.7721072E12</v>
+        <v>1.7724528E12</v>
       </c>
       <c r="B12" s="2" t="n">
-        <v>1.772193599999E12</v>
+        <v>1.772539199999E12</v>
       </c>
       <c r="C12" s="2" t="n">
-        <v>1.7721072E12</v>
+        <v>1.7724528E12</v>
       </c>
       <c r="D12" s="2" t="n">
-        <v>1.7721072E12</v>
+        <v>1.7724528E12</v>
       </c>
       <c r="E12" s="2" t="n">
-        <v>1.323931E-10</v>
+        <v>1.373041E-10</v>
       </c>
       <c r="F12" s="2" t="n">
-        <v>1.323931E-10</v>
+        <v>1.373041E-10</v>
       </c>
       <c r="G12" s="2" t="n">
-        <v>1.323931E-10</v>
+        <v>1.373041E-10</v>
       </c>
       <c r="H12" s="2" t="n">
-        <v>1.323931E-10</v>
+        <v>1.373041E-10</v>
       </c>
       <c r="I12" s="2" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="2" t="n">
-        <v>1.7720208E12</v>
+        <v>1.7723664E12</v>
       </c>
       <c r="B13" s="2" t="n">
-        <v>1.772107199999E12</v>
+        <v>1.772452799999E12</v>
       </c>
       <c r="C13" s="2" t="n">
-        <v>1.7720208E12</v>
+        <v>1.7723664E12</v>
       </c>
       <c r="D13" s="2" t="n">
-        <v>1.7720208E12</v>
+        <v>1.7723664E12</v>
       </c>
       <c r="E13" s="2" t="n">
-        <v>1.323931E-10</v>
+        <v>1.373041E-10</v>
       </c>
       <c r="F13" s="2" t="n">
-        <v>1.323931E-10</v>
+        <v>1.373041E-10</v>
       </c>
       <c r="G13" s="2" t="n">
-        <v>1.323931E-10</v>
+        <v>1.373041E-10</v>
       </c>
       <c r="H13" s="2" t="n">
-        <v>1.323931E-10</v>
+        <v>1.373041E-10</v>
       </c>
       <c r="I13" s="2" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="2" t="n">
-        <v>1.7719344E12</v>
+        <v>1.77228E12</v>
       </c>
       <c r="B14" s="2" t="n">
-        <v>1.772020799999E12</v>
+        <v>1.772366399999E12</v>
       </c>
       <c r="C14" s="2" t="n">
-        <v>1.7719344E12</v>
+        <v>1.77228E12</v>
       </c>
       <c r="D14" s="2" t="n">
-        <v>1.7720028E12</v>
+        <v>1.7723088E12</v>
       </c>
       <c r="E14" s="2" t="n">
-        <v>1.40815E-10</v>
+        <v>1.373041E-10</v>
       </c>
       <c r="F14" s="2" t="n">
-        <v>1.40815E-10</v>
+        <v>1.373041E-10</v>
       </c>
       <c r="G14" s="2" t="n">
-        <v>1.323931E-10</v>
+        <v>1.373041E-10</v>
       </c>
       <c r="H14" s="2" t="n">
-        <v>1.323931E-10</v>
+        <v>1.373041E-10</v>
       </c>
       <c r="I14" s="2" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="2" t="n">
-        <v>1.771848E12</v>
+        <v>1.7721936E12</v>
       </c>
       <c r="B15" s="2" t="n">
-        <v>1.771934399999E12</v>
+        <v>1.772279999999E12</v>
       </c>
       <c r="C15" s="2" t="n">
-        <v>1.771848E12</v>
+        <v>1.77224682E12</v>
       </c>
       <c r="D15" s="2" t="n">
-        <v>1.771848E12</v>
+        <v>1.7721936E12</v>
       </c>
       <c r="E15" s="2" t="n">
-        <v>1.40815E-10</v>
+        <v>1.323931E-10</v>
       </c>
       <c r="F15" s="2" t="n">
-        <v>1.40815E-10</v>
+        <v>1.376919E-10</v>
       </c>
       <c r="G15" s="2" t="n">
-        <v>1.40815E-10</v>
+        <v>1.323931E-10</v>
       </c>
       <c r="H15" s="2" t="n">
-        <v>1.40815E-10</v>
+        <v>1.373041E-10</v>
       </c>
       <c r="I15" s="2" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="2" t="n">
-        <v>1.7717616E12</v>
+        <v>1.7721072E12</v>
       </c>
       <c r="B16" s="2" t="n">
-        <v>1.771847999999E12</v>
+        <v>1.772193599999E12</v>
       </c>
       <c r="C16" s="2" t="n">
-        <v>1.7717868E12</v>
+        <v>1.7721072E12</v>
       </c>
       <c r="D16" s="2" t="n">
-        <v>1.77176484E12</v>
+        <v>1.7721072E12</v>
       </c>
       <c r="E16" s="2" t="n">
-        <v>1.40815E-10</v>
+        <v>1.323931E-10</v>
       </c>
       <c r="F16" s="2" t="n">
-        <v>1.40815E-10</v>
+        <v>1.323931E-10</v>
       </c>
       <c r="G16" s="2" t="n">
-        <v>1.40815E-10</v>
+        <v>1.323931E-10</v>
       </c>
       <c r="H16" s="2" t="n">
-        <v>1.40815E-10</v>
+        <v>1.323931E-10</v>
       </c>
       <c r="I16" s="2" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="2" t="n">
-        <v>1.7716752E12</v>
+        <v>1.7720208E12</v>
       </c>
       <c r="B17" s="2" t="n">
-        <v>1.771761599999E12</v>
+        <v>1.772107199999E12</v>
       </c>
       <c r="C17" s="2" t="n">
-        <v>1.77174348E12</v>
+        <v>1.7720208E12</v>
       </c>
       <c r="D17" s="2" t="n">
-        <v>1.7716752E12</v>
+        <v>1.7720208E12</v>
       </c>
       <c r="E17" s="2" t="n">
-        <v>1.365077E-10</v>
+        <v>1.323931E-10</v>
       </c>
       <c r="F17" s="2" t="n">
-        <v>1.40815E-10</v>
+        <v>1.323931E-10</v>
       </c>
       <c r="G17" s="2" t="n">
-        <v>1.365077E-10</v>
+        <v>1.323931E-10</v>
       </c>
       <c r="H17" s="2" t="n">
-        <v>1.40815E-10</v>
+        <v>1.323931E-10</v>
       </c>
       <c r="I17" s="2" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="2" t="n">
-        <v>1.7715888E12</v>
+        <v>1.7719344E12</v>
       </c>
       <c r="B18" s="2" t="n">
-        <v>1.771675199999E12</v>
+        <v>1.772020799999E12</v>
       </c>
       <c r="C18" s="2" t="n">
-        <v>1.77159204E12</v>
+        <v>1.7719344E12</v>
       </c>
       <c r="D18" s="2" t="n">
-        <v>1.7716284E12</v>
+        <v>1.7720028E12</v>
       </c>
       <c r="E18" s="2" t="n">
-        <v>1.365077E-10</v>
+        <v>1.40815E-10</v>
       </c>
       <c r="F18" s="2" t="n">
-        <v>1.365077E-10</v>
+        <v>1.40815E-10</v>
       </c>
       <c r="G18" s="2" t="n">
-        <v>1.365077E-10</v>
+        <v>1.323931E-10</v>
       </c>
       <c r="H18" s="2" t="n">
-        <v>1.365077E-10</v>
+        <v>1.323931E-10</v>
       </c>
       <c r="I18" s="2" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="2" t="n">
-        <v>1.7715024E12</v>
+        <v>1.771848E12</v>
       </c>
       <c r="B19" s="2" t="n">
-        <v>1.771588799999E12</v>
+        <v>1.771934399999E12</v>
       </c>
       <c r="C19" s="2" t="n">
-        <v>1.7715024E12</v>
+        <v>1.771848E12</v>
       </c>
       <c r="D19" s="2" t="n">
-        <v>1.77158178E12</v>
+        <v>1.771848E12</v>
       </c>
       <c r="E19" s="2" t="n">
-        <v>1.400688E-10</v>
+        <v>1.40815E-10</v>
       </c>
       <c r="F19" s="2" t="n">
-        <v>1.400688E-10</v>
+        <v>1.40815E-10</v>
       </c>
       <c r="G19" s="2" t="n">
-        <v>1.365077E-10</v>
+        <v>1.40815E-10</v>
       </c>
       <c r="H19" s="2" t="n">
-        <v>1.365077E-10</v>
+        <v>1.40815E-10</v>
       </c>
       <c r="I19" s="2" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="2" t="n">
-        <v>1.771416E12</v>
+        <v>1.7717616E12</v>
       </c>
       <c r="B20" s="2" t="n">
-        <v>1.771502399999E12</v>
+        <v>1.771847999999E12</v>
       </c>
       <c r="C20" s="2" t="n">
-        <v>1.77145404E12</v>
+        <v>1.7717868E12</v>
       </c>
       <c r="D20" s="2" t="n">
-        <v>1.771416E12</v>
+        <v>1.77176484E12</v>
       </c>
       <c r="E20" s="2" t="n">
-        <v>1.384313E-10</v>
+        <v>1.40815E-10</v>
       </c>
       <c r="F20" s="2" t="n">
-        <v>1.400688E-10</v>
+        <v>1.40815E-10</v>
       </c>
       <c r="G20" s="2" t="n">
-        <v>1.384313E-10</v>
+        <v>1.40815E-10</v>
       </c>
       <c r="H20" s="2" t="n">
-        <v>1.400688E-10</v>
+        <v>1.40815E-10</v>
       </c>
       <c r="I20" s="2" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="2" t="n">
-        <v>1.7713296E12</v>
+        <v>1.7716752E12</v>
       </c>
       <c r="B21" s="2" t="n">
-        <v>1.771415999999E12</v>
+        <v>1.771761599999E12</v>
       </c>
       <c r="C21" s="2" t="n">
-        <v>1.7713296E12</v>
+        <v>1.77174348E12</v>
       </c>
       <c r="D21" s="2" t="n">
-        <v>1.7713296E12</v>
+        <v>1.7716752E12</v>
       </c>
       <c r="E21" s="2" t="n">
-        <v>1.384313E-10</v>
+        <v>1.365077E-10</v>
       </c>
       <c r="F21" s="2" t="n">
-        <v>1.384313E-10</v>
+        <v>1.40815E-10</v>
       </c>
       <c r="G21" s="2" t="n">
-        <v>1.384313E-10</v>
+        <v>1.365077E-10</v>
       </c>
       <c r="H21" s="2" t="n">
-        <v>1.384313E-10</v>
+        <v>1.40815E-10</v>
       </c>
       <c r="I21" s="2" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="2" t="n">
-        <v>1.7712432E12</v>
+        <v>1.7715888E12</v>
       </c>
       <c r="B22" s="2" t="n">
-        <v>1.771329599999E12</v>
+        <v>1.771675199999E12</v>
       </c>
       <c r="C22" s="2" t="n">
-        <v>1.7712792E12</v>
+        <v>1.77159204E12</v>
       </c>
       <c r="D22" s="2" t="n">
-        <v>1.77124656E12</v>
+        <v>1.7716284E12</v>
       </c>
       <c r="E22" s="2" t="n">
-        <v>1.384313E-10</v>
+        <v>1.365077E-10</v>
       </c>
       <c r="F22" s="2" t="n">
-        <v>1.384313E-10</v>
+        <v>1.365077E-10</v>
       </c>
       <c r="G22" s="2" t="n">
-        <v>1.384313E-10</v>
+        <v>1.365077E-10</v>
       </c>
       <c r="H22" s="2" t="n">
-        <v>1.384313E-10</v>
+        <v>1.365077E-10</v>
       </c>
       <c r="I22" s="2" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="2" t="n">
-        <v>1.7711568E12</v>
+        <v>1.7715024E12</v>
       </c>
       <c r="B23" s="2" t="n">
-        <v>1.771243199999E12</v>
+        <v>1.771588799999E12</v>
       </c>
       <c r="C23" s="2" t="n">
-        <v>1.77123576E12</v>
+        <v>1.7715024E12</v>
       </c>
       <c r="D23" s="2" t="n">
-        <v>1.7711568E12</v>
+        <v>1.77158178E12</v>
       </c>
       <c r="E23" s="2" t="n">
-        <v>1.369029E-10</v>
+        <v>1.400688E-10</v>
       </c>
       <c r="F23" s="2" t="n">
-        <v>1.384313E-10</v>
+        <v>1.400688E-10</v>
       </c>
       <c r="G23" s="2" t="n">
-        <v>1.369029E-10</v>
+        <v>1.365077E-10</v>
       </c>
       <c r="H23" s="2" t="n">
-        <v>1.384313E-10</v>
+        <v>1.365077E-10</v>
       </c>
       <c r="I23" s="2" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="2" t="n">
-        <v>1.7710704E12</v>
+        <v>1.771416E12</v>
       </c>
       <c r="B24" s="2" t="n">
-        <v>1.771156799999E12</v>
+        <v>1.771502399999E12</v>
       </c>
       <c r="C24" s="2" t="n">
-        <v>1.77107382E12</v>
+        <v>1.77145404E12</v>
       </c>
       <c r="D24" s="2" t="n">
-        <v>1.7710848E12</v>
+        <v>1.771416E12</v>
       </c>
       <c r="E24" s="2" t="n">
-        <v>1.369029E-10</v>
+        <v>1.384313E-10</v>
       </c>
       <c r="F24" s="2" t="n">
-        <v>1.369029E-10</v>
+        <v>1.400688E-10</v>
       </c>
       <c r="G24" s="2" t="n">
-        <v>1.369029E-10</v>
+        <v>1.384313E-10</v>
       </c>
       <c r="H24" s="2" t="n">
-        <v>1.369029E-10</v>
+        <v>1.400688E-10</v>
       </c>
       <c r="I24" s="2" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="2" t="n">
-        <v>1.770984E12</v>
+        <v>1.7713296E12</v>
       </c>
       <c r="B25" s="2" t="n">
-        <v>1.771070399999E12</v>
+        <v>1.771415999999E12</v>
       </c>
       <c r="C25" s="2" t="n">
-        <v>1.7710407E12</v>
+        <v>1.7713296E12</v>
       </c>
       <c r="D25" s="2" t="n">
-        <v>1.77098634E12</v>
+        <v>1.7713296E12</v>
       </c>
       <c r="E25" s="2" t="n">
-        <v>1.355379E-10</v>
+        <v>1.384313E-10</v>
       </c>
       <c r="F25" s="2" t="n">
-        <v>1.369029E-10</v>
+        <v>1.384313E-10</v>
       </c>
       <c r="G25" s="2" t="n">
-        <v>1.355379E-10</v>
+        <v>1.384313E-10</v>
       </c>
       <c r="H25" s="2" t="n">
-        <v>1.369029E-10</v>
+        <v>1.384313E-10</v>
       </c>
       <c r="I25" s="2" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="2" t="n">
-        <v>1.7708976E12</v>
+        <v>1.7712432E12</v>
       </c>
       <c r="B26" s="2" t="n">
-        <v>1.770983999999E12</v>
+        <v>1.771329599999E12</v>
       </c>
       <c r="C26" s="2" t="n">
-        <v>1.7708976E12</v>
+        <v>1.7712792E12</v>
       </c>
       <c r="D26" s="2" t="n">
-        <v>1.77096228E12</v>
+        <v>1.77124656E12</v>
       </c>
       <c r="E26" s="2" t="n">
-        <v>1.397473E-10</v>
+        <v>1.384313E-10</v>
       </c>
       <c r="F26" s="2" t="n">
-        <v>1.397473E-10</v>
+        <v>1.384313E-10</v>
       </c>
       <c r="G26" s="2" t="n">
-        <v>1.355379E-10</v>
+        <v>1.384313E-10</v>
       </c>
       <c r="H26" s="2" t="n">
-        <v>1.355379E-10</v>
+        <v>1.384313E-10</v>
       </c>
       <c r="I26" s="2" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="2" t="n">
-        <v>1.7708112E12</v>
+        <v>1.7711568E12</v>
       </c>
       <c r="B27" s="2" t="n">
-        <v>1.770897599999E12</v>
+        <v>1.771243199999E12</v>
       </c>
       <c r="C27" s="2" t="n">
-        <v>1.77081426E12</v>
+        <v>1.77123576E12</v>
       </c>
       <c r="D27" s="2" t="n">
-        <v>1.7708292E12</v>
+        <v>1.7711568E12</v>
       </c>
       <c r="E27" s="2" t="n">
-        <v>1.397473E-10</v>
+        <v>1.369029E-10</v>
       </c>
       <c r="F27" s="2" t="n">
-        <v>1.397473E-10</v>
+        <v>1.384313E-10</v>
       </c>
       <c r="G27" s="2" t="n">
-        <v>1.397473E-10</v>
+        <v>1.369029E-10</v>
       </c>
       <c r="H27" s="2" t="n">
-        <v>1.397473E-10</v>
+        <v>1.384313E-10</v>
       </c>
       <c r="I27" s="2" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="2" t="n">
-        <v>1.7707248E12</v>
+        <v>1.7710704E12</v>
       </c>
       <c r="B28" s="2" t="n">
-        <v>1.770811199999E12</v>
+        <v>1.771156799999E12</v>
       </c>
       <c r="C28" s="2" t="n">
-        <v>1.77073464E12</v>
+        <v>1.77107382E12</v>
       </c>
       <c r="D28" s="2" t="n">
-        <v>1.77078582E12</v>
+        <v>1.7710848E12</v>
       </c>
       <c r="E28" s="2" t="n">
-        <v>1.408175E-10</v>
+        <v>1.369029E-10</v>
       </c>
       <c r="F28" s="2" t="n">
-        <v>1.431833E-10</v>
+        <v>1.369029E-10</v>
       </c>
       <c r="G28" s="2" t="n">
-        <v>1.397473E-10</v>
+        <v>1.369029E-10</v>
       </c>
       <c r="H28" s="2" t="n">
-        <v>1.397473E-10</v>
+        <v>1.369029E-10</v>
       </c>
       <c r="I28" s="2" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="2" t="n">
-        <v>1.7706384E12</v>
+        <v>1.770984E12</v>
       </c>
       <c r="B29" s="2" t="n">
-        <v>1.770724799999E12</v>
+        <v>1.771070399999E12</v>
       </c>
       <c r="C29" s="2" t="n">
-        <v>1.7706528E12</v>
+        <v>1.7710407E12</v>
       </c>
       <c r="D29" s="2" t="n">
-        <v>1.77069906E12</v>
+        <v>1.77098634E12</v>
       </c>
       <c r="E29" s="2" t="n">
-        <v>1.450045E-10</v>
+        <v>1.355379E-10</v>
       </c>
       <c r="F29" s="2" t="n">
-        <v>1.450045E-10</v>
+        <v>1.369029E-10</v>
       </c>
       <c r="G29" s="2" t="n">
-        <v>1.408175E-10</v>
+        <v>1.355379E-10</v>
       </c>
       <c r="H29" s="2" t="n">
-        <v>1.408175E-10</v>
+        <v>1.369029E-10</v>
       </c>
       <c r="I29" s="2" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="2" t="n">
-        <v>1.770552E12</v>
+        <v>1.7708976E12</v>
       </c>
       <c r="B30" s="2" t="n">
-        <v>1.770638399999E12</v>
+        <v>1.770983999999E12</v>
       </c>
       <c r="C30" s="2" t="n">
-        <v>1.77055344E12</v>
+        <v>1.7708976E12</v>
       </c>
       <c r="D30" s="2" t="n">
-        <v>1.77058062E12</v>
+        <v>1.77096228E12</v>
       </c>
       <c r="E30" s="2" t="n">
-        <v>1.451479E-10</v>
+        <v>1.397473E-10</v>
       </c>
       <c r="F30" s="2" t="n">
-        <v>1.451479E-10</v>
+        <v>1.397473E-10</v>
       </c>
       <c r="G30" s="2" t="n">
-        <v>1.438949E-10</v>
+        <v>1.355379E-10</v>
       </c>
       <c r="H30" s="2" t="n">
-        <v>1.450045E-10</v>
+        <v>1.355379E-10</v>
       </c>
       <c r="I30" s="2" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="2" t="n">
-        <v>1.7704656E12</v>
+        <v>1.7708112E12</v>
       </c>
       <c r="B31" s="2" t="n">
-        <v>1.770551999999E12</v>
+        <v>1.770897599999E12</v>
       </c>
       <c r="C31" s="2" t="n">
-        <v>1.7704689E12</v>
+        <v>1.77081426E12</v>
       </c>
       <c r="D31" s="2" t="n">
-        <v>1.77053376E12</v>
+        <v>1.7708292E12</v>
       </c>
       <c r="E31" s="2" t="n">
-        <v>1.47245E-10</v>
+        <v>1.397473E-10</v>
       </c>
       <c r="F31" s="2" t="n">
-        <v>1.47245E-10</v>
+        <v>1.397473E-10</v>
       </c>
       <c r="G31" s="2" t="n">
-        <v>1.451479E-10</v>
+        <v>1.397473E-10</v>
       </c>
       <c r="H31" s="2" t="n">
-        <v>1.451479E-10</v>
+        <v>1.397473E-10</v>
       </c>
       <c r="I31" s="2" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="2" t="n">
-        <v>1.7703792E12</v>
+        <v>1.7707248E12</v>
       </c>
       <c r="B32" s="2" t="n">
-        <v>1.770465599999E12</v>
+        <v>1.770811199999E12</v>
       </c>
       <c r="C32" s="2" t="n">
-        <v>1.7703792E12</v>
+        <v>1.77073464E12</v>
       </c>
       <c r="D32" s="2" t="n">
-        <v>1.7704221E12</v>
+        <v>1.77078582E12</v>
       </c>
       <c r="E32" s="2" t="n">
-        <v>1.619726E-10</v>
+        <v>1.408175E-10</v>
       </c>
       <c r="F32" s="2" t="n">
-        <v>1.619726E-10</v>
+        <v>1.431833E-10</v>
       </c>
       <c r="G32" s="2" t="n">
-        <v>1.425519E-10</v>
+        <v>1.397473E-10</v>
       </c>
       <c r="H32" s="2" t="n">
-        <v>1.47245E-10</v>
+        <v>1.397473E-10</v>
       </c>
       <c r="I32" s="2" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="2" t="n">
-        <v>1.7702928E12</v>
+        <v>1.7706384E12</v>
       </c>
       <c r="B33" s="2" t="n">
-        <v>1.770379199999E12</v>
+        <v>1.770724799999E12</v>
       </c>
       <c r="C33" s="2" t="n">
-        <v>1.7703144E12</v>
+        <v>1.7706528E12</v>
       </c>
       <c r="D33" s="2" t="n">
-        <v>1.77029496E12</v>
+        <v>1.77069906E12</v>
       </c>
       <c r="E33" s="2" t="n">
-        <v>1.619726E-10</v>
+        <v>1.450045E-10</v>
       </c>
       <c r="F33" s="2" t="n">
-        <v>1.619726E-10</v>
+        <v>1.450045E-10</v>
       </c>
       <c r="G33" s="2" t="n">
-        <v>1.619726E-10</v>
+        <v>1.408175E-10</v>
       </c>
       <c r="H33" s="2" t="n">
-        <v>1.619726E-10</v>
+        <v>1.408175E-10</v>
       </c>
       <c r="I33" s="2" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="2" t="n">
-        <v>1.7702064E12</v>
+        <v>1.770552E12</v>
       </c>
       <c r="B34" s="2" t="n">
-        <v>1.770292799999E12</v>
+        <v>1.770638399999E12</v>
       </c>
       <c r="C34" s="2" t="n">
-        <v>1.7702388E12</v>
+        <v>1.77055344E12</v>
       </c>
       <c r="D34" s="2" t="n">
-        <v>1.77027096E12</v>
+        <v>1.77058062E12</v>
       </c>
       <c r="E34" s="2" t="n">
-        <v>1.694843E-10</v>
+        <v>1.451479E-10</v>
       </c>
       <c r="F34" s="2" t="n">
-        <v>1.694843E-10</v>
+        <v>1.451479E-10</v>
       </c>
       <c r="G34" s="2" t="n">
-        <v>1.619726E-10</v>
+        <v>1.438949E-10</v>
       </c>
       <c r="H34" s="2" t="n">
-        <v>1.619726E-10</v>
+        <v>1.450045E-10</v>
       </c>
       <c r="I34" s="2" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="2" t="n">
-        <v>1.77012E12</v>
+        <v>1.7704656E12</v>
       </c>
       <c r="B35" s="2" t="n">
-        <v>1.770206399999E12</v>
+        <v>1.770551999999E12</v>
       </c>
       <c r="C35" s="2" t="n">
-        <v>1.77015582E12</v>
+        <v>1.7704689E12</v>
       </c>
       <c r="D35" s="2" t="n">
-        <v>1.77019518E12</v>
+        <v>1.77053376E12</v>
       </c>
       <c r="E35" s="2" t="n">
-        <v>1.719742E-10</v>
+        <v>1.47245E-10</v>
       </c>
       <c r="F35" s="2" t="n">
-        <v>1.739977E-10</v>
+        <v>1.47245E-10</v>
       </c>
       <c r="G35" s="2" t="n">
-        <v>1.694843E-10</v>
+        <v>1.451479E-10</v>
       </c>
       <c r="H35" s="2" t="n">
-        <v>1.694843E-10</v>
+        <v>1.451479E-10</v>
       </c>
       <c r="I35" s="2" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="2" t="n">
-        <v>1.7700336E12</v>
+        <v>1.7703792E12</v>
       </c>
       <c r="B36" s="2" t="n">
-        <v>1.770119999999E12</v>
+        <v>1.770465599999E12</v>
       </c>
       <c r="C36" s="2" t="n">
-        <v>1.76994774E12</v>
+        <v>1.7703792E12</v>
       </c>
       <c r="D36" s="2" t="n">
-        <v>1.7699616E12</v>
+        <v>1.7704221E12</v>
       </c>
       <c r="E36" s="2" t="n">
-        <v>1.822316E-10</v>
+        <v>1.619726E-10</v>
       </c>
       <c r="F36" s="2" t="n">
-        <v>1.822316E-10</v>
+        <v>1.619726E-10</v>
       </c>
       <c r="G36" s="2" t="n">
-        <v>1.822316E-10</v>
+        <v>1.425519E-10</v>
       </c>
       <c r="H36" s="2" t="n">
-        <v>1.822316E-10</v>
+        <v>1.47245E-10</v>
       </c>
       <c r="I36" s="2" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="2" t="n">
-        <v>1.7699472E12</v>
+        <v>1.7702928E12</v>
       </c>
       <c r="B37" s="2" t="n">
-        <v>1.770033599999E12</v>
+        <v>1.770379199999E12</v>
       </c>
       <c r="C37" s="2" t="n">
-        <v>1.76994774E12</v>
+        <v>1.7703144E12</v>
       </c>
       <c r="D37" s="2" t="n">
-        <v>1.7699616E12</v>
+        <v>1.77029496E12</v>
       </c>
       <c r="E37" s="2" t="n">
-        <v>1.822316E-10</v>
+        <v>1.619726E-10</v>
       </c>
       <c r="F37" s="2" t="n">
-        <v>1.822316E-10</v>
+        <v>1.619726E-10</v>
       </c>
       <c r="G37" s="2" t="n">
-        <v>1.822316E-10</v>
+        <v>1.619726E-10</v>
       </c>
       <c r="H37" s="2" t="n">
-        <v>1.822316E-10</v>
+        <v>1.619726E-10</v>
       </c>
       <c r="I37" s="2" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="2" t="n">
-        <v>1.7698608E12</v>
+        <v>1.7702064E12</v>
       </c>
       <c r="B38" s="2" t="n">
-        <v>1.769947199999E12</v>
+        <v>1.770292799999E12</v>
       </c>
       <c r="C38" s="2" t="n">
-        <v>1.7698608E12</v>
+        <v>1.7702388E12</v>
       </c>
       <c r="D38" s="2" t="n">
-        <v>1.76991828E12</v>
+        <v>1.77027096E12</v>
       </c>
       <c r="E38" s="2" t="n">
-        <v>2.038767E-10</v>
+        <v>1.694843E-10</v>
       </c>
       <c r="F38" s="2" t="n">
-        <v>2.038767E-10</v>
+        <v>1.694843E-10</v>
       </c>
       <c r="G38" s="2" t="n">
-        <v>1.822316E-10</v>
+        <v>1.619726E-10</v>
       </c>
       <c r="H38" s="2" t="n">
-        <v>1.822316E-10</v>
+        <v>1.619726E-10</v>
       </c>
       <c r="I38" s="2" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="2" t="n">
-        <v>1.7697744E12</v>
+        <v>1.77012E12</v>
       </c>
       <c r="B39" s="2" t="n">
-        <v>1.769860799999E12</v>
+        <v>1.770206399999E12</v>
       </c>
       <c r="C39" s="2" t="n">
-        <v>1.7697744E12</v>
+        <v>1.77015582E12</v>
       </c>
       <c r="D39" s="2" t="n">
-        <v>1.7697744E12</v>
+        <v>1.77019518E12</v>
       </c>
       <c r="E39" s="2" t="n">
-        <v>2.038767E-10</v>
+        <v>1.719742E-10</v>
       </c>
       <c r="F39" s="2" t="n">
-        <v>2.038767E-10</v>
+        <v>1.739977E-10</v>
       </c>
       <c r="G39" s="2" t="n">
-        <v>2.038767E-10</v>
+        <v>1.694843E-10</v>
       </c>
       <c r="H39" s="2" t="n">
-        <v>2.038767E-10</v>
+        <v>1.694843E-10</v>
       </c>
       <c r="I39" s="2" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="2" t="n">
-        <v>1.769688E12</v>
+        <v>1.7700336E12</v>
       </c>
       <c r="B40" s="2" t="n">
-        <v>1.769774399999E12</v>
+        <v>1.770119999999E12</v>
       </c>
       <c r="C40" s="2" t="n">
-        <v>1.769688E12</v>
+        <v>1.76994774E12</v>
       </c>
       <c r="D40" s="2" t="n">
-        <v>1.769688E12</v>
+        <v>1.7699616E12</v>
       </c>
       <c r="E40" s="2" t="n">
-        <v>2.038767E-10</v>
+        <v>1.822316E-10</v>
       </c>
       <c r="F40" s="2" t="n">
-        <v>2.038767E-10</v>
+        <v>1.822316E-10</v>
       </c>
       <c r="G40" s="2" t="n">
-        <v>2.038767E-10</v>
+        <v>1.822316E-10</v>
       </c>
       <c r="H40" s="2" t="n">
-        <v>2.038767E-10</v>
+        <v>1.822316E-10</v>
       </c>
       <c r="I40" s="2" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="2" t="n">
-        <v>1.7696016E12</v>
+        <v>1.7699472E12</v>
       </c>
       <c r="B41" s="2" t="n">
-        <v>1.769687999999E12</v>
+        <v>1.770033599999E12</v>
       </c>
       <c r="C41" s="2" t="n">
-        <v>1.76963694E12</v>
+        <v>1.76994774E12</v>
       </c>
       <c r="D41" s="2" t="n">
-        <v>1.7696268E12</v>
+        <v>1.7699616E12</v>
       </c>
       <c r="E41" s="2" t="n">
-        <v>2.008253E-10</v>
+        <v>1.822316E-10</v>
       </c>
       <c r="F41" s="2" t="n">
-        <v>2.056058E-10</v>
+        <v>1.822316E-10</v>
       </c>
       <c r="G41" s="2" t="n">
-        <v>2.008253E-10</v>
+        <v>1.822316E-10</v>
       </c>
       <c r="H41" s="2" t="n">
-        <v>2.038767E-10</v>
+        <v>1.822316E-10</v>
       </c>
       <c r="I41" s="2" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="2" t="n">
-        <v>1.7695152E12</v>
+        <v>1.7698608E12</v>
       </c>
       <c r="B42" s="2" t="n">
-        <v>1.769601599999E12</v>
+        <v>1.769947199999E12</v>
       </c>
       <c r="C42" s="2" t="n">
-        <v>1.76958318E12</v>
+        <v>1.7698608E12</v>
       </c>
       <c r="D42" s="2" t="n">
-        <v>1.7695437E12</v>
+        <v>1.76991828E12</v>
       </c>
       <c r="E42" s="2" t="n">
-        <v>2.005013E-10</v>
+        <v>2.038767E-10</v>
       </c>
       <c r="F42" s="2" t="n">
-        <v>2.008253E-10</v>
+        <v>2.038767E-10</v>
       </c>
       <c r="G42" s="2" t="n">
-        <v>1.994812E-10</v>
+        <v>1.822316E-10</v>
       </c>
       <c r="H42" s="2" t="n">
-        <v>2.008253E-10</v>
+        <v>1.822316E-10</v>
       </c>
       <c r="I42" s="2" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="2" t="n">
-        <v>1.7694288E12</v>
+        <v>1.7697744E12</v>
       </c>
       <c r="B43" s="2" t="n">
-        <v>1.769515199999E12</v>
+        <v>1.769860799999E12</v>
       </c>
       <c r="C43" s="2" t="n">
-        <v>1.7694288E12</v>
+        <v>1.7697744E12</v>
       </c>
       <c r="D43" s="2" t="n">
-        <v>1.7694288E12</v>
+        <v>1.7697744E12</v>
       </c>
       <c r="E43" s="2" t="n">
-        <v>2.005013E-10</v>
+        <v>2.038767E-10</v>
       </c>
       <c r="F43" s="2" t="n">
-        <v>2.005013E-10</v>
+        <v>2.038767E-10</v>
       </c>
       <c r="G43" s="2" t="n">
-        <v>2.005013E-10</v>
+        <v>2.038767E-10</v>
       </c>
       <c r="H43" s="2" t="n">
-        <v>2.005013E-10</v>
+        <v>2.038767E-10</v>
       </c>
       <c r="I43" s="2" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="2" t="n">
-        <v>1.7693424E12</v>
+        <v>1.769688E12</v>
       </c>
       <c r="B44" s="2" t="n">
-        <v>1.769428799999E12</v>
+        <v>1.769774399999E12</v>
       </c>
       <c r="C44" s="2" t="n">
-        <v>1.7693712E12</v>
+        <v>1.769688E12</v>
       </c>
       <c r="D44" s="2" t="n">
-        <v>1.76934528E12</v>
+        <v>1.769688E12</v>
       </c>
       <c r="E44" s="2" t="n">
-        <v>2.005013E-10</v>
+        <v>2.038767E-10</v>
       </c>
       <c r="F44" s="2" t="n">
-        <v>2.005013E-10</v>
+        <v>2.038767E-10</v>
       </c>
       <c r="G44" s="2" t="n">
-        <v>2.005013E-10</v>
+        <v>2.038767E-10</v>
       </c>
       <c r="H44" s="2" t="n">
-        <v>2.005013E-10</v>
+        <v>2.038767E-10</v>
       </c>
       <c r="I44" s="2" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="2" t="n">
-        <v>1.769256E12</v>
+        <v>1.7696016E12</v>
       </c>
       <c r="B45" s="2" t="n">
-        <v>1.769342399999E12</v>
+        <v>1.769687999999E12</v>
       </c>
       <c r="C45" s="2" t="n">
-        <v>1.76925912E12</v>
+        <v>1.76963694E12</v>
       </c>
       <c r="D45" s="2" t="n">
-        <v>1.76932536E12</v>
+        <v>1.7696268E12</v>
       </c>
       <c r="E45" s="2" t="n">
-        <v>2.018267E-10</v>
+        <v>2.008253E-10</v>
       </c>
       <c r="F45" s="2" t="n">
-        <v>2.018267E-10</v>
+        <v>2.056058E-10</v>
       </c>
       <c r="G45" s="2" t="n">
-        <v>2.005013E-10</v>
+        <v>2.008253E-10</v>
       </c>
       <c r="H45" s="2" t="n">
-        <v>2.005013E-10</v>
+        <v>2.038767E-10</v>
       </c>
       <c r="I45" s="2" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="2" t="n">
-        <v>1.7691696E12</v>
+        <v>1.7695152E12</v>
       </c>
       <c r="B46" s="2" t="n">
-        <v>1.769255999999E12</v>
+        <v>1.769601599999E12</v>
       </c>
       <c r="C46" s="2" t="n">
-        <v>1.7691696E12</v>
+        <v>1.76958318E12</v>
       </c>
       <c r="D46" s="2" t="n">
-        <v>1.76919774E12</v>
+        <v>1.7695437E12</v>
       </c>
       <c r="E46" s="2" t="n">
-        <v>2.019891E-10</v>
+        <v>2.005013E-10</v>
       </c>
       <c r="F46" s="2" t="n">
-        <v>2.019891E-10</v>
+        <v>2.008253E-10</v>
       </c>
       <c r="G46" s="2" t="n">
-        <v>2.012091E-10</v>
+        <v>1.994812E-10</v>
       </c>
       <c r="H46" s="2" t="n">
-        <v>2.018267E-10</v>
+        <v>2.008253E-10</v>
       </c>
       <c r="I46" s="2" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="2" t="n">
-        <v>1.7690832E12</v>
+        <v>1.7694288E12</v>
       </c>
       <c r="B47" s="2" t="n">
-        <v>1.769169599999E12</v>
+        <v>1.769515199999E12</v>
       </c>
       <c r="C47" s="2" t="n">
-        <v>1.7690832E12</v>
+        <v>1.7694288E12</v>
       </c>
       <c r="D47" s="2" t="n">
-        <v>1.7690832E12</v>
+        <v>1.7694288E12</v>
       </c>
       <c r="E47" s="2" t="n">
-        <v>2.019891E-10</v>
+        <v>2.005013E-10</v>
       </c>
       <c r="F47" s="2" t="n">
-        <v>2.019891E-10</v>
+        <v>2.005013E-10</v>
       </c>
       <c r="G47" s="2" t="n">
-        <v>2.019891E-10</v>
+        <v>2.005013E-10</v>
       </c>
       <c r="H47" s="2" t="n">
-        <v>2.019891E-10</v>
+        <v>2.005013E-10</v>
       </c>
       <c r="I47" s="2" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="2" t="n">
-        <v>1.7689968E12</v>
+        <v>1.7693424E12</v>
       </c>
       <c r="B48" s="2" t="n">
-        <v>1.769083199999E12</v>
+        <v>1.769428799999E12</v>
       </c>
       <c r="C48" s="2" t="n">
-        <v>1.7690328E12</v>
+        <v>1.7693712E12</v>
       </c>
       <c r="D48" s="2" t="n">
-        <v>1.76899872E12</v>
+        <v>1.76934528E12</v>
       </c>
       <c r="E48" s="2" t="n">
-        <v>2.019891E-10</v>
+        <v>2.005013E-10</v>
       </c>
       <c r="F48" s="2" t="n">
-        <v>2.019891E-10</v>
+        <v>2.005013E-10</v>
       </c>
       <c r="G48" s="2" t="n">
-        <v>2.019891E-10</v>
+        <v>2.005013E-10</v>
       </c>
       <c r="H48" s="2" t="n">
-        <v>2.019891E-10</v>
+        <v>2.005013E-10</v>
       </c>
       <c r="I48" s="2" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="2" t="n">
-        <v>1.7689104E12</v>
+        <v>1.769256E12</v>
       </c>
       <c r="B49" s="2" t="n">
-        <v>1.768996799999E12</v>
+        <v>1.769342399999E12</v>
       </c>
       <c r="C49" s="2" t="n">
-        <v>1.7689104E12</v>
+        <v>1.76925912E12</v>
       </c>
       <c r="D49" s="2" t="n">
-        <v>1.76898924E12</v>
+        <v>1.76932536E12</v>
       </c>
       <c r="E49" s="2" t="n">
-        <v>2.091933E-10</v>
+        <v>2.018267E-10</v>
       </c>
       <c r="F49" s="2" t="n">
-        <v>2.091933E-10</v>
+        <v>2.018267E-10</v>
       </c>
       <c r="G49" s="2" t="n">
-        <v>2.019891E-10</v>
+        <v>2.005013E-10</v>
       </c>
       <c r="H49" s="2" t="n">
-        <v>2.019891E-10</v>
+        <v>2.005013E-10</v>
       </c>
       <c r="I49" s="2" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="2" t="n">
-        <v>1.768824E12</v>
+        <v>1.7691696E12</v>
       </c>
       <c r="B50" s="2" t="n">
-        <v>1.768910399999E12</v>
+        <v>1.769255999999E12</v>
       </c>
       <c r="C50" s="2" t="n">
-        <v>1.76882424E12</v>
+        <v>1.7691696E12</v>
       </c>
       <c r="D50" s="2" t="n">
-        <v>1.7688888E12</v>
+        <v>1.76919774E12</v>
       </c>
       <c r="E50" s="2" t="n">
-        <v>2.148538E-10</v>
+        <v>2.019891E-10</v>
       </c>
       <c r="F50" s="2" t="n">
-        <v>2.148538E-10</v>
+        <v>2.019891E-10</v>
       </c>
       <c r="G50" s="2" t="n">
-        <v>2.091933E-10</v>
+        <v>2.012091E-10</v>
       </c>
       <c r="H50" s="2" t="n">
-        <v>2.091933E-10</v>
+        <v>2.018267E-10</v>
       </c>
       <c r="I50" s="2" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="2" t="n">
-        <v>1.7687376E12</v>
+        <v>1.7690832E12</v>
       </c>
       <c r="B51" s="2" t="n">
-        <v>1.768823999999E12</v>
+        <v>1.769169599999E12</v>
       </c>
       <c r="C51" s="2" t="n">
-        <v>1.76879868E12</v>
+        <v>1.7690832E12</v>
       </c>
       <c r="D51" s="2" t="n">
-        <v>1.7687376E12</v>
+        <v>1.7690832E12</v>
       </c>
       <c r="E51" s="2" t="n">
-        <v>2.119688E-10</v>
+        <v>2.019891E-10</v>
       </c>
       <c r="F51" s="2" t="n">
-        <v>2.148538E-10</v>
+        <v>2.019891E-10</v>
       </c>
       <c r="G51" s="2" t="n">
-        <v>2.119688E-10</v>
+        <v>2.019891E-10</v>
       </c>
       <c r="H51" s="2" t="n">
-        <v>2.148538E-10</v>
+        <v>2.019891E-10</v>
       </c>
       <c r="I51" s="2" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="2" t="n">
-        <v>1.7686512E12</v>
+        <v>1.7689968E12</v>
       </c>
       <c r="B52" s="2" t="n">
-        <v>1.768737599999E12</v>
+        <v>1.769083199999E12</v>
       </c>
       <c r="C52" s="2" t="n">
-        <v>1.768662E12</v>
+        <v>1.7690328E12</v>
       </c>
       <c r="D52" s="2" t="n">
-        <v>1.76865378E12</v>
+        <v>1.76899872E12</v>
       </c>
       <c r="E52" s="2" t="n">
-        <v>2.119688E-10</v>
+        <v>2.019891E-10</v>
       </c>
       <c r="F52" s="2" t="n">
-        <v>2.119688E-10</v>
+        <v>2.019891E-10</v>
       </c>
       <c r="G52" s="2" t="n">
-        <v>2.119688E-10</v>
+        <v>2.019891E-10</v>
       </c>
       <c r="H52" s="2" t="n">
-        <v>2.119688E-10</v>
+        <v>2.019891E-10</v>
       </c>
       <c r="I52" s="2" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="2" t="n">
-        <v>1.7685648E12</v>
+        <v>1.7689104E12</v>
       </c>
       <c r="B53" s="2" t="n">
-        <v>1.768651199999E12</v>
+        <v>1.768996799999E12</v>
       </c>
       <c r="C53" s="2" t="n">
-        <v>1.7685648E12</v>
+        <v>1.7689104E12</v>
       </c>
       <c r="D53" s="2" t="n">
-        <v>1.76858262E12</v>
+        <v>1.76898924E12</v>
       </c>
       <c r="E53" s="2" t="n">
-        <v>2.124764E-10</v>
+        <v>2.091933E-10</v>
       </c>
       <c r="F53" s="2" t="n">
-        <v>2.124764E-10</v>
+        <v>2.091933E-10</v>
       </c>
       <c r="G53" s="2" t="n">
-        <v>2.098206E-10</v>
+        <v>2.019891E-10</v>
       </c>
       <c r="H53" s="2" t="n">
-        <v>2.119688E-10</v>
+        <v>2.019891E-10</v>
       </c>
       <c r="I53" s="2" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="2" t="n">
-        <v>1.7684784E12</v>
+        <v>1.768824E12</v>
       </c>
       <c r="B54" s="2" t="n">
-        <v>1.768564799999E12</v>
+        <v>1.768910399999E12</v>
       </c>
       <c r="C54" s="2" t="n">
-        <v>1.76848158E12</v>
+        <v>1.76882424E12</v>
       </c>
       <c r="D54" s="2" t="n">
-        <v>1.76850702E12</v>
+        <v>1.7688888E12</v>
       </c>
       <c r="E54" s="2" t="n">
-        <v>2.138807E-10</v>
+        <v>2.148538E-10</v>
       </c>
       <c r="F54" s="2" t="n">
-        <v>2.138807E-10</v>
+        <v>2.148538E-10</v>
       </c>
       <c r="G54" s="2" t="n">
-        <v>2.122985E-10</v>
+        <v>2.091933E-10</v>
       </c>
       <c r="H54" s="2" t="n">
-        <v>2.124764E-10</v>
+        <v>2.091933E-10</v>
       </c>
       <c r="I54" s="2" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="2" t="n">
-        <v>1.768392E12</v>
+        <v>1.7687376E12</v>
       </c>
       <c r="B55" s="2" t="n">
-        <v>1.768478399999E12</v>
+        <v>1.768823999999E12</v>
       </c>
       <c r="C55" s="2" t="n">
-        <v>1.76847834E12</v>
+        <v>1.76879868E12</v>
       </c>
       <c r="D55" s="2" t="n">
-        <v>1.768392E12</v>
+        <v>1.7687376E12</v>
       </c>
       <c r="E55" s="2" t="n">
-        <v>2.048968E-10</v>
+        <v>2.119688E-10</v>
       </c>
       <c r="F55" s="2" t="n">
-        <v>2.138807E-10</v>
+        <v>2.148538E-10</v>
       </c>
       <c r="G55" s="2" t="n">
-        <v>2.048968E-10</v>
+        <v>2.119688E-10</v>
       </c>
       <c r="H55" s="2" t="n">
-        <v>2.138807E-10</v>
+        <v>2.148538E-10</v>
       </c>
       <c r="I55" s="2" t="n">
-        <v>1.86</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="2" t="n">
-        <v>1.7683056E12</v>
+        <v>1.7686512E12</v>
       </c>
       <c r="B56" s="2" t="n">
-        <v>1.768391999999E12</v>
+        <v>1.768737599999E12</v>
       </c>
       <c r="C56" s="2" t="n">
-        <v>1.76830878E12</v>
+        <v>1.768662E12</v>
       </c>
       <c r="D56" s="2" t="n">
-        <v>1.7683488E12</v>
+        <v>1.76865378E12</v>
       </c>
       <c r="E56" s="2" t="n">
-        <v>2.048968E-10</v>
+        <v>2.119688E-10</v>
       </c>
       <c r="F56" s="2" t="n">
-        <v>2.048968E-10</v>
+        <v>2.119688E-10</v>
       </c>
       <c r="G56" s="2" t="n">
-        <v>2.048968E-10</v>
+        <v>2.119688E-10</v>
       </c>
       <c r="H56" s="2" t="n">
-        <v>2.048968E-10</v>
+        <v>2.119688E-10</v>
       </c>
       <c r="I56" s="2" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="2" t="n">
-        <v>1.7682192E12</v>
+        <v>1.7685648E12</v>
       </c>
       <c r="B57" s="2" t="n">
-        <v>1.768305599999E12</v>
+        <v>1.768651199999E12</v>
       </c>
       <c r="C57" s="2" t="n">
-        <v>1.76830524E12</v>
+        <v>1.7685648E12</v>
       </c>
       <c r="D57" s="2" t="n">
-        <v>1.7682192E12</v>
+        <v>1.76858262E12</v>
       </c>
       <c r="E57" s="2" t="n">
-        <v>2.048931E-10</v>
+        <v>2.124764E-10</v>
       </c>
       <c r="F57" s="2" t="n">
-        <v>2.048968E-10</v>
+        <v>2.124764E-10</v>
       </c>
       <c r="G57" s="2" t="n">
-        <v>2.048931E-10</v>
+        <v>2.098206E-10</v>
       </c>
       <c r="H57" s="2" t="n">
-        <v>2.048968E-10</v>
+        <v>2.119688E-10</v>
       </c>
       <c r="I57" s="2" t="n">
-        <v>0.07</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="2" t="n">
-        <v>1.7681328E12</v>
+        <v>1.7684784E12</v>
       </c>
       <c r="B58" s="2" t="n">
-        <v>1.768219199999E12</v>
+        <v>1.768564799999E12</v>
       </c>
       <c r="C58" s="2" t="n">
-        <v>1.7681832E12</v>
+        <v>1.76848158E12</v>
       </c>
       <c r="D58" s="2" t="n">
-        <v>1.7681328E12</v>
+        <v>1.76850702E12</v>
       </c>
       <c r="E58" s="2" t="n">
-        <v>1.998858E-10</v>
+        <v>2.138807E-10</v>
       </c>
       <c r="F58" s="2" t="n">
-        <v>2.048931E-10</v>
+        <v>2.138807E-10</v>
       </c>
       <c r="G58" s="2" t="n">
-        <v>1.998858E-10</v>
+        <v>2.122985E-10</v>
       </c>
       <c r="H58" s="2" t="n">
-        <v>2.048931E-10</v>
+        <v>2.124764E-10</v>
       </c>
       <c r="I58" s="2" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="2" t="n">
-        <v>1.7680464E12</v>
+        <v>1.768392E12</v>
       </c>
       <c r="B59" s="2" t="n">
-        <v>1.768132799999E12</v>
+        <v>1.768478399999E12</v>
       </c>
       <c r="C59" s="2" t="n">
-        <v>1.7680464E12</v>
+        <v>1.76847834E12</v>
       </c>
       <c r="D59" s="2" t="n">
-        <v>1.7680464E12</v>
+        <v>1.768392E12</v>
       </c>
       <c r="E59" s="2" t="n">
-        <v>1.998858E-10</v>
+        <v>2.048968E-10</v>
       </c>
       <c r="F59" s="2" t="n">
-        <v>1.998858E-10</v>
+        <v>2.138807E-10</v>
       </c>
       <c r="G59" s="2" t="n">
-        <v>1.998858E-10</v>
+        <v>2.048968E-10</v>
       </c>
       <c r="H59" s="2" t="n">
-        <v>1.998858E-10</v>
+        <v>2.138807E-10</v>
       </c>
       <c r="I59" s="2" t="n">
-        <v>0.0</v>
+        <v>1.86</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="2" t="n">
-        <v>1.76796E12</v>
+        <v>1.7683056E12</v>
       </c>
       <c r="B60" s="2" t="n">
-        <v>1.768046399999E12</v>
+        <v>1.768391999999E12</v>
       </c>
       <c r="C60" s="2" t="n">
-        <v>1.7679672E12</v>
+        <v>1.76830878E12</v>
       </c>
       <c r="D60" s="2" t="n">
-        <v>1.76796114E12</v>
+        <v>1.7683488E12</v>
       </c>
       <c r="E60" s="2" t="n">
-        <v>1.998858E-10</v>
+        <v>2.048968E-10</v>
       </c>
       <c r="F60" s="2" t="n">
-        <v>1.998858E-10</v>
+        <v>2.048968E-10</v>
       </c>
       <c r="G60" s="2" t="n">
-        <v>1.998858E-10</v>
+        <v>2.048968E-10</v>
       </c>
       <c r="H60" s="2" t="n">
-        <v>1.998858E-10</v>
+        <v>2.048968E-10</v>
       </c>
       <c r="I60" s="2" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="2" t="n">
-        <v>1.7678736E12</v>
+        <v>1.7682192E12</v>
       </c>
       <c r="B61" s="2" t="n">
-        <v>1.767959999999E12</v>
+        <v>1.768305599999E12</v>
       </c>
       <c r="C61" s="2" t="n">
-        <v>1.7678916E12</v>
+        <v>1.76830524E12</v>
       </c>
       <c r="D61" s="2" t="n">
-        <v>1.76790114E12</v>
+        <v>1.7682192E12</v>
       </c>
       <c r="E61" s="2" t="n">
-        <v>2.034107E-10</v>
+        <v>2.048931E-10</v>
       </c>
       <c r="F61" s="2" t="n">
-        <v>2.034107E-10</v>
+        <v>2.048968E-10</v>
       </c>
       <c r="G61" s="2" t="n">
-        <v>1.983593E-10</v>
+        <v>2.048931E-10</v>
       </c>
       <c r="H61" s="2" t="n">
-        <v>1.998858E-10</v>
+        <v>2.048968E-10</v>
       </c>
       <c r="I61" s="2" t="n">
-        <v>0.0</v>
+        <v>0.07</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="2" t="n">
-        <v>1.7677872E12</v>
+        <v>1.7681328E12</v>
       </c>
       <c r="B62" s="2" t="n">
-        <v>1.767873599999E12</v>
+        <v>1.768219199999E12</v>
       </c>
       <c r="C62" s="2" t="n">
-        <v>1.7677872E12</v>
+        <v>1.7681832E12</v>
       </c>
       <c r="D62" s="2" t="n">
-        <v>1.76784798E12</v>
+        <v>1.7681328E12</v>
       </c>
       <c r="E62" s="2" t="n">
-        <v>2.078749E-10</v>
+        <v>1.998858E-10</v>
       </c>
       <c r="F62" s="2" t="n">
-        <v>2.078749E-10</v>
+        <v>2.048931E-10</v>
       </c>
       <c r="G62" s="2" t="n">
-        <v>2.034107E-10</v>
+        <v>1.998858E-10</v>
       </c>
       <c r="H62" s="2" t="n">
-        <v>2.034107E-10</v>
+        <v>2.048931E-10</v>
       </c>
       <c r="I62" s="2" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="2" t="n">
-        <v>1.7677008E12</v>
+        <v>1.7680464E12</v>
       </c>
       <c r="B63" s="2" t="n">
-        <v>1.767787199999E12</v>
+        <v>1.768132799999E12</v>
       </c>
       <c r="C63" s="2" t="n">
-        <v>1.76771442E12</v>
+        <v>1.7680464E12</v>
       </c>
       <c r="D63" s="2" t="n">
-        <v>1.7677008E12</v>
+        <v>1.7680464E12</v>
       </c>
       <c r="E63" s="2" t="n">
-        <v>2.064469E-10</v>
+        <v>1.998858E-10</v>
       </c>
       <c r="F63" s="2" t="n">
-        <v>2.078749E-10</v>
+        <v>1.998858E-10</v>
       </c>
       <c r="G63" s="2" t="n">
-        <v>2.064469E-10</v>
+        <v>1.998858E-10</v>
       </c>
       <c r="H63" s="2" t="n">
-        <v>2.078749E-10</v>
+        <v>1.998858E-10</v>
       </c>
       <c r="I63" s="2" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="2" t="n">
-        <v>1.7676144E12</v>
+        <v>1.76796E12</v>
       </c>
       <c r="B64" s="2" t="n">
-        <v>1.767700799999E12</v>
+        <v>1.768046399999E12</v>
       </c>
       <c r="C64" s="2" t="n">
-        <v>1.76765268E12</v>
+        <v>1.7679672E12</v>
       </c>
       <c r="D64" s="2" t="n">
-        <v>1.7676144E12</v>
+        <v>1.76796114E12</v>
       </c>
       <c r="E64" s="2" t="n">
-        <v>1.962217E-10</v>
+        <v>1.998858E-10</v>
       </c>
       <c r="F64" s="2" t="n">
-        <v>2.064469E-10</v>
+        <v>1.998858E-10</v>
       </c>
       <c r="G64" s="2" t="n">
-        <v>1.962217E-10</v>
+        <v>1.998858E-10</v>
       </c>
       <c r="H64" s="2" t="n">
-        <v>2.064469E-10</v>
+        <v>1.998858E-10</v>
       </c>
       <c r="I64" s="2" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="2" t="n">
-        <v>1.767528E12</v>
+        <v>1.7678736E12</v>
       </c>
       <c r="B65" s="2" t="n">
-        <v>1.767614399999E12</v>
+        <v>1.767959999999E12</v>
       </c>
       <c r="C65" s="2" t="n">
-        <v>1.767528E12</v>
+        <v>1.7678916E12</v>
       </c>
       <c r="D65" s="2" t="n">
-        <v>1.767528E12</v>
+        <v>1.76790114E12</v>
       </c>
       <c r="E65" s="2" t="n">
-        <v>1.962217E-10</v>
+        <v>2.034107E-10</v>
       </c>
       <c r="F65" s="2" t="n">
-        <v>1.962217E-10</v>
+        <v>2.034107E-10</v>
       </c>
       <c r="G65" s="2" t="n">
-        <v>1.962217E-10</v>
+        <v>1.983593E-10</v>
       </c>
       <c r="H65" s="2" t="n">
-        <v>1.962217E-10</v>
+        <v>1.998858E-10</v>
       </c>
       <c r="I65" s="2" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="2" t="n">
-        <v>1.7674416E12</v>
+        <v>1.7677872E12</v>
       </c>
       <c r="B66" s="2" t="n">
-        <v>1.767527999999E12</v>
+        <v>1.767873599999E12</v>
       </c>
       <c r="C66" s="2" t="n">
-        <v>1.7674416E12</v>
+        <v>1.7677872E12</v>
       </c>
       <c r="D66" s="2" t="n">
-        <v>1.7674416E12</v>
+        <v>1.76784798E12</v>
       </c>
       <c r="E66" s="2" t="n">
-        <v>1.962217E-10</v>
+        <v>2.078749E-10</v>
       </c>
       <c r="F66" s="2" t="n">
-        <v>1.962217E-10</v>
+        <v>2.078749E-10</v>
       </c>
       <c r="G66" s="2" t="n">
-        <v>1.962217E-10</v>
+        <v>2.034107E-10</v>
       </c>
       <c r="H66" s="2" t="n">
-        <v>1.962217E-10</v>
+        <v>2.034107E-10</v>
       </c>
       <c r="I66" s="2" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="2" t="n">
-        <v>1.7673552E12</v>
+        <v>1.7677008E12</v>
       </c>
       <c r="B67" s="2" t="n">
-        <v>1.767441599999E12</v>
+        <v>1.767787199999E12</v>
       </c>
       <c r="C67" s="2" t="n">
-        <v>1.7673585E12</v>
+        <v>1.76771442E12</v>
       </c>
       <c r="D67" s="2" t="n">
-        <v>1.767366E12</v>
+        <v>1.7677008E12</v>
       </c>
       <c r="E67" s="2" t="n">
-        <v>1.962217E-10</v>
+        <v>2.064469E-10</v>
       </c>
       <c r="F67" s="2" t="n">
-        <v>1.962217E-10</v>
+        <v>2.078749E-10</v>
       </c>
       <c r="G67" s="2" t="n">
-        <v>1.962217E-10</v>
+        <v>2.064469E-10</v>
       </c>
       <c r="H67" s="2" t="n">
-        <v>1.962217E-10</v>
+        <v>2.078749E-10</v>
       </c>
       <c r="I67" s="2" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" s="2" t="n">
-        <v>1.7672688E12</v>
+        <v>1.7676144E12</v>
       </c>
       <c r="B68" s="2" t="n">
-        <v>1.767355199999E12</v>
+        <v>1.767700799999E12</v>
       </c>
       <c r="C68" s="2" t="n">
-        <v>1.76732214E12</v>
+        <v>1.76765268E12</v>
       </c>
       <c r="D68" s="2" t="n">
-        <v>1.7672688E12</v>
+        <v>1.7676144E12</v>
       </c>
       <c r="E68" s="2" t="n">
-        <v>1.958992E-10</v>
+        <v>1.962217E-10</v>
       </c>
       <c r="F68" s="2" t="n">
+        <v>2.064469E-10</v>
+      </c>
+      <c r="G68" s="2" t="n">
         <v>1.962217E-10</v>
       </c>
-      <c r="G68" s="2" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="H68" s="2" t="n">
-        <v>1.962217E-10</v>
+        <v>2.064469E-10</v>
       </c>
       <c r="I68" s="2" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" s="2" t="n">
-        <v>1.7671824E12</v>
+        <v>1.767528E12</v>
       </c>
       <c r="B69" s="2" t="n">
-        <v>1.767268799999E12</v>
+        <v>1.767614399999E12</v>
       </c>
       <c r="C69" s="2" t="n">
-        <v>1.7672148E12</v>
+        <v>1.767528E12</v>
       </c>
       <c r="D69" s="2" t="n">
-        <v>1.76718564E12</v>
+        <v>1.767528E12</v>
       </c>
       <c r="E69" s="2" t="n">
-        <v>1.958992E-10</v>
+        <v>1.962217E-10</v>
       </c>
       <c r="F69" s="2" t="n">
-        <v>1.958992E-10</v>
+        <v>1.962217E-10</v>
       </c>
       <c r="G69" s="2" t="n">
-        <v>1.958992E-10</v>
+        <v>1.962217E-10</v>
       </c>
       <c r="H69" s="2" t="n">
-        <v>1.958992E-10</v>
+        <v>1.962217E-10</v>
       </c>
       <c r="I69" s="2" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" s="2" t="n">
-        <v>1.767096E12</v>
+        <v>1.7674416E12</v>
       </c>
       <c r="B70" s="2" t="n">
-        <v>1.767182399999E12</v>
+        <v>1.767527999999E12</v>
       </c>
       <c r="C70" s="2" t="n">
-        <v>1.767096E12</v>
+        <v>1.7674416E12</v>
       </c>
       <c r="D70" s="2" t="n">
-        <v>1.76713902E12</v>
+        <v>1.7674416E12</v>
       </c>
       <c r="E70" s="2" t="n">
-        <v>1.973312E-10</v>
+        <v>1.962217E-10</v>
       </c>
       <c r="F70" s="2" t="n">
-        <v>1.973312E-10</v>
+        <v>1.962217E-10</v>
       </c>
       <c r="G70" s="2" t="n">
-        <v>1.953535E-10</v>
+        <v>1.962217E-10</v>
       </c>
       <c r="H70" s="2" t="n">
-        <v>1.958992E-10</v>
+        <v>1.962217E-10</v>
       </c>
       <c r="I70" s="2" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" s="2" t="n">
-        <v>1.7670096E12</v>
+        <v>1.7673552E12</v>
       </c>
       <c r="B71" s="2" t="n">
-        <v>1.767095999999E12</v>
+        <v>1.767441599999E12</v>
       </c>
       <c r="C71" s="2" t="n">
-        <v>1.76701128E12</v>
+        <v>1.7673585E12</v>
       </c>
       <c r="D71" s="2" t="n">
-        <v>1.7670384E12</v>
+        <v>1.767366E12</v>
       </c>
       <c r="E71" s="2" t="n">
-        <v>1.973312E-10</v>
+        <v>1.962217E-10</v>
       </c>
       <c r="F71" s="2" t="n">
-        <v>1.973312E-10</v>
+        <v>1.962217E-10</v>
       </c>
       <c r="G71" s="2" t="n">
-        <v>1.973312E-10</v>
+        <v>1.962217E-10</v>
       </c>
       <c r="H71" s="2" t="n">
-        <v>1.973312E-10</v>
+        <v>1.962217E-10</v>
       </c>
       <c r="I71" s="2" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" s="2" t="n">
-        <v>1.7669232E12</v>
+        <v>1.7672688E12</v>
       </c>
       <c r="B72" s="2" t="n">
-        <v>1.767009599999E12</v>
+        <v>1.767355199999E12</v>
       </c>
       <c r="C72" s="2" t="n">
-        <v>1.76699484E12</v>
+        <v>1.76732214E12</v>
       </c>
       <c r="D72" s="2" t="n">
-        <v>1.7669232E12</v>
+        <v>1.7672688E12</v>
       </c>
       <c r="E72" s="2" t="n">
-        <v>1.925519E-10</v>
+        <v>1.958992E-10</v>
       </c>
       <c r="F72" s="2" t="n">
-        <v>1.973312E-10</v>
+        <v>1.962217E-10</v>
       </c>
       <c r="G72" s="2" t="n">
-        <v>1.925519E-10</v>
+        <v>1.958992E-10</v>
       </c>
       <c r="H72" s="2" t="n">
-        <v>1.973312E-10</v>
+        <v>1.962217E-10</v>
       </c>
       <c r="I72" s="2" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" s="2" t="n">
-        <v>1.7668368E12</v>
+        <v>1.7671824E12</v>
       </c>
       <c r="B73" s="2" t="n">
-        <v>1.766923199999E12</v>
+        <v>1.767268799999E12</v>
       </c>
       <c r="C73" s="2" t="n">
-        <v>1.7668368E12</v>
+        <v>1.7672148E12</v>
       </c>
       <c r="D73" s="2" t="n">
-        <v>1.7668368E12</v>
+        <v>1.76718564E12</v>
       </c>
       <c r="E73" s="2" t="n">
-        <v>1.925519E-10</v>
+        <v>1.958992E-10</v>
       </c>
       <c r="F73" s="2" t="n">
-        <v>1.925519E-10</v>
+        <v>1.958992E-10</v>
       </c>
       <c r="G73" s="2" t="n">
-        <v>1.925519E-10</v>
+        <v>1.958992E-10</v>
       </c>
       <c r="H73" s="2" t="n">
-        <v>1.925519E-10</v>
+        <v>1.958992E-10</v>
       </c>
       <c r="I73" s="2" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" s="2" t="n">
-        <v>1.7667504E12</v>
+        <v>1.767096E12</v>
       </c>
       <c r="B74" s="2" t="n">
-        <v>1.766836799999E12</v>
+        <v>1.767182399999E12</v>
       </c>
       <c r="C74" s="2" t="n">
-        <v>1.7667504E12</v>
+        <v>1.767096E12</v>
       </c>
       <c r="D74" s="2" t="n">
-        <v>1.7667504E12</v>
+        <v>1.76713902E12</v>
       </c>
       <c r="E74" s="2" t="n">
-        <v>1.925519E-10</v>
+        <v>1.973312E-10</v>
       </c>
       <c r="F74" s="2" t="n">
-        <v>1.925519E-10</v>
+        <v>1.973312E-10</v>
       </c>
       <c r="G74" s="2" t="n">
-        <v>1.925519E-10</v>
+        <v>1.953535E-10</v>
       </c>
       <c r="H74" s="2" t="n">
-        <v>1.925519E-10</v>
+        <v>1.958992E-10</v>
       </c>
       <c r="I74" s="2" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" s="2" t="n">
-        <v>1.766664E12</v>
+        <v>1.7670096E12</v>
       </c>
       <c r="B75" s="2" t="n">
-        <v>1.766750399999E12</v>
+        <v>1.767095999999E12</v>
       </c>
       <c r="C75" s="2" t="n">
-        <v>1.766664E12</v>
+        <v>1.76701128E12</v>
       </c>
       <c r="D75" s="2" t="n">
-        <v>1.76670486E12</v>
+        <v>1.7670384E12</v>
       </c>
       <c r="E75" s="2" t="n">
-        <v>1.955032E-10</v>
+        <v>1.973312E-10</v>
       </c>
       <c r="F75" s="2" t="n">
-        <v>1.955032E-10</v>
+        <v>1.973312E-10</v>
       </c>
       <c r="G75" s="2" t="n">
-        <v>1.925519E-10</v>
+        <v>1.973312E-10</v>
       </c>
       <c r="H75" s="2" t="n">
-        <v>1.925519E-10</v>
+        <v>1.973312E-10</v>
       </c>
       <c r="I75" s="2" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" s="2" t="n">
-        <v>1.7665776E12</v>
+        <v>1.7669232E12</v>
       </c>
       <c r="B76" s="2" t="n">
-        <v>1.766663999999E12</v>
+        <v>1.767009599999E12</v>
       </c>
       <c r="C76" s="2" t="n">
-        <v>1.76657808E12</v>
+        <v>1.76699484E12</v>
       </c>
       <c r="D76" s="2" t="n">
-        <v>1.7666028E12</v>
+        <v>1.7669232E12</v>
       </c>
       <c r="E76" s="2" t="n">
-        <v>1.955032E-10</v>
+        <v>1.925519E-10</v>
       </c>
       <c r="F76" s="2" t="n">
-        <v>1.955032E-10</v>
+        <v>1.973312E-10</v>
       </c>
       <c r="G76" s="2" t="n">
-        <v>1.955032E-10</v>
+        <v>1.925519E-10</v>
       </c>
       <c r="H76" s="2" t="n">
-        <v>1.955032E-10</v>
+        <v>1.973312E-10</v>
       </c>
       <c r="I76" s="2" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" s="2" t="n">
-        <v>1.7664912E12</v>
+        <v>1.7668368E12</v>
       </c>
       <c r="B77" s="2" t="n">
-        <v>1.766577599999E12</v>
+        <v>1.766923199999E12</v>
       </c>
       <c r="C77" s="2" t="n">
-        <v>1.7664912E12</v>
+        <v>1.7668368E12</v>
       </c>
       <c r="D77" s="2" t="n">
-        <v>1.76655948E12</v>
+        <v>1.7668368E12</v>
       </c>
       <c r="E77" s="2" t="n">
-        <v>1.976151E-10</v>
+        <v>1.925519E-10</v>
       </c>
       <c r="F77" s="2" t="n">
-        <v>1.976151E-10</v>
+        <v>1.925519E-10</v>
       </c>
       <c r="G77" s="2" t="n">
-        <v>1.955032E-10</v>
+        <v>1.925519E-10</v>
       </c>
       <c r="H77" s="2" t="n">
-        <v>1.955032E-10</v>
+        <v>1.925519E-10</v>
       </c>
       <c r="I77" s="2" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" s="2" t="n">
-        <v>1.7664048E12</v>
+        <v>1.7667504E12</v>
       </c>
       <c r="B78" s="2" t="n">
-        <v>1.766491199999E12</v>
+        <v>1.766836799999E12</v>
       </c>
       <c r="C78" s="2" t="n">
-        <v>1.76640708E12</v>
+        <v>1.7667504E12</v>
       </c>
       <c r="D78" s="2" t="n">
-        <v>1.7664084E12</v>
+        <v>1.7667504E12</v>
       </c>
       <c r="E78" s="2" t="n">
-        <v>1.976151E-10</v>
+        <v>1.925519E-10</v>
       </c>
       <c r="F78" s="2" t="n">
-        <v>1.976151E-10</v>
+        <v>1.925519E-10</v>
       </c>
       <c r="G78" s="2" t="n">
-        <v>1.976151E-10</v>
+        <v>1.925519E-10</v>
       </c>
       <c r="H78" s="2" t="n">
-        <v>1.976151E-10</v>
+        <v>1.925519E-10</v>
       </c>
       <c r="I78" s="2" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" s="2" t="n">
-        <v>1.7663184E12</v>
+        <v>1.766664E12</v>
       </c>
       <c r="B79" s="2" t="n">
-        <v>1.766404799999E12</v>
+        <v>1.766750399999E12</v>
       </c>
       <c r="C79" s="2" t="n">
-        <v>1.76636502E12</v>
+        <v>1.766664E12</v>
       </c>
       <c r="D79" s="2" t="n">
-        <v>1.7663184E12</v>
+        <v>1.76670486E12</v>
       </c>
       <c r="E79" s="2" t="n">
-        <v>1.93282E-10</v>
+        <v>1.955032E-10</v>
       </c>
       <c r="F79" s="2" t="n">
-        <v>1.976151E-10</v>
+        <v>1.955032E-10</v>
       </c>
       <c r="G79" s="2" t="n">
-        <v>1.93282E-10</v>
+        <v>1.925519E-10</v>
       </c>
       <c r="H79" s="2" t="n">
-        <v>1.976151E-10</v>
+        <v>1.925519E-10</v>
       </c>
       <c r="I79" s="2" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" s="2" t="n">
-        <v>1.766232E12</v>
+        <v>1.7665776E12</v>
       </c>
       <c r="B80" s="2" t="n">
-        <v>1.766318399999E12</v>
+        <v>1.766663999999E12</v>
       </c>
       <c r="C80" s="2" t="n">
-        <v>1.766232E12</v>
+        <v>1.76657808E12</v>
       </c>
       <c r="D80" s="2" t="n">
-        <v>1.766232E12</v>
+        <v>1.7666028E12</v>
       </c>
       <c r="E80" s="2" t="n">
-        <v>1.93282E-10</v>
+        <v>1.955032E-10</v>
       </c>
       <c r="F80" s="2" t="n">
-        <v>1.93282E-10</v>
+        <v>1.955032E-10</v>
       </c>
       <c r="G80" s="2" t="n">
-        <v>1.93282E-10</v>
+        <v>1.955032E-10</v>
       </c>
       <c r="H80" s="2" t="n">
-        <v>1.93282E-10</v>
+        <v>1.955032E-10</v>
       </c>
       <c r="I80" s="2" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" s="2" t="n">
-        <v>1.7661456E12</v>
+        <v>1.7664912E12</v>
       </c>
       <c r="B81" s="2" t="n">
-        <v>1.766231999999E12</v>
+        <v>1.766577599999E12</v>
       </c>
       <c r="C81" s="2" t="n">
-        <v>1.7661456E12</v>
+        <v>1.7664912E12</v>
       </c>
       <c r="D81" s="2" t="n">
-        <v>1.7661456E12</v>
+        <v>1.76655948E12</v>
       </c>
       <c r="E81" s="2" t="n">
-        <v>1.93282E-10</v>
+        <v>1.976151E-10</v>
       </c>
       <c r="F81" s="2" t="n">
-        <v>1.93282E-10</v>
+        <v>1.976151E-10</v>
       </c>
       <c r="G81" s="2" t="n">
-        <v>1.93282E-10</v>
+        <v>1.955032E-10</v>
       </c>
       <c r="H81" s="2" t="n">
-        <v>1.93282E-10</v>
+        <v>1.955032E-10</v>
       </c>
       <c r="I81" s="2" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" s="2" t="n">
-        <v>1.7660592E12</v>
+        <v>1.7664048E12</v>
       </c>
       <c r="B82" s="2" t="n">
-        <v>1.766145599999E12</v>
+        <v>1.766491199999E12</v>
       </c>
       <c r="C82" s="2" t="n">
-        <v>1.7660988E12</v>
+        <v>1.76640708E12</v>
       </c>
       <c r="D82" s="2" t="n">
-        <v>1.76606244E12</v>
+        <v>1.7664084E12</v>
       </c>
       <c r="E82" s="2" t="n">
-        <v>1.93282E-10</v>
+        <v>1.976151E-10</v>
       </c>
       <c r="F82" s="2" t="n">
-        <v>1.93282E-10</v>
+        <v>1.976151E-10</v>
       </c>
       <c r="G82" s="2" t="n">
-        <v>1.93282E-10</v>
+        <v>1.976151E-10</v>
       </c>
       <c r="H82" s="2" t="n">
-        <v>1.93282E-10</v>
+        <v>1.976151E-10</v>
       </c>
       <c r="I82" s="2" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" s="2" t="n">
-        <v>1.7659728E12</v>
+        <v>1.7663184E12</v>
       </c>
       <c r="B83" s="2" t="n">
-        <v>1.766059199999E12</v>
+        <v>1.766404799999E12</v>
       </c>
       <c r="C83" s="2" t="n">
-        <v>1.76597418E12</v>
+        <v>1.76636502E12</v>
       </c>
       <c r="D83" s="2" t="n">
-        <v>1.76605524E12</v>
+        <v>1.7663184E12</v>
       </c>
       <c r="E83" s="2" t="n">
-        <v>2.014517E-10</v>
+        <v>1.93282E-10</v>
       </c>
       <c r="F83" s="2" t="n">
-        <v>2.014517E-10</v>
+        <v>1.976151E-10</v>
       </c>
       <c r="G83" s="2" t="n">
         <v>1.93282E-10</v>
       </c>
       <c r="H83" s="2" t="n">
-        <v>1.93282E-10</v>
+        <v>1.976151E-10</v>
       </c>
       <c r="I83" s="2" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" s="2" t="n">
-        <v>1.7658864E12</v>
+        <v>1.766232E12</v>
       </c>
       <c r="B84" s="2" t="n">
-        <v>1.765972799999E12</v>
+        <v>1.766318399999E12</v>
       </c>
       <c r="C84" s="2" t="n">
-        <v>1.7658864E12</v>
+        <v>1.766232E12</v>
       </c>
       <c r="D84" s="2" t="n">
-        <v>1.765908E12</v>
+        <v>1.766232E12</v>
       </c>
       <c r="E84" s="2" t="n">
-        <v>2.025803E-10</v>
+        <v>1.93282E-10</v>
       </c>
       <c r="F84" s="2" t="n">
-        <v>2.025803E-10</v>
+        <v>1.93282E-10</v>
       </c>
       <c r="G84" s="2" t="n">
-        <v>1.973592E-10</v>
+        <v>1.93282E-10</v>
       </c>
       <c r="H84" s="2" t="n">
-        <v>2.014517E-10</v>
+        <v>1.93282E-10</v>
       </c>
       <c r="I84" s="2" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" s="2" t="n">
-        <v>1.7658E12</v>
+        <v>1.7661456E12</v>
       </c>
       <c r="B85" s="2" t="n">
-        <v>1.765886399999E12</v>
+        <v>1.766231999999E12</v>
       </c>
       <c r="C85" s="2" t="n">
-        <v>1.76580342E12</v>
+        <v>1.7661456E12</v>
       </c>
       <c r="D85" s="2" t="n">
-        <v>1.7658432E12</v>
+        <v>1.7661456E12</v>
       </c>
       <c r="E85" s="2" t="n">
-        <v>2.025803E-10</v>
+        <v>1.93282E-10</v>
       </c>
       <c r="F85" s="2" t="n">
-        <v>2.025803E-10</v>
+        <v>1.93282E-10</v>
       </c>
       <c r="G85" s="2" t="n">
-        <v>2.025803E-10</v>
+        <v>1.93282E-10</v>
       </c>
       <c r="H85" s="2" t="n">
-        <v>2.025803E-10</v>
+        <v>1.93282E-10</v>
       </c>
       <c r="I85" s="2" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" s="2" t="n">
-        <v>1.7657136E12</v>
+        <v>1.7660592E12</v>
       </c>
       <c r="B86" s="2" t="n">
-        <v>1.765799999999E12</v>
+        <v>1.766145599999E12</v>
       </c>
       <c r="C86" s="2" t="n">
-        <v>1.76573154E12</v>
+        <v>1.7660988E12</v>
       </c>
       <c r="D86" s="2" t="n">
-        <v>1.7657991E12</v>
+        <v>1.76606244E12</v>
       </c>
       <c r="E86" s="2" t="n">
-        <v>2.050452E-10</v>
+        <v>1.93282E-10</v>
       </c>
       <c r="F86" s="2" t="n">
-        <v>2.072275E-10</v>
+        <v>1.93282E-10</v>
       </c>
       <c r="G86" s="2" t="n">
-        <v>2.025803E-10</v>
+        <v>1.93282E-10</v>
       </c>
       <c r="H86" s="2" t="n">
-        <v>2.025803E-10</v>
+        <v>1.93282E-10</v>
       </c>
       <c r="I86" s="2" t="n">
-        <v>23.08</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" s="2" t="n">
-        <v>1.7656272E12</v>
+        <v>1.7659728E12</v>
       </c>
       <c r="B87" s="2" t="n">
-        <v>1.765713599999E12</v>
+        <v>1.766059199999E12</v>
       </c>
       <c r="C87" s="2" t="n">
-        <v>1.76564664E12</v>
+        <v>1.76597418E12</v>
       </c>
       <c r="D87" s="2" t="n">
-        <v>1.7656272E12</v>
+        <v>1.76605524E12</v>
       </c>
       <c r="E87" s="2" t="n">
-        <v>2.000887E-10</v>
+        <v>2.014517E-10</v>
       </c>
       <c r="F87" s="2" t="n">
-        <v>2.050452E-10</v>
+        <v>2.014517E-10</v>
       </c>
       <c r="G87" s="2" t="n">
-        <v>2.000887E-10</v>
+        <v>1.93282E-10</v>
       </c>
       <c r="H87" s="2" t="n">
-        <v>2.050452E-10</v>
+        <v>1.93282E-10</v>
       </c>
       <c r="I87" s="2" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" s="2" t="n">
-        <v>1.7655408E12</v>
+        <v>1.7658864E12</v>
       </c>
       <c r="B88" s="2" t="n">
-        <v>1.765627199999E12</v>
+        <v>1.765972799999E12</v>
       </c>
       <c r="C88" s="2" t="n">
-        <v>1.7655552E12</v>
+        <v>1.7658864E12</v>
       </c>
       <c r="D88" s="2" t="n">
-        <v>1.76554416E12</v>
+        <v>1.765908E12</v>
       </c>
       <c r="E88" s="2" t="n">
-        <v>2.000887E-10</v>
+        <v>2.025803E-10</v>
       </c>
       <c r="F88" s="2" t="n">
-        <v>2.000887E-10</v>
+        <v>2.025803E-10</v>
       </c>
       <c r="G88" s="2" t="n">
-        <v>2.000887E-10</v>
+        <v>1.973592E-10</v>
       </c>
       <c r="H88" s="2" t="n">
-        <v>2.000887E-10</v>
+        <v>2.014517E-10</v>
       </c>
       <c r="I88" s="2" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" s="2" t="n">
-        <v>1.7654544E12</v>
+        <v>1.7658E12</v>
       </c>
       <c r="B89" s="2" t="n">
-        <v>1.765540799999E12</v>
+        <v>1.765886399999E12</v>
       </c>
       <c r="C89" s="2" t="n">
-        <v>1.7654544E12</v>
+        <v>1.76580342E12</v>
       </c>
       <c r="D89" s="2" t="n">
-        <v>1.76551176E12</v>
+        <v>1.7658432E12</v>
       </c>
       <c r="E89" s="2" t="n">
-        <v>2.077959E-10</v>
+        <v>2.025803E-10</v>
       </c>
       <c r="F89" s="2" t="n">
-        <v>2.077959E-10</v>
+        <v>2.025803E-10</v>
       </c>
       <c r="G89" s="2" t="n">
-        <v>2.000887E-10</v>
+        <v>2.025803E-10</v>
       </c>
       <c r="H89" s="2" t="n">
-        <v>2.000887E-10</v>
+        <v>2.025803E-10</v>
       </c>
       <c r="I89" s="2" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" s="2" t="n">
-        <v>1.765368E12</v>
+        <v>1.7657136E12</v>
       </c>
       <c r="B90" s="2" t="n">
-        <v>1.765454399999E12</v>
+        <v>1.765799999999E12</v>
       </c>
       <c r="C90" s="2" t="n">
-        <v>1.765368E12</v>
+        <v>1.76573154E12</v>
       </c>
       <c r="D90" s="2" t="n">
-        <v>1.76540286E12</v>
+        <v>1.7657991E12</v>
       </c>
       <c r="E90" s="2" t="n">
-        <v>2.115448E-10</v>
+        <v>2.050452E-10</v>
       </c>
       <c r="F90" s="2" t="n">
-        <v>2.115448E-10</v>
+        <v>2.072275E-10</v>
       </c>
       <c r="G90" s="2" t="n">
-        <v>2.061225E-10</v>
+        <v>2.025803E-10</v>
       </c>
       <c r="H90" s="2" t="n">
-        <v>2.077959E-10</v>
+        <v>2.025803E-10</v>
       </c>
       <c r="I90" s="2" t="n">
-        <v>0.0</v>
+        <v>23.08</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" s="2" t="n">
-        <v>1.7652816E12</v>
+        <v>1.7656272E12</v>
       </c>
       <c r="B91" s="2" t="n">
-        <v>1.765367999999E12</v>
+        <v>1.765713599999E12</v>
       </c>
       <c r="C91" s="2" t="n">
-        <v>1.7652816E12</v>
+        <v>1.76564664E12</v>
       </c>
       <c r="D91" s="2" t="n">
-        <v>1.7652816E12</v>
+        <v>1.7656272E12</v>
       </c>
       <c r="E91" s="2" t="n">
-        <v>2.115448E-10</v>
+        <v>2.000887E-10</v>
       </c>
       <c r="F91" s="2" t="n">
-        <v>2.115448E-10</v>
+        <v>2.050452E-10</v>
       </c>
       <c r="G91" s="2" t="n">
-        <v>2.115448E-10</v>
+        <v>2.000887E-10</v>
       </c>
       <c r="H91" s="2" t="n">
-        <v>2.115448E-10</v>
+        <v>2.050452E-10</v>
       </c>
       <c r="I91" s="2" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" s="2" t="n">
-        <v>1.7651952E12</v>
+        <v>1.7655408E12</v>
       </c>
       <c r="B92" s="2" t="n">
-        <v>1.765281599999E12</v>
+        <v>1.765627199999E12</v>
       </c>
       <c r="C92" s="2" t="n">
-        <v>1.76523108E12</v>
+        <v>1.7655552E12</v>
       </c>
       <c r="D92" s="2" t="n">
-        <v>1.76519748E12</v>
+        <v>1.76554416E12</v>
       </c>
       <c r="E92" s="2" t="n">
-        <v>2.094067E-10</v>
+        <v>2.000887E-10</v>
       </c>
       <c r="F92" s="2" t="n">
-        <v>2.115453E-10</v>
+        <v>2.000887E-10</v>
       </c>
       <c r="G92" s="2" t="n">
-        <v>2.094067E-10</v>
+        <v>2.000887E-10</v>
       </c>
       <c r="H92" s="2" t="n">
-        <v>2.115448E-10</v>
+        <v>2.000887E-10</v>
       </c>
       <c r="I92" s="2" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" s="2" t="n">
-        <v>1.7651088E12</v>
+        <v>1.7654544E12</v>
       </c>
       <c r="B93" s="2" t="n">
-        <v>1.765195199999E12</v>
+        <v>1.765540799999E12</v>
       </c>
       <c r="C93" s="2" t="n">
-        <v>1.7651877E12</v>
+        <v>1.7654544E12</v>
       </c>
       <c r="D93" s="2" t="n">
-        <v>1.76510952E12</v>
+        <v>1.76551176E12</v>
       </c>
       <c r="E93" s="2" t="n">
-        <v>2.045725E-10</v>
+        <v>2.077959E-10</v>
       </c>
       <c r="F93" s="2" t="n">
-        <v>2.094067E-10</v>
+        <v>2.077959E-10</v>
       </c>
       <c r="G93" s="2" t="n">
-        <v>2.045725E-10</v>
+        <v>2.000887E-10</v>
       </c>
       <c r="H93" s="2" t="n">
-        <v>2.094067E-10</v>
+        <v>2.000887E-10</v>
       </c>
       <c r="I93" s="2" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" s="2" t="n">
-        <v>1.7650224E12</v>
+        <v>1.765368E12</v>
       </c>
       <c r="B94" s="2" t="n">
-        <v>1.765108799999E12</v>
+        <v>1.765454399999E12</v>
       </c>
       <c r="C94" s="2" t="n">
-        <v>1.765026E12</v>
+        <v>1.765368E12</v>
       </c>
       <c r="D94" s="2" t="n">
-        <v>1.76506884E12</v>
+        <v>1.76540286E12</v>
       </c>
       <c r="E94" s="2" t="n">
-        <v>2.06784E-10</v>
+        <v>2.115448E-10</v>
       </c>
       <c r="F94" s="2" t="n">
-        <v>2.06784E-10</v>
+        <v>2.115448E-10</v>
       </c>
       <c r="G94" s="2" t="n">
-        <v>2.045725E-10</v>
+        <v>2.061225E-10</v>
       </c>
       <c r="H94" s="2" t="n">
-        <v>2.045725E-10</v>
+        <v>2.077959E-10</v>
       </c>
       <c r="I94" s="2" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" s="2" t="n">
-        <v>1.764936E12</v>
+        <v>1.7652816E12</v>
       </c>
       <c r="B95" s="2" t="n">
-        <v>1.765022399999E12</v>
+        <v>1.765367999999E12</v>
       </c>
       <c r="C95" s="2" t="n">
-        <v>1.764936E12</v>
+        <v>1.7652816E12</v>
       </c>
       <c r="D95" s="2" t="n">
-        <v>1.76498268E12</v>
+        <v>1.7652816E12</v>
       </c>
       <c r="E95" s="2" t="n">
-        <v>2.107701E-10</v>
+        <v>2.115448E-10</v>
       </c>
       <c r="F95" s="2" t="n">
-        <v>2.107701E-10</v>
+        <v>2.115448E-10</v>
       </c>
       <c r="G95" s="2" t="n">
-        <v>2.06784E-10</v>
+        <v>2.115448E-10</v>
       </c>
       <c r="H95" s="2" t="n">
-        <v>2.06784E-10</v>
+        <v>2.115448E-10</v>
       </c>
       <c r="I95" s="2" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" s="2" t="n">
-        <v>1.7648496E12</v>
+        <v>1.7651952E12</v>
       </c>
       <c r="B96" s="2" t="n">
-        <v>1.764935999999E12</v>
+        <v>1.765281599999E12</v>
       </c>
       <c r="C96" s="2" t="n">
-        <v>1.76489256E12</v>
+        <v>1.76523108E12</v>
       </c>
       <c r="D96" s="2" t="n">
-        <v>1.76485098E12</v>
+        <v>1.76519748E12</v>
       </c>
       <c r="E96" s="2" t="n">
-        <v>2.093331E-10</v>
+        <v>2.094067E-10</v>
       </c>
       <c r="F96" s="2" t="n">
-        <v>2.107701E-10</v>
+        <v>2.115453E-10</v>
       </c>
       <c r="G96" s="2" t="n">
-        <v>2.093331E-10</v>
+        <v>2.094067E-10</v>
       </c>
       <c r="H96" s="2" t="n">
-        <v>2.107701E-10</v>
+        <v>2.115448E-10</v>
       </c>
       <c r="I96" s="2" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" s="2" t="n">
-        <v>1.7647632E12</v>
+        <v>1.7651088E12</v>
       </c>
       <c r="B97" s="2" t="n">
-        <v>1.764849599999E12</v>
+        <v>1.765195199999E12</v>
       </c>
       <c r="C97" s="2" t="n">
-        <v>1.76483496E12</v>
+        <v>1.7651877E12</v>
       </c>
       <c r="D97" s="2" t="n">
-        <v>1.7647632E12</v>
+        <v>1.76510952E12</v>
       </c>
       <c r="E97" s="2" t="n">
-        <v>1.944515E-10</v>
+        <v>2.045725E-10</v>
       </c>
       <c r="F97" s="2" t="n">
-        <v>2.093331E-10</v>
+        <v>2.094067E-10</v>
       </c>
       <c r="G97" s="2" t="n">
-        <v>1.944515E-10</v>
+        <v>2.045725E-10</v>
       </c>
       <c r="H97" s="2" t="n">
-        <v>2.093331E-10</v>
+        <v>2.094067E-10</v>
       </c>
       <c r="I97" s="2" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" s="2" t="n">
-        <v>1.7646768E12</v>
+        <v>1.7650224E12</v>
       </c>
       <c r="B98" s="2" t="n">
-        <v>1.764763199999E12</v>
+        <v>1.765108799999E12</v>
       </c>
       <c r="C98" s="2" t="n">
-        <v>1.7646768E12</v>
+        <v>1.765026E12</v>
       </c>
       <c r="D98" s="2" t="n">
-        <v>1.76469834E12</v>
+        <v>1.76506884E12</v>
       </c>
       <c r="E98" s="2" t="n">
-        <v>2.04178E-10</v>
+        <v>2.06784E-10</v>
       </c>
       <c r="F98" s="2" t="n">
-        <v>2.04178E-10</v>
+        <v>2.06784E-10</v>
       </c>
       <c r="G98" s="2" t="n">
-        <v>1.923279E-10</v>
+        <v>2.045725E-10</v>
       </c>
       <c r="H98" s="2" t="n">
-        <v>1.944515E-10</v>
+        <v>2.045725E-10</v>
       </c>
       <c r="I98" s="2" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" s="2" t="n">
-        <v>1.7645904E12</v>
+        <v>1.764936E12</v>
       </c>
       <c r="B99" s="2" t="n">
-        <v>1.764676799999E12</v>
+        <v>1.765022399999E12</v>
       </c>
       <c r="C99" s="2" t="n">
-        <v>1.7645904E12</v>
+        <v>1.764936E12</v>
       </c>
       <c r="D99" s="2" t="n">
-        <v>1.7645904E12</v>
+        <v>1.76498268E12</v>
       </c>
       <c r="E99" s="2" t="n">
-        <v>2.04178E-10</v>
+        <v>2.107701E-10</v>
       </c>
       <c r="F99" s="2" t="n">
-        <v>2.04178E-10</v>
+        <v>2.107701E-10</v>
       </c>
       <c r="G99" s="2" t="n">
-        <v>2.04178E-10</v>
+        <v>2.06784E-10</v>
       </c>
       <c r="H99" s="2" t="n">
-        <v>2.04178E-10</v>
+        <v>2.06784E-10</v>
       </c>
       <c r="I99" s="2" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" s="2" t="n">
-        <v>1.764504E12</v>
+        <v>1.7648496E12</v>
       </c>
       <c r="B100" s="2" t="n">
-        <v>1.764590399999E12</v>
+        <v>1.764935999999E12</v>
       </c>
       <c r="C100" s="2" t="n">
-        <v>1.76450736E12</v>
+        <v>1.76489256E12</v>
       </c>
       <c r="D100" s="2" t="n">
-        <v>1.7645256E12</v>
+        <v>1.76485098E12</v>
       </c>
       <c r="E100" s="2" t="n">
-        <v>2.04178E-10</v>
+        <v>2.093331E-10</v>
       </c>
       <c r="F100" s="2" t="n">
-        <v>2.04178E-10</v>
+        <v>2.107701E-10</v>
       </c>
       <c r="G100" s="2" t="n">
-        <v>2.04178E-10</v>
+        <v>2.093331E-10</v>
       </c>
       <c r="H100" s="2" t="n">
-        <v>2.04178E-10</v>
+        <v>2.107701E-10</v>
       </c>
       <c r="I100" s="2" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" s="2" t="n">
-        <v>1.7644176E12</v>
+        <v>1.7647632E12</v>
       </c>
       <c r="B101" s="2" t="n">
-        <v>1.764503999999E12</v>
+        <v>1.764849599999E12</v>
       </c>
       <c r="C101" s="2" t="n">
-        <v>1.7644176E12</v>
+        <v>1.76483496E12</v>
       </c>
       <c r="D101" s="2" t="n">
-        <v>1.7644638E12</v>
+        <v>1.7647632E12</v>
       </c>
       <c r="E101" s="2" t="n">
-        <v>2.087088E-10</v>
+        <v>1.944515E-10</v>
       </c>
       <c r="F101" s="2" t="n">
-        <v>2.087088E-10</v>
+        <v>2.093331E-10</v>
       </c>
       <c r="G101" s="2" t="n">
-        <v>2.041368E-10</v>
+        <v>1.944515E-10</v>
       </c>
       <c r="H101" s="2" t="n">
-        <v>2.04178E-10</v>
+        <v>2.093331E-10</v>
       </c>
       <c r="I101" s="2" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" s="2" t="n">
-        <v>1.7643312E12</v>
+        <v>1.7646768E12</v>
       </c>
       <c r="B102" s="2" t="n">
-        <v>1.764417599999E12</v>
+        <v>1.764763199999E12</v>
       </c>
       <c r="C102" s="2" t="n">
-        <v>1.76433462E12</v>
+        <v>1.7646768E12</v>
       </c>
       <c r="D102" s="2" t="n">
-        <v>1.76436E12</v>
+        <v>1.76469834E12</v>
       </c>
       <c r="E102" s="2" t="n">
-        <v>2.087088E-10</v>
+        <v>2.04178E-10</v>
       </c>
       <c r="F102" s="2" t="n">
-        <v>2.087088E-10</v>
+        <v>2.04178E-10</v>
       </c>
       <c r="G102" s="2" t="n">
-        <v>2.087088E-10</v>
+        <v>1.923279E-10</v>
       </c>
       <c r="H102" s="2" t="n">
-        <v>2.087088E-10</v>
+        <v>1.944515E-10</v>
       </c>
       <c r="I102" s="2" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" s="2" t="n">
-        <v>1.7642448E12</v>
+        <v>1.7645904E12</v>
       </c>
       <c r="B103" s="2" t="n">
-        <v>1.764331199999E12</v>
+        <v>1.764676799999E12</v>
       </c>
       <c r="C103" s="2" t="n">
-        <v>1.76431536E12</v>
+        <v>1.7645904E12</v>
       </c>
       <c r="D103" s="2" t="n">
-        <v>1.7642448E12</v>
+        <v>1.7645904E12</v>
       </c>
       <c r="E103" s="2" t="n">
-        <v>1.984222E-10</v>
+        <v>2.04178E-10</v>
       </c>
       <c r="F103" s="2" t="n">
-        <v>2.087088E-10</v>
+        <v>2.04178E-10</v>
       </c>
       <c r="G103" s="2" t="n">
-        <v>1.984222E-10</v>
+        <v>2.04178E-10</v>
       </c>
       <c r="H103" s="2" t="n">
-        <v>2.087088E-10</v>
+        <v>2.04178E-10</v>
       </c>
       <c r="I103" s="2" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" s="2" t="n">
-        <v>1.7641584E12</v>
+        <v>1.764504E12</v>
       </c>
       <c r="B104" s="2" t="n">
-        <v>1.764244799999E12</v>
+        <v>1.764590399999E12</v>
       </c>
       <c r="C104" s="2" t="n">
-        <v>1.76416158E12</v>
+        <v>1.76450736E12</v>
       </c>
       <c r="D104" s="2" t="n">
-        <v>1.7641944E12</v>
+        <v>1.7645256E12</v>
       </c>
       <c r="E104" s="2" t="n">
-        <v>1.984222E-10</v>
+        <v>2.04178E-10</v>
       </c>
       <c r="F104" s="2" t="n">
-        <v>1.984222E-10</v>
+        <v>2.04178E-10</v>
       </c>
       <c r="G104" s="2" t="n">
-        <v>1.984222E-10</v>
+        <v>2.04178E-10</v>
       </c>
       <c r="H104" s="2" t="n">
-        <v>1.984222E-10</v>
+        <v>2.04178E-10</v>
       </c>
       <c r="I104" s="2" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" s="2" t="n">
-        <v>1.764072E12</v>
+        <v>1.7644176E12</v>
       </c>
       <c r="B105" s="2" t="n">
-        <v>1.764158399999E12</v>
+        <v>1.764503999999E12</v>
       </c>
       <c r="C105" s="2" t="n">
-        <v>1.76415114E12</v>
+        <v>1.7644176E12</v>
       </c>
       <c r="D105" s="2" t="n">
-        <v>1.764072E12</v>
+        <v>1.7644638E12</v>
       </c>
       <c r="E105" s="2" t="n">
-        <v>1.977955E-10</v>
+        <v>2.087088E-10</v>
       </c>
       <c r="F105" s="2" t="n">
-        <v>1.984222E-10</v>
+        <v>2.087088E-10</v>
       </c>
       <c r="G105" s="2" t="n">
-        <v>1.977955E-10</v>
+        <v>2.041368E-10</v>
       </c>
       <c r="H105" s="2" t="n">
-        <v>1.984222E-10</v>
+        <v>2.04178E-10</v>
       </c>
       <c r="I105" s="2" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" s="2" t="n">
-        <v>1.7639856E12</v>
+        <v>1.7643312E12</v>
       </c>
       <c r="B106" s="2" t="n">
-        <v>1.764071999999E12</v>
+        <v>1.764417599999E12</v>
       </c>
       <c r="C106" s="2" t="n">
-        <v>1.76401404E12</v>
+        <v>1.76433462E12</v>
       </c>
       <c r="D106" s="2" t="n">
-        <v>1.76398788E12</v>
+        <v>1.76436E12</v>
       </c>
       <c r="E106" s="2" t="n">
-        <v>1.961197E-10</v>
+        <v>2.087088E-10</v>
       </c>
       <c r="F106" s="2" t="n">
-        <v>1.977955E-10</v>
+        <v>2.087088E-10</v>
       </c>
       <c r="G106" s="2" t="n">
-        <v>1.961197E-10</v>
+        <v>2.087088E-10</v>
       </c>
       <c r="H106" s="2" t="n">
-        <v>1.977955E-10</v>
+        <v>2.087088E-10</v>
       </c>
       <c r="I106" s="2" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" s="2" t="n">
-        <v>1.7638992E12</v>
+        <v>1.7642448E12</v>
       </c>
       <c r="B107" s="2" t="n">
-        <v>1.763985599999E12</v>
+        <v>1.764331199999E12</v>
       </c>
       <c r="C107" s="2" t="n">
-        <v>1.76396724E12</v>
+        <v>1.76431536E12</v>
       </c>
       <c r="D107" s="2" t="n">
-        <v>1.7638992E12</v>
+        <v>1.7642448E12</v>
       </c>
       <c r="E107" s="2" t="n">
-        <v>1.944941E-10</v>
+        <v>1.984222E-10</v>
       </c>
       <c r="F107" s="2" t="n">
-        <v>1.961197E-10</v>
+        <v>2.087088E-10</v>
       </c>
       <c r="G107" s="2" t="n">
-        <v>1.944941E-10</v>
+        <v>1.984222E-10</v>
       </c>
       <c r="H107" s="2" t="n">
-        <v>1.961197E-10</v>
+        <v>2.087088E-10</v>
       </c>
       <c r="I107" s="2" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" s="2" t="n">
-        <v>1.7638128E12</v>
+        <v>1.7641584E12</v>
       </c>
       <c r="B108" s="2" t="n">
-        <v>1.763899199999E12</v>
+        <v>1.764244799999E12</v>
       </c>
       <c r="C108" s="2" t="n">
-        <v>1.7638668E12</v>
+        <v>1.76416158E12</v>
       </c>
       <c r="D108" s="2" t="n">
-        <v>1.7638128E12</v>
+        <v>1.7641944E12</v>
       </c>
       <c r="E108" s="2" t="n">
-        <v>1.903782E-10</v>
+        <v>1.984222E-10</v>
       </c>
       <c r="F108" s="2" t="n">
-        <v>1.944941E-10</v>
+        <v>1.984222E-10</v>
       </c>
       <c r="G108" s="2" t="n">
-        <v>1.903782E-10</v>
+        <v>1.984222E-10</v>
       </c>
       <c r="H108" s="2" t="n">
-        <v>1.944941E-10</v>
+        <v>1.984222E-10</v>
       </c>
       <c r="I108" s="2" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" s="2" t="n">
-        <v>1.7637264E12</v>
+        <v>1.764072E12</v>
       </c>
       <c r="B109" s="2" t="n">
-        <v>1.763812799999E12</v>
+        <v>1.764158399999E12</v>
       </c>
       <c r="C109" s="2" t="n">
-        <v>1.7637297E12</v>
+        <v>1.76415114E12</v>
       </c>
       <c r="D109" s="2" t="n">
-        <v>1.7637693E12</v>
+        <v>1.764072E12</v>
       </c>
       <c r="E109" s="2" t="n">
-        <v>2.097827E-10</v>
+        <v>1.977955E-10</v>
       </c>
       <c r="F109" s="2" t="n">
-        <v>2.097827E-10</v>
+        <v>1.984222E-10</v>
       </c>
       <c r="G109" s="2" t="n">
-        <v>1.903782E-10</v>
+        <v>1.977955E-10</v>
       </c>
       <c r="H109" s="2" t="n">
-        <v>1.903782E-10</v>
+        <v>1.984222E-10</v>
       </c>
       <c r="I109" s="2" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" s="2" t="n">
-        <v>1.76364E12</v>
+        <v>1.7639856E12</v>
       </c>
       <c r="B110" s="2" t="n">
-        <v>1.763726399999E12</v>
+        <v>1.764071999999E12</v>
       </c>
       <c r="C110" s="2" t="n">
-        <v>1.76367528E12</v>
+        <v>1.76401404E12</v>
       </c>
       <c r="D110" s="2" t="n">
-        <v>1.76364354E12</v>
+        <v>1.76398788E12</v>
       </c>
       <c r="E110" s="2" t="n">
-        <v>2.090926E-10</v>
+        <v>1.961197E-10</v>
       </c>
       <c r="F110" s="2" t="n">
-        <v>2.107365E-10</v>
+        <v>1.977955E-10</v>
       </c>
       <c r="G110" s="2" t="n">
-        <v>2.090926E-10</v>
+        <v>1.961197E-10</v>
       </c>
       <c r="H110" s="2" t="n">
-        <v>2.097827E-10</v>
+        <v>1.977955E-10</v>
       </c>
       <c r="I110" s="2" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" s="2" t="n">
-        <v>1.7635536E12</v>
+        <v>1.7638992E12</v>
       </c>
       <c r="B111" s="2" t="n">
-        <v>1.763639999999E12</v>
+        <v>1.763985599999E12</v>
       </c>
       <c r="C111" s="2" t="n">
-        <v>1.7635536E12</v>
+        <v>1.76396724E12</v>
       </c>
       <c r="D111" s="2" t="n">
-        <v>1.76362554E12</v>
+        <v>1.7638992E12</v>
       </c>
       <c r="E111" s="2" t="n">
-        <v>2.17878E-10</v>
+        <v>1.944941E-10</v>
       </c>
       <c r="F111" s="2" t="n">
-        <v>2.17878E-10</v>
+        <v>1.961197E-10</v>
       </c>
       <c r="G111" s="2" t="n">
-        <v>2.041496E-10</v>
+        <v>1.944941E-10</v>
       </c>
       <c r="H111" s="2" t="n">
-        <v>2.090926E-10</v>
+        <v>1.961197E-10</v>
       </c>
       <c r="I111" s="2" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" s="2" t="n">
-        <v>1.7634672E12</v>
+        <v>1.7638128E12</v>
       </c>
       <c r="B112" s="2" t="n">
-        <v>1.763553599999E12</v>
+        <v>1.763899199999E12</v>
       </c>
       <c r="C112" s="2" t="n">
-        <v>1.7634672E12</v>
+        <v>1.7638668E12</v>
       </c>
       <c r="D112" s="2" t="n">
-        <v>1.7634672E12</v>
+        <v>1.7638128E12</v>
       </c>
       <c r="E112" s="2" t="n">
-        <v>2.17878E-10</v>
+        <v>1.903782E-10</v>
       </c>
       <c r="F112" s="2" t="n">
-        <v>2.17878E-10</v>
+        <v>1.944941E-10</v>
       </c>
       <c r="G112" s="2" t="n">
-        <v>2.17878E-10</v>
+        <v>1.903782E-10</v>
       </c>
       <c r="H112" s="2" t="n">
-        <v>2.17878E-10</v>
+        <v>1.944941E-10</v>
       </c>
       <c r="I112" s="2" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" s="2" t="n">
-        <v>1.7633808E12</v>
+        <v>1.7637264E12</v>
       </c>
       <c r="B113" s="2" t="n">
-        <v>1.763467199999E12</v>
+        <v>1.763812799999E12</v>
       </c>
       <c r="C113" s="2" t="n">
-        <v>1.76340588E12</v>
+        <v>1.7637297E12</v>
       </c>
       <c r="D113" s="2" t="n">
-        <v>1.7633835E12</v>
+        <v>1.7637693E12</v>
       </c>
       <c r="E113" s="2" t="n">
-        <v>2.140377E-10</v>
+        <v>2.097827E-10</v>
       </c>
       <c r="F113" s="2" t="n">
-        <v>2.17878E-10</v>
+        <v>2.097827E-10</v>
       </c>
       <c r="G113" s="2" t="n">
-        <v>2.140377E-10</v>
+        <v>1.903782E-10</v>
       </c>
       <c r="H113" s="2" t="n">
-        <v>2.17878E-10</v>
+        <v>1.903782E-10</v>
       </c>
       <c r="I113" s="2" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" s="2" t="n">
-        <v>1.7632944E12</v>
+        <v>1.76364E12</v>
       </c>
       <c r="B114" s="2" t="n">
-        <v>1.763380799999E12</v>
+        <v>1.763726399999E12</v>
       </c>
       <c r="C114" s="2" t="n">
-        <v>1.76333232E12</v>
+        <v>1.76367528E12</v>
       </c>
       <c r="D114" s="2" t="n">
-        <v>1.76337234E12</v>
+        <v>1.76364354E12</v>
       </c>
       <c r="E114" s="2" t="n">
-        <v>2.174289E-10</v>
+        <v>2.090926E-10</v>
       </c>
       <c r="F114" s="2" t="n">
-        <v>2.205287E-10</v>
+        <v>2.107365E-10</v>
       </c>
       <c r="G114" s="2" t="n">
-        <v>2.126076E-10</v>
+        <v>2.090926E-10</v>
       </c>
       <c r="H114" s="2" t="n">
-        <v>2.140377E-10</v>
+        <v>2.097827E-10</v>
       </c>
       <c r="I114" s="2" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" s="2" t="n">
-        <v>1.763208E12</v>
+        <v>1.7635536E12</v>
       </c>
       <c r="B115" s="2" t="n">
-        <v>1.763294399999E12</v>
+        <v>1.763639999999E12</v>
       </c>
       <c r="C115" s="2" t="n">
-        <v>1.7632764E12</v>
+        <v>1.7635536E12</v>
       </c>
       <c r="D115" s="2" t="n">
-        <v>1.76321112E12</v>
+        <v>1.76362554E12</v>
       </c>
       <c r="E115" s="2" t="n">
-        <v>2.164808E-10</v>
+        <v>2.17878E-10</v>
       </c>
       <c r="F115" s="2" t="n">
-        <v>2.174289E-10</v>
+        <v>2.17878E-10</v>
       </c>
       <c r="G115" s="2" t="n">
-        <v>2.164808E-10</v>
+        <v>2.041496E-10</v>
       </c>
       <c r="H115" s="2" t="n">
-        <v>2.174289E-10</v>
+        <v>2.090926E-10</v>
       </c>
       <c r="I115" s="2" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" s="2" t="n">
-        <v>1.7631216E12</v>
+        <v>1.7634672E12</v>
       </c>
       <c r="B116" s="2" t="n">
-        <v>1.763207999999E12</v>
+        <v>1.763553599999E12</v>
       </c>
       <c r="C116" s="2" t="n">
-        <v>1.76318232E12</v>
+        <v>1.7634672E12</v>
       </c>
       <c r="D116" s="2" t="n">
-        <v>1.76312328E12</v>
+        <v>1.7634672E12</v>
       </c>
       <c r="E116" s="2" t="n">
-        <v>2.139829E-10</v>
+        <v>2.17878E-10</v>
       </c>
       <c r="F116" s="2" t="n">
-        <v>2.17042E-10</v>
+        <v>2.17878E-10</v>
       </c>
       <c r="G116" s="2" t="n">
-        <v>2.139829E-10</v>
+        <v>2.17878E-10</v>
       </c>
       <c r="H116" s="2" t="n">
-        <v>2.164808E-10</v>
+        <v>2.17878E-10</v>
       </c>
       <c r="I116" s="2" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="117">
       <c r="A117" s="2" t="n">
-        <v>1.7630352E12</v>
+        <v>1.7633808E12</v>
       </c>
       <c r="B117" s="2" t="n">
-        <v>1.763121599999E12</v>
+        <v>1.763467199999E12</v>
       </c>
       <c r="C117" s="2" t="n">
-        <v>1.7630352E12</v>
+        <v>1.76340588E12</v>
       </c>
       <c r="D117" s="2" t="n">
-        <v>1.7631069E12</v>
+        <v>1.7633835E12</v>
       </c>
       <c r="E117" s="2" t="n">
-        <v>2.3486E-10</v>
+        <v>2.140377E-10</v>
       </c>
       <c r="F117" s="2" t="n">
-        <v>2.3486E-10</v>
+        <v>2.17878E-10</v>
       </c>
       <c r="G117" s="2" t="n">
-        <v>2.139829E-10</v>
+        <v>2.140377E-10</v>
       </c>
       <c r="H117" s="2" t="n">
-        <v>2.139829E-10</v>
+        <v>2.17878E-10</v>
       </c>
       <c r="I117" s="2" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="118">
       <c r="A118" s="2" t="n">
-        <v>1.7629488E12</v>
+        <v>1.7632944E12</v>
       </c>
       <c r="B118" s="2" t="n">
-        <v>1.763035199999E12</v>
+        <v>1.763380799999E12</v>
       </c>
       <c r="C118" s="2" t="n">
-        <v>1.7629488E12</v>
+        <v>1.76333232E12</v>
       </c>
       <c r="D118" s="2" t="n">
-        <v>1.7629488E12</v>
+        <v>1.76337234E12</v>
       </c>
       <c r="E118" s="2" t="n">
-        <v>2.3486E-10</v>
+        <v>2.174289E-10</v>
       </c>
       <c r="F118" s="2" t="n">
-        <v>2.3486E-10</v>
+        <v>2.205287E-10</v>
       </c>
       <c r="G118" s="2" t="n">
-        <v>2.3486E-10</v>
+        <v>2.126076E-10</v>
       </c>
       <c r="H118" s="2" t="n">
-        <v>2.3486E-10</v>
+        <v>2.140377E-10</v>
       </c>
       <c r="I118" s="2" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="119">
       <c r="A119" s="2" t="n">
-        <v>1.7628624E12</v>
+        <v>1.763208E12</v>
       </c>
       <c r="B119" s="2" t="n">
-        <v>1.762948799999E12</v>
+        <v>1.763294399999E12</v>
       </c>
       <c r="C119" s="2" t="n">
-        <v>1.7628624E12</v>
+        <v>1.7632764E12</v>
       </c>
       <c r="D119" s="2" t="n">
-        <v>1.7628624E12</v>
+        <v>1.76321112E12</v>
       </c>
       <c r="E119" s="2" t="n">
-        <v>2.3486E-10</v>
+        <v>2.164808E-10</v>
       </c>
       <c r="F119" s="2" t="n">
-        <v>2.3486E-10</v>
+        <v>2.174289E-10</v>
       </c>
       <c r="G119" s="2" t="n">
-        <v>2.3486E-10</v>
+        <v>2.164808E-10</v>
       </c>
       <c r="H119" s="2" t="n">
-        <v>2.3486E-10</v>
+        <v>2.174289E-10</v>
       </c>
       <c r="I119" s="2" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="120">
       <c r="A120" s="2" t="n">
-        <v>1.762776E12</v>
+        <v>1.7631216E12</v>
       </c>
       <c r="B120" s="2" t="n">
-        <v>1.762862399999E12</v>
+        <v>1.763207999999E12</v>
       </c>
       <c r="C120" s="2" t="n">
-        <v>1.7628228E12</v>
+        <v>1.76318232E12</v>
       </c>
       <c r="D120" s="2" t="n">
-        <v>1.76277954E12</v>
+        <v>1.76312328E12</v>
       </c>
       <c r="E120" s="2" t="n">
-        <v>2.3486E-10</v>
+        <v>2.139829E-10</v>
       </c>
       <c r="F120" s="2" t="n">
-        <v>2.3486E-10</v>
+        <v>2.17042E-10</v>
       </c>
       <c r="G120" s="2" t="n">
-        <v>2.3486E-10</v>
+        <v>2.139829E-10</v>
       </c>
       <c r="H120" s="2" t="n">
-        <v>2.3486E-10</v>
+        <v>2.164808E-10</v>
       </c>
       <c r="I120" s="2" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="121">
       <c r="A121" s="2" t="n">
-        <v>1.7626896E12</v>
+        <v>1.7630352E12</v>
       </c>
       <c r="B121" s="2" t="n">
-        <v>1.762775999999E12</v>
+        <v>1.763121599999E12</v>
       </c>
       <c r="C121" s="2" t="n">
-        <v>1.76269314E12</v>
+        <v>1.7630352E12</v>
       </c>
       <c r="D121" s="2" t="n">
-        <v>1.7626947E12</v>
+        <v>1.7631069E12</v>
       </c>
       <c r="E121" s="2" t="n">
-        <v>2.324191E-10</v>
+        <v>2.3486E-10</v>
       </c>
       <c r="F121" s="2" t="n">
-        <v>2.324191E-10</v>
+        <v>2.3486E-10</v>
       </c>
       <c r="G121" s="2" t="n">
-        <v>2.30705E-10</v>
+        <v>2.139829E-10</v>
       </c>
       <c r="H121" s="2" t="n">
-        <v>2.308706E-10</v>
+        <v>2.139829E-10</v>
       </c>
       <c r="I121" s="2" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="122">
       <c r="A122" s="2" t="n">
-        <v>1.7626032E12</v>
+        <v>1.7629488E12</v>
       </c>
       <c r="B122" s="2" t="n">
-        <v>1.762689599999E12</v>
+        <v>1.763035199999E12</v>
       </c>
       <c r="C122" s="2" t="n">
-        <v>1.76260482E12</v>
+        <v>1.7629488E12</v>
       </c>
       <c r="D122" s="2" t="n">
-        <v>1.76266716E12</v>
+        <v>1.7629488E12</v>
       </c>
       <c r="E122" s="2" t="n">
-        <v>2.350034E-10</v>
+        <v>2.3486E-10</v>
       </c>
       <c r="F122" s="2" t="n">
-        <v>2.350034E-10</v>
+        <v>2.3486E-10</v>
       </c>
       <c r="G122" s="2" t="n">
-        <v>2.320434E-10</v>
+        <v>2.3486E-10</v>
       </c>
       <c r="H122" s="2" t="n">
-        <v>2.324191E-10</v>
+        <v>2.3486E-10</v>
       </c>
       <c r="I122" s="2" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="123">
       <c r="A123" s="2" t="n">
-        <v>1.7625168E12</v>
+        <v>1.7628624E12</v>
       </c>
       <c r="B123" s="2" t="n">
-        <v>1.762603199999E12</v>
+        <v>1.762948799999E12</v>
       </c>
       <c r="C123" s="2" t="n">
-        <v>1.7625957E12</v>
+        <v>1.7628624E12</v>
       </c>
       <c r="D123" s="2" t="n">
-        <v>1.7625237E12</v>
+        <v>1.7628624E12</v>
       </c>
       <c r="E123" s="2" t="n">
-        <v>2.238976E-10</v>
+        <v>2.3486E-10</v>
       </c>
       <c r="F123" s="2" t="n">
-        <v>2.350034E-10</v>
+        <v>2.3486E-10</v>
       </c>
       <c r="G123" s="2" t="n">
-        <v>2.237257E-10</v>
+        <v>2.3486E-10</v>
       </c>
       <c r="H123" s="2" t="n">
-        <v>2.350034E-10</v>
+        <v>2.3486E-10</v>
       </c>
       <c r="I123" s="2" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="124">
       <c r="A124" s="2" t="n">
-        <v>1.7624304E12</v>
+        <v>1.762776E12</v>
       </c>
       <c r="B124" s="2" t="n">
-        <v>1.762516799999E12</v>
+        <v>1.762862399999E12</v>
       </c>
       <c r="C124" s="2" t="n">
-        <v>1.7624304E12</v>
+        <v>1.7628228E12</v>
       </c>
       <c r="D124" s="2" t="n">
-        <v>1.76251296E12</v>
+        <v>1.76277954E12</v>
       </c>
       <c r="E124" s="2" t="n">
-        <v>2.400266E-10</v>
+        <v>2.3486E-10</v>
       </c>
       <c r="F124" s="2" t="n">
-        <v>2.400266E-10</v>
+        <v>2.3486E-10</v>
       </c>
       <c r="G124" s="2" t="n">
-        <v>2.238976E-10</v>
+        <v>2.3486E-10</v>
       </c>
       <c r="H124" s="2" t="n">
-        <v>2.238976E-10</v>
+        <v>2.3486E-10</v>
       </c>
       <c r="I124" s="2" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="125">
       <c r="A125" s="2" t="n">
-        <v>1.762344E12</v>
+        <v>1.7626896E12</v>
       </c>
       <c r="B125" s="2" t="n">
-        <v>1.762430399999E12</v>
+        <v>1.762775999999E12</v>
       </c>
       <c r="C125" s="2" t="n">
-        <v>1.762344E12</v>
+        <v>1.76269314E12</v>
       </c>
       <c r="D125" s="2" t="n">
-        <v>1.762344E12</v>
+        <v>1.7626947E12</v>
       </c>
       <c r="E125" s="2" t="n">
-        <v>2.400266E-10</v>
+        <v>2.324191E-10</v>
       </c>
       <c r="F125" s="2" t="n">
-        <v>2.400266E-10</v>
+        <v>2.324191E-10</v>
       </c>
       <c r="G125" s="2" t="n">
-        <v>2.400266E-10</v>
+        <v>2.30705E-10</v>
       </c>
       <c r="H125" s="2" t="n">
-        <v>2.400266E-10</v>
+        <v>2.308706E-10</v>
       </c>
       <c r="I125" s="2" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="126">
       <c r="A126" s="2" t="n">
-        <v>1.7622576E12</v>
+        <v>1.7626032E12</v>
       </c>
       <c r="B126" s="2" t="n">
-        <v>1.762343999999E12</v>
+        <v>1.762689599999E12</v>
       </c>
       <c r="C126" s="2" t="n">
-        <v>1.7622612E12</v>
+        <v>1.76260482E12</v>
       </c>
       <c r="D126" s="2" t="n">
-        <v>1.7622576E12</v>
+        <v>1.76266716E12</v>
       </c>
       <c r="E126" s="2" t="n">
-        <v>2.400266E-10</v>
+        <v>2.350034E-10</v>
       </c>
       <c r="F126" s="2" t="n">
-        <v>2.400266E-10</v>
+        <v>2.350034E-10</v>
       </c>
       <c r="G126" s="2" t="n">
-        <v>2.400266E-10</v>
+        <v>2.320434E-10</v>
       </c>
       <c r="H126" s="2" t="n">
-        <v>2.400266E-10</v>
+        <v>2.324191E-10</v>
       </c>
       <c r="I126" s="2" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="127">
       <c r="A127" s="2" t="n">
-        <v>1.7621712E12</v>
+        <v>1.7625168E12</v>
       </c>
       <c r="B127" s="2" t="n">
-        <v>1.762257599999E12</v>
+        <v>1.762603199999E12</v>
       </c>
       <c r="C127" s="2" t="n">
-        <v>1.7621712E12</v>
+        <v>1.7625957E12</v>
       </c>
       <c r="D127" s="2" t="n">
-        <v>1.76221506E12</v>
+        <v>1.7625237E12</v>
       </c>
       <c r="E127" s="2" t="n">
-        <v>2.58192E-10</v>
+        <v>2.238976E-10</v>
       </c>
       <c r="F127" s="2" t="n">
-        <v>2.58192E-10</v>
+        <v>2.350034E-10</v>
       </c>
       <c r="G127" s="2" t="n">
-        <v>2.400266E-10</v>
+        <v>2.237257E-10</v>
       </c>
       <c r="H127" s="2" t="n">
-        <v>2.400266E-10</v>
+        <v>2.350034E-10</v>
       </c>
       <c r="I127" s="2" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="128">
       <c r="A128" s="2" t="n">
-        <v>1.7620848E12</v>
+        <v>1.7624304E12</v>
       </c>
       <c r="B128" s="2" t="n">
-        <v>1.762171199999E12</v>
+        <v>1.762516799999E12</v>
       </c>
       <c r="C128" s="2" t="n">
-        <v>1.7621244E12</v>
+        <v>1.7624304E12</v>
       </c>
       <c r="D128" s="2" t="n">
-        <v>1.76208582E12</v>
+        <v>1.76251296E12</v>
       </c>
       <c r="E128" s="2" t="n">
-        <v>2.58192E-10</v>
+        <v>2.400266E-10</v>
       </c>
       <c r="F128" s="2" t="n">
-        <v>2.58192E-10</v>
+        <v>2.400266E-10</v>
       </c>
       <c r="G128" s="2" t="n">
-        <v>2.58192E-10</v>
+        <v>2.238976E-10</v>
       </c>
       <c r="H128" s="2" t="n">
-        <v>2.58192E-10</v>
+        <v>2.238976E-10</v>
       </c>
       <c r="I128" s="2" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="129">
       <c r="A129" s="2" t="n">
-        <v>1.7619984E12</v>
+        <v>1.762344E12</v>
       </c>
       <c r="B129" s="2" t="n">
-        <v>1.762084799999E12</v>
+        <v>1.762430399999E12</v>
       </c>
       <c r="C129" s="2" t="n">
-        <v>1.76207952E12</v>
+        <v>1.762344E12</v>
       </c>
       <c r="D129" s="2" t="n">
-        <v>1.762002E12</v>
+        <v>1.762344E12</v>
       </c>
       <c r="E129" s="2" t="n">
-        <v>2.576011E-10</v>
+        <v>2.400266E-10</v>
       </c>
       <c r="F129" s="2" t="n">
-        <v>2.606296E-10</v>
+        <v>2.400266E-10</v>
       </c>
       <c r="G129" s="2" t="n">
-        <v>2.576011E-10</v>
+        <v>2.400266E-10</v>
       </c>
       <c r="H129" s="2" t="n">
-        <v>2.58192E-10</v>
+        <v>2.400266E-10</v>
       </c>
       <c r="I129" s="2" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="130">
       <c r="A130" s="2" t="n">
-        <v>1.761912E12</v>
+        <v>1.7622576E12</v>
       </c>
       <c r="B130" s="2" t="n">
-        <v>1.761998399999E12</v>
+        <v>1.762343999999E12</v>
       </c>
       <c r="C130" s="2" t="n">
-        <v>1.761912E12</v>
+        <v>1.7622612E12</v>
       </c>
       <c r="D130" s="2" t="n">
-        <v>1.7619546E12</v>
+        <v>1.7622576E12</v>
       </c>
       <c r="E130" s="2" t="n">
-        <v>2.613432E-10</v>
+        <v>2.400266E-10</v>
       </c>
       <c r="F130" s="2" t="n">
-        <v>2.613432E-10</v>
+        <v>2.400266E-10</v>
       </c>
       <c r="G130" s="2" t="n">
-        <v>2.560811E-10</v>
+        <v>2.400266E-10</v>
       </c>
       <c r="H130" s="2" t="n">
-        <v>2.576011E-10</v>
+        <v>2.400266E-10</v>
       </c>
       <c r="I130" s="2" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="131">
       <c r="A131" s="2" t="n">
-        <v>1.7618256E12</v>
+        <v>1.7621712E12</v>
       </c>
       <c r="B131" s="2" t="n">
-        <v>1.761911999999E12</v>
+        <v>1.762257599999E12</v>
       </c>
       <c r="C131" s="2" t="n">
-        <v>1.76182866E12</v>
+        <v>1.7621712E12</v>
       </c>
       <c r="D131" s="2" t="n">
-        <v>1.76182632E12</v>
+        <v>1.76221506E12</v>
       </c>
       <c r="E131" s="2" t="n">
-        <v>2.584394E-10</v>
+        <v>2.58192E-10</v>
       </c>
       <c r="F131" s="2" t="n">
-        <v>2.613432E-10</v>
+        <v>2.58192E-10</v>
       </c>
       <c r="G131" s="2" t="n">
-        <v>2.584394E-10</v>
+        <v>2.400266E-10</v>
       </c>
       <c r="H131" s="2" t="n">
-        <v>2.613432E-10</v>
+        <v>2.400266E-10</v>
       </c>
       <c r="I131" s="2" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="132">
       <c r="A132" s="2" t="n">
-        <v>1.7617392E12</v>
+        <v>1.7620848E12</v>
       </c>
       <c r="B132" s="2" t="n">
-        <v>1.761825599999E12</v>
+        <v>1.762171199999E12</v>
       </c>
       <c r="C132" s="2" t="n">
-        <v>1.7617392E12</v>
+        <v>1.7621244E12</v>
       </c>
       <c r="D132" s="2" t="n">
-        <v>1.76180748E12</v>
+        <v>1.76208582E12</v>
       </c>
       <c r="E132" s="2" t="n">
-        <v>2.663314E-10</v>
+        <v>2.58192E-10</v>
       </c>
       <c r="F132" s="2" t="n">
-        <v>2.663314E-10</v>
+        <v>2.58192E-10</v>
       </c>
       <c r="G132" s="2" t="n">
-        <v>2.584394E-10</v>
+        <v>2.58192E-10</v>
       </c>
       <c r="H132" s="2" t="n">
-        <v>2.584394E-10</v>
+        <v>2.58192E-10</v>
       </c>
       <c r="I132" s="2" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="133">
       <c r="A133" s="2" t="n">
-        <v>1.7616528E12</v>
+        <v>1.7619984E12</v>
       </c>
       <c r="B133" s="2" t="n">
-        <v>1.761739199999E12</v>
+        <v>1.762084799999E12</v>
       </c>
       <c r="C133" s="2" t="n">
-        <v>1.7616561E12</v>
+        <v>1.76207952E12</v>
       </c>
       <c r="D133" s="2" t="n">
-        <v>1.76167368E12</v>
+        <v>1.762002E12</v>
       </c>
       <c r="E133" s="2" t="n">
-        <v>2.691778E-10</v>
+        <v>2.576011E-10</v>
       </c>
       <c r="F133" s="2" t="n">
-        <v>2.691778E-10</v>
+        <v>2.606296E-10</v>
       </c>
       <c r="G133" s="2" t="n">
-        <v>2.663314E-10</v>
+        <v>2.576011E-10</v>
       </c>
       <c r="H133" s="2" t="n">
-        <v>2.663314E-10</v>
+        <v>2.58192E-10</v>
       </c>
       <c r="I133" s="2" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="134">
       <c r="A134" s="2" t="n">
-        <v>1.7615664E12</v>
+        <v>1.761912E12</v>
       </c>
       <c r="B134" s="2" t="n">
-        <v>1.761652799999E12</v>
+        <v>1.761998399999E12</v>
       </c>
       <c r="C134" s="2" t="n">
-        <v>1.7616168E12</v>
+        <v>1.761912E12</v>
       </c>
       <c r="D134" s="2" t="n">
-        <v>1.76156976E12</v>
+        <v>1.7619546E12</v>
       </c>
       <c r="E134" s="2" t="n">
-        <v>2.666174E-10</v>
+        <v>2.613432E-10</v>
       </c>
       <c r="F134" s="2" t="n">
-        <v>2.697019E-10</v>
+        <v>2.613432E-10</v>
       </c>
       <c r="G134" s="2" t="n">
-        <v>2.666174E-10</v>
+        <v>2.560811E-10</v>
       </c>
       <c r="H134" s="2" t="n">
-        <v>2.691778E-10</v>
+        <v>2.576011E-10</v>
       </c>
       <c r="I134" s="2" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="135">
       <c r="A135" s="2" t="n">
-        <v>1.76148E12</v>
+        <v>1.7618256E12</v>
       </c>
       <c r="B135" s="2" t="n">
-        <v>1.761566399999E12</v>
+        <v>1.761911999999E12</v>
       </c>
       <c r="C135" s="2" t="n">
-        <v>1.76151918E12</v>
+        <v>1.76182866E12</v>
       </c>
       <c r="D135" s="2" t="n">
-        <v>1.76148054E12</v>
+        <v>1.76182632E12</v>
       </c>
       <c r="E135" s="2" t="n">
-        <v>2.645627E-10</v>
+        <v>2.584394E-10</v>
       </c>
       <c r="F135" s="2" t="n">
-        <v>2.668021E-10</v>
+        <v>2.613432E-10</v>
       </c>
       <c r="G135" s="2" t="n">
-        <v>2.645627E-10</v>
+        <v>2.584394E-10</v>
       </c>
       <c r="H135" s="2" t="n">
-        <v>2.666174E-10</v>
+        <v>2.613432E-10</v>
       </c>
       <c r="I135" s="2" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="136">
       <c r="A136" s="2" t="n">
-        <v>1.7613936E12</v>
+        <v>1.7617392E12</v>
       </c>
       <c r="B136" s="2" t="n">
-        <v>1.761479999999E12</v>
+        <v>1.761825599999E12</v>
       </c>
       <c r="C136" s="2" t="n">
-        <v>1.76147598E12</v>
+        <v>1.7617392E12</v>
       </c>
       <c r="D136" s="2" t="n">
-        <v>1.7614044E12</v>
+        <v>1.76180748E12</v>
       </c>
       <c r="E136" s="2" t="n">
-        <v>2.626544E-10</v>
+        <v>2.663314E-10</v>
       </c>
       <c r="F136" s="2" t="n">
-        <v>2.645627E-10</v>
+        <v>2.663314E-10</v>
       </c>
       <c r="G136" s="2" t="n">
-        <v>2.626544E-10</v>
+        <v>2.584394E-10</v>
       </c>
       <c r="H136" s="2" t="n">
-        <v>2.645627E-10</v>
+        <v>2.584394E-10</v>
       </c>
       <c r="I136" s="2" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="137">
       <c r="A137" s="2" t="n">
-        <v>1.7613072E12</v>
+        <v>1.7616528E12</v>
       </c>
       <c r="B137" s="2" t="n">
-        <v>1.761393599999E12</v>
+        <v>1.761739199999E12</v>
       </c>
       <c r="C137" s="2" t="n">
-        <v>1.76136084E12</v>
+        <v>1.7616561E12</v>
       </c>
       <c r="D137" s="2" t="n">
-        <v>1.76130978E12</v>
+        <v>1.76167368E12</v>
       </c>
       <c r="E137" s="2" t="n">
-        <v>2.58426E-10</v>
+        <v>2.691778E-10</v>
       </c>
       <c r="F137" s="2" t="n">
-        <v>2.626544E-10</v>
+        <v>2.691778E-10</v>
       </c>
       <c r="G137" s="2" t="n">
-        <v>2.58426E-10</v>
+        <v>2.663314E-10</v>
       </c>
       <c r="H137" s="2" t="n">
-        <v>2.626544E-10</v>
+        <v>2.663314E-10</v>
       </c>
       <c r="I137" s="2" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="138">
       <c r="A138" s="2" t="n">
-        <v>1.7612208E12</v>
+        <v>1.7615664E12</v>
       </c>
       <c r="B138" s="2" t="n">
-        <v>1.761307199999E12</v>
+        <v>1.761652799999E12</v>
       </c>
       <c r="C138" s="2" t="n">
-        <v>1.7612454E12</v>
+        <v>1.7616168E12</v>
       </c>
       <c r="D138" s="2" t="n">
-        <v>1.7612208E12</v>
+        <v>1.76156976E12</v>
       </c>
       <c r="E138" s="2" t="n">
-        <v>2.52261E-10</v>
+        <v>2.666174E-10</v>
       </c>
       <c r="F138" s="2" t="n">
-        <v>2.620656E-10</v>
+        <v>2.697019E-10</v>
       </c>
       <c r="G138" s="2" t="n">
-        <v>2.52261E-10</v>
+        <v>2.666174E-10</v>
       </c>
       <c r="H138" s="2" t="n">
-        <v>2.58426E-10</v>
+        <v>2.691778E-10</v>
       </c>
       <c r="I138" s="2" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="139">
       <c r="A139" s="2" t="n">
-        <v>1.7611344E12</v>
+        <v>1.76148E12</v>
       </c>
       <c r="B139" s="2" t="n">
-        <v>1.761220799999E12</v>
+        <v>1.761566399999E12</v>
       </c>
       <c r="C139" s="2" t="n">
-        <v>1.761138E12</v>
+        <v>1.76151918E12</v>
       </c>
       <c r="D139" s="2" t="n">
-        <v>1.7612172E12</v>
+        <v>1.76148054E12</v>
       </c>
       <c r="E139" s="2" t="n">
-        <v>2.56602E-10</v>
+        <v>2.645627E-10</v>
       </c>
       <c r="F139" s="2" t="n">
-        <v>2.56602E-10</v>
+        <v>2.668021E-10</v>
       </c>
       <c r="G139" s="2" t="n">
-        <v>2.52261E-10</v>
+        <v>2.645627E-10</v>
       </c>
       <c r="H139" s="2" t="n">
-        <v>2.52261E-10</v>
+        <v>2.666174E-10</v>
       </c>
       <c r="I139" s="2" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="140">
       <c r="A140" s="2" t="n">
-        <v>1.761048E12</v>
+        <v>1.7613936E12</v>
       </c>
       <c r="B140" s="2" t="n">
-        <v>1.761134399999E12</v>
+        <v>1.761479999999E12</v>
       </c>
       <c r="C140" s="2" t="n">
-        <v>1.76105412E12</v>
+        <v>1.76147598E12</v>
       </c>
       <c r="D140" s="2" t="n">
-        <v>1.76109474E12</v>
+        <v>1.7614044E12</v>
       </c>
       <c r="E140" s="2" t="n">
-        <v>2.625293E-10</v>
+        <v>2.626544E-10</v>
       </c>
       <c r="F140" s="2" t="n">
-        <v>2.625293E-10</v>
+        <v>2.645627E-10</v>
       </c>
       <c r="G140" s="2" t="n">
-        <v>2.56602E-10</v>
+        <v>2.626544E-10</v>
       </c>
       <c r="H140" s="2" t="n">
-        <v>2.56602E-10</v>
+        <v>2.645627E-10</v>
       </c>
       <c r="I140" s="2" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="141">
       <c r="A141" s="2" t="n">
-        <v>1.7609616E12</v>
+        <v>1.7613072E12</v>
       </c>
       <c r="B141" s="2" t="n">
-        <v>1.761047999999E12</v>
+        <v>1.761393599999E12</v>
       </c>
       <c r="C141" s="2" t="n">
-        <v>1.76101548E12</v>
+        <v>1.76136084E12</v>
       </c>
       <c r="D141" s="2" t="n">
-        <v>1.7609616E12</v>
+        <v>1.76130978E12</v>
       </c>
       <c r="E141" s="2" t="n">
-        <v>2.59218E-10</v>
+        <v>2.58426E-10</v>
       </c>
       <c r="F141" s="2" t="n">
-        <v>2.642966E-10</v>
+        <v>2.626544E-10</v>
       </c>
       <c r="G141" s="2" t="n">
-        <v>2.59218E-10</v>
+        <v>2.58426E-10</v>
       </c>
       <c r="H141" s="2" t="n">
-        <v>2.625293E-10</v>
+        <v>2.626544E-10</v>
       </c>
       <c r="I141" s="2" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="142">
       <c r="A142" s="2" t="n">
-        <v>1.7608752E12</v>
+        <v>1.7612208E12</v>
       </c>
       <c r="B142" s="2" t="n">
-        <v>1.760961599999E12</v>
+        <v>1.761307199999E12</v>
       </c>
       <c r="C142" s="2" t="n">
-        <v>1.7609508E12</v>
+        <v>1.7612454E12</v>
       </c>
       <c r="D142" s="2" t="n">
-        <v>1.7608752E12</v>
+        <v>1.7612208E12</v>
       </c>
       <c r="E142" s="2" t="n">
-        <v>2.574059E-10</v>
+        <v>2.52261E-10</v>
       </c>
       <c r="F142" s="2" t="n">
-        <v>2.59218E-10</v>
+        <v>2.620656E-10</v>
       </c>
       <c r="G142" s="2" t="n">
-        <v>2.574059E-10</v>
+        <v>2.52261E-10</v>
       </c>
       <c r="H142" s="2" t="n">
-        <v>2.59218E-10</v>
+        <v>2.58426E-10</v>
       </c>
       <c r="I142" s="2" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="143">
       <c r="A143" s="2" t="n">
-        <v>1.7607888E12</v>
+        <v>1.7611344E12</v>
       </c>
       <c r="B143" s="2" t="n">
-        <v>1.760875199999E12</v>
+        <v>1.761220799999E12</v>
       </c>
       <c r="C143" s="2" t="n">
-        <v>1.7608212E12</v>
+        <v>1.761138E12</v>
       </c>
       <c r="D143" s="2" t="n">
-        <v>1.76079012E12</v>
+        <v>1.7612172E12</v>
       </c>
       <c r="E143" s="2" t="n">
-        <v>2.574059E-10</v>
+        <v>2.56602E-10</v>
       </c>
       <c r="F143" s="2" t="n">
-        <v>2.574059E-10</v>
+        <v>2.56602E-10</v>
       </c>
       <c r="G143" s="2" t="n">
-        <v>2.574059E-10</v>
+        <v>2.52261E-10</v>
       </c>
       <c r="H143" s="2" t="n">
-        <v>2.574059E-10</v>
+        <v>2.52261E-10</v>
       </c>
       <c r="I143" s="2" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="144">
       <c r="A144" s="2" t="n">
-        <v>1.7607024E12</v>
+        <v>1.761048E12</v>
       </c>
       <c r="B144" s="2" t="n">
-        <v>1.760788799999E12</v>
+        <v>1.761134399999E12</v>
       </c>
       <c r="C144" s="2" t="n">
-        <v>1.7607024E12</v>
+        <v>1.76105412E12</v>
       </c>
       <c r="D144" s="2" t="n">
-        <v>1.76077392E12</v>
+        <v>1.76109474E12</v>
       </c>
       <c r="E144" s="2" t="n">
-        <v>2.79001E-10</v>
+        <v>2.625293E-10</v>
       </c>
       <c r="F144" s="2" t="n">
-        <v>2.79001E-10</v>
+        <v>2.625293E-10</v>
       </c>
       <c r="G144" s="2" t="n">
-        <v>2.543778E-10</v>
+        <v>2.56602E-10</v>
       </c>
       <c r="H144" s="2" t="n">
-        <v>2.574059E-10</v>
+        <v>2.56602E-10</v>
       </c>
       <c r="I144" s="2" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="145">
       <c r="A145" s="2" t="n">
-        <v>1.760616E12</v>
+        <v>1.7609616E12</v>
       </c>
       <c r="B145" s="2" t="n">
-        <v>1.760702399999E12</v>
+        <v>1.761047999999E12</v>
       </c>
       <c r="C145" s="2" t="n">
-        <v>1.760619E12</v>
+        <v>1.76101548E12</v>
       </c>
       <c r="D145" s="2" t="n">
-        <v>1.7606484E12</v>
+        <v>1.7609616E12</v>
       </c>
       <c r="E145" s="2" t="n">
-        <v>2.79001E-10</v>
+        <v>2.59218E-10</v>
       </c>
       <c r="F145" s="2" t="n">
-        <v>2.79001E-10</v>
+        <v>2.642966E-10</v>
       </c>
       <c r="G145" s="2" t="n">
-        <v>2.79001E-10</v>
+        <v>2.59218E-10</v>
       </c>
       <c r="H145" s="2" t="n">
-        <v>2.79001E-10</v>
+        <v>2.625293E-10</v>
       </c>
       <c r="I145" s="2" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="146">
       <c r="A146" s="2" t="n">
-        <v>1.7605296E12</v>
+        <v>1.7608752E12</v>
       </c>
       <c r="B146" s="2" t="n">
-        <v>1.760615999999E12</v>
+        <v>1.760961599999E12</v>
       </c>
       <c r="C146" s="2" t="n">
-        <v>1.7605728E12</v>
+        <v>1.7609508E12</v>
       </c>
       <c r="D146" s="2" t="n">
-        <v>1.76060382E12</v>
+        <v>1.7608752E12</v>
       </c>
       <c r="E146" s="2" t="n">
-        <v>2.894612E-10</v>
+        <v>2.574059E-10</v>
       </c>
       <c r="F146" s="2" t="n">
-        <v>2.894612E-10</v>
+        <v>2.59218E-10</v>
       </c>
       <c r="G146" s="2" t="n">
-        <v>2.79001E-10</v>
+        <v>2.574059E-10</v>
       </c>
       <c r="H146" s="2" t="n">
-        <v>2.79001E-10</v>
+        <v>2.59218E-10</v>
       </c>
       <c r="I146" s="2" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="147">
       <c r="A147" s="2" t="n">
-        <v>1.7604432E12</v>
+        <v>1.7607888E12</v>
       </c>
       <c r="B147" s="2" t="n">
-        <v>1.760529599999E12</v>
+        <v>1.760875199999E12</v>
       </c>
       <c r="C147" s="2" t="n">
-        <v>1.7604432E12</v>
+        <v>1.7608212E12</v>
       </c>
       <c r="D147" s="2" t="n">
-        <v>1.76048262E12</v>
+        <v>1.76079012E12</v>
       </c>
       <c r="E147" s="2" t="n">
-        <v>3.130436E-10</v>
+        <v>2.574059E-10</v>
       </c>
       <c r="F147" s="2" t="n">
-        <v>3.130436E-10</v>
+        <v>2.574059E-10</v>
       </c>
       <c r="G147" s="2" t="n">
-        <v>2.816375E-10</v>
+        <v>2.574059E-10</v>
       </c>
       <c r="H147" s="2" t="n">
-        <v>2.894612E-10</v>
+        <v>2.574059E-10</v>
       </c>
       <c r="I147" s="2" t="n">
-        <v>19.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="148">
       <c r="A148" s="2" t="n">
-        <v>1.7603568E12</v>
+        <v>1.7607024E12</v>
       </c>
       <c r="B148" s="2" t="n">
-        <v>1.760443199999E12</v>
+        <v>1.760788799999E12</v>
       </c>
       <c r="C148" s="2" t="n">
-        <v>1.76036388E12</v>
+        <v>1.7607024E12</v>
       </c>
       <c r="D148" s="2" t="n">
-        <v>1.76035734E12</v>
+        <v>1.76077392E12</v>
       </c>
       <c r="E148" s="2" t="n">
-        <v>3.123935E-10</v>
+        <v>2.79001E-10</v>
       </c>
       <c r="F148" s="2" t="n">
-        <v>3.130436E-10</v>
+        <v>2.79001E-10</v>
       </c>
       <c r="G148" s="2" t="n">
-        <v>3.123935E-10</v>
+        <v>2.543778E-10</v>
       </c>
       <c r="H148" s="2" t="n">
-        <v>3.130436E-10</v>
+        <v>2.574059E-10</v>
       </c>
       <c r="I148" s="2" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="149">
       <c r="A149" s="2" t="n">
-        <v>1.7602704E12</v>
+        <v>1.760616E12</v>
       </c>
       <c r="B149" s="2" t="n">
-        <v>1.760356799999E12</v>
+        <v>1.760702399999E12</v>
       </c>
       <c r="C149" s="2" t="n">
-        <v>1.76034822E12</v>
+        <v>1.760619E12</v>
       </c>
       <c r="D149" s="2" t="n">
-        <v>1.76027076E12</v>
+        <v>1.7606484E12</v>
       </c>
       <c r="E149" s="2" t="n">
-        <v>2.730762E-10</v>
+        <v>2.79001E-10</v>
       </c>
       <c r="F149" s="2" t="n">
-        <v>3.123935E-10</v>
+        <v>2.79001E-10</v>
       </c>
       <c r="G149" s="2" t="n">
-        <v>2.730762E-10</v>
+        <v>2.79001E-10</v>
       </c>
       <c r="H149" s="2" t="n">
-        <v>3.123935E-10</v>
+        <v>2.79001E-10</v>
       </c>
       <c r="I149" s="2" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="150">
       <c r="A150" s="2" t="n">
-        <v>1.760184E12</v>
+        <v>1.7605296E12</v>
       </c>
       <c r="B150" s="2" t="n">
-        <v>1.760270399999E12</v>
+        <v>1.760615999999E12</v>
       </c>
       <c r="C150" s="2" t="n">
-        <v>1.760184E12</v>
+        <v>1.7605728E12</v>
       </c>
       <c r="D150" s="2" t="n">
-        <v>1.76020542E12</v>
+        <v>1.76060382E12</v>
       </c>
       <c r="E150" s="2" t="n">
-        <v>2.985068E-10</v>
+        <v>2.894612E-10</v>
       </c>
       <c r="F150" s="2" t="n">
-        <v>2.985068E-10</v>
+        <v>2.894612E-10</v>
       </c>
       <c r="G150" s="2" t="n">
-        <v>2.670496E-10</v>
+        <v>2.79001E-10</v>
       </c>
       <c r="H150" s="2" t="n">
-        <v>2.730762E-10</v>
+        <v>2.79001E-10</v>
       </c>
       <c r="I150" s="2" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="151">
       <c r="A151" s="2" t="n">
-        <v>1.7600976E12</v>
+        <v>1.7604432E12</v>
       </c>
       <c r="B151" s="2" t="n">
-        <v>1.760183999999E12</v>
+        <v>1.760529599999E12</v>
       </c>
       <c r="C151" s="2" t="n">
-        <v>1.76009766E12</v>
+        <v>1.7604432E12</v>
       </c>
       <c r="D151" s="2" t="n">
-        <v>1.7601228E12</v>
+        <v>1.76048262E12</v>
       </c>
       <c r="E151" s="2" t="n">
-        <v>2.985068E-10</v>
+        <v>3.130436E-10</v>
       </c>
       <c r="F151" s="2" t="n">
-        <v>2.985068E-10</v>
+        <v>3.130436E-10</v>
       </c>
       <c r="G151" s="2" t="n">
-        <v>2.985068E-10</v>
+        <v>2.816375E-10</v>
       </c>
       <c r="H151" s="2" t="n">
-        <v>2.985068E-10</v>
+        <v>2.894612E-10</v>
       </c>
       <c r="I151" s="2" t="n">
-        <v>0.0</v>
+        <v>19.0</v>
       </c>
     </row>
     <row r="152">
       <c r="A152" s="2" t="n">
-        <v>1.7600112E12</v>
+        <v>1.7603568E12</v>
       </c>
       <c r="B152" s="2" t="n">
-        <v>1.760097599999E12</v>
+        <v>1.760443199999E12</v>
       </c>
       <c r="C152" s="2" t="n">
-        <v>1.76004E12</v>
+        <v>1.76036388E12</v>
       </c>
       <c r="D152" s="2" t="n">
-        <v>1.76007954E12</v>
+        <v>1.76035734E12</v>
       </c>
       <c r="E152" s="2" t="n">
-        <v>3.165689E-10</v>
+        <v>3.123935E-10</v>
       </c>
       <c r="F152" s="2" t="n">
-        <v>3.165689E-10</v>
+        <v>3.130436E-10</v>
       </c>
       <c r="G152" s="2" t="n">
-        <v>2.985068E-10</v>
+        <v>3.123935E-10</v>
       </c>
       <c r="H152" s="2" t="n">
-        <v>2.985068E-10</v>
+        <v>3.130436E-10</v>
       </c>
       <c r="I152" s="2" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="153">
       <c r="A153" s="2" t="n">
-        <v>1.7599248E12</v>
+        <v>1.7602704E12</v>
       </c>
       <c r="B153" s="2" t="n">
-        <v>1.760011199999E12</v>
+        <v>1.760356799999E12</v>
       </c>
       <c r="C153" s="2" t="n">
-        <v>1.75996368E12</v>
+        <v>1.76034822E12</v>
       </c>
       <c r="D153" s="2" t="n">
-        <v>1.75997496E12</v>
+        <v>1.76027076E12</v>
       </c>
       <c r="E153" s="2" t="n">
-        <v>3.154069E-10</v>
+        <v>2.730762E-10</v>
       </c>
       <c r="F153" s="2" t="n">
-        <v>3.177572E-10</v>
+        <v>3.123935E-10</v>
       </c>
       <c r="G153" s="2" t="n">
-        <v>3.123013E-10</v>
+        <v>2.730762E-10</v>
       </c>
       <c r="H153" s="2" t="n">
-        <v>3.165689E-10</v>
+        <v>3.123935E-10</v>
       </c>
       <c r="I153" s="2" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="154">
       <c r="A154" s="2" t="n">
-        <v>1.7598384E12</v>
+        <v>1.760184E12</v>
       </c>
       <c r="B154" s="2" t="n">
-        <v>1.759924799999E12</v>
+        <v>1.760270399999E12</v>
       </c>
       <c r="C154" s="2" t="n">
-        <v>1.75988328E12</v>
+        <v>1.760184E12</v>
       </c>
       <c r="D154" s="2" t="n">
-        <v>1.75984074E12</v>
+        <v>1.76020542E12</v>
       </c>
       <c r="E154" s="2" t="n">
-        <v>2.96456E-10</v>
+        <v>2.985068E-10</v>
       </c>
       <c r="F154" s="2" t="n">
-        <v>3.209391E-10</v>
+        <v>2.985068E-10</v>
       </c>
       <c r="G154" s="2" t="n">
-        <v>2.96456E-10</v>
+        <v>2.670496E-10</v>
       </c>
       <c r="H154" s="2" t="n">
-        <v>3.154069E-10</v>
+        <v>2.730762E-10</v>
       </c>
       <c r="I154" s="2" t="n">
-        <v>244.19</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="155">
       <c r="A155" s="2" t="n">
-        <v>1.759752E12</v>
+        <v>1.7600976E12</v>
       </c>
       <c r="B155" s="2" t="n">
-        <v>1.759838399999E12</v>
+        <v>1.760183999999E12</v>
       </c>
       <c r="C155" s="2" t="n">
-        <v>1.75979076E12</v>
+        <v>1.76009766E12</v>
       </c>
       <c r="D155" s="2" t="n">
-        <v>1.75975524E12</v>
+        <v>1.7601228E12</v>
       </c>
       <c r="E155" s="2" t="n">
-        <v>2.821417E-10</v>
+        <v>2.985068E-10</v>
       </c>
       <c r="F155" s="2" t="n">
-        <v>2.966516E-10</v>
+        <v>2.985068E-10</v>
       </c>
       <c r="G155" s="2" t="n">
-        <v>2.821417E-10</v>
+        <v>2.985068E-10</v>
       </c>
       <c r="H155" s="2" t="n">
-        <v>2.96456E-10</v>
+        <v>2.985068E-10</v>
       </c>
       <c r="I155" s="2" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="156">
       <c r="A156" s="2" t="n">
-        <v>1.7596656E12</v>
+        <v>1.7600112E12</v>
       </c>
       <c r="B156" s="2" t="n">
-        <v>1.759751999999E12</v>
+        <v>1.760097599999E12</v>
       </c>
       <c r="C156" s="2" t="n">
-        <v>1.75971114E12</v>
+        <v>1.76004E12</v>
       </c>
       <c r="D156" s="2" t="n">
-        <v>1.75966692E12</v>
+        <v>1.76007954E12</v>
       </c>
       <c r="E156" s="2" t="n">
-        <v>2.804788E-10</v>
+        <v>3.165689E-10</v>
       </c>
       <c r="F156" s="2" t="n">
-        <v>2.837041E-10</v>
+        <v>3.165689E-10</v>
       </c>
       <c r="G156" s="2" t="n">
-        <v>2.804788E-10</v>
+        <v>2.985068E-10</v>
       </c>
       <c r="H156" s="2" t="n">
-        <v>2.821417E-10</v>
+        <v>2.985068E-10</v>
       </c>
       <c r="I156" s="2" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="157">
       <c r="A157" s="2" t="n">
-        <v>1.7595792E12</v>
+        <v>1.7599248E12</v>
       </c>
       <c r="B157" s="2" t="n">
-        <v>1.759665599999E12</v>
+        <v>1.760011199999E12</v>
       </c>
       <c r="C157" s="2" t="n">
-        <v>1.75958268E12</v>
+        <v>1.75996368E12</v>
       </c>
       <c r="D157" s="2" t="n">
-        <v>1.75966098E12</v>
+        <v>1.75997496E12</v>
       </c>
       <c r="E157" s="2" t="n">
-        <v>2.885048E-10</v>
+        <v>3.154069E-10</v>
       </c>
       <c r="F157" s="2" t="n">
-        <v>2.885048E-10</v>
+        <v>3.177572E-10</v>
       </c>
       <c r="G157" s="2" t="n">
-        <v>2.80475E-10</v>
+        <v>3.123013E-10</v>
       </c>
       <c r="H157" s="2" t="n">
-        <v>2.804788E-10</v>
+        <v>3.165689E-10</v>
       </c>
       <c r="I157" s="2" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="158">
       <c r="A158" s="2" t="n">
-        <v>1.7594928E12</v>
+        <v>1.7598384E12</v>
       </c>
       <c r="B158" s="2" t="n">
-        <v>1.759579199999E12</v>
+        <v>1.759924799999E12</v>
       </c>
       <c r="C158" s="2" t="n">
-        <v>1.75957806E12</v>
+        <v>1.75988328E12</v>
       </c>
       <c r="D158" s="2" t="n">
-        <v>1.75949334E12</v>
+        <v>1.75984074E12</v>
       </c>
       <c r="E158" s="2" t="n">
-        <v>2.569663E-10</v>
+        <v>2.96456E-10</v>
       </c>
       <c r="F158" s="2" t="n">
-        <v>2.890506E-10</v>
+        <v>3.209391E-10</v>
       </c>
       <c r="G158" s="2" t="n">
-        <v>2.569663E-10</v>
+        <v>2.96456E-10</v>
       </c>
       <c r="H158" s="2" t="n">
-        <v>2.885048E-10</v>
+        <v>3.154069E-10</v>
       </c>
       <c r="I158" s="2" t="n">
-        <v>142.04</v>
+        <v>244.19</v>
       </c>
     </row>
     <row r="159">
       <c r="A159" s="2" t="n">
-        <v>1.7594064E12</v>
+        <v>1.759752E12</v>
       </c>
       <c r="B159" s="2" t="n">
-        <v>1.759492799999E12</v>
+        <v>1.759838399999E12</v>
       </c>
       <c r="C159" s="2" t="n">
-        <v>1.75946688E12</v>
+        <v>1.75979076E12</v>
       </c>
       <c r="D159" s="2" t="n">
-        <v>1.7594064E12</v>
+        <v>1.75975524E12</v>
       </c>
       <c r="E159" s="2" t="n">
-        <v>2.422713E-10</v>
+        <v>2.821417E-10</v>
       </c>
       <c r="F159" s="2" t="n">
-        <v>2.569663E-10</v>
+        <v>2.966516E-10</v>
       </c>
       <c r="G159" s="2" t="n">
-        <v>2.422713E-10</v>
+        <v>2.821417E-10</v>
       </c>
       <c r="H159" s="2" t="n">
-        <v>2.569663E-10</v>
+        <v>2.96456E-10</v>
       </c>
       <c r="I159" s="2" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="160">
       <c r="A160" s="2" t="n">
-        <v>1.75932E12</v>
+        <v>1.7596656E12</v>
       </c>
       <c r="B160" s="2" t="n">
-        <v>1.759406399999E12</v>
+        <v>1.759751999999E12</v>
       </c>
       <c r="C160" s="2" t="n">
-        <v>1.7593224E12</v>
+        <v>1.75971114E12</v>
       </c>
       <c r="D160" s="2" t="n">
-        <v>1.7593416E12</v>
+        <v>1.75966692E12</v>
       </c>
       <c r="E160" s="2" t="n">
-        <v>2.422713E-10</v>
+        <v>2.804788E-10</v>
       </c>
       <c r="F160" s="2" t="n">
-        <v>2.422713E-10</v>
+        <v>2.837041E-10</v>
       </c>
       <c r="G160" s="2" t="n">
-        <v>2.422713E-10</v>
+        <v>2.804788E-10</v>
       </c>
       <c r="H160" s="2" t="n">
-        <v>2.422713E-10</v>
+        <v>2.821417E-10</v>
       </c>
       <c r="I160" s="2" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="161">
       <c r="A161" s="2" t="n">
-        <v>1.7592336E12</v>
+        <v>1.7595792E12</v>
       </c>
       <c r="B161" s="2" t="n">
-        <v>1.759319999999E12</v>
+        <v>1.759665599999E12</v>
       </c>
       <c r="C161" s="2" t="n">
-        <v>1.75923462E12</v>
+        <v>1.75958268E12</v>
       </c>
       <c r="D161" s="2" t="n">
-        <v>1.75929588E12</v>
+        <v>1.75966098E12</v>
       </c>
       <c r="E161" s="2" t="n">
-        <v>2.512406E-10</v>
+        <v>2.885048E-10</v>
       </c>
       <c r="F161" s="2" t="n">
-        <v>2.512406E-10</v>
+        <v>2.885048E-10</v>
       </c>
       <c r="G161" s="2" t="n">
-        <v>2.422713E-10</v>
+        <v>2.80475E-10</v>
       </c>
       <c r="H161" s="2" t="n">
-        <v>2.422713E-10</v>
+        <v>2.804788E-10</v>
       </c>
       <c r="I161" s="2" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="162">
       <c r="A162" s="2" t="n">
-        <v>1.7591472E12</v>
+        <v>1.7594928E12</v>
       </c>
       <c r="B162" s="2" t="n">
-        <v>1.759233599999E12</v>
+        <v>1.759579199999E12</v>
       </c>
       <c r="C162" s="2" t="n">
-        <v>1.75923306E12</v>
+        <v>1.75957806E12</v>
       </c>
       <c r="D162" s="2" t="n">
-        <v>1.7591796E12</v>
+        <v>1.75949334E12</v>
       </c>
       <c r="E162" s="2" t="n">
-        <v>2.395155E-10</v>
+        <v>2.569663E-10</v>
       </c>
       <c r="F162" s="2" t="n">
-        <v>2.512406E-10</v>
+        <v>2.890506E-10</v>
       </c>
       <c r="G162" s="2" t="n">
-        <v>2.395155E-10</v>
+        <v>2.569663E-10</v>
       </c>
       <c r="H162" s="2" t="n">
-        <v>2.512406E-10</v>
+        <v>2.885048E-10</v>
       </c>
       <c r="I162" s="2" t="n">
-        <v>72.52</v>
+        <v>142.04</v>
       </c>
     </row>
     <row r="163">
       <c r="A163" s="2" t="n">
-        <v>1.7590608E12</v>
+        <v>1.7594064E12</v>
       </c>
       <c r="B163" s="2" t="n">
-        <v>1.759147199999E12</v>
+        <v>1.759492799999E12</v>
       </c>
       <c r="C163" s="2" t="n">
-        <v>1.7591361E12</v>
+        <v>1.75946688E12</v>
       </c>
       <c r="D163" s="2" t="n">
-        <v>1.75906188E12</v>
+        <v>1.7594064E12</v>
       </c>
       <c r="E163" s="2" t="n">
-        <v>2.362345E-10</v>
+        <v>2.422713E-10</v>
       </c>
       <c r="F163" s="2" t="n">
-        <v>2.395155E-10</v>
+        <v>2.569663E-10</v>
       </c>
       <c r="G163" s="2" t="n">
-        <v>2.362345E-10</v>
+        <v>2.422713E-10</v>
       </c>
       <c r="H163" s="2" t="n">
-        <v>2.395155E-10</v>
+        <v>2.569663E-10</v>
       </c>
       <c r="I163" s="2" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="164">
       <c r="A164" s="2" t="n">
-        <v>1.7589744E12</v>
+        <v>1.75932E12</v>
       </c>
       <c r="B164" s="2" t="n">
-        <v>1.759060799999E12</v>
+        <v>1.759406399999E12</v>
       </c>
       <c r="C164" s="2" t="n">
-        <v>1.75899186E12</v>
+        <v>1.7593224E12</v>
       </c>
       <c r="D164" s="2" t="n">
-        <v>1.75905168E12</v>
+        <v>1.7593416E12</v>
       </c>
       <c r="E164" s="2" t="n">
-        <v>2.366669E-10</v>
+        <v>2.422713E-10</v>
       </c>
       <c r="F164" s="2" t="n">
-        <v>2.391892E-10</v>
+        <v>2.422713E-10</v>
       </c>
       <c r="G164" s="2" t="n">
-        <v>2.361493E-10</v>
+        <v>2.422713E-10</v>
       </c>
       <c r="H164" s="2" t="n">
-        <v>2.362345E-10</v>
+        <v>2.422713E-10</v>
       </c>
       <c r="I164" s="2" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="165">
       <c r="A165" s="2" t="n">
-        <v>1.758888E12</v>
+        <v>1.7592336E12</v>
       </c>
       <c r="B165" s="2" t="n">
-        <v>1.758974399999E12</v>
+        <v>1.759319999999E12</v>
       </c>
       <c r="C165" s="2" t="n">
-        <v>1.75897074E12</v>
+        <v>1.75923462E12</v>
       </c>
       <c r="D165" s="2" t="n">
-        <v>1.75893324E12</v>
+        <v>1.75929588E12</v>
       </c>
       <c r="E165" s="2" t="n">
-        <v>2.357116E-10</v>
+        <v>2.512406E-10</v>
       </c>
       <c r="F165" s="2" t="n">
-        <v>2.366669E-10</v>
+        <v>2.512406E-10</v>
       </c>
       <c r="G165" s="2" t="n">
-        <v>2.315906E-10</v>
+        <v>2.422713E-10</v>
       </c>
       <c r="H165" s="2" t="n">
-        <v>2.366669E-10</v>
+        <v>2.422713E-10</v>
       </c>
       <c r="I165" s="2" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="166">
       <c r="A166" s="2" t="n">
-        <v>1.7588016E12</v>
+        <v>1.7591472E12</v>
       </c>
       <c r="B166" s="2" t="n">
-        <v>1.758887999999E12</v>
+        <v>1.759233599999E12</v>
       </c>
       <c r="C166" s="2" t="n">
-        <v>1.75880478E12</v>
+        <v>1.75923306E12</v>
       </c>
       <c r="D166" s="2" t="n">
-        <v>1.7588841E12</v>
+        <v>1.7591796E12</v>
       </c>
       <c r="E166" s="2" t="n">
-        <v>2.521189E-10</v>
+        <v>2.395155E-10</v>
       </c>
       <c r="F166" s="2" t="n">
-        <v>2.521189E-10</v>
+        <v>2.512406E-10</v>
       </c>
       <c r="G166" s="2" t="n">
-        <v>2.357116E-10</v>
+        <v>2.395155E-10</v>
       </c>
       <c r="H166" s="2" t="n">
-        <v>2.357116E-10</v>
+        <v>2.512406E-10</v>
       </c>
       <c r="I166" s="2" t="n">
-        <v>0.0</v>
+        <v>72.52</v>
       </c>
     </row>
     <row r="167">
       <c r="A167" s="2" t="n">
-        <v>1.7587152E12</v>
+        <v>1.7590608E12</v>
       </c>
       <c r="B167" s="2" t="n">
-        <v>1.758801599999E12</v>
+        <v>1.759147199999E12</v>
       </c>
       <c r="C167" s="2" t="n">
-        <v>1.75875084E12</v>
+        <v>1.7591361E12</v>
       </c>
       <c r="D167" s="2" t="n">
-        <v>1.75880088E12</v>
+        <v>1.75906188E12</v>
       </c>
       <c r="E167" s="2" t="n">
-        <v>2.539752E-10</v>
+        <v>2.362345E-10</v>
       </c>
       <c r="F167" s="2" t="n">
-        <v>2.56247E-10</v>
+        <v>2.395155E-10</v>
       </c>
       <c r="G167" s="2" t="n">
-        <v>2.519861E-10</v>
+        <v>2.362345E-10</v>
       </c>
       <c r="H167" s="2" t="n">
-        <v>2.521189E-10</v>
+        <v>2.395155E-10</v>
       </c>
       <c r="I167" s="2" t="n">
-        <v>138.02</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="168">
       <c r="A168" s="2" t="n">
-        <v>1.7586288E12</v>
+        <v>1.7589744E12</v>
       </c>
       <c r="B168" s="2" t="n">
-        <v>1.758715199999E12</v>
+        <v>1.759060799999E12</v>
       </c>
       <c r="C168" s="2" t="n">
-        <v>1.7586897E12</v>
+        <v>1.75899186E12</v>
       </c>
       <c r="D168" s="2" t="n">
-        <v>1.75862976E12</v>
+        <v>1.75905168E12</v>
       </c>
       <c r="E168" s="2" t="n">
-        <v>2.464144E-10</v>
+        <v>2.366669E-10</v>
       </c>
       <c r="F168" s="2" t="n">
-        <v>2.539752E-10</v>
+        <v>2.391892E-10</v>
       </c>
       <c r="G168" s="2" t="n">
-        <v>2.464144E-10</v>
+        <v>2.361493E-10</v>
       </c>
       <c r="H168" s="2" t="n">
-        <v>2.539752E-10</v>
+        <v>2.362345E-10</v>
       </c>
       <c r="I168" s="2" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="169">
       <c r="A169" s="2" t="n">
-        <v>1.7585424E12</v>
+        <v>1.758888E12</v>
       </c>
       <c r="B169" s="2" t="n">
-        <v>1.758628799999E12</v>
+        <v>1.758974399999E12</v>
       </c>
       <c r="C169" s="2" t="n">
-        <v>1.75854372E12</v>
+        <v>1.75897074E12</v>
       </c>
       <c r="D169" s="2" t="n">
-        <v>1.7586105E12</v>
+        <v>1.75893324E12</v>
       </c>
       <c r="E169" s="2" t="n">
-        <v>2.573482E-10</v>
+        <v>2.357116E-10</v>
       </c>
       <c r="F169" s="2" t="n">
-        <v>2.573482E-10</v>
+        <v>2.366669E-10</v>
       </c>
       <c r="G169" s="2" t="n">
-        <v>2.434008E-10</v>
+        <v>2.315906E-10</v>
       </c>
       <c r="H169" s="2" t="n">
-        <v>2.464144E-10</v>
+        <v>2.366669E-10</v>
       </c>
       <c r="I169" s="2" t="n">
-        <v>408.5</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="170">
       <c r="A170" s="2" t="n">
-        <v>1.758456E12</v>
+        <v>1.7588016E12</v>
       </c>
       <c r="B170" s="2" t="n">
-        <v>1.758542399999E12</v>
+        <v>1.758887999999E12</v>
       </c>
       <c r="C170" s="2" t="n">
-        <v>1.75848114E12</v>
+        <v>1.75880478E12</v>
       </c>
       <c r="D170" s="2" t="n">
-        <v>1.75845834E12</v>
+        <v>1.7588841E12</v>
       </c>
       <c r="E170" s="2" t="n">
-        <v>2.502593E-10</v>
+        <v>2.521189E-10</v>
       </c>
       <c r="F170" s="2" t="n">
-        <v>2.639598E-10</v>
+        <v>2.521189E-10</v>
       </c>
       <c r="G170" s="2" t="n">
-        <v>2.502593E-10</v>
+        <v>2.357116E-10</v>
       </c>
       <c r="H170" s="2" t="n">
-        <v>2.573482E-10</v>
+        <v>2.357116E-10</v>
       </c>
       <c r="I170" s="2" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="171">
       <c r="A171" s="2" t="n">
-        <v>1.7583696E12</v>
+        <v>1.7587152E12</v>
       </c>
       <c r="B171" s="2" t="n">
-        <v>1.758455999999E12</v>
+        <v>1.758801599999E12</v>
       </c>
       <c r="C171" s="2" t="n">
-        <v>1.7584374E12</v>
+        <v>1.75875084E12</v>
       </c>
       <c r="D171" s="2" t="n">
-        <v>1.75837296E12</v>
+        <v>1.75880088E12</v>
       </c>
       <c r="E171" s="2" t="n">
-        <v>2.390135E-10</v>
+        <v>2.539752E-10</v>
       </c>
       <c r="F171" s="2" t="n">
-        <v>2.502593E-10</v>
+        <v>2.56247E-10</v>
       </c>
       <c r="G171" s="2" t="n">
-        <v>2.390135E-10</v>
+        <v>2.519861E-10</v>
       </c>
       <c r="H171" s="2" t="n">
-        <v>2.502593E-10</v>
+        <v>2.521189E-10</v>
       </c>
       <c r="I171" s="2" t="n">
-        <v>0.0</v>
+        <v>138.02</v>
       </c>
     </row>
     <row r="172">
       <c r="A172" s="2" t="n">
-        <v>1.7582832E12</v>
+        <v>1.7586288E12</v>
       </c>
       <c r="B172" s="2" t="n">
-        <v>1.758369599999E12</v>
+        <v>1.758715199999E12</v>
       </c>
       <c r="C172" s="2" t="n">
-        <v>1.7583105E12</v>
+        <v>1.7586897E12</v>
       </c>
       <c r="D172" s="2" t="n">
-        <v>1.7583534E12</v>
+        <v>1.75862976E12</v>
       </c>
       <c r="E172" s="2" t="n">
-        <v>2.411842E-10</v>
+        <v>2.464144E-10</v>
       </c>
       <c r="F172" s="2" t="n">
-        <v>2.426563E-10</v>
+        <v>2.539752E-10</v>
       </c>
       <c r="G172" s="2" t="n">
-        <v>2.390135E-10</v>
+        <v>2.464144E-10</v>
       </c>
       <c r="H172" s="2" t="n">
-        <v>2.390135E-10</v>
+        <v>2.539752E-10</v>
       </c>
       <c r="I172" s="2" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="173">
       <c r="A173" s="2" t="n">
-        <v>1.7581968E12</v>
+        <v>1.7585424E12</v>
       </c>
       <c r="B173" s="2" t="n">
-        <v>1.758283199999E12</v>
+        <v>1.758628799999E12</v>
       </c>
       <c r="C173" s="2" t="n">
-        <v>1.75823412E12</v>
+        <v>1.75854372E12</v>
       </c>
       <c r="D173" s="2" t="n">
-        <v>1.75819878E12</v>
+        <v>1.7586105E12</v>
       </c>
       <c r="E173" s="2" t="n">
-        <v>2.407772E-10</v>
+        <v>2.573482E-10</v>
       </c>
       <c r="F173" s="2" t="n">
-        <v>2.445864E-10</v>
+        <v>2.573482E-10</v>
       </c>
       <c r="G173" s="2" t="n">
-        <v>2.407772E-10</v>
+        <v>2.434008E-10</v>
       </c>
       <c r="H173" s="2" t="n">
-        <v>2.411842E-10</v>
+        <v>2.464144E-10</v>
       </c>
       <c r="I173" s="2" t="n">
-        <v>0.0</v>
+        <v>408.5</v>
       </c>
     </row>
     <row r="174">
       <c r="A174" s="2" t="n">
-        <v>1.7581104E12</v>
+        <v>1.758456E12</v>
       </c>
       <c r="B174" s="2" t="n">
-        <v>1.758196799999E12</v>
+        <v>1.758542399999E12</v>
       </c>
       <c r="C174" s="2" t="n">
-        <v>1.75819632E12</v>
+        <v>1.75848114E12</v>
       </c>
       <c r="D174" s="2" t="n">
-        <v>1.7581635E12</v>
+        <v>1.75845834E12</v>
       </c>
       <c r="E174" s="2" t="n">
-        <v>2.342361E-10</v>
+        <v>2.502593E-10</v>
       </c>
       <c r="F174" s="2" t="n">
-        <v>2.407772E-10</v>
+        <v>2.639598E-10</v>
       </c>
       <c r="G174" s="2" t="n">
-        <v>2.32329E-10</v>
+        <v>2.502593E-10</v>
       </c>
       <c r="H174" s="2" t="n">
-        <v>2.407772E-10</v>
+        <v>2.573482E-10</v>
       </c>
       <c r="I174" s="2" t="n">
-        <v>84.71</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="175">
       <c r="A175" s="2" t="n">
-        <v>1.758024E12</v>
+        <v>1.7583696E12</v>
       </c>
       <c r="B175" s="2" t="n">
-        <v>1.758110399999E12</v>
+        <v>1.758455999999E12</v>
       </c>
       <c r="C175" s="2" t="n">
-        <v>1.75810584E12</v>
+        <v>1.7584374E12</v>
       </c>
       <c r="D175" s="2" t="n">
-        <v>1.75802562E12</v>
+        <v>1.75837296E12</v>
       </c>
       <c r="E175" s="2" t="n">
-        <v>2.253087E-10</v>
+        <v>2.390135E-10</v>
       </c>
       <c r="F175" s="2" t="n">
-        <v>2.342361E-10</v>
+        <v>2.502593E-10</v>
       </c>
       <c r="G175" s="2" t="n">
-        <v>2.253087E-10</v>
+        <v>2.390135E-10</v>
       </c>
       <c r="H175" s="2" t="n">
-        <v>2.342361E-10</v>
+        <v>2.502593E-10</v>
       </c>
       <c r="I175" s="2" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="176">
       <c r="A176" s="2" t="n">
-        <v>1.7579376E12</v>
+        <v>1.7582832E12</v>
       </c>
       <c r="B176" s="2" t="n">
-        <v>1.758023999999E12</v>
+        <v>1.758369599999E12</v>
       </c>
       <c r="C176" s="2" t="n">
-        <v>1.75793796E12</v>
+        <v>1.7583105E12</v>
       </c>
       <c r="D176" s="2" t="n">
-        <v>1.75797558E12</v>
+        <v>1.7583534E12</v>
       </c>
       <c r="E176" s="2" t="n">
-        <v>2.273627E-10</v>
+        <v>2.411842E-10</v>
       </c>
       <c r="F176" s="2" t="n">
-        <v>2.273627E-10</v>
+        <v>2.426563E-10</v>
       </c>
       <c r="G176" s="2" t="n">
-        <v>2.244586E-10</v>
+        <v>2.390135E-10</v>
       </c>
       <c r="H176" s="2" t="n">
-        <v>2.253087E-10</v>
+        <v>2.390135E-10</v>
       </c>
       <c r="I176" s="2" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="177">
       <c r="A177" s="2" t="n">
-        <v>1.7578512E12</v>
+        <v>1.7581968E12</v>
       </c>
       <c r="B177" s="2" t="n">
-        <v>1.757937599999E12</v>
+        <v>1.758283199999E12</v>
       </c>
       <c r="C177" s="2" t="n">
-        <v>1.75785246E12</v>
+        <v>1.75823412E12</v>
       </c>
       <c r="D177" s="2" t="n">
-        <v>1.75790814E12</v>
+        <v>1.75819878E12</v>
       </c>
       <c r="E177" s="2" t="n">
-        <v>2.299289E-10</v>
+        <v>2.407772E-10</v>
       </c>
       <c r="F177" s="2" t="n">
-        <v>2.299289E-10</v>
+        <v>2.445864E-10</v>
       </c>
       <c r="G177" s="2" t="n">
-        <v>2.264164E-10</v>
+        <v>2.407772E-10</v>
       </c>
       <c r="H177" s="2" t="n">
-        <v>2.273627E-10</v>
+        <v>2.411842E-10</v>
       </c>
       <c r="I177" s="2" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="178">
       <c r="A178" s="2" t="n">
-        <v>1.7577648E12</v>
+        <v>1.7581104E12</v>
       </c>
       <c r="B178" s="2" t="n">
-        <v>1.757851199999E12</v>
+        <v>1.758196799999E12</v>
       </c>
       <c r="C178" s="2" t="n">
-        <v>1.75780788E12</v>
+        <v>1.75819632E12</v>
       </c>
       <c r="D178" s="2" t="n">
-        <v>1.75776522E12</v>
+        <v>1.7581635E12</v>
       </c>
       <c r="E178" s="2" t="n">
-        <v>2.232818E-10</v>
+        <v>2.342361E-10</v>
       </c>
       <c r="F178" s="2" t="n">
-        <v>2.3202E-10</v>
+        <v>2.407772E-10</v>
       </c>
       <c r="G178" s="2" t="n">
-        <v>2.232818E-10</v>
+        <v>2.32329E-10</v>
       </c>
       <c r="H178" s="2" t="n">
-        <v>2.299289E-10</v>
+        <v>2.407772E-10</v>
       </c>
       <c r="I178" s="2" t="n">
-        <v>0.0</v>
+        <v>84.71</v>
       </c>
     </row>
     <row r="179">
       <c r="A179" s="2" t="n">
-        <v>1.7576784E12</v>
+        <v>1.758024E12</v>
       </c>
       <c r="B179" s="2" t="n">
-        <v>1.757764799999E12</v>
+        <v>1.758110399999E12</v>
       </c>
       <c r="C179" s="2" t="n">
-        <v>1.75771788E12</v>
+        <v>1.75810584E12</v>
       </c>
       <c r="D179" s="2" t="n">
-        <v>1.75768164E12</v>
+        <v>1.75802562E12</v>
       </c>
       <c r="E179" s="2" t="n">
-        <v>2.208719E-10</v>
+        <v>2.253087E-10</v>
       </c>
       <c r="F179" s="2" t="n">
-        <v>2.236782E-10</v>
+        <v>2.342361E-10</v>
       </c>
       <c r="G179" s="2" t="n">
-        <v>2.208719E-10</v>
+        <v>2.253087E-10</v>
       </c>
       <c r="H179" s="2" t="n">
-        <v>2.232818E-10</v>
+        <v>2.342361E-10</v>
       </c>
       <c r="I179" s="2" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="180">
       <c r="A180" s="2" t="n">
-        <v>1.757592E12</v>
+        <v>1.7579376E12</v>
       </c>
       <c r="B180" s="2" t="n">
-        <v>1.757678399999E12</v>
+        <v>1.758023999999E12</v>
       </c>
       <c r="C180" s="2" t="n">
-        <v>1.75762872E12</v>
+        <v>1.75793796E12</v>
       </c>
       <c r="D180" s="2" t="n">
-        <v>1.75760268E12</v>
+        <v>1.75797558E12</v>
       </c>
       <c r="E180" s="2" t="n">
-        <v>2.214107E-10</v>
+        <v>2.273627E-10</v>
       </c>
       <c r="F180" s="2" t="n">
-        <v>2.223116E-10</v>
+        <v>2.273627E-10</v>
       </c>
       <c r="G180" s="2" t="n">
-        <v>2.203703E-10</v>
+        <v>2.244586E-10</v>
       </c>
       <c r="H180" s="2" t="n">
-        <v>2.208719E-10</v>
+        <v>2.253087E-10</v>
       </c>
       <c r="I180" s="2" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="181">
       <c r="A181" s="2" t="n">
-        <v>1.7575056E12</v>
+        <v>1.7578512E12</v>
       </c>
       <c r="B181" s="2" t="n">
-        <v>1.757591999999E12</v>
+        <v>1.757937599999E12</v>
       </c>
       <c r="C181" s="2" t="n">
-        <v>1.75756926E12</v>
+        <v>1.75785246E12</v>
       </c>
       <c r="D181" s="2" t="n">
-        <v>1.75750866E12</v>
+        <v>1.75790814E12</v>
       </c>
       <c r="E181" s="2" t="n">
-        <v>2.159986E-10</v>
+        <v>2.299289E-10</v>
       </c>
       <c r="F181" s="2" t="n">
-        <v>2.219341E-10</v>
+        <v>2.299289E-10</v>
       </c>
       <c r="G181" s="2" t="n">
-        <v>2.159986E-10</v>
+        <v>2.264164E-10</v>
       </c>
       <c r="H181" s="2" t="n">
-        <v>2.214107E-10</v>
+        <v>2.273627E-10</v>
       </c>
       <c r="I181" s="2" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="182">
       <c r="A182" s="2" t="n">
-        <v>1.7574192E12</v>
+        <v>1.7577648E12</v>
       </c>
       <c r="B182" s="2" t="n">
-        <v>1.757505599999E12</v>
+        <v>1.757851199999E12</v>
       </c>
       <c r="C182" s="2" t="n">
-        <v>1.75745694E12</v>
+        <v>1.75780788E12</v>
       </c>
       <c r="D182" s="2" t="n">
-        <v>1.75742988E12</v>
+        <v>1.75776522E12</v>
       </c>
       <c r="E182" s="2" t="n">
-        <v>2.159655E-10</v>
+        <v>2.232818E-10</v>
       </c>
       <c r="F182" s="2" t="n">
-        <v>2.178965E-10</v>
+        <v>2.3202E-10</v>
       </c>
       <c r="G182" s="2" t="n">
-        <v>2.155159E-10</v>
+        <v>2.232818E-10</v>
       </c>
       <c r="H182" s="2" t="n">
-        <v>2.159986E-10</v>
+        <v>2.299289E-10</v>
       </c>
       <c r="I182" s="2" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="183">
       <c r="A183" s="2" t="n">
-        <v>1.7573328E12</v>
+        <v>1.7576784E12</v>
       </c>
       <c r="B183" s="2" t="n">
-        <v>1.757419199999E12</v>
+        <v>1.757764799999E12</v>
       </c>
       <c r="C183" s="2" t="n">
-        <v>1.75734324E12</v>
+        <v>1.75771788E12</v>
       </c>
       <c r="D183" s="2" t="n">
-        <v>1.7573571E12</v>
+        <v>1.75768164E12</v>
       </c>
       <c r="E183" s="2" t="n">
-        <v>2.168262E-10</v>
+        <v>2.208719E-10</v>
       </c>
       <c r="F183" s="2" t="n">
-        <v>2.173443E-10</v>
+        <v>2.236782E-10</v>
       </c>
       <c r="G183" s="2" t="n">
-        <v>2.158537E-10</v>
+        <v>2.208719E-10</v>
       </c>
       <c r="H183" s="2" t="n">
-        <v>2.159655E-10</v>
+        <v>2.232818E-10</v>
       </c>
       <c r="I183" s="2" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="184">
       <c r="A184" s="2" t="n">
-        <v>1.7572464E12</v>
+        <v>1.757592E12</v>
       </c>
       <c r="B184" s="2" t="n">
-        <v>1.757332799999E12</v>
+        <v>1.757678399999E12</v>
       </c>
       <c r="C184" s="2" t="n">
-        <v>1.7573178E12</v>
+        <v>1.75762872E12</v>
       </c>
       <c r="D184" s="2" t="n">
-        <v>1.7572485E12</v>
+        <v>1.75760268E12</v>
       </c>
       <c r="E184" s="2" t="n">
-        <v>2.114732E-10</v>
+        <v>2.214107E-10</v>
       </c>
       <c r="F184" s="2" t="n">
-        <v>2.168262E-10</v>
+        <v>2.223116E-10</v>
       </c>
       <c r="G184" s="2" t="n">
-        <v>2.114732E-10</v>
+        <v>2.203703E-10</v>
       </c>
       <c r="H184" s="2" t="n">
-        <v>2.168262E-10</v>
+        <v>2.208719E-10</v>
       </c>
       <c r="I184" s="2" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="185">
       <c r="A185" s="2" t="n">
-        <v>1.75716E12</v>
+        <v>1.7575056E12</v>
       </c>
       <c r="B185" s="2" t="n">
-        <v>1.757246399999E12</v>
+        <v>1.757591999999E12</v>
       </c>
       <c r="C185" s="2" t="n">
-        <v>1.75721328E12</v>
+        <v>1.75756926E12</v>
       </c>
       <c r="D185" s="2" t="n">
-        <v>1.75716E12</v>
+        <v>1.75750866E12</v>
       </c>
       <c r="E185" s="2" t="n">
-        <v>2.090172E-10</v>
+        <v>2.159986E-10</v>
       </c>
       <c r="F185" s="2" t="n">
-        <v>2.114732E-10</v>
+        <v>2.219341E-10</v>
       </c>
       <c r="G185" s="2" t="n">
-        <v>2.090172E-10</v>
+        <v>2.159986E-10</v>
       </c>
       <c r="H185" s="2" t="n">
-        <v>2.114732E-10</v>
+        <v>2.214107E-10</v>
       </c>
       <c r="I185" s="2" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="186">
       <c r="A186" s="2" t="n">
-        <v>1.7570736E12</v>
+        <v>1.7574192E12</v>
       </c>
       <c r="B186" s="2" t="n">
-        <v>1.757159999999E12</v>
+        <v>1.757505599999E12</v>
       </c>
       <c r="C186" s="2" t="n">
-        <v>1.75714902E12</v>
+        <v>1.75745694E12</v>
       </c>
       <c r="D186" s="2" t="n">
-        <v>1.7571E12</v>
+        <v>1.75742988E12</v>
       </c>
       <c r="E186" s="2" t="n">
-        <v>2.084403E-10</v>
+        <v>2.159655E-10</v>
       </c>
       <c r="F186" s="2" t="n">
-        <v>2.090172E-10</v>
+        <v>2.178965E-10</v>
       </c>
       <c r="G186" s="2" t="n">
-        <v>2.082492E-10</v>
+        <v>2.155159E-10</v>
       </c>
       <c r="H186" s="2" t="n">
-        <v>2.090172E-10</v>
+        <v>2.159986E-10</v>
       </c>
       <c r="I186" s="2" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="187">
       <c r="A187" s="2" t="n">
-        <v>1.7569872E12</v>
+        <v>1.7573328E12</v>
       </c>
       <c r="B187" s="2" t="n">
-        <v>1.757073599999E12</v>
+        <v>1.757419199999E12</v>
       </c>
       <c r="C187" s="2" t="n">
-        <v>1.75699032E12</v>
+        <v>1.75734324E12</v>
       </c>
       <c r="D187" s="2" t="n">
-        <v>1.7570373E12</v>
+        <v>1.7573571E12</v>
       </c>
       <c r="E187" s="2" t="n">
-        <v>2.115138E-10</v>
+        <v>2.168262E-10</v>
       </c>
       <c r="F187" s="2" t="n">
-        <v>2.115138E-10</v>
+        <v>2.173443E-10</v>
       </c>
       <c r="G187" s="2" t="n">
-        <v>2.084403E-10</v>
+        <v>2.158537E-10</v>
       </c>
       <c r="H187" s="2" t="n">
-        <v>2.084403E-10</v>
+        <v>2.159655E-10</v>
       </c>
       <c r="I187" s="2" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="188">
       <c r="A188" s="2" t="n">
-        <v>1.7569008E12</v>
+        <v>1.7572464E12</v>
       </c>
       <c r="B188" s="2" t="n">
-        <v>1.756987199999E12</v>
+        <v>1.757332799999E12</v>
       </c>
       <c r="C188" s="2" t="n">
-        <v>1.75696506E12</v>
+        <v>1.7573178E12</v>
       </c>
       <c r="D188" s="2" t="n">
-        <v>1.75690158E12</v>
+        <v>1.7572485E12</v>
       </c>
       <c r="E188" s="2" t="n">
-        <v>2.087157E-10</v>
+        <v>2.114732E-10</v>
       </c>
       <c r="F188" s="2" t="n">
-        <v>2.115138E-10</v>
+        <v>2.168262E-10</v>
       </c>
       <c r="G188" s="2" t="n">
-        <v>2.087157E-10</v>
+        <v>2.114732E-10</v>
       </c>
       <c r="H188" s="2" t="n">
-        <v>2.115138E-10</v>
+        <v>2.168262E-10</v>
       </c>
       <c r="I188" s="2" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="189">
       <c r="A189" s="2" t="n">
-        <v>1.7568144E12</v>
+        <v>1.75716E12</v>
       </c>
       <c r="B189" s="2" t="n">
-        <v>1.756900799999E12</v>
+        <v>1.757246399999E12</v>
       </c>
       <c r="C189" s="2" t="n">
-        <v>1.75687872E12</v>
+        <v>1.75721328E12</v>
       </c>
       <c r="D189" s="2" t="n">
-        <v>1.75681716E12</v>
+        <v>1.75716E12</v>
       </c>
       <c r="E189" s="2" t="n">
-        <v>2.068741E-10</v>
+        <v>2.090172E-10</v>
       </c>
       <c r="F189" s="2" t="n">
-        <v>2.087157E-10</v>
+        <v>2.114732E-10</v>
       </c>
       <c r="G189" s="2" t="n">
-        <v>2.068741E-10</v>
+        <v>2.090172E-10</v>
       </c>
       <c r="H189" s="2" t="n">
-        <v>2.087157E-10</v>
+        <v>2.114732E-10</v>
       </c>
       <c r="I189" s="2" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="190">
       <c r="A190" s="2" t="n">
-        <v>1.756728E12</v>
+        <v>1.7570736E12</v>
       </c>
       <c r="B190" s="2" t="n">
-        <v>1.756814399999E12</v>
+        <v>1.757159999999E12</v>
       </c>
       <c r="C190" s="2" t="n">
-        <v>1.756728E12</v>
+        <v>1.75714902E12</v>
       </c>
       <c r="D190" s="2" t="n">
-        <v>1.75680342E12</v>
+        <v>1.7571E12</v>
       </c>
       <c r="E190" s="2" t="n">
-        <v>2.114475E-10</v>
+        <v>2.084403E-10</v>
       </c>
       <c r="F190" s="2" t="n">
-        <v>2.114475E-10</v>
+        <v>2.090172E-10</v>
       </c>
       <c r="G190" s="2" t="n">
-        <v>2.068741E-10</v>
+        <v>2.082492E-10</v>
       </c>
       <c r="H190" s="2" t="n">
-        <v>2.068741E-10</v>
+        <v>2.090172E-10</v>
       </c>
       <c r="I190" s="2" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="191">
       <c r="A191" s="2" t="n">
-        <v>1.7566416E12</v>
+        <v>1.7569872E12</v>
       </c>
       <c r="B191" s="2" t="n">
-        <v>1.756727999999E12</v>
+        <v>1.757073599999E12</v>
       </c>
       <c r="C191" s="2" t="n">
-        <v>1.75664538E12</v>
+        <v>1.75699032E12</v>
       </c>
       <c r="D191" s="2" t="n">
-        <v>1.75664178E12</v>
+        <v>1.7570373E12</v>
       </c>
       <c r="E191" s="2" t="n">
-        <v>2.108105E-10</v>
+        <v>2.115138E-10</v>
       </c>
       <c r="F191" s="2" t="n">
-        <v>2.121622E-10</v>
+        <v>2.115138E-10</v>
       </c>
       <c r="G191" s="2" t="n">
-        <v>2.108105E-10</v>
+        <v>2.084403E-10</v>
       </c>
       <c r="H191" s="2" t="n">
-        <v>2.114475E-10</v>
+        <v>2.084403E-10</v>
       </c>
       <c r="I191" s="2" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="192">
       <c r="A192" s="2" t="n">
-        <v>1.7565552E12</v>
+        <v>1.7569008E12</v>
       </c>
       <c r="B192" s="2" t="n">
-        <v>1.756641599999E12</v>
+        <v>1.756987199999E12</v>
       </c>
       <c r="C192" s="2" t="n">
-        <v>1.75655718E12</v>
+        <v>1.75696506E12</v>
       </c>
       <c r="D192" s="2" t="n">
-        <v>1.75661244E12</v>
+        <v>1.75690158E12</v>
       </c>
       <c r="E192" s="2" t="n">
-        <v>2.111866E-10</v>
+        <v>2.087157E-10</v>
       </c>
       <c r="F192" s="2" t="n">
-        <v>2.111866E-10</v>
+        <v>2.115138E-10</v>
       </c>
       <c r="G192" s="2" t="n">
-        <v>2.108105E-10</v>
+        <v>2.087157E-10</v>
       </c>
       <c r="H192" s="2" t="n">
-        <v>2.108105E-10</v>
+        <v>2.115138E-10</v>
       </c>
       <c r="I192" s="2" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="193">
       <c r="A193" s="2" t="n">
-        <v>1.7564688E12</v>
+        <v>1.7568144E12</v>
       </c>
       <c r="B193" s="2" t="n">
-        <v>1.756555199999E12</v>
+        <v>1.756900799999E12</v>
       </c>
       <c r="C193" s="2" t="n">
-        <v>1.75647228E12</v>
+        <v>1.75687872E12</v>
       </c>
       <c r="D193" s="2" t="n">
-        <v>1.7565051E12</v>
+        <v>1.75681716E12</v>
       </c>
       <c r="E193" s="2" t="n">
-        <v>2.135228E-10</v>
+        <v>2.068741E-10</v>
       </c>
       <c r="F193" s="2" t="n">
-        <v>2.135228E-10</v>
+        <v>2.087157E-10</v>
       </c>
       <c r="G193" s="2" t="n">
-        <v>2.099478E-10</v>
+        <v>2.068741E-10</v>
       </c>
       <c r="H193" s="2" t="n">
-        <v>2.111866E-10</v>
+        <v>2.087157E-10</v>
       </c>
       <c r="I193" s="2" t="n">
-        <v>62.68</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="194">
       <c r="A194" s="2" t="n">
-        <v>1.7563824E12</v>
+        <v>1.756728E12</v>
       </c>
       <c r="B194" s="2" t="n">
-        <v>1.756468799999E12</v>
+        <v>1.756814399999E12</v>
       </c>
       <c r="C194" s="2" t="n">
-        <v>1.75641624E12</v>
+        <v>1.756728E12</v>
       </c>
       <c r="D194" s="2" t="n">
-        <v>1.75638432E12</v>
+        <v>1.75680342E12</v>
       </c>
       <c r="E194" s="2" t="n">
-        <v>2.126248E-10</v>
+        <v>2.114475E-10</v>
       </c>
       <c r="F194" s="2" t="n">
-        <v>2.135228E-10</v>
+        <v>2.114475E-10</v>
       </c>
       <c r="G194" s="2" t="n">
-        <v>2.126248E-10</v>
+        <v>2.068741E-10</v>
       </c>
       <c r="H194" s="2" t="n">
-        <v>2.135228E-10</v>
+        <v>2.068741E-10</v>
       </c>
       <c r="I194" s="2" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="195">
       <c r="A195" s="2" t="n">
-        <v>1.756296E12</v>
+        <v>1.7566416E12</v>
       </c>
       <c r="B195" s="2" t="n">
-        <v>1.756382399999E12</v>
+        <v>1.756727999999E12</v>
       </c>
       <c r="C195" s="2" t="n">
-        <v>1.75636026E12</v>
+        <v>1.75664538E12</v>
       </c>
       <c r="D195" s="2" t="n">
-        <v>1.75629762E12</v>
+        <v>1.75664178E12</v>
       </c>
       <c r="E195" s="2" t="n">
-        <v>2.119396E-10</v>
+        <v>2.108105E-10</v>
       </c>
       <c r="F195" s="2" t="n">
-        <v>2.126248E-10</v>
+        <v>2.121622E-10</v>
       </c>
       <c r="G195" s="2" t="n">
-        <v>2.119396E-10</v>
+        <v>2.108105E-10</v>
       </c>
       <c r="H195" s="2" t="n">
-        <v>2.126248E-10</v>
+        <v>2.114475E-10</v>
       </c>
       <c r="I195" s="2" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="196">
       <c r="A196" s="2" t="n">
-        <v>1.7562096E12</v>
+        <v>1.7565552E12</v>
       </c>
       <c r="B196" s="2" t="n">
-        <v>1.756295999999E12</v>
+        <v>1.756641599999E12</v>
       </c>
       <c r="C196" s="2" t="n">
-        <v>1.75621098E12</v>
+        <v>1.75655718E12</v>
       </c>
       <c r="D196" s="2" t="n">
-        <v>1.7562762E12</v>
+        <v>1.75661244E12</v>
       </c>
       <c r="E196" s="2" t="n">
-        <v>2.125982E-10</v>
+        <v>2.111866E-10</v>
       </c>
       <c r="F196" s="2" t="n">
-        <v>2.125982E-10</v>
+        <v>2.111866E-10</v>
       </c>
       <c r="G196" s="2" t="n">
-        <v>2.093537E-10</v>
+        <v>2.108105E-10</v>
       </c>
       <c r="H196" s="2" t="n">
-        <v>2.119396E-10</v>
+        <v>2.108105E-10</v>
       </c>
       <c r="I196" s="2" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="197">
       <c r="A197" s="2" t="n">
-        <v>1.7561232E12</v>
+        <v>1.7564688E12</v>
       </c>
       <c r="B197" s="2" t="n">
-        <v>1.756209599999E12</v>
+        <v>1.756555199999E12</v>
       </c>
       <c r="C197" s="2" t="n">
-        <v>1.75612458E12</v>
+        <v>1.75647228E12</v>
       </c>
       <c r="D197" s="2" t="n">
-        <v>1.7561517E12</v>
+        <v>1.7565051E12</v>
       </c>
       <c r="E197" s="2" t="n">
-        <v>2.12753E-10</v>
+        <v>2.135228E-10</v>
       </c>
       <c r="F197" s="2" t="n">
-        <v>2.12753E-10</v>
+        <v>2.135228E-10</v>
       </c>
       <c r="G197" s="2" t="n">
-        <v>2.122823E-10</v>
+        <v>2.099478E-10</v>
       </c>
       <c r="H197" s="2" t="n">
-        <v>2.125982E-10</v>
+        <v>2.111866E-10</v>
       </c>
       <c r="I197" s="2" t="n">
-        <v>0.0</v>
+        <v>62.68</v>
       </c>
     </row>
     <row r="198">
       <c r="A198" s="2" t="n">
-        <v>1.7560368E12</v>
+        <v>1.7563824E12</v>
       </c>
       <c r="B198" s="2" t="n">
-        <v>1.756123199999E12</v>
+        <v>1.756468799999E12</v>
       </c>
       <c r="C198" s="2" t="n">
-        <v>1.75603686E12</v>
+        <v>1.75641624E12</v>
       </c>
       <c r="D198" s="2" t="n">
-        <v>1.75607874E12</v>
+        <v>1.75638432E12</v>
       </c>
       <c r="E198" s="2" t="n">
-        <v>2.177355E-10</v>
+        <v>2.126248E-10</v>
       </c>
       <c r="F198" s="2" t="n">
-        <v>2.177355E-10</v>
+        <v>2.135228E-10</v>
       </c>
       <c r="G198" s="2" t="n">
-        <v>2.114558E-10</v>
+        <v>2.126248E-10</v>
       </c>
       <c r="H198" s="2" t="n">
-        <v>2.12753E-10</v>
+        <v>2.135228E-10</v>
       </c>
       <c r="I198" s="2" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="199">
       <c r="A199" s="2" t="n">
-        <v>1.7559504E12</v>
+        <v>1.756296E12</v>
       </c>
       <c r="B199" s="2" t="n">
-        <v>1.756036799999E12</v>
+        <v>1.756382399999E12</v>
       </c>
       <c r="C199" s="2" t="n">
-        <v>1.75599702E12</v>
+        <v>1.75636026E12</v>
       </c>
       <c r="D199" s="2" t="n">
-        <v>1.7559516E12</v>
+        <v>1.75629762E12</v>
       </c>
       <c r="E199" s="2" t="n">
-        <v>2.154331E-10</v>
+        <v>2.119396E-10</v>
       </c>
       <c r="F199" s="2" t="n">
-        <v>2.177355E-10</v>
+        <v>2.126248E-10</v>
       </c>
       <c r="G199" s="2" t="n">
-        <v>2.154331E-10</v>
+        <v>2.119396E-10</v>
       </c>
       <c r="H199" s="2" t="n">
-        <v>2.177355E-10</v>
+        <v>2.126248E-10</v>
       </c>
       <c r="I199" s="2" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="200">
       <c r="A200" s="2" t="n">
-        <v>1.755864E12</v>
+        <v>1.7562096E12</v>
       </c>
       <c r="B200" s="2" t="n">
-        <v>1.755950399999E12</v>
+        <v>1.756295999999E12</v>
       </c>
       <c r="C200" s="2" t="n">
-        <v>1.75591944E12</v>
+        <v>1.75621098E12</v>
       </c>
       <c r="D200" s="2" t="n">
-        <v>1.75586712E12</v>
+        <v>1.7562762E12</v>
       </c>
       <c r="E200" s="2" t="n">
-        <v>2.063495E-10</v>
+        <v>2.125982E-10</v>
       </c>
       <c r="F200" s="2" t="n">
-        <v>2.154331E-10</v>
+        <v>2.125982E-10</v>
       </c>
       <c r="G200" s="2" t="n">
-        <v>2.063495E-10</v>
+        <v>2.093537E-10</v>
       </c>
       <c r="H200" s="2" t="n">
-        <v>2.154331E-10</v>
+        <v>2.119396E-10</v>
       </c>
       <c r="I200" s="2" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="201">
       <c r="A201" s="2" t="n">
-        <v>1.7557776E12</v>
+        <v>1.7561232E12</v>
       </c>
       <c r="B201" s="2" t="n">
-        <v>1.755863999999E12</v>
+        <v>1.756209599999E12</v>
       </c>
       <c r="C201" s="2" t="n">
-        <v>1.75577886E12</v>
+        <v>1.75612458E12</v>
       </c>
       <c r="D201" s="2" t="n">
-        <v>1.75583802E12</v>
+        <v>1.7561517E12</v>
       </c>
       <c r="E201" s="2" t="n">
-        <v>2.14004E-10</v>
+        <v>2.12753E-10</v>
       </c>
       <c r="F201" s="2" t="n">
-        <v>2.14004E-10</v>
+        <v>2.12753E-10</v>
       </c>
       <c r="G201" s="2" t="n">
-        <v>2.063495E-10</v>
+        <v>2.122823E-10</v>
       </c>
       <c r="H201" s="2" t="n">
-        <v>2.063495E-10</v>
+        <v>2.125982E-10</v>
       </c>
       <c r="I201" s="2" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="202">
       <c r="A202" s="2" t="n">
-        <v>1.7556912E12</v>
+        <v>1.7560368E12</v>
       </c>
       <c r="B202" s="2" t="n">
-        <v>1.755777599999E12</v>
+        <v>1.756123199999E12</v>
       </c>
       <c r="C202" s="2" t="n">
-        <v>1.7557698E12</v>
+        <v>1.75603686E12</v>
       </c>
       <c r="D202" s="2" t="n">
-        <v>1.75573428E12</v>
+        <v>1.75607874E12</v>
       </c>
       <c r="E202" s="2" t="n">
-        <v>2.05145E-10</v>
+        <v>2.177355E-10</v>
       </c>
       <c r="F202" s="2" t="n">
-        <v>2.151382E-10</v>
+        <v>2.177355E-10</v>
       </c>
       <c r="G202" s="2" t="n">
-        <v>2.045765E-10</v>
+        <v>2.114558E-10</v>
       </c>
       <c r="H202" s="2" t="n">
-        <v>2.14004E-10</v>
+        <v>2.12753E-10</v>
       </c>
       <c r="I202" s="2" t="n">
-        <v>42.87</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="203">
       <c r="A203" s="2" t="n">
-        <v>1.7556048E12</v>
+        <v>1.7559504E12</v>
       </c>
       <c r="B203" s="2" t="n">
-        <v>1.755691199999E12</v>
+        <v>1.756036799999E12</v>
       </c>
       <c r="C203" s="2" t="n">
-        <v>1.75560528E12</v>
+        <v>1.75599702E12</v>
       </c>
       <c r="D203" s="2" t="n">
-        <v>1.75567314E12</v>
+        <v>1.7559516E12</v>
       </c>
       <c r="E203" s="2" t="n">
-        <v>2.117591E-10</v>
+        <v>2.154331E-10</v>
       </c>
       <c r="F203" s="2" t="n">
-        <v>2.117591E-10</v>
+        <v>2.177355E-10</v>
       </c>
       <c r="G203" s="2" t="n">
-        <v>2.034315E-10</v>
+        <v>2.154331E-10</v>
       </c>
       <c r="H203" s="2" t="n">
-        <v>2.05145E-10</v>
+        <v>2.177355E-10</v>
       </c>
       <c r="I203" s="2" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="204">
       <c r="A204" s="2" t="n">
-        <v>1.7555184E12</v>
+        <v>1.755864E12</v>
       </c>
       <c r="B204" s="2" t="n">
-        <v>1.755604799999E12</v>
+        <v>1.755950399999E12</v>
       </c>
       <c r="C204" s="2" t="n">
-        <v>1.75551846E12</v>
+        <v>1.75591944E12</v>
       </c>
       <c r="D204" s="2" t="n">
-        <v>1.75560186E12</v>
+        <v>1.75586712E12</v>
       </c>
       <c r="E204" s="2" t="n">
-        <v>2.124697E-10</v>
+        <v>2.063495E-10</v>
       </c>
       <c r="F204" s="2" t="n">
-        <v>2.124697E-10</v>
+        <v>2.154331E-10</v>
       </c>
       <c r="G204" s="2" t="n">
-        <v>2.117591E-10</v>
+        <v>2.063495E-10</v>
       </c>
       <c r="H204" s="2" t="n">
-        <v>2.117591E-10</v>
+        <v>2.154331E-10</v>
       </c>
       <c r="I204" s="2" t="n">
-        <v>8.25</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="205">
       <c r="A205" s="2" t="n">
-        <v>1.755432E12</v>
+        <v>1.7557776E12</v>
       </c>
       <c r="B205" s="2" t="n">
-        <v>1.755518399999E12</v>
+        <v>1.755863999999E12</v>
       </c>
       <c r="C205" s="2" t="n">
-        <v>1.75547724E12</v>
+        <v>1.75577886E12</v>
       </c>
       <c r="D205" s="2" t="n">
-        <v>1.75543452E12</v>
+        <v>1.75583802E12</v>
       </c>
       <c r="E205" s="2" t="n">
-        <v>2.066016E-10</v>
+        <v>2.14004E-10</v>
       </c>
       <c r="F205" s="2" t="n">
-        <v>2.135235E-10</v>
+        <v>2.14004E-10</v>
       </c>
       <c r="G205" s="2" t="n">
-        <v>2.066016E-10</v>
+        <v>2.063495E-10</v>
       </c>
       <c r="H205" s="2" t="n">
-        <v>2.124697E-10</v>
+        <v>2.063495E-10</v>
       </c>
       <c r="I205" s="2" t="n">
-        <v>29.32</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="206">
       <c r="A206" s="2" t="n">
-        <v>1.7553456E12</v>
+        <v>1.7556912E12</v>
       </c>
       <c r="B206" s="2" t="n">
-        <v>1.755431999999E12</v>
+        <v>1.755777599999E12</v>
       </c>
       <c r="C206" s="2" t="n">
-        <v>1.75534578E12</v>
+        <v>1.7557698E12</v>
       </c>
       <c r="D206" s="2" t="n">
-        <v>1.75540464E12</v>
+        <v>1.75573428E12</v>
       </c>
       <c r="E206" s="2" t="n">
-        <v>2.112614E-10</v>
+        <v>2.05145E-10</v>
       </c>
       <c r="F206" s="2" t="n">
-        <v>2.112614E-10</v>
+        <v>2.151382E-10</v>
       </c>
       <c r="G206" s="2" t="n">
-        <v>2.066016E-10</v>
+        <v>2.045765E-10</v>
       </c>
       <c r="H206" s="2" t="n">
-        <v>2.066016E-10</v>
+        <v>2.14004E-10</v>
       </c>
       <c r="I206" s="2" t="n">
-        <v>0.0</v>
+        <v>42.87</v>
       </c>
     </row>
     <row r="207">
       <c r="A207" s="2" t="n">
-        <v>1.7552592E12</v>
+        <v>1.7556048E12</v>
       </c>
       <c r="B207" s="2" t="n">
-        <v>1.755345599999E12</v>
+        <v>1.755691199999E12</v>
       </c>
       <c r="C207" s="2" t="n">
-        <v>1.75526136E12</v>
+        <v>1.75560528E12</v>
       </c>
       <c r="D207" s="2" t="n">
-        <v>1.75529466E12</v>
+        <v>1.75567314E12</v>
       </c>
       <c r="E207" s="2" t="n">
-        <v>2.151301E-10</v>
+        <v>2.117591E-10</v>
       </c>
       <c r="F207" s="2" t="n">
-        <v>2.151301E-10</v>
+        <v>2.117591E-10</v>
       </c>
       <c r="G207" s="2" t="n">
-        <v>2.112614E-10</v>
+        <v>2.034315E-10</v>
       </c>
       <c r="H207" s="2" t="n">
-        <v>2.112614E-10</v>
+        <v>2.05145E-10</v>
       </c>
       <c r="I207" s="2" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="208">
       <c r="A208" s="2" t="n">
-        <v>1.7551728E12</v>
+        <v>1.7555184E12</v>
       </c>
       <c r="B208" s="2" t="n">
-        <v>1.755259199999E12</v>
+        <v>1.755604799999E12</v>
       </c>
       <c r="C208" s="2" t="n">
-        <v>1.75520862E12</v>
+        <v>1.75551846E12</v>
       </c>
       <c r="D208" s="2" t="n">
-        <v>1.75517598E12</v>
+        <v>1.75560186E12</v>
       </c>
       <c r="E208" s="2" t="n">
-        <v>2.093047E-10</v>
+        <v>2.124697E-10</v>
       </c>
       <c r="F208" s="2" t="n">
-        <v>2.151301E-10</v>
+        <v>2.124697E-10</v>
       </c>
       <c r="G208" s="2" t="n">
-        <v>2.093047E-10</v>
+        <v>2.117591E-10</v>
       </c>
       <c r="H208" s="2" t="n">
-        <v>2.151301E-10</v>
+        <v>2.117591E-10</v>
       </c>
       <c r="I208" s="2" t="n">
-        <v>0.0</v>
+        <v>8.25</v>
       </c>
     </row>
     <row r="209">
       <c r="A209" s="2" t="n">
-        <v>1.7550864E12</v>
+        <v>1.755432E12</v>
       </c>
       <c r="B209" s="2" t="n">
-        <v>1.755172799999E12</v>
+        <v>1.755518399999E12</v>
       </c>
       <c r="C209" s="2" t="n">
-        <v>1.75513236E12</v>
+        <v>1.75547724E12</v>
       </c>
       <c r="D209" s="2" t="n">
-        <v>1.7550864E12</v>
+        <v>1.75543452E12</v>
       </c>
       <c r="E209" s="2" t="n">
-        <v>2.007778E-10</v>
+        <v>2.066016E-10</v>
       </c>
       <c r="F209" s="2" t="n">
-        <v>2.116205E-10</v>
+        <v>2.135235E-10</v>
       </c>
       <c r="G209" s="2" t="n">
-        <v>2.007778E-10</v>
+        <v>2.066016E-10</v>
       </c>
       <c r="H209" s="2" t="n">
-        <v>2.093047E-10</v>
+        <v>2.124697E-10</v>
       </c>
       <c r="I209" s="2" t="n">
-        <v>0.0</v>
+        <v>29.32</v>
       </c>
     </row>
     <row r="210">
       <c r="A210" s="2" t="n">
-        <v>1.755E12</v>
+        <v>1.7553456E12</v>
       </c>
       <c r="B210" s="2" t="n">
-        <v>1.755086399999E12</v>
+        <v>1.755431999999E12</v>
       </c>
       <c r="C210" s="2" t="n">
-        <v>1.75500036E12</v>
+        <v>1.75534578E12</v>
       </c>
       <c r="D210" s="2" t="n">
-        <v>1.7550033E12</v>
+        <v>1.75540464E12</v>
       </c>
       <c r="E210" s="2" t="n">
-        <v>2.013198E-10</v>
+        <v>2.112614E-10</v>
       </c>
       <c r="F210" s="2" t="n">
-        <v>2.013198E-10</v>
+        <v>2.112614E-10</v>
       </c>
       <c r="G210" s="2" t="n">
-        <v>2.001988E-10</v>
+        <v>2.066016E-10</v>
       </c>
       <c r="H210" s="2" t="n">
-        <v>2.007778E-10</v>
+        <v>2.066016E-10</v>
       </c>
       <c r="I210" s="2" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="211">
       <c r="A211" s="2" t="n">
-        <v>1.7549136E12</v>
+        <v>1.7552592E12</v>
       </c>
       <c r="B211" s="2" t="n">
-        <v>1.754999999999E12</v>
+        <v>1.755345599999E12</v>
       </c>
       <c r="C211" s="2" t="n">
-        <v>1.75493922E12</v>
+        <v>1.75526136E12</v>
       </c>
       <c r="D211" s="2" t="n">
-        <v>1.75491366E12</v>
+        <v>1.75529466E12</v>
       </c>
       <c r="E211" s="2" t="n">
-        <v>1.990536E-10</v>
+        <v>2.151301E-10</v>
       </c>
       <c r="F211" s="2" t="n">
-        <v>2.033997E-10</v>
+        <v>2.151301E-10</v>
       </c>
       <c r="G211" s="2" t="n">
-        <v>1.990536E-10</v>
+        <v>2.112614E-10</v>
       </c>
       <c r="H211" s="2" t="n">
-        <v>2.013198E-10</v>
+        <v>2.112614E-10</v>
       </c>
       <c r="I211" s="2" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="212">
       <c r="A212" s="2" t="n">
-        <v>1.7548272E12</v>
+        <v>1.7551728E12</v>
       </c>
       <c r="B212" s="2" t="n">
-        <v>1.754913599999E12</v>
+        <v>1.755259199999E12</v>
       </c>
       <c r="C212" s="2" t="n">
-        <v>1.75489746E12</v>
+        <v>1.75520862E12</v>
       </c>
       <c r="D212" s="2" t="n">
-        <v>1.75486308E12</v>
+        <v>1.75517598E12</v>
       </c>
       <c r="E212" s="2" t="n">
-        <v>1.990171E-10</v>
+        <v>2.093047E-10</v>
       </c>
       <c r="F212" s="2" t="n">
-        <v>1.990536E-10</v>
+        <v>2.151301E-10</v>
       </c>
       <c r="G212" s="2" t="n">
-        <v>1.987375E-10</v>
+        <v>2.093047E-10</v>
       </c>
       <c r="H212" s="2" t="n">
-        <v>1.990536E-10</v>
+        <v>2.151301E-10</v>
       </c>
       <c r="I212" s="2" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="213">
       <c r="A213" s="2" t="n">
-        <v>1.7547408E12</v>
+        <v>1.7550864E12</v>
       </c>
       <c r="B213" s="2" t="n">
-        <v>1.754827199999E12</v>
+        <v>1.755172799999E12</v>
       </c>
       <c r="C213" s="2" t="n">
-        <v>1.75476918E12</v>
+        <v>1.75513236E12</v>
       </c>
       <c r="D213" s="2" t="n">
-        <v>1.75474122E12</v>
+        <v>1.7550864E12</v>
       </c>
       <c r="E213" s="2" t="n">
-        <v>1.953619E-10</v>
+        <v>2.007778E-10</v>
       </c>
       <c r="F213" s="2" t="n">
-        <v>2.002742E-10</v>
+        <v>2.116205E-10</v>
       </c>
       <c r="G213" s="2" t="n">
-        <v>1.953619E-10</v>
+        <v>2.007778E-10</v>
       </c>
       <c r="H213" s="2" t="n">
-        <v>1.990171E-10</v>
+        <v>2.093047E-10</v>
       </c>
       <c r="I213" s="2" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="214">
       <c r="A214" s="2" t="n">
-        <v>1.7546544E12</v>
+        <v>1.755E12</v>
       </c>
       <c r="B214" s="2" t="n">
-        <v>1.754740799999E12</v>
+        <v>1.755086399999E12</v>
       </c>
       <c r="C214" s="2" t="n">
-        <v>1.75468272E12</v>
+        <v>1.75500036E12</v>
       </c>
       <c r="D214" s="2" t="n">
-        <v>1.75465668E12</v>
+        <v>1.7550033E12</v>
       </c>
       <c r="E214" s="2" t="n">
-        <v>1.913167E-10</v>
+        <v>2.013198E-10</v>
       </c>
       <c r="F214" s="2" t="n">
-        <v>1.96245E-10</v>
+        <v>2.013198E-10</v>
       </c>
       <c r="G214" s="2" t="n">
-        <v>1.913167E-10</v>
+        <v>2.001988E-10</v>
       </c>
       <c r="H214" s="2" t="n">
-        <v>1.953619E-10</v>
+        <v>2.007778E-10</v>
       </c>
       <c r="I214" s="2" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="215">
       <c r="A215" s="2" t="n">
-        <v>1.754568E12</v>
+        <v>1.7549136E12</v>
       </c>
       <c r="B215" s="2" t="n">
-        <v>1.754654399999E12</v>
+        <v>1.754999999999E12</v>
       </c>
       <c r="C215" s="2" t="n">
-        <v>1.75459596E12</v>
+        <v>1.75493922E12</v>
       </c>
       <c r="D215" s="2" t="n">
-        <v>1.7545704E12</v>
+        <v>1.75491366E12</v>
       </c>
       <c r="E215" s="2" t="n">
-        <v>1.902405E-10</v>
+        <v>1.990536E-10</v>
       </c>
       <c r="F215" s="2" t="n">
-        <v>1.913167E-10</v>
+        <v>2.033997E-10</v>
       </c>
       <c r="G215" s="2" t="n">
-        <v>1.902405E-10</v>
+        <v>1.990536E-10</v>
       </c>
       <c r="H215" s="2" t="n">
-        <v>1.913167E-10</v>
+        <v>2.013198E-10</v>
       </c>
       <c r="I215" s="2" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="216">
       <c r="A216" s="2" t="n">
-        <v>1.7544816E12</v>
+        <v>1.7548272E12</v>
       </c>
       <c r="B216" s="2" t="n">
-        <v>1.754567999999E12</v>
+        <v>1.754913599999E12</v>
       </c>
       <c r="C216" s="2" t="n">
-        <v>1.7545338E12</v>
+        <v>1.75489746E12</v>
       </c>
       <c r="D216" s="2" t="n">
-        <v>1.75448232E12</v>
+        <v>1.75486308E12</v>
       </c>
       <c r="E216" s="2" t="n">
-        <v>1.888097E-10</v>
+        <v>1.990171E-10</v>
       </c>
       <c r="F216" s="2" t="n">
-        <v>1.902405E-10</v>
+        <v>1.990536E-10</v>
       </c>
       <c r="G216" s="2" t="n">
-        <v>1.888097E-10</v>
+        <v>1.987375E-10</v>
       </c>
       <c r="H216" s="2" t="n">
-        <v>1.902405E-10</v>
+        <v>1.990536E-10</v>
       </c>
       <c r="I216" s="2" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="217">
       <c r="A217" s="2" t="n">
-        <v>1.7543952E12</v>
+        <v>1.7547408E12</v>
       </c>
       <c r="B217" s="2" t="n">
-        <v>1.754481599999E12</v>
+        <v>1.754827199999E12</v>
       </c>
       <c r="C217" s="2" t="n">
-        <v>1.75441518E12</v>
+        <v>1.75476918E12</v>
       </c>
       <c r="D217" s="2" t="n">
-        <v>1.7544438E12</v>
+        <v>1.75474122E12</v>
       </c>
       <c r="E217" s="2" t="n">
-        <v>1.897951E-10</v>
+        <v>1.953619E-10</v>
       </c>
       <c r="F217" s="2" t="n">
-        <v>1.901928E-10</v>
+        <v>2.002742E-10</v>
       </c>
       <c r="G217" s="2" t="n">
-        <v>1.888097E-10</v>
+        <v>1.953619E-10</v>
       </c>
       <c r="H217" s="2" t="n">
-        <v>1.888097E-10</v>
+        <v>1.990171E-10</v>
       </c>
       <c r="I217" s="2" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="218">
       <c r="A218" s="2" t="n">
-        <v>1.7543088E12</v>
+        <v>1.7546544E12</v>
       </c>
       <c r="B218" s="2" t="n">
-        <v>1.754395199999E12</v>
+        <v>1.754740799999E12</v>
       </c>
       <c r="C218" s="2" t="n">
-        <v>1.75437276E12</v>
+        <v>1.75468272E12</v>
       </c>
       <c r="D218" s="2" t="n">
-        <v>1.75431216E12</v>
+        <v>1.75465668E12</v>
       </c>
       <c r="E218" s="2" t="n">
-        <v>1.863139E-10</v>
+        <v>1.913167E-10</v>
       </c>
       <c r="F218" s="2" t="n">
-        <v>1.910094E-10</v>
+        <v>1.96245E-10</v>
       </c>
       <c r="G218" s="2" t="n">
-        <v>1.863139E-10</v>
+        <v>1.913167E-10</v>
       </c>
       <c r="H218" s="2" t="n">
-        <v>1.897951E-10</v>
+        <v>1.953619E-10</v>
       </c>
       <c r="I218" s="2" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="219">
       <c r="A219" s="2" t="n">
-        <v>1.7542224E12</v>
+        <v>1.754568E12</v>
       </c>
       <c r="B219" s="2" t="n">
-        <v>1.754308799999E12</v>
+        <v>1.754654399999E12</v>
       </c>
       <c r="C219" s="2" t="n">
-        <v>1.75426098E12</v>
+        <v>1.75459596E12</v>
       </c>
       <c r="D219" s="2" t="n">
-        <v>1.75422438E12</v>
+        <v>1.7545704E12</v>
       </c>
       <c r="E219" s="2" t="n">
-        <v>1.83422E-10</v>
+        <v>1.902405E-10</v>
       </c>
       <c r="F219" s="2" t="n">
-        <v>1.863139E-10</v>
+        <v>1.913167E-10</v>
       </c>
       <c r="G219" s="2" t="n">
-        <v>1.83422E-10</v>
+        <v>1.902405E-10</v>
       </c>
       <c r="H219" s="2" t="n">
-        <v>1.863139E-10</v>
+        <v>1.913167E-10</v>
       </c>
       <c r="I219" s="2" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="220">
       <c r="A220" s="2" t="n">
-        <v>1.754136E12</v>
+        <v>1.7544816E12</v>
       </c>
       <c r="B220" s="2" t="n">
-        <v>1.754222399999E12</v>
+        <v>1.754567999999E12</v>
       </c>
       <c r="C220" s="2" t="n">
-        <v>1.754136E12</v>
+        <v>1.7545338E12</v>
       </c>
       <c r="D220" s="2" t="n">
-        <v>1.75420416E12</v>
+        <v>1.75448232E12</v>
       </c>
       <c r="E220" s="2" t="n">
-        <v>1.968627E-10</v>
+        <v>1.888097E-10</v>
       </c>
       <c r="F220" s="2" t="n">
-        <v>1.968627E-10</v>
+        <v>1.902405E-10</v>
       </c>
       <c r="G220" s="2" t="n">
-        <v>1.83422E-10</v>
+        <v>1.888097E-10</v>
       </c>
       <c r="H220" s="2" t="n">
-        <v>1.83422E-10</v>
+        <v>1.902405E-10</v>
       </c>
       <c r="I220" s="2" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="221">
       <c r="A221" s="2" t="n">
-        <v>1.7540496E12</v>
+        <v>1.7543952E12</v>
       </c>
       <c r="B221" s="2" t="n">
-        <v>1.754135999999E12</v>
+        <v>1.754481599999E12</v>
       </c>
       <c r="C221" s="2" t="n">
-        <v>1.7541072E12</v>
+        <v>1.75441518E12</v>
       </c>
       <c r="D221" s="2" t="n">
-        <v>1.75405152E12</v>
+        <v>1.7544438E12</v>
       </c>
       <c r="E221" s="2" t="n">
-        <v>1.968627E-10</v>
+        <v>1.897951E-10</v>
       </c>
       <c r="F221" s="2" t="n">
-        <v>1.968627E-10</v>
+        <v>1.901928E-10</v>
       </c>
       <c r="G221" s="2" t="n">
-        <v>1.968627E-10</v>
+        <v>1.888097E-10</v>
       </c>
       <c r="H221" s="2" t="n">
-        <v>1.968627E-10</v>
+        <v>1.888097E-10</v>
       </c>
       <c r="I221" s="2" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="222">
       <c r="A222" s="2" t="n">
-        <v>1.7539632E12</v>
+        <v>1.7543088E12</v>
       </c>
       <c r="B222" s="2" t="n">
-        <v>1.754049599999E12</v>
+        <v>1.754395199999E12</v>
       </c>
       <c r="C222" s="2" t="n">
-        <v>1.7539884E12</v>
+        <v>1.75437276E12</v>
       </c>
       <c r="D222" s="2" t="n">
-        <v>1.7540199E12</v>
+        <v>1.75431216E12</v>
       </c>
       <c r="E222" s="2" t="n">
-        <v>1.997378E-10</v>
+        <v>1.863139E-10</v>
       </c>
       <c r="F222" s="2" t="n">
-        <v>1.997378E-10</v>
+        <v>1.910094E-10</v>
       </c>
       <c r="G222" s="2" t="n">
-        <v>1.968627E-10</v>
+        <v>1.863139E-10</v>
       </c>
       <c r="H222" s="2" t="n">
-        <v>1.968627E-10</v>
+        <v>1.897951E-10</v>
       </c>
       <c r="I222" s="2" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="223">
       <c r="A223" s="2" t="n">
-        <v>1.7538768E12</v>
+        <v>1.7542224E12</v>
       </c>
       <c r="B223" s="2" t="n">
-        <v>1.753963199999E12</v>
+        <v>1.754308799999E12</v>
       </c>
       <c r="C223" s="2" t="n">
-        <v>1.75388028E12</v>
+        <v>1.75426098E12</v>
       </c>
       <c r="D223" s="2" t="n">
-        <v>1.75389936E12</v>
+        <v>1.75422438E12</v>
       </c>
       <c r="E223" s="2" t="n">
-        <v>2.01415E-10</v>
+        <v>1.83422E-10</v>
       </c>
       <c r="F223" s="2" t="n">
-        <v>2.01415E-10</v>
+        <v>1.863139E-10</v>
       </c>
       <c r="G223" s="2" t="n">
-        <v>1.997378E-10</v>
+        <v>1.83422E-10</v>
       </c>
       <c r="H223" s="2" t="n">
-        <v>1.997378E-10</v>
+        <v>1.863139E-10</v>
       </c>
       <c r="I223" s="2" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="224">
       <c r="A224" s="2" t="n">
-        <v>1.7537904E12</v>
+        <v>1.754136E12</v>
       </c>
       <c r="B224" s="2" t="n">
-        <v>1.753876799999E12</v>
+        <v>1.754222399999E12</v>
       </c>
       <c r="C224" s="2" t="n">
-        <v>1.75379082E12</v>
+        <v>1.754136E12</v>
       </c>
       <c r="D224" s="2" t="n">
-        <v>1.75384944E12</v>
+        <v>1.75420416E12</v>
       </c>
       <c r="E224" s="2" t="n">
-        <v>2.105986E-10</v>
+        <v>1.968627E-10</v>
       </c>
       <c r="F224" s="2" t="n">
-        <v>2.105986E-10</v>
+        <v>1.968627E-10</v>
       </c>
       <c r="G224" s="2" t="n">
-        <v>2.01415E-10</v>
+        <v>1.83422E-10</v>
       </c>
       <c r="H224" s="2" t="n">
-        <v>2.01415E-10</v>
+        <v>1.83422E-10</v>
       </c>
       <c r="I224" s="2" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="225">
       <c r="A225" s="2" t="n">
-        <v>1.753704E12</v>
+        <v>1.7540496E12</v>
       </c>
       <c r="B225" s="2" t="n">
-        <v>1.753790399999E12</v>
+        <v>1.754135999999E12</v>
       </c>
       <c r="C225" s="2" t="n">
-        <v>1.75370724E12</v>
+        <v>1.7541072E12</v>
       </c>
       <c r="D225" s="2" t="n">
-        <v>1.75371864E12</v>
+        <v>1.75405152E12</v>
       </c>
       <c r="E225" s="2" t="n">
-        <v>2.10741E-10</v>
+        <v>1.968627E-10</v>
       </c>
       <c r="F225" s="2" t="n">
-        <v>2.10741E-10</v>
+        <v>1.968627E-10</v>
       </c>
       <c r="G225" s="2" t="n">
-        <v>2.105473E-10</v>
+        <v>1.968627E-10</v>
       </c>
       <c r="H225" s="2" t="n">
-        <v>2.105986E-10</v>
+        <v>1.968627E-10</v>
       </c>
       <c r="I225" s="2" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="226">
       <c r="A226" s="2" t="n">
-        <v>1.7536176E12</v>
+        <v>1.7539632E12</v>
       </c>
       <c r="B226" s="2" t="n">
-        <v>1.753703999999E12</v>
+        <v>1.754049599999E12</v>
       </c>
       <c r="C226" s="2" t="n">
-        <v>1.75370244E12</v>
+        <v>1.7539884E12</v>
       </c>
       <c r="D226" s="2" t="n">
-        <v>1.7536206E12</v>
+        <v>1.7540199E12</v>
       </c>
       <c r="E226" s="2" t="n">
-        <v>1.981577E-10</v>
+        <v>1.997378E-10</v>
       </c>
       <c r="F226" s="2" t="n">
-        <v>2.10741E-10</v>
+        <v>1.997378E-10</v>
       </c>
       <c r="G226" s="2" t="n">
-        <v>1.981577E-10</v>
+        <v>1.968627E-10</v>
       </c>
       <c r="H226" s="2" t="n">
-        <v>2.10741E-10</v>
+        <v>1.968627E-10</v>
       </c>
       <c r="I226" s="2" t="n">
-        <v>34.07</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="227">
       <c r="A227" s="2" t="n">
-        <v>1.7535312E12</v>
+        <v>1.7538768E12</v>
       </c>
       <c r="B227" s="2" t="n">
-        <v>1.753617599999E12</v>
+        <v>1.753963199999E12</v>
       </c>
       <c r="C227" s="2" t="n">
-        <v>1.75361394E12</v>
+        <v>1.75388028E12</v>
       </c>
       <c r="D227" s="2" t="n">
-        <v>1.75353264E12</v>
+        <v>1.75389936E12</v>
       </c>
       <c r="E227" s="2" t="n">
-        <v>1.915958E-10</v>
+        <v>2.01415E-10</v>
       </c>
       <c r="F227" s="2" t="n">
-        <v>1.981577E-10</v>
+        <v>2.01415E-10</v>
       </c>
       <c r="G227" s="2" t="n">
-        <v>1.915958E-10</v>
+        <v>1.997378E-10</v>
       </c>
       <c r="H227" s="2" t="n">
-        <v>1.981577E-10</v>
+        <v>1.997378E-10</v>
       </c>
       <c r="I227" s="2" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="228">
       <c r="A228" s="2" t="n">
-        <v>1.7534448E12</v>
+        <v>1.7537904E12</v>
       </c>
       <c r="B228" s="2" t="n">
-        <v>1.753531199999E12</v>
+        <v>1.753876799999E12</v>
       </c>
       <c r="C228" s="2" t="n">
-        <v>1.75344804E12</v>
+        <v>1.75379082E12</v>
       </c>
       <c r="D228" s="2" t="n">
-        <v>1.75347342E12</v>
+        <v>1.75384944E12</v>
       </c>
       <c r="E228" s="2" t="n">
-        <v>1.937705E-10</v>
+        <v>2.105986E-10</v>
       </c>
       <c r="F228" s="2" t="n">
-        <v>1.937705E-10</v>
+        <v>2.105986E-10</v>
       </c>
       <c r="G228" s="2" t="n">
-        <v>1.895841E-10</v>
+        <v>2.01415E-10</v>
       </c>
       <c r="H228" s="2" t="n">
-        <v>1.915958E-10</v>
+        <v>2.01415E-10</v>
       </c>
       <c r="I228" s="2" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="229">
       <c r="A229" s="2" t="n">
-        <v>1.7533584E12</v>
+        <v>1.753704E12</v>
       </c>
       <c r="B229" s="2" t="n">
-        <v>1.753444799999E12</v>
+        <v>1.753790399999E12</v>
       </c>
       <c r="C229" s="2" t="n">
-        <v>1.753359E12</v>
+        <v>1.75370724E12</v>
       </c>
       <c r="D229" s="2" t="n">
-        <v>1.75339026E12</v>
+        <v>1.75371864E12</v>
       </c>
       <c r="E229" s="2" t="n">
-        <v>1.979734E-10</v>
+        <v>2.10741E-10</v>
       </c>
       <c r="F229" s="2" t="n">
-        <v>1.979734E-10</v>
+        <v>2.10741E-10</v>
       </c>
       <c r="G229" s="2" t="n">
-        <v>1.904478E-10</v>
+        <v>2.105473E-10</v>
       </c>
       <c r="H229" s="2" t="n">
-        <v>1.937705E-10</v>
+        <v>2.105986E-10</v>
       </c>
       <c r="I229" s="2" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="230">
       <c r="A230" s="2" t="n">
-        <v>1.753272E12</v>
+        <v>1.7536176E12</v>
       </c>
       <c r="B230" s="2" t="n">
-        <v>1.753358399999E12</v>
+        <v>1.753703999999E12</v>
       </c>
       <c r="C230" s="2" t="n">
-        <v>1.75330512E12</v>
+        <v>1.75370244E12</v>
       </c>
       <c r="D230" s="2" t="n">
-        <v>1.7532744E12</v>
+        <v>1.7536206E12</v>
       </c>
       <c r="E230" s="2" t="n">
-        <v>1.943219E-10</v>
+        <v>1.981577E-10</v>
       </c>
       <c r="F230" s="2" t="n">
-        <v>1.982971E-10</v>
+        <v>2.10741E-10</v>
       </c>
       <c r="G230" s="2" t="n">
-        <v>1.943219E-10</v>
+        <v>1.981577E-10</v>
       </c>
       <c r="H230" s="2" t="n">
-        <v>1.979734E-10</v>
+        <v>2.10741E-10</v>
       </c>
       <c r="I230" s="2" t="n">
-        <v>0.0</v>
+        <v>34.07</v>
       </c>
     </row>
     <row r="231">
       <c r="A231" s="2" t="n">
-        <v>1.7531856E12</v>
+        <v>1.7535312E12</v>
       </c>
       <c r="B231" s="2" t="n">
-        <v>1.753271999999E12</v>
+        <v>1.753617599999E12</v>
       </c>
       <c r="C231" s="2" t="n">
-        <v>1.7532627E12</v>
+        <v>1.75361394E12</v>
       </c>
       <c r="D231" s="2" t="n">
-        <v>1.7531856E12</v>
+        <v>1.75353264E12</v>
       </c>
       <c r="E231" s="2" t="n">
-        <v>1.86583E-10</v>
+        <v>1.915958E-10</v>
       </c>
       <c r="F231" s="2" t="n">
-        <v>1.943219E-10</v>
+        <v>1.981577E-10</v>
       </c>
       <c r="G231" s="2" t="n">
-        <v>1.86583E-10</v>
+        <v>1.915958E-10</v>
       </c>
       <c r="H231" s="2" t="n">
-        <v>1.943219E-10</v>
+        <v>1.981577E-10</v>
       </c>
       <c r="I231" s="2" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="232">
       <c r="A232" s="2" t="n">
-        <v>1.7530992E12</v>
+        <v>1.7534448E12</v>
       </c>
       <c r="B232" s="2" t="n">
-        <v>1.753185599999E12</v>
+        <v>1.753531199999E12</v>
       </c>
       <c r="C232" s="2" t="n">
-        <v>1.7531424E12</v>
+        <v>1.75344804E12</v>
       </c>
       <c r="D232" s="2" t="n">
-        <v>1.75310034E12</v>
+        <v>1.75347342E12</v>
       </c>
       <c r="E232" s="2" t="n">
-        <v>1.86583E-10</v>
+        <v>1.937705E-10</v>
       </c>
       <c r="F232" s="2" t="n">
-        <v>1.86583E-10</v>
+        <v>1.937705E-10</v>
       </c>
       <c r="G232" s="2" t="n">
-        <v>1.86583E-10</v>
+        <v>1.895841E-10</v>
       </c>
       <c r="H232" s="2" t="n">
-        <v>1.86583E-10</v>
+        <v>1.915958E-10</v>
       </c>
       <c r="I232" s="2" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="233">
       <c r="A233" s="2" t="n">
-        <v>1.7530128E12</v>
+        <v>1.7533584E12</v>
       </c>
       <c r="B233" s="2" t="n">
-        <v>1.753099199999E12</v>
+        <v>1.753444799999E12</v>
       </c>
       <c r="C233" s="2" t="n">
-        <v>1.7530518E12</v>
+        <v>1.753359E12</v>
       </c>
       <c r="D233" s="2" t="n">
-        <v>1.75301514E12</v>
+        <v>1.75339026E12</v>
       </c>
       <c r="E233" s="2" t="n">
-        <v>1.82904E-10</v>
+        <v>1.979734E-10</v>
       </c>
       <c r="F233" s="2" t="n">
-        <v>1.869193E-10</v>
+        <v>1.979734E-10</v>
       </c>
       <c r="G233" s="2" t="n">
-        <v>1.82904E-10</v>
+        <v>1.904478E-10</v>
       </c>
       <c r="H233" s="2" t="n">
-        <v>1.86583E-10</v>
+        <v>1.937705E-10</v>
       </c>
       <c r="I233" s="2" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="234">
       <c r="A234" s="2" t="n">
-        <v>1.7529264E12</v>
+        <v>1.753272E12</v>
       </c>
       <c r="B234" s="2" t="n">
-        <v>1.753012799999E12</v>
+        <v>1.753358399999E12</v>
       </c>
       <c r="C234" s="2" t="n">
-        <v>1.75292826E12</v>
+        <v>1.75330512E12</v>
       </c>
       <c r="D234" s="2" t="n">
-        <v>1.75296486E12</v>
+        <v>1.7532744E12</v>
       </c>
       <c r="E234" s="2" t="n">
-        <v>1.857869E-10</v>
+        <v>1.943219E-10</v>
       </c>
       <c r="F234" s="2" t="n">
-        <v>1.857869E-10</v>
+        <v>1.982971E-10</v>
       </c>
       <c r="G234" s="2" t="n">
-        <v>1.82904E-10</v>
+        <v>1.943219E-10</v>
       </c>
       <c r="H234" s="2" t="n">
-        <v>1.82904E-10</v>
+        <v>1.979734E-10</v>
       </c>
       <c r="I234" s="2" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="235">
       <c r="A235" s="2" t="n">
-        <v>1.75284E12</v>
+        <v>1.7531856E12</v>
       </c>
       <c r="B235" s="2" t="n">
-        <v>1.752926399999E12</v>
+        <v>1.753271999999E12</v>
       </c>
       <c r="C235" s="2" t="n">
-        <v>1.75290426E12</v>
+        <v>1.7532627E12</v>
       </c>
       <c r="D235" s="2" t="n">
-        <v>1.75284168E12</v>
+        <v>1.7531856E12</v>
       </c>
       <c r="E235" s="2" t="n">
-        <v>1.816146E-10</v>
+        <v>1.86583E-10</v>
       </c>
       <c r="F235" s="2" t="n">
-        <v>1.857869E-10</v>
+        <v>1.943219E-10</v>
       </c>
       <c r="G235" s="2" t="n">
-        <v>1.816146E-10</v>
+        <v>1.86583E-10</v>
       </c>
       <c r="H235" s="2" t="n">
-        <v>1.857869E-10</v>
+        <v>1.943219E-10</v>
       </c>
       <c r="I235" s="2" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="236">
       <c r="A236" s="2" t="n">
-        <v>1.7527536E12</v>
+        <v>1.7530992E12</v>
       </c>
       <c r="B236" s="2" t="n">
-        <v>1.752839999999E12</v>
+        <v>1.753185599999E12</v>
       </c>
       <c r="C236" s="2" t="n">
-        <v>1.75280652E12</v>
+        <v>1.7531424E12</v>
       </c>
       <c r="D236" s="2" t="n">
-        <v>1.7527542E12</v>
+        <v>1.75310034E12</v>
       </c>
       <c r="E236" s="2" t="n">
-        <v>1.731558E-10</v>
+        <v>1.86583E-10</v>
       </c>
       <c r="F236" s="2" t="n">
-        <v>1.816146E-10</v>
+        <v>1.86583E-10</v>
       </c>
       <c r="G236" s="2" t="n">
-        <v>1.731558E-10</v>
+        <v>1.86583E-10</v>
       </c>
       <c r="H236" s="2" t="n">
-        <v>1.816146E-10</v>
+        <v>1.86583E-10</v>
       </c>
       <c r="I236" s="2" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="237">
       <c r="A237" s="2" t="n">
-        <v>1.7526672E12</v>
+        <v>1.7530128E12</v>
       </c>
       <c r="B237" s="2" t="n">
-        <v>1.752753599999E12</v>
+        <v>1.753099199999E12</v>
       </c>
       <c r="C237" s="2" t="n">
-        <v>1.7527173E12</v>
+        <v>1.7530518E12</v>
       </c>
       <c r="D237" s="2" t="n">
-        <v>1.7526672E12</v>
+        <v>1.75301514E12</v>
       </c>
       <c r="E237" s="2" t="n">
-        <v>1.721511E-10</v>
+        <v>1.82904E-10</v>
       </c>
       <c r="F237" s="2" t="n">
-        <v>1.731558E-10</v>
+        <v>1.869193E-10</v>
       </c>
       <c r="G237" s="2" t="n">
-        <v>1.721511E-10</v>
+        <v>1.82904E-10</v>
       </c>
       <c r="H237" s="2" t="n">
-        <v>1.731558E-10</v>
+        <v>1.86583E-10</v>
       </c>
       <c r="I237" s="2" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="238">
       <c r="A238" s="2" t="n">
-        <v>1.7525808E12</v>
+        <v>1.7529264E12</v>
       </c>
       <c r="B238" s="2" t="n">
-        <v>1.752667199999E12</v>
+        <v>1.753012799999E12</v>
       </c>
       <c r="C238" s="2" t="n">
-        <v>1.75258416E12</v>
+        <v>1.75292826E12</v>
       </c>
       <c r="D238" s="2" t="n">
-        <v>1.75264746E12</v>
+        <v>1.75296486E12</v>
       </c>
       <c r="E238" s="2" t="n">
-        <v>1.727314E-10</v>
+        <v>1.857869E-10</v>
       </c>
       <c r="F238" s="2" t="n">
-        <v>1.727314E-10</v>
+        <v>1.857869E-10</v>
       </c>
       <c r="G238" s="2" t="n">
-        <v>1.721511E-10</v>
+        <v>1.82904E-10</v>
       </c>
       <c r="H238" s="2" t="n">
-        <v>1.721511E-10</v>
+        <v>1.82904E-10</v>
       </c>
       <c r="I238" s="2" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="239">
       <c r="A239" s="2" t="n">
-        <v>1.7524944E12</v>
+        <v>1.75284E12</v>
       </c>
       <c r="B239" s="2" t="n">
-        <v>1.752580799999E12</v>
+        <v>1.752926399999E12</v>
       </c>
       <c r="C239" s="2" t="n">
-        <v>1.75256592E12</v>
+        <v>1.75290426E12</v>
       </c>
       <c r="D239" s="2" t="n">
-        <v>1.75249728E12</v>
+        <v>1.75284168E12</v>
       </c>
       <c r="E239" s="2" t="n">
-        <v>1.726713E-10</v>
+        <v>1.816146E-10</v>
       </c>
       <c r="F239" s="2" t="n">
-        <v>1.729833E-10</v>
+        <v>1.857869E-10</v>
       </c>
       <c r="G239" s="2" t="n">
-        <v>1.726713E-10</v>
+        <v>1.816146E-10</v>
       </c>
       <c r="H239" s="2" t="n">
-        <v>1.727314E-10</v>
+        <v>1.857869E-10</v>
       </c>
       <c r="I239" s="2" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="240">
       <c r="A240" s="2" t="n">
-        <v>1.752408E12</v>
+        <v>1.7527536E12</v>
       </c>
       <c r="B240" s="2" t="n">
-        <v>1.752494399999E12</v>
+        <v>1.752839999999E12</v>
       </c>
       <c r="C240" s="2" t="n">
-        <v>1.7524083E12</v>
+        <v>1.75280652E12</v>
       </c>
       <c r="D240" s="2" t="n">
-        <v>1.75244712E12</v>
+        <v>1.7527542E12</v>
       </c>
       <c r="E240" s="2" t="n">
-        <v>1.738995E-10</v>
+        <v>1.731558E-10</v>
       </c>
       <c r="F240" s="2" t="n">
-        <v>1.738995E-10</v>
+        <v>1.816146E-10</v>
       </c>
       <c r="G240" s="2" t="n">
-        <v>1.726713E-10</v>
+        <v>1.731558E-10</v>
       </c>
       <c r="H240" s="2" t="n">
-        <v>1.726713E-10</v>
+        <v>1.816146E-10</v>
       </c>
       <c r="I240" s="2" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="241">
       <c r="A241" s="2" t="n">
-        <v>1.7523216E12</v>
+        <v>1.7526672E12</v>
       </c>
       <c r="B241" s="2" t="n">
-        <v>1.752407999999E12</v>
+        <v>1.752753599999E12</v>
       </c>
       <c r="C241" s="2" t="n">
-        <v>1.7523348E12</v>
+        <v>1.7527173E12</v>
       </c>
       <c r="D241" s="2" t="n">
-        <v>1.75232202E12</v>
+        <v>1.7526672E12</v>
       </c>
       <c r="E241" s="2" t="n">
-        <v>1.725933E-10</v>
+        <v>1.721511E-10</v>
       </c>
       <c r="F241" s="2" t="n">
-        <v>1.738995E-10</v>
+        <v>1.731558E-10</v>
       </c>
       <c r="G241" s="2" t="n">
-        <v>1.725933E-10</v>
+        <v>1.721511E-10</v>
       </c>
       <c r="H241" s="2" t="n">
-        <v>1.738995E-10</v>
+        <v>1.731558E-10</v>
       </c>
       <c r="I241" s="2" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="242">
       <c r="A242" s="2" t="n">
-        <v>1.7522352E12</v>
+        <v>1.7525808E12</v>
       </c>
       <c r="B242" s="2" t="n">
-        <v>1.752321599999E12</v>
+        <v>1.752667199999E12</v>
       </c>
       <c r="C242" s="2" t="n">
-        <v>1.75227414E12</v>
+        <v>1.75258416E12</v>
       </c>
       <c r="D242" s="2" t="n">
-        <v>1.7522379E12</v>
+        <v>1.75264746E12</v>
       </c>
       <c r="E242" s="2" t="n">
-        <v>1.713309E-10</v>
+        <v>1.727314E-10</v>
       </c>
       <c r="F242" s="2" t="n">
-        <v>1.727443E-10</v>
+        <v>1.727314E-10</v>
       </c>
       <c r="G242" s="2" t="n">
-        <v>1.713309E-10</v>
+        <v>1.721511E-10</v>
       </c>
       <c r="H242" s="2" t="n">
-        <v>1.725933E-10</v>
+        <v>1.721511E-10</v>
       </c>
       <c r="I242" s="2" t="n">
-        <v>61.49</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="243">
       <c r="A243" s="2" t="n">
-        <v>1.7521488E12</v>
+        <v>1.7524944E12</v>
       </c>
       <c r="B243" s="2" t="n">
-        <v>1.752235199999E12</v>
+        <v>1.752580799999E12</v>
       </c>
       <c r="C243" s="2" t="n">
-        <v>1.75223388E12</v>
+        <v>1.75256592E12</v>
       </c>
       <c r="D243" s="2" t="n">
-        <v>1.7521512E12</v>
+        <v>1.75249728E12</v>
       </c>
       <c r="E243" s="2" t="n">
-        <v>1.661822E-10</v>
+        <v>1.726713E-10</v>
       </c>
       <c r="F243" s="2" t="n">
-        <v>1.7174E-10</v>
+        <v>1.729833E-10</v>
       </c>
       <c r="G243" s="2" t="n">
-        <v>1.661822E-10</v>
+        <v>1.726713E-10</v>
       </c>
       <c r="H243" s="2" t="n">
-        <v>1.713309E-10</v>
+        <v>1.727314E-10</v>
       </c>
       <c r="I243" s="2" t="n">
-        <v>7.91</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="244">
       <c r="A244" s="2" t="n">
-        <v>1.7520624E12</v>
+        <v>1.752408E12</v>
       </c>
       <c r="B244" s="2" t="n">
-        <v>1.752148799999E12</v>
+        <v>1.752494399999E12</v>
       </c>
       <c r="C244" s="2" t="n">
-        <v>1.75212864E12</v>
+        <v>1.7524083E12</v>
       </c>
       <c r="D244" s="2" t="n">
-        <v>1.7520639E12</v>
+        <v>1.75244712E12</v>
       </c>
       <c r="E244" s="2" t="n">
-        <v>1.653933E-10</v>
+        <v>1.738995E-10</v>
       </c>
       <c r="F244" s="2" t="n">
-        <v>1.661822E-10</v>
+        <v>1.738995E-10</v>
       </c>
       <c r="G244" s="2" t="n">
-        <v>1.653933E-10</v>
+        <v>1.726713E-10</v>
       </c>
       <c r="H244" s="2" t="n">
-        <v>1.661822E-10</v>
+        <v>1.726713E-10</v>
       </c>
       <c r="I244" s="2" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="245">
       <c r="A245" s="2" t="n">
-        <v>1.751976E12</v>
+        <v>1.7523216E12</v>
       </c>
       <c r="B245" s="2" t="n">
-        <v>1.752062399999E12</v>
+        <v>1.752407999999E12</v>
       </c>
       <c r="C245" s="2" t="n">
-        <v>1.75205874E12</v>
+        <v>1.7523348E12</v>
       </c>
       <c r="D245" s="2" t="n">
-        <v>1.751976E12</v>
+        <v>1.75232202E12</v>
       </c>
       <c r="E245" s="2" t="n">
-        <v>1.635019E-10</v>
+        <v>1.725933E-10</v>
       </c>
       <c r="F245" s="2" t="n">
-        <v>1.653933E-10</v>
+        <v>1.738995E-10</v>
       </c>
       <c r="G245" s="2" t="n">
-        <v>1.635019E-10</v>
+        <v>1.725933E-10</v>
       </c>
       <c r="H245" s="2" t="n">
-        <v>1.653933E-10</v>
+        <v>1.738995E-10</v>
       </c>
       <c r="I245" s="2" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="246">
       <c r="A246" s="2" t="n">
-        <v>1.7518896E12</v>
+        <v>1.7522352E12</v>
       </c>
       <c r="B246" s="2" t="n">
-        <v>1.751975999999E12</v>
+        <v>1.752321599999E12</v>
       </c>
       <c r="C246" s="2" t="n">
-        <v>1.7519184E12</v>
+        <v>1.75227414E12</v>
       </c>
       <c r="D246" s="2" t="n">
-        <v>1.75189092E12</v>
+        <v>1.7522379E12</v>
       </c>
       <c r="E246" s="2" t="n">
-        <v>1.635019E-10</v>
+        <v>1.713309E-10</v>
       </c>
       <c r="F246" s="2" t="n">
-        <v>1.635019E-10</v>
+        <v>1.727443E-10</v>
       </c>
       <c r="G246" s="2" t="n">
-        <v>1.635019E-10</v>
+        <v>1.713309E-10</v>
       </c>
       <c r="H246" s="2" t="n">
-        <v>1.635019E-10</v>
+        <v>1.725933E-10</v>
       </c>
       <c r="I246" s="2" t="n">
-        <v>0.0</v>
+        <v>61.49</v>
       </c>
     </row>
     <row r="247">
       <c r="A247" s="2" t="n">
-        <v>1.7518032E12</v>
+        <v>1.7521488E12</v>
       </c>
       <c r="B247" s="2" t="n">
-        <v>1.751889599999E12</v>
+        <v>1.752235199999E12</v>
       </c>
       <c r="C247" s="2" t="n">
-        <v>1.75180344E12</v>
+        <v>1.75223388E12</v>
       </c>
       <c r="D247" s="2" t="n">
-        <v>1.75183098E12</v>
+        <v>1.7521512E12</v>
       </c>
       <c r="E247" s="2" t="n">
-        <v>1.635667E-10</v>
+        <v>1.661822E-10</v>
       </c>
       <c r="F247" s="2" t="n">
-        <v>1.635667E-10</v>
+        <v>1.7174E-10</v>
       </c>
       <c r="G247" s="2" t="n">
-        <v>1.635019E-10</v>
+        <v>1.661822E-10</v>
       </c>
       <c r="H247" s="2" t="n">
-        <v>1.635019E-10</v>
+        <v>1.713309E-10</v>
       </c>
       <c r="I247" s="2" t="n">
-        <v>0.0</v>
+        <v>7.91</v>
       </c>
     </row>
     <row r="248">
       <c r="A248" s="2" t="n">
-        <v>1.7517168E12</v>
+        <v>1.7520624E12</v>
       </c>
       <c r="B248" s="2" t="n">
-        <v>1.751803199999E12</v>
+        <v>1.752148799999E12</v>
       </c>
       <c r="C248" s="2" t="n">
-        <v>1.7517546E12</v>
+        <v>1.75212864E12</v>
       </c>
       <c r="D248" s="2" t="n">
-        <v>1.75171908E12</v>
+        <v>1.7520639E12</v>
       </c>
       <c r="E248" s="2" t="n">
-        <v>1.626532E-10</v>
+        <v>1.653933E-10</v>
       </c>
       <c r="F248" s="2" t="n">
-        <v>1.635667E-10</v>
+        <v>1.661822E-10</v>
       </c>
       <c r="G248" s="2" t="n">
-        <v>1.626532E-10</v>
+        <v>1.653933E-10</v>
       </c>
       <c r="H248" s="2" t="n">
-        <v>1.635667E-10</v>
+        <v>1.661822E-10</v>
       </c>
       <c r="I248" s="2" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="249">
       <c r="A249" s="2" t="n">
-        <v>1.7516304E12</v>
+        <v>1.751976E12</v>
       </c>
       <c r="B249" s="2" t="n">
-        <v>1.751716799999E12</v>
+        <v>1.752062399999E12</v>
       </c>
       <c r="C249" s="2" t="n">
-        <v>1.7516331E12</v>
+        <v>1.75205874E12</v>
       </c>
       <c r="D249" s="2" t="n">
-        <v>1.75170234E12</v>
+        <v>1.751976E12</v>
       </c>
       <c r="E249" s="2" t="n">
-        <v>1.655929E-10</v>
+        <v>1.635019E-10</v>
       </c>
       <c r="F249" s="2" t="n">
-        <v>1.655929E-10</v>
+        <v>1.653933E-10</v>
       </c>
       <c r="G249" s="2" t="n">
-        <v>1.626532E-10</v>
+        <v>1.635019E-10</v>
       </c>
       <c r="H249" s="2" t="n">
-        <v>1.626532E-10</v>
+        <v>1.653933E-10</v>
       </c>
       <c r="I249" s="2" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="250">
       <c r="A250" s="2" t="n">
-        <v>1.751544E12</v>
+        <v>1.7518896E12</v>
       </c>
       <c r="B250" s="2" t="n">
-        <v>1.751630399999E12</v>
+        <v>1.751975999999E12</v>
       </c>
       <c r="C250" s="2" t="n">
-        <v>1.75158312E12</v>
+        <v>1.7519184E12</v>
       </c>
       <c r="D250" s="2" t="n">
-        <v>1.7515464E12</v>
+        <v>1.75189092E12</v>
       </c>
       <c r="E250" s="2" t="n">
-        <v>1.648227E-10</v>
+        <v>1.635019E-10</v>
       </c>
       <c r="F250" s="2" t="n">
-        <v>1.655929E-10</v>
+        <v>1.635019E-10</v>
       </c>
       <c r="G250" s="2" t="n">
-        <v>1.648227E-10</v>
+        <v>1.635019E-10</v>
       </c>
       <c r="H250" s="2" t="n">
-        <v>1.655929E-10</v>
+        <v>1.635019E-10</v>
       </c>
       <c r="I250" s="2" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="251">
       <c r="A251" s="2" t="n">
-        <v>1.7514576E12</v>
+        <v>1.7518032E12</v>
       </c>
       <c r="B251" s="2" t="n">
-        <v>1.751543999999E12</v>
+        <v>1.751889599999E12</v>
       </c>
       <c r="C251" s="2" t="n">
-        <v>1.75154364E12</v>
+        <v>1.75180344E12</v>
       </c>
       <c r="D251" s="2" t="n">
-        <v>1.75154364E12</v>
+        <v>1.75183098E12</v>
       </c>
       <c r="E251" s="2" t="n">
-        <v>1.648227E-10</v>
+        <v>1.635667E-10</v>
       </c>
       <c r="F251" s="2" t="n">
-        <v>1.648227E-10</v>
+        <v>1.635667E-10</v>
       </c>
       <c r="G251" s="2" t="n">
-        <v>1.648227E-10</v>
+        <v>1.635019E-10</v>
       </c>
       <c r="H251" s="2" t="n">
-        <v>1.648227E-10</v>
+        <v>1.635019E-10</v>
       </c>
       <c r="I251" s="2" t="n">
-        <v>1309.21</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="252">
       <c r="A252" s="2" t="n">
-        <v>1.745064E12</v>
+        <v>1.7517168E12</v>
       </c>
       <c r="B252" s="2" t="n">
-        <v>1.745150399999E12</v>
+        <v>1.751803199999E12</v>
       </c>
       <c r="C252" s="2" t="n">
-        <v>1.745064E12</v>
+        <v>1.7517546E12</v>
       </c>
       <c r="D252" s="2" t="n">
-        <v>1.745064E12</v>
+        <v>1.75171908E12</v>
       </c>
       <c r="E252" s="2" t="n">
-        <v>1.797079E-10</v>
+        <v>1.626532E-10</v>
       </c>
       <c r="F252" s="2" t="n">
-        <v>1.797079E-10</v>
+        <v>1.635667E-10</v>
       </c>
       <c r="G252" s="2" t="n">
-        <v>1.797079E-10</v>
+        <v>1.626532E-10</v>
       </c>
       <c r="H252" s="2" t="n">
-        <v>1.797079E-10</v>
+        <v>1.635667E-10</v>
       </c>
       <c r="I252" s="2" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="253">
       <c r="A253" s="2" t="n">
-        <v>1.7449776E12</v>
+        <v>1.7516304E12</v>
       </c>
       <c r="B253" s="2" t="n">
-        <v>1.745063999999E12</v>
+        <v>1.751716799999E12</v>
       </c>
       <c r="C253" s="2" t="n">
-        <v>1.7449776E12</v>
+        <v>1.7516331E12</v>
       </c>
       <c r="D253" s="2" t="n">
-        <v>1.7449776E12</v>
+        <v>1.75170234E12</v>
       </c>
       <c r="E253" s="2" t="n">
-        <v>1.797079E-10</v>
+        <v>1.655929E-10</v>
       </c>
       <c r="F253" s="2" t="n">
-        <v>1.797079E-10</v>
+        <v>1.655929E-10</v>
       </c>
       <c r="G253" s="2" t="n">
-        <v>1.797079E-10</v>
+        <v>1.626532E-10</v>
       </c>
       <c r="H253" s="2" t="n">
-        <v>1.797079E-10</v>
+        <v>1.626532E-10</v>
       </c>
       <c r="I253" s="2" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="254">
       <c r="A254" s="2" t="n">
-        <v>1.7448912E12</v>
+        <v>1.751544E12</v>
       </c>
       <c r="B254" s="2" t="n">
-        <v>1.744977599999E12</v>
+        <v>1.751630399999E12</v>
       </c>
       <c r="C254" s="2" t="n">
-        <v>1.7448912E12</v>
+        <v>1.75158312E12</v>
       </c>
       <c r="D254" s="2" t="n">
-        <v>1.7448912E12</v>
+        <v>1.7515464E12</v>
       </c>
       <c r="E254" s="2" t="n">
-        <v>1.797079E-10</v>
+        <v>1.648227E-10</v>
       </c>
       <c r="F254" s="2" t="n">
-        <v>1.797079E-10</v>
+        <v>1.655929E-10</v>
       </c>
       <c r="G254" s="2" t="n">
-        <v>1.797079E-10</v>
+        <v>1.648227E-10</v>
       </c>
       <c r="H254" s="2" t="n">
-        <v>1.797079E-10</v>
+        <v>1.655929E-10</v>
       </c>
       <c r="I254" s="2" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="255">
       <c r="A255" s="2" t="n">
-        <v>1.7448048E12</v>
+        <v>1.7514576E12</v>
       </c>
       <c r="B255" s="2" t="n">
-        <v>1.744891199999E12</v>
+        <v>1.751543999999E12</v>
       </c>
       <c r="C255" s="2" t="n">
-        <v>1.7448048E12</v>
+        <v>1.75154364E12</v>
       </c>
       <c r="D255" s="2" t="n">
-        <v>1.7448048E12</v>
+        <v>1.75154364E12</v>
       </c>
       <c r="E255" s="2" t="n">
-        <v>1.797079E-10</v>
+        <v>1.648227E-10</v>
       </c>
       <c r="F255" s="2" t="n">
-        <v>1.797079E-10</v>
+        <v>1.648227E-10</v>
       </c>
       <c r="G255" s="2" t="n">
-        <v>1.797079E-10</v>
+        <v>1.648227E-10</v>
       </c>
       <c r="H255" s="2" t="n">
-        <v>1.797079E-10</v>
+        <v>1.648227E-10</v>
       </c>
       <c r="I255" s="2" t="n">
-        <v>0.0</v>
+        <v>1309.21</v>
       </c>
     </row>
     <row r="256">
       <c r="A256" s="2" t="n">
-        <v>1.7447184E12</v>
+        <v>1.745064E12</v>
       </c>
       <c r="B256" s="2" t="n">
-        <v>1.744804799999E12</v>
+        <v>1.745150399999E12</v>
       </c>
       <c r="C256" s="2" t="n">
-        <v>1.7447184E12</v>
+        <v>1.745064E12</v>
       </c>
       <c r="D256" s="2" t="n">
-        <v>1.7447184E12</v>
+        <v>1.745064E12</v>
       </c>
       <c r="E256" s="2" t="n">
         <v>1.797079E-10</v>
       </c>
       <c r="F256" s="2" t="n">
         <v>1.797079E-10</v>
       </c>
       <c r="G256" s="2" t="n">
         <v>1.797079E-10</v>
       </c>
       <c r="H256" s="2" t="n">
         <v>1.797079E-10</v>
       </c>
       <c r="I256" s="2" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="257">
       <c r="A257" s="2" t="n">
-        <v>1.744632E12</v>
+        <v>1.7449776E12</v>
       </c>
       <c r="B257" s="2" t="n">
-        <v>1.744718399999E12</v>
+        <v>1.745063999999E12</v>
       </c>
       <c r="C257" s="2" t="n">
-        <v>1.7446896E12</v>
+        <v>1.7449776E12</v>
       </c>
       <c r="D257" s="2" t="n">
-        <v>1.74463446E12</v>
+        <v>1.7449776E12</v>
       </c>
       <c r="E257" s="2" t="n">
         <v>1.797079E-10</v>
       </c>
       <c r="F257" s="2" t="n">
         <v>1.797079E-10</v>
       </c>
       <c r="G257" s="2" t="n">
         <v>1.797079E-10</v>
       </c>
       <c r="H257" s="2" t="n">
         <v>1.797079E-10</v>
       </c>
       <c r="I257" s="2" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="258">
       <c r="A258" s="2" t="n">
-        <v>1.7445456E12</v>
+        <v>1.7448912E12</v>
       </c>
       <c r="B258" s="2" t="n">
-        <v>1.744631999999E12</v>
+        <v>1.744977599999E12</v>
       </c>
       <c r="C258" s="2" t="n">
-        <v>1.74454584E12</v>
+        <v>1.7448912E12</v>
       </c>
       <c r="D258" s="2" t="n">
-        <v>1.74460314E12</v>
+        <v>1.7448912E12</v>
       </c>
       <c r="E258" s="2" t="n">
-        <v>1.819088E-10</v>
+        <v>1.797079E-10</v>
       </c>
       <c r="F258" s="2" t="n">
-        <v>1.819088E-10</v>
+        <v>1.797079E-10</v>
       </c>
       <c r="G258" s="2" t="n">
         <v>1.797079E-10</v>
       </c>
       <c r="H258" s="2" t="n">
         <v>1.797079E-10</v>
       </c>
       <c r="I258" s="2" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="259">
       <c r="A259" s="2" t="n">
-        <v>1.7444592E12</v>
+        <v>1.7448048E12</v>
       </c>
       <c r="B259" s="2" t="n">
-        <v>1.744545599999E12</v>
+        <v>1.744891199999E12</v>
       </c>
       <c r="C259" s="2" t="n">
-        <v>1.7445021E12</v>
+        <v>1.7448048E12</v>
       </c>
       <c r="D259" s="2" t="n">
-        <v>1.74446184E12</v>
+        <v>1.7448048E12</v>
       </c>
       <c r="E259" s="2" t="n">
-        <v>1.80895E-10</v>
+        <v>1.797079E-10</v>
       </c>
       <c r="F259" s="2" t="n">
-        <v>1.819088E-10</v>
+        <v>1.797079E-10</v>
       </c>
       <c r="G259" s="2" t="n">
-        <v>1.80895E-10</v>
+        <v>1.797079E-10</v>
       </c>
       <c r="H259" s="2" t="n">
-        <v>1.819088E-10</v>
+        <v>1.797079E-10</v>
       </c>
       <c r="I259" s="2" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="260">
       <c r="A260" s="2" t="n">
-        <v>1.7443728E12</v>
+        <v>1.7447184E12</v>
       </c>
       <c r="B260" s="2" t="n">
-        <v>1.744459199999E12</v>
+        <v>1.744804799999E12</v>
       </c>
       <c r="C260" s="2" t="n">
-        <v>1.74443658E12</v>
+        <v>1.7447184E12</v>
       </c>
       <c r="D260" s="2" t="n">
-        <v>1.74437868E12</v>
+        <v>1.7447184E12</v>
       </c>
       <c r="E260" s="2" t="n">
-        <v>1.777029E-10</v>
+        <v>1.797079E-10</v>
       </c>
       <c r="F260" s="2" t="n">
-        <v>1.80895E-10</v>
+        <v>1.797079E-10</v>
       </c>
       <c r="G260" s="2" t="n">
-        <v>1.774724E-10</v>
+        <v>1.797079E-10</v>
       </c>
       <c r="H260" s="2" t="n">
-        <v>1.80895E-10</v>
+        <v>1.797079E-10</v>
       </c>
       <c r="I260" s="2" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="261">
       <c r="A261" s="2" t="n">
-        <v>1.7442864E12</v>
+        <v>1.744632E12</v>
       </c>
       <c r="B261" s="2" t="n">
-        <v>1.744372799999E12</v>
+        <v>1.744718399999E12</v>
       </c>
       <c r="C261" s="2" t="n">
-        <v>1.74437274E12</v>
+        <v>1.7446896E12</v>
       </c>
       <c r="D261" s="2" t="n">
-        <v>1.7442864E12</v>
+        <v>1.74463446E12</v>
       </c>
       <c r="E261" s="2" t="n">
-        <v>1.704944E-10</v>
+        <v>1.797079E-10</v>
       </c>
       <c r="F261" s="2" t="n">
-        <v>1.777029E-10</v>
+        <v>1.797079E-10</v>
       </c>
       <c r="G261" s="2" t="n">
-        <v>1.704944E-10</v>
+        <v>1.797079E-10</v>
       </c>
       <c r="H261" s="2" t="n">
-        <v>1.777029E-10</v>
+        <v>1.797079E-10</v>
       </c>
       <c r="I261" s="2" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="262">
       <c r="A262" s="2" t="n">
-        <v>1.7442E12</v>
+        <v>1.7445456E12</v>
       </c>
       <c r="B262" s="2" t="n">
-        <v>1.744286399999E12</v>
+        <v>1.744631999999E12</v>
       </c>
       <c r="C262" s="2" t="n">
-        <v>1.7442648E12</v>
+        <v>1.74454584E12</v>
       </c>
       <c r="D262" s="2" t="n">
-        <v>1.74420096E12</v>
+        <v>1.74460314E12</v>
       </c>
       <c r="E262" s="2" t="n">
-        <v>1.704944E-10</v>
+        <v>1.819088E-10</v>
       </c>
       <c r="F262" s="2" t="n">
-        <v>1.704944E-10</v>
+        <v>1.819088E-10</v>
       </c>
       <c r="G262" s="2" t="n">
-        <v>1.704944E-10</v>
+        <v>1.797079E-10</v>
       </c>
       <c r="H262" s="2" t="n">
-        <v>1.704944E-10</v>
+        <v>1.797079E-10</v>
       </c>
       <c r="I262" s="2" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="263">
       <c r="A263" s="2" t="n">
-        <v>1.7441136E12</v>
+        <v>1.7444592E12</v>
       </c>
       <c r="B263" s="2" t="n">
-        <v>1.744199999999E12</v>
+        <v>1.744545599999E12</v>
       </c>
       <c r="C263" s="2" t="n">
-        <v>1.744128E12</v>
+        <v>1.7445021E12</v>
       </c>
       <c r="D263" s="2" t="n">
-        <v>1.74417834E12</v>
+        <v>1.74446184E12</v>
       </c>
       <c r="E263" s="2" t="n">
-        <v>1.714525E-10</v>
+        <v>1.80895E-10</v>
       </c>
       <c r="F263" s="2" t="n">
-        <v>1.714525E-10</v>
+        <v>1.819088E-10</v>
       </c>
       <c r="G263" s="2" t="n">
-        <v>1.704944E-10</v>
+        <v>1.80895E-10</v>
       </c>
       <c r="H263" s="2" t="n">
-        <v>1.704944E-10</v>
+        <v>1.819088E-10</v>
       </c>
       <c r="I263" s="2" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="264">
       <c r="A264" s="2" t="n">
-        <v>1.7440272E12</v>
+        <v>1.7443728E12</v>
       </c>
       <c r="B264" s="2" t="n">
-        <v>1.744113599999E12</v>
+        <v>1.744459199999E12</v>
       </c>
       <c r="C264" s="2" t="n">
-        <v>1.744029E12</v>
+        <v>1.74443658E12</v>
       </c>
       <c r="D264" s="2" t="n">
-        <v>1.74403944E12</v>
+        <v>1.74437868E12</v>
       </c>
       <c r="E264" s="2" t="n">
-        <v>1.765826E-10</v>
+        <v>1.777029E-10</v>
       </c>
       <c r="F264" s="2" t="n">
-        <v>1.765826E-10</v>
+        <v>1.80895E-10</v>
       </c>
       <c r="G264" s="2" t="n">
-        <v>1.714525E-10</v>
+        <v>1.774724E-10</v>
       </c>
       <c r="H264" s="2" t="n">
-        <v>1.714525E-10</v>
+        <v>1.80895E-10</v>
       </c>
       <c r="I264" s="2" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="265">
       <c r="A265" s="2" t="n">
-        <v>1.7439408E12</v>
+        <v>1.7442864E12</v>
       </c>
       <c r="B265" s="2" t="n">
-        <v>1.744027199999E12</v>
+        <v>1.744372799999E12</v>
       </c>
       <c r="C265" s="2" t="n">
-        <v>1.74394434E12</v>
+        <v>1.74437274E12</v>
       </c>
       <c r="D265" s="2" t="n">
-        <v>1.74400416E12</v>
+        <v>1.7442864E12</v>
       </c>
       <c r="E265" s="2" t="n">
-        <v>1.8152E-10</v>
+        <v>1.704944E-10</v>
       </c>
       <c r="F265" s="2" t="n">
-        <v>1.8152E-10</v>
+        <v>1.777029E-10</v>
       </c>
       <c r="G265" s="2" t="n">
-        <v>1.765826E-10</v>
+        <v>1.704944E-10</v>
       </c>
       <c r="H265" s="2" t="n">
-        <v>1.765826E-10</v>
+        <v>1.777029E-10</v>
       </c>
       <c r="I265" s="2" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="266">
       <c r="A266" s="2" t="n">
-        <v>1.7438544E12</v>
+        <v>1.7442E12</v>
       </c>
       <c r="B266" s="2" t="n">
-        <v>1.743940799999E12</v>
+        <v>1.744286399999E12</v>
       </c>
       <c r="C266" s="2" t="n">
-        <v>1.7438559E12</v>
+        <v>1.7442648E12</v>
       </c>
       <c r="D266" s="2" t="n">
-        <v>1.74393696E12</v>
+        <v>1.74420096E12</v>
       </c>
       <c r="E266" s="2" t="n">
-        <v>1.832063E-10</v>
+        <v>1.704944E-10</v>
       </c>
       <c r="F266" s="2" t="n">
-        <v>1.832063E-10</v>
+        <v>1.704944E-10</v>
       </c>
       <c r="G266" s="2" t="n">
-        <v>1.8152E-10</v>
+        <v>1.704944E-10</v>
       </c>
       <c r="H266" s="2" t="n">
-        <v>1.8152E-10</v>
+        <v>1.704944E-10</v>
       </c>
       <c r="I266" s="2" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="267">
       <c r="A267" s="2" t="n">
-        <v>1.743768E12</v>
+        <v>1.7441136E12</v>
       </c>
       <c r="B267" s="2" t="n">
-        <v>1.743854399999E12</v>
+        <v>1.744199999999E12</v>
       </c>
       <c r="C267" s="2" t="n">
-        <v>1.7438394E12</v>
+        <v>1.744128E12</v>
       </c>
       <c r="D267" s="2" t="n">
-        <v>1.74376854E12</v>
+        <v>1.74417834E12</v>
       </c>
       <c r="E267" s="2" t="n">
-        <v>1.814458E-10</v>
+        <v>1.714525E-10</v>
       </c>
       <c r="F267" s="2" t="n">
-        <v>1.832063E-10</v>
+        <v>1.714525E-10</v>
       </c>
       <c r="G267" s="2" t="n">
-        <v>1.814458E-10</v>
+        <v>1.704944E-10</v>
       </c>
       <c r="H267" s="2" t="n">
-        <v>1.832063E-10</v>
+        <v>1.704944E-10</v>
       </c>
       <c r="I267" s="2" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="268">
       <c r="A268" s="2" t="n">
-        <v>1.7436816E12</v>
+        <v>1.7440272E12</v>
       </c>
       <c r="B268" s="2" t="n">
-        <v>1.743767999999E12</v>
+        <v>1.744113599999E12</v>
       </c>
       <c r="C268" s="2" t="n">
-        <v>1.74368316E12</v>
+        <v>1.744029E12</v>
       </c>
       <c r="D268" s="2" t="n">
-        <v>1.7437635E12</v>
+        <v>1.74403944E12</v>
       </c>
       <c r="E268" s="2" t="n">
-        <v>1.864385E-10</v>
+        <v>1.765826E-10</v>
       </c>
       <c r="F268" s="2" t="n">
-        <v>1.864385E-10</v>
+        <v>1.765826E-10</v>
       </c>
       <c r="G268" s="2" t="n">
-        <v>1.814458E-10</v>
+        <v>1.714525E-10</v>
       </c>
       <c r="H268" s="2" t="n">
-        <v>1.814458E-10</v>
+        <v>1.714525E-10</v>
       </c>
       <c r="I268" s="2" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="269">
       <c r="A269" s="2" t="n">
-        <v>1.7435952E12</v>
+        <v>1.7439408E12</v>
       </c>
       <c r="B269" s="2" t="n">
-        <v>1.743681599999E12</v>
+        <v>1.744027199999E12</v>
       </c>
       <c r="C269" s="2" t="n">
-        <v>1.74359586E12</v>
+        <v>1.74394434E12</v>
       </c>
       <c r="D269" s="2" t="n">
-        <v>1.74365814E12</v>
+        <v>1.74400416E12</v>
       </c>
       <c r="E269" s="2" t="n">
-        <v>1.87232E-10</v>
+        <v>1.8152E-10</v>
       </c>
       <c r="F269" s="2" t="n">
-        <v>1.87232E-10</v>
+        <v>1.8152E-10</v>
       </c>
       <c r="G269" s="2" t="n">
-        <v>1.864385E-10</v>
+        <v>1.765826E-10</v>
       </c>
       <c r="H269" s="2" t="n">
-        <v>1.864385E-10</v>
+        <v>1.765826E-10</v>
       </c>
       <c r="I269" s="2" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="270">
       <c r="A270" s="2" t="n">
-        <v>1.7435088E12</v>
+        <v>1.7438544E12</v>
       </c>
       <c r="B270" s="2" t="n">
-        <v>1.743595199999E12</v>
+        <v>1.743940799999E12</v>
       </c>
       <c r="C270" s="2" t="n">
-        <v>1.74354738E12</v>
+        <v>1.7438559E12</v>
       </c>
       <c r="D270" s="2" t="n">
-        <v>1.74351054E12</v>
+        <v>1.74393696E12</v>
       </c>
       <c r="E270" s="2" t="n">
-        <v>1.870363E-10</v>
+        <v>1.832063E-10</v>
       </c>
       <c r="F270" s="2" t="n">
-        <v>1.885405E-10</v>
+        <v>1.832063E-10</v>
       </c>
       <c r="G270" s="2" t="n">
-        <v>1.870363E-10</v>
+        <v>1.8152E-10</v>
       </c>
       <c r="H270" s="2" t="n">
-        <v>1.87232E-10</v>
+        <v>1.8152E-10</v>
       </c>
       <c r="I270" s="2" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="271">
       <c r="A271" s="2" t="n">
-        <v>1.7434224E12</v>
+        <v>1.743768E12</v>
       </c>
       <c r="B271" s="2" t="n">
-        <v>1.743508799999E12</v>
+        <v>1.743854399999E12</v>
       </c>
       <c r="C271" s="2" t="n">
-        <v>1.74349368E12</v>
+        <v>1.7438394E12</v>
       </c>
       <c r="D271" s="2" t="n">
-        <v>1.7434224E12</v>
+        <v>1.74376854E12</v>
       </c>
       <c r="E271" s="2" t="n">
-        <v>1.865948E-10</v>
+        <v>1.814458E-10</v>
       </c>
       <c r="F271" s="2" t="n">
-        <v>1.870363E-10</v>
+        <v>1.832063E-10</v>
       </c>
       <c r="G271" s="2" t="n">
-        <v>1.865948E-10</v>
+        <v>1.814458E-10</v>
       </c>
       <c r="H271" s="2" t="n">
-        <v>1.870363E-10</v>
+        <v>1.832063E-10</v>
       </c>
       <c r="I271" s="2" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="272">
       <c r="A272" s="2" t="n">
-        <v>1.743336E12</v>
+        <v>1.7436816E12</v>
       </c>
       <c r="B272" s="2" t="n">
-        <v>1.743422399999E12</v>
+        <v>1.743767999999E12</v>
       </c>
       <c r="C272" s="2" t="n">
-        <v>1.7433375E12</v>
+        <v>1.74368316E12</v>
       </c>
       <c r="D272" s="2" t="n">
-        <v>1.7433756E12</v>
+        <v>1.7437635E12</v>
       </c>
       <c r="E272" s="2" t="n">
-        <v>1.865948E-10</v>
+        <v>1.864385E-10</v>
       </c>
       <c r="F272" s="2" t="n">
-        <v>1.865948E-10</v>
+        <v>1.864385E-10</v>
       </c>
       <c r="G272" s="2" t="n">
-        <v>1.865948E-10</v>
+        <v>1.814458E-10</v>
       </c>
       <c r="H272" s="2" t="n">
-        <v>1.865948E-10</v>
+        <v>1.814458E-10</v>
       </c>
       <c r="I272" s="2" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="273">
       <c r="A273" s="2" t="n">
-        <v>1.7432496E12</v>
+        <v>1.7435952E12</v>
       </c>
       <c r="B273" s="2" t="n">
-        <v>1.743335999999E12</v>
+        <v>1.743681599999E12</v>
       </c>
       <c r="C273" s="2" t="n">
-        <v>1.7432502E12</v>
+        <v>1.74359586E12</v>
       </c>
       <c r="D273" s="2" t="n">
-        <v>1.74328806E12</v>
+        <v>1.74365814E12</v>
       </c>
       <c r="E273" s="2" t="n">
-        <v>1.928085E-10</v>
+        <v>1.87232E-10</v>
       </c>
       <c r="F273" s="2" t="n">
-        <v>1.928085E-10</v>
+        <v>1.87232E-10</v>
       </c>
       <c r="G273" s="2" t="n">
-        <v>1.865948E-10</v>
+        <v>1.864385E-10</v>
       </c>
       <c r="H273" s="2" t="n">
-        <v>1.865948E-10</v>
+        <v>1.864385E-10</v>
       </c>
       <c r="I273" s="2" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="274">
       <c r="A274" s="2" t="n">
-        <v>1.7431632E12</v>
+        <v>1.7435088E12</v>
       </c>
       <c r="B274" s="2" t="n">
-        <v>1.743249599999E12</v>
+        <v>1.743595199999E12</v>
       </c>
       <c r="C274" s="2" t="n">
-        <v>1.74316338E12</v>
+        <v>1.74354738E12</v>
       </c>
       <c r="D274" s="2" t="n">
-        <v>1.74321654E12</v>
+        <v>1.74351054E12</v>
       </c>
       <c r="E274" s="2" t="n">
-        <v>1.960754E-10</v>
+        <v>1.870363E-10</v>
       </c>
       <c r="F274" s="2" t="n">
-        <v>1.960754E-10</v>
+        <v>1.885405E-10</v>
       </c>
       <c r="G274" s="2" t="n">
-        <v>1.928085E-10</v>
+        <v>1.870363E-10</v>
       </c>
       <c r="H274" s="2" t="n">
-        <v>1.928085E-10</v>
+        <v>1.87232E-10</v>
       </c>
       <c r="I274" s="2" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="275">
       <c r="A275" s="2" t="n">
-        <v>1.7430768E12</v>
+        <v>1.7434224E12</v>
       </c>
       <c r="B275" s="2" t="n">
-        <v>1.743163199999E12</v>
+        <v>1.743508799999E12</v>
       </c>
       <c r="C275" s="2" t="n">
-        <v>1.74310896E12</v>
+        <v>1.74349368E12</v>
       </c>
       <c r="D275" s="2" t="n">
-        <v>1.7430786E12</v>
+        <v>1.7434224E12</v>
       </c>
       <c r="E275" s="2" t="n">
-        <v>1.913856E-10</v>
+        <v>1.865948E-10</v>
       </c>
       <c r="F275" s="2" t="n">
-        <v>1.973439E-10</v>
+        <v>1.870363E-10</v>
       </c>
       <c r="G275" s="2" t="n">
-        <v>1.913856E-10</v>
+        <v>1.865948E-10</v>
       </c>
       <c r="H275" s="2" t="n">
-        <v>1.960754E-10</v>
+        <v>1.870363E-10</v>
       </c>
       <c r="I275" s="2" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="276">
       <c r="A276" s="2" t="n">
-        <v>1.7429904E12</v>
+        <v>1.743336E12</v>
       </c>
       <c r="B276" s="2" t="n">
-        <v>1.743076799999E12</v>
+        <v>1.743422399999E12</v>
       </c>
       <c r="C276" s="2" t="n">
-        <v>1.7429931E12</v>
+        <v>1.7433375E12</v>
       </c>
       <c r="D276" s="2" t="n">
-        <v>1.74305706E12</v>
+        <v>1.7433756E12</v>
       </c>
       <c r="E276" s="2" t="n">
-        <v>1.951149E-10</v>
+        <v>1.865948E-10</v>
       </c>
       <c r="F276" s="2" t="n">
-        <v>1.951149E-10</v>
+        <v>1.865948E-10</v>
       </c>
       <c r="G276" s="2" t="n">
-        <v>1.913856E-10</v>
+        <v>1.865948E-10</v>
       </c>
       <c r="H276" s="2" t="n">
-        <v>1.913856E-10</v>
+        <v>1.865948E-10</v>
       </c>
       <c r="I276" s="2" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="277">
       <c r="A277" s="2" t="n">
-        <v>1.742904E12</v>
+        <v>1.7432496E12</v>
       </c>
       <c r="B277" s="2" t="n">
-        <v>1.742990399999E12</v>
+        <v>1.743335999999E12</v>
       </c>
       <c r="C277" s="2" t="n">
-        <v>1.74294342E12</v>
+        <v>1.7432502E12</v>
       </c>
       <c r="D277" s="2" t="n">
-        <v>1.742904E12</v>
+        <v>1.74328806E12</v>
       </c>
       <c r="E277" s="2" t="n">
-        <v>1.923653E-10</v>
+        <v>1.928085E-10</v>
       </c>
       <c r="F277" s="2" t="n">
-        <v>1.971682E-10</v>
+        <v>1.928085E-10</v>
       </c>
       <c r="G277" s="2" t="n">
-        <v>1.923653E-10</v>
+        <v>1.865948E-10</v>
       </c>
       <c r="H277" s="2" t="n">
-        <v>1.951149E-10</v>
+        <v>1.865948E-10</v>
       </c>
       <c r="I277" s="2" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="278">
       <c r="A278" s="2" t="n">
-        <v>1.7428176E12</v>
+        <v>1.7431632E12</v>
       </c>
       <c r="B278" s="2" t="n">
-        <v>1.742903999999E12</v>
+        <v>1.743249599999E12</v>
       </c>
       <c r="C278" s="2" t="n">
-        <v>1.7428209E12</v>
+        <v>1.74316338E12</v>
       </c>
       <c r="D278" s="2" t="n">
-        <v>1.7428716E12</v>
+        <v>1.74321654E12</v>
       </c>
       <c r="E278" s="2" t="n">
-        <v>1.923653E-10</v>
+        <v>1.960754E-10</v>
       </c>
       <c r="F278" s="2" t="n">
-        <v>1.923653E-10</v>
+        <v>1.960754E-10</v>
       </c>
       <c r="G278" s="2" t="n">
-        <v>1.923653E-10</v>
+        <v>1.928085E-10</v>
       </c>
       <c r="H278" s="2" t="n">
-        <v>1.923653E-10</v>
+        <v>1.928085E-10</v>
       </c>
       <c r="I278" s="2" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="279">
       <c r="A279" s="2" t="n">
-        <v>1.7427312E12</v>
+        <v>1.7430768E12</v>
       </c>
       <c r="B279" s="2" t="n">
-        <v>1.742817599999E12</v>
+        <v>1.743163199999E12</v>
       </c>
       <c r="C279" s="2" t="n">
-        <v>1.74273366E12</v>
+        <v>1.74310896E12</v>
       </c>
       <c r="D279" s="2" t="n">
-        <v>1.74278484E12</v>
+        <v>1.7430786E12</v>
       </c>
       <c r="E279" s="2" t="n">
-        <v>1.930712E-10</v>
+        <v>1.913856E-10</v>
       </c>
       <c r="F279" s="2" t="n">
-        <v>1.930712E-10</v>
+        <v>1.973439E-10</v>
       </c>
       <c r="G279" s="2" t="n">
-        <v>1.923653E-10</v>
+        <v>1.913856E-10</v>
       </c>
       <c r="H279" s="2" t="n">
-        <v>1.923653E-10</v>
+        <v>1.960754E-10</v>
       </c>
       <c r="I279" s="2" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="280">
       <c r="A280" s="2" t="n">
-        <v>1.7426448E12</v>
+        <v>1.7429904E12</v>
       </c>
       <c r="B280" s="2" t="n">
-        <v>1.742731199999E12</v>
+        <v>1.743076799999E12</v>
       </c>
       <c r="C280" s="2" t="n">
-        <v>1.74267624E12</v>
+        <v>1.7429931E12</v>
       </c>
       <c r="D280" s="2" t="n">
-        <v>1.74270096E12</v>
+        <v>1.74305706E12</v>
       </c>
       <c r="E280" s="2" t="n">
-        <v>1.942949E-10</v>
+        <v>1.951149E-10</v>
       </c>
       <c r="F280" s="2" t="n">
-        <v>1.94937E-10</v>
+        <v>1.951149E-10</v>
       </c>
       <c r="G280" s="2" t="n">
-        <v>1.930063E-10</v>
+        <v>1.913856E-10</v>
       </c>
       <c r="H280" s="2" t="n">
-        <v>1.930712E-10</v>
+        <v>1.913856E-10</v>
       </c>
       <c r="I280" s="2" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="281">
       <c r="A281" s="2" t="n">
-        <v>1.7425584E12</v>
+        <v>1.742904E12</v>
       </c>
       <c r="B281" s="2" t="n">
-        <v>1.742644799999E12</v>
+        <v>1.742990399999E12</v>
       </c>
       <c r="C281" s="2" t="n">
-        <v>1.7425617E12</v>
+        <v>1.74294342E12</v>
       </c>
       <c r="D281" s="2" t="n">
-        <v>1.74258594E12</v>
+        <v>1.742904E12</v>
       </c>
       <c r="E281" s="2" t="n">
-        <v>1.94453E-10</v>
+        <v>1.923653E-10</v>
       </c>
       <c r="F281" s="2" t="n">
-        <v>1.94453E-10</v>
+        <v>1.971682E-10</v>
       </c>
       <c r="G281" s="2" t="n">
-        <v>1.942949E-10</v>
+        <v>1.923653E-10</v>
       </c>
       <c r="H281" s="2" t="n">
-        <v>1.942949E-10</v>
+        <v>1.951149E-10</v>
       </c>
       <c r="I281" s="2" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="282">
       <c r="A282" s="2" t="n">
-        <v>1.742472E12</v>
+        <v>1.7428176E12</v>
       </c>
       <c r="B282" s="2" t="n">
-        <v>1.742558399999E12</v>
+        <v>1.742903999999E12</v>
       </c>
       <c r="C282" s="2" t="n">
-        <v>1.742472E12</v>
+        <v>1.7428209E12</v>
       </c>
       <c r="D282" s="2" t="n">
-        <v>1.7425104E12</v>
+        <v>1.7428716E12</v>
       </c>
       <c r="E282" s="2" t="n">
-        <v>1.948745E-10</v>
+        <v>1.923653E-10</v>
       </c>
       <c r="F282" s="2" t="n">
-        <v>1.948745E-10</v>
+        <v>1.923653E-10</v>
       </c>
       <c r="G282" s="2" t="n">
-        <v>1.94453E-10</v>
+        <v>1.923653E-10</v>
       </c>
       <c r="H282" s="2" t="n">
-        <v>1.94453E-10</v>
+        <v>1.923653E-10</v>
       </c>
       <c r="I282" s="2" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="283">
       <c r="A283" s="2" t="n">
-        <v>1.7423856E12</v>
+        <v>1.7427312E12</v>
       </c>
       <c r="B283" s="2" t="n">
-        <v>1.742471999999E12</v>
+        <v>1.742817599999E12</v>
       </c>
       <c r="C283" s="2" t="n">
-        <v>1.7424612E12</v>
+        <v>1.74273366E12</v>
       </c>
       <c r="D283" s="2" t="n">
-        <v>1.7423865E12</v>
+        <v>1.74278484E12</v>
       </c>
       <c r="E283" s="2" t="n">
-        <v>1.948745E-10</v>
+        <v>1.930712E-10</v>
       </c>
       <c r="F283" s="2" t="n">
-        <v>1.948745E-10</v>
+        <v>1.930712E-10</v>
       </c>
       <c r="G283" s="2" t="n">
-        <v>1.948745E-10</v>
+        <v>1.923653E-10</v>
       </c>
       <c r="H283" s="2" t="n">
-        <v>1.948745E-10</v>
+        <v>1.923653E-10</v>
       </c>
       <c r="I283" s="2" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="284">
       <c r="A284" s="2" t="n">
-        <v>1.7422992E12</v>
+        <v>1.7426448E12</v>
       </c>
       <c r="B284" s="2" t="n">
-        <v>1.742385599999E12</v>
+        <v>1.742731199999E12</v>
       </c>
       <c r="C284" s="2" t="n">
-        <v>1.7423745E12</v>
+        <v>1.74267624E12</v>
       </c>
       <c r="D284" s="2" t="n">
-        <v>1.74230112E12</v>
+        <v>1.74270096E12</v>
       </c>
       <c r="E284" s="2" t="n">
-        <v>1.937979E-10</v>
+        <v>1.942949E-10</v>
       </c>
       <c r="F284" s="2" t="n">
-        <v>1.948745E-10</v>
+        <v>1.94937E-10</v>
       </c>
       <c r="G284" s="2" t="n">
-        <v>1.937979E-10</v>
+        <v>1.930063E-10</v>
       </c>
       <c r="H284" s="2" t="n">
-        <v>1.948745E-10</v>
+        <v>1.930712E-10</v>
       </c>
       <c r="I284" s="2" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="285">
       <c r="A285" s="2" t="n">
-        <v>1.7422128E12</v>
+        <v>1.7425584E12</v>
       </c>
       <c r="B285" s="2" t="n">
-        <v>1.742299199999E12</v>
+        <v>1.742644799999E12</v>
       </c>
       <c r="C285" s="2" t="n">
-        <v>1.74226632E12</v>
+        <v>1.7425617E12</v>
       </c>
       <c r="D285" s="2" t="n">
-        <v>1.7422128E12</v>
+        <v>1.74258594E12</v>
       </c>
       <c r="E285" s="2" t="n">
-        <v>1.843213E-10</v>
+        <v>1.94453E-10</v>
       </c>
       <c r="F285" s="2" t="n">
-        <v>1.937979E-10</v>
+        <v>1.94453E-10</v>
       </c>
       <c r="G285" s="2" t="n">
-        <v>1.843213E-10</v>
+        <v>1.942949E-10</v>
       </c>
       <c r="H285" s="2" t="n">
-        <v>1.937979E-10</v>
+        <v>1.942949E-10</v>
       </c>
       <c r="I285" s="2" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="286">
       <c r="A286" s="2" t="n">
-        <v>1.7421264E12</v>
+        <v>1.742472E12</v>
       </c>
       <c r="B286" s="2" t="n">
-        <v>1.742212799999E12</v>
+        <v>1.742558399999E12</v>
       </c>
       <c r="C286" s="2" t="n">
-        <v>1.7421624E12</v>
+        <v>1.742472E12</v>
       </c>
       <c r="D286" s="2" t="n">
-        <v>1.74212856E12</v>
+        <v>1.7425104E12</v>
       </c>
       <c r="E286" s="2" t="n">
-        <v>1.843213E-10</v>
+        <v>1.948745E-10</v>
       </c>
       <c r="F286" s="2" t="n">
-        <v>1.843213E-10</v>
+        <v>1.948745E-10</v>
       </c>
       <c r="G286" s="2" t="n">
-        <v>1.843213E-10</v>
+        <v>1.94453E-10</v>
       </c>
       <c r="H286" s="2" t="n">
-        <v>1.843213E-10</v>
+        <v>1.94453E-10</v>
       </c>
       <c r="I286" s="2" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="287">
       <c r="A287" s="2" t="n">
-        <v>1.74204E12</v>
+        <v>1.7423856E12</v>
       </c>
       <c r="B287" s="2" t="n">
-        <v>1.742126399999E12</v>
+        <v>1.742471999999E12</v>
       </c>
       <c r="C287" s="2" t="n">
-        <v>1.74207582E12</v>
+        <v>1.7424612E12</v>
       </c>
       <c r="D287" s="2" t="n">
-        <v>1.7420409E12</v>
+        <v>1.7423865E12</v>
       </c>
       <c r="E287" s="2" t="n">
-        <v>1.786124E-10</v>
+        <v>1.948745E-10</v>
       </c>
       <c r="F287" s="2" t="n">
-        <v>1.843213E-10</v>
+        <v>1.948745E-10</v>
       </c>
       <c r="G287" s="2" t="n">
-        <v>1.786124E-10</v>
+        <v>1.948745E-10</v>
       </c>
       <c r="H287" s="2" t="n">
-        <v>1.843213E-10</v>
+        <v>1.948745E-10</v>
       </c>
       <c r="I287" s="2" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="288">
       <c r="A288" s="2" t="n">
-        <v>1.7419536E12</v>
+        <v>1.7422992E12</v>
       </c>
       <c r="B288" s="2" t="n">
-        <v>1.742039999999E12</v>
+        <v>1.742385599999E12</v>
       </c>
       <c r="C288" s="2" t="n">
-        <v>1.74198714E12</v>
+        <v>1.7423745E12</v>
       </c>
       <c r="D288" s="2" t="n">
-        <v>1.74195672E12</v>
+        <v>1.74230112E12</v>
       </c>
       <c r="E288" s="2" t="n">
-        <v>1.781433E-10</v>
+        <v>1.937979E-10</v>
       </c>
       <c r="F288" s="2" t="n">
-        <v>1.795687E-10</v>
+        <v>1.948745E-10</v>
       </c>
       <c r="G288" s="2" t="n">
-        <v>1.781433E-10</v>
+        <v>1.937979E-10</v>
       </c>
       <c r="H288" s="2" t="n">
-        <v>1.786124E-10</v>
+        <v>1.948745E-10</v>
       </c>
       <c r="I288" s="2" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="289">
       <c r="A289" s="2" t="n">
-        <v>1.7418672E12</v>
+        <v>1.7422128E12</v>
       </c>
       <c r="B289" s="2" t="n">
-        <v>1.741953599999E12</v>
+        <v>1.742299199999E12</v>
       </c>
       <c r="C289" s="2" t="n">
-        <v>1.74190938E12</v>
+        <v>1.74226632E12</v>
       </c>
       <c r="D289" s="2" t="n">
-        <v>1.74186738E12</v>
+        <v>1.7422128E12</v>
       </c>
       <c r="E289" s="2" t="n">
-        <v>1.731165E-10</v>
+        <v>1.843213E-10</v>
       </c>
       <c r="F289" s="2" t="n">
-        <v>1.787027E-10</v>
+        <v>1.937979E-10</v>
       </c>
       <c r="G289" s="2" t="n">
-        <v>1.731165E-10</v>
+        <v>1.843213E-10</v>
       </c>
       <c r="H289" s="2" t="n">
-        <v>1.781433E-10</v>
+        <v>1.937979E-10</v>
       </c>
       <c r="I289" s="2" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="290">
       <c r="A290" s="2" t="n">
-        <v>1.7417808E12</v>
+        <v>1.7421264E12</v>
       </c>
       <c r="B290" s="2" t="n">
-        <v>1.741867199999E12</v>
+        <v>1.742212799999E12</v>
       </c>
       <c r="C290" s="2" t="n">
-        <v>1.74184866E12</v>
+        <v>1.7421624E12</v>
       </c>
       <c r="D290" s="2" t="n">
-        <v>1.7417835E12</v>
+        <v>1.74212856E12</v>
       </c>
       <c r="E290" s="2" t="n">
-        <v>1.718173E-10</v>
+        <v>1.843213E-10</v>
       </c>
       <c r="F290" s="2" t="n">
-        <v>1.731165E-10</v>
+        <v>1.843213E-10</v>
       </c>
       <c r="G290" s="2" t="n">
-        <v>1.718173E-10</v>
+        <v>1.843213E-10</v>
       </c>
       <c r="H290" s="2" t="n">
-        <v>1.731165E-10</v>
+        <v>1.843213E-10</v>
       </c>
       <c r="I290" s="2" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="291">
       <c r="A291" s="2" t="n">
-        <v>1.7416944E12</v>
+        <v>1.74204E12</v>
       </c>
       <c r="B291" s="2" t="n">
-        <v>1.741780799999E12</v>
+        <v>1.742126399999E12</v>
       </c>
       <c r="C291" s="2" t="n">
-        <v>1.74169632E12</v>
+        <v>1.74207582E12</v>
       </c>
       <c r="D291" s="2" t="n">
-        <v>1.74177294E12</v>
+        <v>1.7420409E12</v>
       </c>
       <c r="E291" s="2" t="n">
-        <v>1.750365E-10</v>
+        <v>1.786124E-10</v>
       </c>
       <c r="F291" s="2" t="n">
-        <v>1.750365E-10</v>
+        <v>1.843213E-10</v>
       </c>
       <c r="G291" s="2" t="n">
-        <v>1.718173E-10</v>
+        <v>1.786124E-10</v>
       </c>
       <c r="H291" s="2" t="n">
-        <v>1.718173E-10</v>
+        <v>1.843213E-10</v>
       </c>
       <c r="I291" s="2" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="292">
       <c r="A292" s="2" t="n">
-        <v>1.741608E12</v>
+        <v>1.7419536E12</v>
       </c>
       <c r="B292" s="2" t="n">
-        <v>1.741694399999E12</v>
+        <v>1.742039999999E12</v>
       </c>
       <c r="C292" s="2" t="n">
-        <v>1.7416545E12</v>
+        <v>1.74198714E12</v>
       </c>
       <c r="D292" s="2" t="n">
-        <v>1.74160926E12</v>
+        <v>1.74195672E12</v>
       </c>
       <c r="E292" s="2" t="n">
-        <v>1.716697E-10</v>
+        <v>1.781433E-10</v>
       </c>
       <c r="F292" s="2" t="n">
-        <v>1.750365E-10</v>
+        <v>1.795687E-10</v>
       </c>
       <c r="G292" s="2" t="n">
-        <v>1.716697E-10</v>
+        <v>1.781433E-10</v>
       </c>
       <c r="H292" s="2" t="n">
-        <v>1.750365E-10</v>
+        <v>1.786124E-10</v>
       </c>
       <c r="I292" s="2" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="293">
       <c r="A293" s="2" t="n">
-        <v>1.7415216E12</v>
+        <v>1.7418672E12</v>
       </c>
       <c r="B293" s="2" t="n">
-        <v>1.741607999999E12</v>
+        <v>1.741953599999E12</v>
       </c>
       <c r="C293" s="2" t="n">
-        <v>1.7415432E12</v>
+        <v>1.74190938E12</v>
       </c>
       <c r="D293" s="2" t="n">
-        <v>1.74160794E12</v>
+        <v>1.74186738E12</v>
       </c>
       <c r="E293" s="2" t="n">
-        <v>1.830478E-10</v>
+        <v>1.731165E-10</v>
       </c>
       <c r="F293" s="2" t="n">
-        <v>1.830478E-10</v>
+        <v>1.787027E-10</v>
       </c>
       <c r="G293" s="2" t="n">
-        <v>1.716697E-10</v>
+        <v>1.731165E-10</v>
       </c>
       <c r="H293" s="2" t="n">
-        <v>1.716697E-10</v>
+        <v>1.781433E-10</v>
       </c>
       <c r="I293" s="2" t="n">
-        <v>185.38</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="294">
       <c r="A294" s="2" t="n">
-        <v>1.7414352E12</v>
+        <v>1.7417808E12</v>
       </c>
       <c r="B294" s="2" t="n">
-        <v>1.741521599999E12</v>
+        <v>1.741867199999E12</v>
       </c>
       <c r="C294" s="2" t="n">
-        <v>1.74145668E12</v>
+        <v>1.74184866E12</v>
       </c>
       <c r="D294" s="2" t="n">
-        <v>1.74143862E12</v>
+        <v>1.7417835E12</v>
       </c>
       <c r="E294" s="2" t="n">
-        <v>1.815662E-10</v>
+        <v>1.718173E-10</v>
       </c>
       <c r="F294" s="2" t="n">
-        <v>1.830478E-10</v>
+        <v>1.731165E-10</v>
       </c>
       <c r="G294" s="2" t="n">
-        <v>1.815662E-10</v>
+        <v>1.718173E-10</v>
       </c>
       <c r="H294" s="2" t="n">
-        <v>1.830478E-10</v>
+        <v>1.731165E-10</v>
       </c>
       <c r="I294" s="2" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="295">
       <c r="A295" s="2" t="n">
-        <v>1.7413488E12</v>
+        <v>1.7416944E12</v>
       </c>
       <c r="B295" s="2" t="n">
-        <v>1.741435199999E12</v>
+        <v>1.741780799999E12</v>
       </c>
       <c r="C295" s="2" t="n">
-        <v>1.7413518E12</v>
+        <v>1.74169632E12</v>
       </c>
       <c r="D295" s="2" t="n">
-        <v>1.74142692E12</v>
+        <v>1.74177294E12</v>
       </c>
       <c r="E295" s="2" t="n">
-        <v>1.848912E-10</v>
+        <v>1.750365E-10</v>
       </c>
       <c r="F295" s="2" t="n">
-        <v>1.848912E-10</v>
+        <v>1.750365E-10</v>
       </c>
       <c r="G295" s="2" t="n">
-        <v>1.815662E-10</v>
+        <v>1.718173E-10</v>
       </c>
       <c r="H295" s="2" t="n">
-        <v>1.815662E-10</v>
+        <v>1.718173E-10</v>
       </c>
       <c r="I295" s="2" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="296">
       <c r="A296" s="2" t="n">
-        <v>1.7412624E12</v>
+        <v>1.741608E12</v>
       </c>
       <c r="B296" s="2" t="n">
-        <v>1.741348799999E12</v>
+        <v>1.741694399999E12</v>
       </c>
       <c r="C296" s="2" t="n">
-        <v>1.74129114E12</v>
+        <v>1.7416545E12</v>
       </c>
       <c r="D296" s="2" t="n">
-        <v>1.7412624E12</v>
+        <v>1.74160926E12</v>
       </c>
       <c r="E296" s="2" t="n">
-        <v>1.739377E-10</v>
+        <v>1.716697E-10</v>
       </c>
       <c r="F296" s="2" t="n">
-        <v>1.848912E-10</v>
+        <v>1.750365E-10</v>
       </c>
       <c r="G296" s="2" t="n">
-        <v>1.739377E-10</v>
+        <v>1.716697E-10</v>
       </c>
       <c r="H296" s="2" t="n">
-        <v>1.848912E-10</v>
+        <v>1.750365E-10</v>
       </c>
       <c r="I296" s="2" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="297">
       <c r="A297" s="2" t="n">
-        <v>1.741176E12</v>
+        <v>1.7415216E12</v>
       </c>
       <c r="B297" s="2" t="n">
-        <v>1.741262399999E12</v>
+        <v>1.741607999999E12</v>
       </c>
       <c r="C297" s="2" t="n">
-        <v>1.74117606E12</v>
+        <v>1.7415432E12</v>
       </c>
       <c r="D297" s="2" t="n">
-        <v>1.7412228E12</v>
+        <v>1.74160794E12</v>
       </c>
       <c r="E297" s="2" t="n">
-        <v>1.739377E-10</v>
+        <v>1.830478E-10</v>
       </c>
       <c r="F297" s="2" t="n">
-        <v>1.739377E-10</v>
+        <v>1.830478E-10</v>
       </c>
       <c r="G297" s="2" t="n">
-        <v>1.739377E-10</v>
+        <v>1.716697E-10</v>
       </c>
       <c r="H297" s="2" t="n">
-        <v>1.739377E-10</v>
+        <v>1.716697E-10</v>
       </c>
       <c r="I297" s="2" t="n">
-        <v>0.0</v>
+        <v>185.38</v>
       </c>
     </row>
     <row r="298">
       <c r="A298" s="2" t="n">
-        <v>1.7410896E12</v>
+        <v>1.7414352E12</v>
       </c>
       <c r="B298" s="2" t="n">
-        <v>1.741175999999E12</v>
+        <v>1.741521599999E12</v>
       </c>
       <c r="C298" s="2" t="n">
-        <v>1.7410902E12</v>
+        <v>1.74145668E12</v>
       </c>
       <c r="D298" s="2" t="n">
-        <v>1.7411142E12</v>
+        <v>1.74143862E12</v>
       </c>
       <c r="E298" s="2" t="n">
-        <v>1.828285E-10</v>
+        <v>1.815662E-10</v>
       </c>
       <c r="F298" s="2" t="n">
-        <v>1.828285E-10</v>
+        <v>1.830478E-10</v>
       </c>
       <c r="G298" s="2" t="n">
-        <v>1.731354E-10</v>
+        <v>1.815662E-10</v>
       </c>
       <c r="H298" s="2" t="n">
-        <v>1.739377E-10</v>
+        <v>1.830478E-10</v>
       </c>
       <c r="I298" s="2" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="299">
       <c r="A299" s="2" t="n">
-        <v>1.7410032E12</v>
+        <v>1.7413488E12</v>
       </c>
       <c r="B299" s="2" t="n">
-        <v>1.741089599999E12</v>
+        <v>1.741435199999E12</v>
       </c>
       <c r="C299" s="2" t="n">
-        <v>1.7410032E12</v>
+        <v>1.7413518E12</v>
       </c>
       <c r="D299" s="2" t="n">
-        <v>1.74106716E12</v>
+        <v>1.74142692E12</v>
       </c>
       <c r="E299" s="2" t="n">
-        <v>1.865953E-10</v>
+        <v>1.848912E-10</v>
       </c>
       <c r="F299" s="2" t="n">
-        <v>1.865953E-10</v>
+        <v>1.848912E-10</v>
       </c>
       <c r="G299" s="2" t="n">
-        <v>1.828285E-10</v>
+        <v>1.815662E-10</v>
       </c>
       <c r="H299" s="2" t="n">
-        <v>1.828285E-10</v>
+        <v>1.815662E-10</v>
       </c>
       <c r="I299" s="2" t="n">
-        <v>144.38</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="300">
       <c r="A300" s="2" t="n">
-        <v>1.7409168E12</v>
+        <v>1.7412624E12</v>
       </c>
       <c r="B300" s="2" t="n">
-        <v>1.741003199999E12</v>
+        <v>1.741348799999E12</v>
       </c>
       <c r="C300" s="2" t="n">
-        <v>1.7409924E12</v>
+        <v>1.74129114E12</v>
       </c>
       <c r="D300" s="2" t="n">
-        <v>1.74091872E12</v>
+        <v>1.7412624E12</v>
       </c>
       <c r="E300" s="2" t="n">
-        <v>1.865953E-10</v>
+        <v>1.739377E-10</v>
       </c>
       <c r="F300" s="2" t="n">
-        <v>1.865953E-10</v>
+        <v>1.848912E-10</v>
       </c>
       <c r="G300" s="2" t="n">
-        <v>1.865953E-10</v>
+        <v>1.739377E-10</v>
       </c>
       <c r="H300" s="2" t="n">
-        <v>1.865953E-10</v>
+        <v>1.848912E-10</v>
       </c>
       <c r="I300" s="2" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="301">
       <c r="A301" s="2" t="n">
-        <v>1.7408304E12</v>
+        <v>1.741176E12</v>
       </c>
       <c r="B301" s="2" t="n">
-        <v>1.740916799999E12</v>
+        <v>1.741262399999E12</v>
       </c>
       <c r="C301" s="2" t="n">
-        <v>1.74089862E12</v>
+        <v>1.74117606E12</v>
       </c>
       <c r="D301" s="2" t="n">
-        <v>1.74085146E12</v>
+        <v>1.7412228E12</v>
       </c>
       <c r="E301" s="2" t="n">
-        <v>1.852148E-10</v>
+        <v>1.739377E-10</v>
       </c>
       <c r="F301" s="2" t="n">
-        <v>1.877388E-10</v>
+        <v>1.739377E-10</v>
       </c>
       <c r="G301" s="2" t="n">
-        <v>1.845301E-10</v>
+        <v>1.739377E-10</v>
       </c>
       <c r="H301" s="2" t="n">
-        <v>1.865953E-10</v>
+        <v>1.739377E-10</v>
       </c>
       <c r="I301" s="2" t="n">
-        <v>87.61</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="302">
       <c r="A302" s="2" t="n">
-        <v>1.740744E12</v>
+        <v>1.7410896E12</v>
       </c>
       <c r="B302" s="2" t="n">
-        <v>1.740830399999E12</v>
+        <v>1.741175999999E12</v>
       </c>
       <c r="C302" s="2" t="n">
-        <v>1.7408196E12</v>
+        <v>1.7410902E12</v>
       </c>
       <c r="D302" s="2" t="n">
-        <v>1.74074562E12</v>
+        <v>1.7411142E12</v>
       </c>
       <c r="E302" s="2" t="n">
-        <v>1.852148E-10</v>
+        <v>1.828285E-10</v>
       </c>
       <c r="F302" s="2" t="n">
-        <v>1.852148E-10</v>
+        <v>1.828285E-10</v>
       </c>
       <c r="G302" s="2" t="n">
-        <v>1.852148E-10</v>
+        <v>1.731354E-10</v>
       </c>
       <c r="H302" s="2" t="n">
-        <v>1.852148E-10</v>
+        <v>1.739377E-10</v>
       </c>
       <c r="I302" s="2" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="303">
       <c r="A303" s="2" t="n">
-        <v>1.7406576E12</v>
+        <v>1.7410032E12</v>
       </c>
       <c r="B303" s="2" t="n">
-        <v>1.740743999999E12</v>
+        <v>1.741089599999E12</v>
       </c>
       <c r="C303" s="2" t="n">
-        <v>1.74065892E12</v>
+        <v>1.7410032E12</v>
       </c>
       <c r="D303" s="2" t="n">
-        <v>1.74073284E12</v>
+        <v>1.74106716E12</v>
       </c>
       <c r="E303" s="2" t="n">
-        <v>1.905731E-10</v>
+        <v>1.865953E-10</v>
       </c>
       <c r="F303" s="2" t="n">
-        <v>1.905731E-10</v>
+        <v>1.865953E-10</v>
       </c>
       <c r="G303" s="2" t="n">
-        <v>1.852148E-10</v>
+        <v>1.828285E-10</v>
       </c>
       <c r="H303" s="2" t="n">
-        <v>1.852148E-10</v>
+        <v>1.828285E-10</v>
       </c>
       <c r="I303" s="2" t="n">
-        <v>32.69</v>
+        <v>144.38</v>
       </c>
     </row>
     <row r="304">
       <c r="A304" s="2" t="n">
-        <v>1.7405712E12</v>
+        <v>1.7409168E12</v>
       </c>
       <c r="B304" s="2" t="n">
-        <v>1.740657599999E12</v>
+        <v>1.741003199999E12</v>
       </c>
       <c r="C304" s="2" t="n">
-        <v>1.74061422E12</v>
+        <v>1.7409924E12</v>
       </c>
       <c r="D304" s="2" t="n">
-        <v>1.74062514E12</v>
+        <v>1.74091872E12</v>
       </c>
       <c r="E304" s="2" t="n">
-        <v>1.932086E-10</v>
+        <v>1.865953E-10</v>
       </c>
       <c r="F304" s="2" t="n">
-        <v>1.946858E-10</v>
+        <v>1.865953E-10</v>
       </c>
       <c r="G304" s="2" t="n">
-        <v>1.905731E-10</v>
+        <v>1.865953E-10</v>
       </c>
       <c r="H304" s="2" t="n">
-        <v>1.905731E-10</v>
+        <v>1.865953E-10</v>
       </c>
       <c r="I304" s="2" t="n">
-        <v>40.03</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="305">
       <c r="A305" s="2" t="n">
-        <v>1.7404848E12</v>
+        <v>1.7408304E12</v>
       </c>
       <c r="B305" s="2" t="n">
-        <v>1.740571199999E12</v>
+        <v>1.740916799999E12</v>
       </c>
       <c r="C305" s="2" t="n">
-        <v>1.7404848E12</v>
+        <v>1.74089862E12</v>
       </c>
       <c r="D305" s="2" t="n">
-        <v>1.74051252E12</v>
+        <v>1.74085146E12</v>
       </c>
       <c r="E305" s="2" t="n">
-        <v>2.033826E-10</v>
+        <v>1.852148E-10</v>
       </c>
       <c r="F305" s="2" t="n">
-        <v>2.033826E-10</v>
+        <v>1.877388E-10</v>
       </c>
       <c r="G305" s="2" t="n">
-        <v>1.870163E-10</v>
+        <v>1.845301E-10</v>
       </c>
       <c r="H305" s="2" t="n">
-        <v>1.932086E-10</v>
+        <v>1.865953E-10</v>
       </c>
       <c r="I305" s="2" t="n">
-        <v>12.99</v>
+        <v>87.61</v>
       </c>
     </row>
     <row r="306">
       <c r="A306" s="2" t="n">
-        <v>1.7403984E12</v>
+        <v>1.740744E12</v>
       </c>
       <c r="B306" s="2" t="n">
-        <v>1.740484799999E12</v>
+        <v>1.740830399999E12</v>
       </c>
       <c r="C306" s="2" t="n">
-        <v>1.74039882E12</v>
+        <v>1.7408196E12</v>
       </c>
       <c r="D306" s="2" t="n">
-        <v>1.7404452E12</v>
+        <v>1.74074562E12</v>
       </c>
       <c r="E306" s="2" t="n">
-        <v>2.033826E-10</v>
+        <v>1.852148E-10</v>
       </c>
       <c r="F306" s="2" t="n">
-        <v>2.033826E-10</v>
+        <v>1.852148E-10</v>
       </c>
       <c r="G306" s="2" t="n">
-        <v>2.033826E-10</v>
+        <v>1.852148E-10</v>
       </c>
       <c r="H306" s="2" t="n">
-        <v>2.033826E-10</v>
+        <v>1.852148E-10</v>
       </c>
       <c r="I306" s="2" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="307">
       <c r="A307" s="2" t="n">
-        <v>1.740312E12</v>
+        <v>1.7406576E12</v>
       </c>
       <c r="B307" s="2" t="n">
-        <v>1.740398399999E12</v>
+        <v>1.740743999999E12</v>
       </c>
       <c r="C307" s="2" t="n">
-        <v>1.740312E12</v>
+        <v>1.74065892E12</v>
       </c>
       <c r="D307" s="2" t="n">
-        <v>1.74035736E12</v>
+        <v>1.74073284E12</v>
       </c>
       <c r="E307" s="2" t="n">
-        <v>2.041967E-10</v>
+        <v>1.905731E-10</v>
       </c>
       <c r="F307" s="2" t="n">
-        <v>2.041967E-10</v>
+        <v>1.905731E-10</v>
       </c>
       <c r="G307" s="2" t="n">
-        <v>2.033826E-10</v>
+        <v>1.852148E-10</v>
       </c>
       <c r="H307" s="2" t="n">
-        <v>2.033826E-10</v>
+        <v>1.852148E-10</v>
       </c>
       <c r="I307" s="2" t="n">
-        <v>11.8</v>
+        <v>32.69</v>
       </c>
     </row>
     <row r="308">
       <c r="A308" s="2" t="n">
-        <v>1.7402256E12</v>
+        <v>1.7405712E12</v>
       </c>
       <c r="B308" s="2" t="n">
-        <v>1.740311999999E12</v>
+        <v>1.740657599999E12</v>
       </c>
       <c r="C308" s="2" t="n">
-        <v>1.7402268E12</v>
+        <v>1.74061422E12</v>
       </c>
       <c r="D308" s="2" t="n">
-        <v>1.7402616E12</v>
+        <v>1.74062514E12</v>
       </c>
       <c r="E308" s="2" t="n">
-        <v>2.041967E-10</v>
+        <v>1.932086E-10</v>
       </c>
       <c r="F308" s="2" t="n">
-        <v>2.041967E-10</v>
+        <v>1.946858E-10</v>
       </c>
       <c r="G308" s="2" t="n">
-        <v>2.041967E-10</v>
+        <v>1.905731E-10</v>
       </c>
       <c r="H308" s="2" t="n">
-        <v>2.041967E-10</v>
+        <v>1.905731E-10</v>
       </c>
       <c r="I308" s="2" t="n">
-        <v>0.0</v>
+        <v>40.03</v>
       </c>
     </row>
     <row r="309">
       <c r="A309" s="2" t="n">
-        <v>1.7401392E12</v>
+        <v>1.7404848E12</v>
       </c>
       <c r="B309" s="2" t="n">
-        <v>1.740225599999E12</v>
+        <v>1.740571199999E12</v>
       </c>
       <c r="C309" s="2" t="n">
-        <v>1.7401392E12</v>
+        <v>1.7404848E12</v>
       </c>
       <c r="D309" s="2" t="n">
-        <v>1.74017496E12</v>
+        <v>1.74051252E12</v>
       </c>
       <c r="E309" s="2" t="n">
-        <v>2.072529E-10</v>
+        <v>2.033826E-10</v>
       </c>
       <c r="F309" s="2" t="n">
-        <v>2.072529E-10</v>
+        <v>2.033826E-10</v>
       </c>
       <c r="G309" s="2" t="n">
-        <v>2.041967E-10</v>
+        <v>1.870163E-10</v>
       </c>
       <c r="H309" s="2" t="n">
-        <v>2.041967E-10</v>
+        <v>1.932086E-10</v>
       </c>
       <c r="I309" s="2" t="n">
-        <v>1.47</v>
+        <v>12.99</v>
       </c>
     </row>
     <row r="310">
       <c r="A310" s="2" t="n">
-        <v>1.7400528E12</v>
+        <v>1.7403984E12</v>
       </c>
       <c r="B310" s="2" t="n">
-        <v>1.740139199999E12</v>
+        <v>1.740484799999E12</v>
       </c>
       <c r="C310" s="2" t="n">
-        <v>1.7400528E12</v>
+        <v>1.74039882E12</v>
       </c>
       <c r="D310" s="2" t="n">
-        <v>1.7400528E12</v>
+        <v>1.7404452E12</v>
       </c>
       <c r="E310" s="2" t="n">
-        <v>2.072529E-10</v>
+        <v>2.033826E-10</v>
       </c>
       <c r="F310" s="2" t="n">
-        <v>2.072529E-10</v>
+        <v>2.033826E-10</v>
       </c>
       <c r="G310" s="2" t="n">
-        <v>2.072529E-10</v>
+        <v>2.033826E-10</v>
       </c>
       <c r="H310" s="2" t="n">
-        <v>2.072529E-10</v>
+        <v>2.033826E-10</v>
       </c>
       <c r="I310" s="2" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="311">
       <c r="A311" s="2" t="n">
-        <v>1.7399664E12</v>
+        <v>1.740312E12</v>
       </c>
       <c r="B311" s="2" t="n">
-        <v>1.740052799999E12</v>
+        <v>1.740398399999E12</v>
       </c>
       <c r="C311" s="2" t="n">
-        <v>1.7399664E12</v>
+        <v>1.740312E12</v>
       </c>
       <c r="D311" s="2" t="n">
-        <v>1.7399664E12</v>
+        <v>1.74035736E12</v>
       </c>
       <c r="E311" s="2" t="n">
-        <v>2.072529E-10</v>
+        <v>2.041967E-10</v>
       </c>
       <c r="F311" s="2" t="n">
-        <v>2.072529E-10</v>
+        <v>2.041967E-10</v>
       </c>
       <c r="G311" s="2" t="n">
-        <v>2.072529E-10</v>
+        <v>2.033826E-10</v>
       </c>
       <c r="H311" s="2" t="n">
-        <v>2.072529E-10</v>
+        <v>2.033826E-10</v>
       </c>
       <c r="I311" s="2" t="n">
-        <v>0.0</v>
+        <v>11.8</v>
       </c>
     </row>
     <row r="312">
       <c r="A312" s="2" t="n">
-        <v>1.73988E12</v>
+        <v>1.7402256E12</v>
       </c>
       <c r="B312" s="2" t="n">
-        <v>1.739966399999E12</v>
+        <v>1.740311999999E12</v>
       </c>
       <c r="C312" s="2" t="n">
-        <v>1.73988318E12</v>
+        <v>1.7402268E12</v>
       </c>
       <c r="D312" s="2" t="n">
-        <v>1.7399628E12</v>
+        <v>1.7402616E12</v>
       </c>
       <c r="E312" s="2" t="n">
-        <v>2.072529E-10</v>
+        <v>2.041967E-10</v>
       </c>
       <c r="F312" s="2" t="n">
-        <v>2.072529E-10</v>
+        <v>2.041967E-10</v>
       </c>
       <c r="G312" s="2" t="n">
-        <v>2.072529E-10</v>
+        <v>2.041967E-10</v>
       </c>
       <c r="H312" s="2" t="n">
-        <v>2.072529E-10</v>
+        <v>2.041967E-10</v>
       </c>
       <c r="I312" s="2" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="313">
       <c r="A313" s="2" t="n">
-        <v>1.7397936E12</v>
+        <v>1.7401392E12</v>
       </c>
       <c r="B313" s="2" t="n">
-        <v>1.739879999999E12</v>
+        <v>1.740225599999E12</v>
       </c>
       <c r="C313" s="2" t="n">
-        <v>1.73983212E12</v>
+        <v>1.7401392E12</v>
       </c>
       <c r="D313" s="2" t="n">
-        <v>1.7397936E12</v>
+        <v>1.74017496E12</v>
       </c>
       <c r="E313" s="2" t="n">
-        <v>2.066411E-10</v>
+        <v>2.072529E-10</v>
       </c>
       <c r="F313" s="2" t="n">
-        <v>2.080555E-10</v>
+        <v>2.072529E-10</v>
       </c>
       <c r="G313" s="2" t="n">
-        <v>2.066411E-10</v>
+        <v>2.041967E-10</v>
       </c>
       <c r="H313" s="2" t="n">
-        <v>2.072529E-10</v>
+        <v>2.041967E-10</v>
       </c>
       <c r="I313" s="2" t="n">
-        <v>46.85</v>
+        <v>1.47</v>
       </c>
     </row>
     <row r="314">
       <c r="A314" s="2" t="n">
-        <v>1.7397072E12</v>
+        <v>1.7400528E12</v>
       </c>
       <c r="B314" s="2" t="n">
-        <v>1.739793599999E12</v>
+        <v>1.740139199999E12</v>
       </c>
       <c r="C314" s="2" t="n">
-        <v>1.73970768E12</v>
+        <v>1.7400528E12</v>
       </c>
       <c r="D314" s="2" t="n">
-        <v>1.7397792E12</v>
+        <v>1.7400528E12</v>
       </c>
       <c r="E314" s="2" t="n">
-        <v>2.066411E-10</v>
+        <v>2.072529E-10</v>
       </c>
       <c r="F314" s="2" t="n">
-        <v>2.066411E-10</v>
+        <v>2.072529E-10</v>
       </c>
       <c r="G314" s="2" t="n">
-        <v>2.066411E-10</v>
+        <v>2.072529E-10</v>
       </c>
       <c r="H314" s="2" t="n">
-        <v>2.066411E-10</v>
+        <v>2.072529E-10</v>
       </c>
       <c r="I314" s="2" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="315">
       <c r="A315" s="2" t="n">
-        <v>1.7396208E12</v>
+        <v>1.7399664E12</v>
       </c>
       <c r="B315" s="2" t="n">
-        <v>1.739707199999E12</v>
+        <v>1.740052799999E12</v>
       </c>
       <c r="C315" s="2" t="n">
-        <v>1.73968134E12</v>
+        <v>1.7399664E12</v>
       </c>
       <c r="D315" s="2" t="n">
-        <v>1.73965998E12</v>
+        <v>1.7399664E12</v>
       </c>
       <c r="E315" s="2" t="n">
-        <v>2.078028E-10</v>
+        <v>2.072529E-10</v>
       </c>
       <c r="F315" s="2" t="n">
-        <v>2.082047E-10</v>
+        <v>2.072529E-10</v>
       </c>
       <c r="G315" s="2" t="n">
-        <v>2.039903E-10</v>
+        <v>2.072529E-10</v>
       </c>
       <c r="H315" s="2" t="n">
-        <v>2.066411E-10</v>
+        <v>2.072529E-10</v>
       </c>
       <c r="I315" s="2" t="n">
-        <v>195.07</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="316">
       <c r="A316" s="2" t="n">
-        <v>1.7395344E12</v>
+        <v>1.73988E12</v>
       </c>
       <c r="B316" s="2" t="n">
-        <v>1.739620799999E12</v>
+        <v>1.739966399999E12</v>
       </c>
       <c r="C316" s="2" t="n">
-        <v>1.73953548E12</v>
+        <v>1.73988318E12</v>
       </c>
       <c r="D316" s="2" t="n">
-        <v>1.73961294E12</v>
+        <v>1.7399628E12</v>
       </c>
       <c r="E316" s="2" t="n">
-        <v>2.217521E-10</v>
+        <v>2.072529E-10</v>
       </c>
       <c r="F316" s="2" t="n">
-        <v>2.217521E-10</v>
+        <v>2.072529E-10</v>
       </c>
       <c r="G316" s="2" t="n">
-        <v>2.078028E-10</v>
+        <v>2.072529E-10</v>
       </c>
       <c r="H316" s="2" t="n">
-        <v>2.078028E-10</v>
+        <v>2.072529E-10</v>
       </c>
       <c r="I316" s="2" t="n">
-        <v>61.57</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="317">
       <c r="A317" s="2" t="n">
-        <v>1.739448E12</v>
+        <v>1.7397936E12</v>
       </c>
       <c r="B317" s="2" t="n">
-        <v>1.739534399999E12</v>
+        <v>1.739879999999E12</v>
       </c>
       <c r="C317" s="2" t="n">
-        <v>1.73945508E12</v>
+        <v>1.73983212E12</v>
       </c>
       <c r="D317" s="2" t="n">
-        <v>1.73945034E12</v>
+        <v>1.7397936E12</v>
       </c>
       <c r="E317" s="2" t="n">
-        <v>2.186403E-10</v>
+        <v>2.066411E-10</v>
       </c>
       <c r="F317" s="2" t="n">
-        <v>2.254085E-10</v>
+        <v>2.080555E-10</v>
       </c>
       <c r="G317" s="2" t="n">
-        <v>2.186403E-10</v>
+        <v>2.066411E-10</v>
       </c>
       <c r="H317" s="2" t="n">
-        <v>2.217521E-10</v>
+        <v>2.072529E-10</v>
       </c>
       <c r="I317" s="2" t="n">
-        <v>129.88</v>
+        <v>46.85</v>
       </c>
     </row>
     <row r="318">
       <c r="A318" s="2" t="n">
-        <v>1.7393616E12</v>
+        <v>1.7397072E12</v>
       </c>
       <c r="B318" s="2" t="n">
-        <v>1.739447999999E12</v>
+        <v>1.739793599999E12</v>
       </c>
       <c r="C318" s="2" t="n">
-        <v>1.73943978E12</v>
+        <v>1.73970768E12</v>
       </c>
       <c r="D318" s="2" t="n">
-        <v>1.7393649E12</v>
+        <v>1.7397792E12</v>
       </c>
       <c r="E318" s="2" t="n">
-        <v>1.932991E-10</v>
+        <v>2.066411E-10</v>
       </c>
       <c r="F318" s="2" t="n">
-        <v>2.186403E-10</v>
+        <v>2.066411E-10</v>
       </c>
       <c r="G318" s="2" t="n">
-        <v>1.932991E-10</v>
+        <v>2.066411E-10</v>
       </c>
       <c r="H318" s="2" t="n">
-        <v>2.186403E-10</v>
+        <v>2.066411E-10</v>
       </c>
       <c r="I318" s="2" t="n">
-        <v>14.31</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="319">
       <c r="A319" s="2" t="n">
-        <v>1.7392752E12</v>
+        <v>1.7396208E12</v>
       </c>
       <c r="B319" s="2" t="n">
-        <v>1.739361599999E12</v>
+        <v>1.739707199999E12</v>
       </c>
       <c r="C319" s="2" t="n">
-        <v>1.73928726E12</v>
+        <v>1.73968134E12</v>
       </c>
       <c r="D319" s="2" t="n">
-        <v>1.73927604E12</v>
+        <v>1.73965998E12</v>
       </c>
       <c r="E319" s="2" t="n">
-        <v>1.901341E-10</v>
+        <v>2.078028E-10</v>
       </c>
       <c r="F319" s="2" t="n">
-        <v>1.932991E-10</v>
+        <v>2.082047E-10</v>
       </c>
       <c r="G319" s="2" t="n">
-        <v>1.901341E-10</v>
+        <v>2.039903E-10</v>
       </c>
       <c r="H319" s="2" t="n">
-        <v>1.932991E-10</v>
+        <v>2.066411E-10</v>
       </c>
       <c r="I319" s="2" t="n">
-        <v>1.78</v>
+        <v>195.07</v>
       </c>
     </row>
     <row r="320">
       <c r="A320" s="2" t="n">
-        <v>1.7391888E12</v>
+        <v>1.7395344E12</v>
       </c>
       <c r="B320" s="2" t="n">
-        <v>1.739275199999E12</v>
+        <v>1.739620799999E12</v>
       </c>
       <c r="C320" s="2" t="n">
-        <v>1.73918988E12</v>
+        <v>1.73953548E12</v>
       </c>
       <c r="D320" s="2" t="n">
-        <v>1.73922054E12</v>
+        <v>1.73961294E12</v>
       </c>
       <c r="E320" s="2" t="n">
-        <v>1.956525E-10</v>
+        <v>2.217521E-10</v>
       </c>
       <c r="F320" s="2" t="n">
-        <v>1.956525E-10</v>
+        <v>2.217521E-10</v>
       </c>
       <c r="G320" s="2" t="n">
-        <v>1.901341E-10</v>
+        <v>2.078028E-10</v>
       </c>
       <c r="H320" s="2" t="n">
-        <v>1.901341E-10</v>
+        <v>2.078028E-10</v>
       </c>
       <c r="I320" s="2" t="n">
-        <v>112.34</v>
+        <v>61.57</v>
       </c>
     </row>
     <row r="321">
       <c r="A321" s="2" t="n">
-        <v>1.7391024E12</v>
+        <v>1.739448E12</v>
       </c>
       <c r="B321" s="2" t="n">
-        <v>1.739188799999E12</v>
+        <v>1.739534399999E12</v>
       </c>
       <c r="C321" s="2" t="n">
-        <v>1.7391477E12</v>
+        <v>1.73945508E12</v>
       </c>
       <c r="D321" s="2" t="n">
-        <v>1.7391024E12</v>
+        <v>1.73945034E12</v>
       </c>
       <c r="E321" s="2" t="n">
-        <v>1.833698E-10</v>
+        <v>2.186403E-10</v>
       </c>
       <c r="F321" s="2" t="n">
-        <v>1.963879E-10</v>
+        <v>2.254085E-10</v>
       </c>
       <c r="G321" s="2" t="n">
-        <v>1.833698E-10</v>
+        <v>2.186403E-10</v>
       </c>
       <c r="H321" s="2" t="n">
-        <v>1.956525E-10</v>
+        <v>2.217521E-10</v>
       </c>
       <c r="I321" s="2" t="n">
-        <v>23.62</v>
+        <v>129.88</v>
       </c>
     </row>
     <row r="322">
       <c r="A322" s="2" t="n">
-        <v>1.739016E12</v>
+        <v>1.7393616E12</v>
       </c>
       <c r="B322" s="2" t="n">
-        <v>1.739102399999E12</v>
+        <v>1.739447999999E12</v>
       </c>
       <c r="C322" s="2" t="n">
-        <v>1.7390448E12</v>
+        <v>1.73943978E12</v>
       </c>
       <c r="D322" s="2" t="n">
-        <v>1.7390169E12</v>
+        <v>1.7393649E12</v>
       </c>
       <c r="E322" s="2" t="n">
-        <v>1.833698E-10</v>
+        <v>1.932991E-10</v>
       </c>
       <c r="F322" s="2" t="n">
-        <v>1.833698E-10</v>
+        <v>2.186403E-10</v>
       </c>
       <c r="G322" s="2" t="n">
-        <v>1.833698E-10</v>
+        <v>1.932991E-10</v>
       </c>
       <c r="H322" s="2" t="n">
-        <v>1.833698E-10</v>
+        <v>2.186403E-10</v>
       </c>
       <c r="I322" s="2" t="n">
-        <v>0.0</v>
+        <v>14.31</v>
       </c>
     </row>
     <row r="323">
       <c r="A323" s="2" t="n">
-        <v>1.7389296E12</v>
+        <v>1.7392752E12</v>
       </c>
       <c r="B323" s="2" t="n">
-        <v>1.739015999999E12</v>
+        <v>1.739361599999E12</v>
       </c>
       <c r="C323" s="2" t="n">
-        <v>1.73895714E12</v>
+        <v>1.73928726E12</v>
       </c>
       <c r="D323" s="2" t="n">
-        <v>1.73893152E12</v>
+        <v>1.73927604E12</v>
       </c>
       <c r="E323" s="2" t="n">
-        <v>1.821635E-10</v>
+        <v>1.901341E-10</v>
       </c>
       <c r="F323" s="2" t="n">
-        <v>1.833698E-10</v>
+        <v>1.932991E-10</v>
       </c>
       <c r="G323" s="2" t="n">
-        <v>1.821635E-10</v>
+        <v>1.901341E-10</v>
       </c>
       <c r="H323" s="2" t="n">
-        <v>1.833698E-10</v>
+        <v>1.932991E-10</v>
       </c>
       <c r="I323" s="2" t="n">
-        <v>11.84</v>
+        <v>1.78</v>
       </c>
     </row>
     <row r="324">
       <c r="A324" s="2" t="n">
-        <v>1.7388432E12</v>
+        <v>1.7391888E12</v>
       </c>
       <c r="B324" s="2" t="n">
-        <v>1.738929599999E12</v>
+        <v>1.739275199999E12</v>
       </c>
       <c r="C324" s="2" t="n">
-        <v>1.73891088E12</v>
+        <v>1.73918988E12</v>
       </c>
       <c r="D324" s="2" t="n">
-        <v>1.7388453E12</v>
+        <v>1.73922054E12</v>
       </c>
       <c r="E324" s="2" t="n">
-        <v>1.801236E-10</v>
+        <v>1.956525E-10</v>
       </c>
       <c r="F324" s="2" t="n">
-        <v>1.821635E-10</v>
+        <v>1.956525E-10</v>
       </c>
       <c r="G324" s="2" t="n">
-        <v>1.801236E-10</v>
+        <v>1.901341E-10</v>
       </c>
       <c r="H324" s="2" t="n">
-        <v>1.821635E-10</v>
+        <v>1.901341E-10</v>
       </c>
       <c r="I324" s="2" t="n">
-        <v>16.88</v>
+        <v>112.34</v>
       </c>
     </row>
     <row r="325">
       <c r="A325" s="2" t="n">
-        <v>1.7387568E12</v>
+        <v>1.7391024E12</v>
       </c>
       <c r="B325" s="2" t="n">
-        <v>1.738843199999E12</v>
+        <v>1.739188799999E12</v>
       </c>
       <c r="C325" s="2" t="n">
-        <v>1.73875758E12</v>
+        <v>1.7391477E12</v>
       </c>
       <c r="D325" s="2" t="n">
-        <v>1.73875998E12</v>
+        <v>1.7391024E12</v>
       </c>
       <c r="E325" s="2" t="n">
-        <v>1.843527E-10</v>
+        <v>1.833698E-10</v>
       </c>
       <c r="F325" s="2" t="n">
-        <v>1.843527E-10</v>
+        <v>1.963879E-10</v>
       </c>
       <c r="G325" s="2" t="n">
-        <v>1.799471E-10</v>
+        <v>1.833698E-10</v>
       </c>
       <c r="H325" s="2" t="n">
-        <v>1.801236E-10</v>
+        <v>1.956525E-10</v>
       </c>
       <c r="I325" s="2" t="n">
-        <v>28.16</v>
+        <v>23.62</v>
       </c>
     </row>
     <row r="326">
       <c r="A326" s="2" t="n">
-        <v>1.7386704E12</v>
+        <v>1.739016E12</v>
       </c>
       <c r="B326" s="2" t="n">
-        <v>1.738756799999E12</v>
+        <v>1.739102399999E12</v>
       </c>
       <c r="C326" s="2" t="n">
-        <v>1.73867094E12</v>
+        <v>1.7390448E12</v>
       </c>
       <c r="D326" s="2" t="n">
-        <v>1.73872068E12</v>
+        <v>1.7390169E12</v>
       </c>
       <c r="E326" s="2" t="n">
-        <v>1.908576E-10</v>
+        <v>1.833698E-10</v>
       </c>
       <c r="F326" s="2" t="n">
-        <v>1.908576E-10</v>
+        <v>1.833698E-10</v>
       </c>
       <c r="G326" s="2" t="n">
-        <v>1.843527E-10</v>
+        <v>1.833698E-10</v>
       </c>
       <c r="H326" s="2" t="n">
-        <v>1.843527E-10</v>
+        <v>1.833698E-10</v>
       </c>
       <c r="I326" s="2" t="n">
-        <v>27.79</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="327">
       <c r="A327" s="2" t="n">
-        <v>1.738584E12</v>
+        <v>1.7389296E12</v>
       </c>
       <c r="B327" s="2" t="n">
-        <v>1.738670399999E12</v>
+        <v>1.739015999999E12</v>
       </c>
       <c r="C327" s="2" t="n">
-        <v>1.73858544E12</v>
+        <v>1.73895714E12</v>
       </c>
       <c r="D327" s="2" t="n">
-        <v>1.73863764E12</v>
+        <v>1.73893152E12</v>
       </c>
       <c r="E327" s="2" t="n">
-        <v>1.929825E-10</v>
+        <v>1.821635E-10</v>
       </c>
       <c r="F327" s="2" t="n">
-        <v>1.929825E-10</v>
+        <v>1.833698E-10</v>
       </c>
       <c r="G327" s="2" t="n">
-        <v>1.775622E-10</v>
+        <v>1.821635E-10</v>
       </c>
       <c r="H327" s="2" t="n">
-        <v>1.908576E-10</v>
+        <v>1.833698E-10</v>
       </c>
       <c r="I327" s="2" t="n">
-        <v>18.75</v>
+        <v>11.84</v>
       </c>
     </row>
     <row r="328">
       <c r="A328" s="2" t="n">
-        <v>1.7384976E12</v>
+        <v>1.7388432E12</v>
       </c>
       <c r="B328" s="2" t="n">
-        <v>1.738583999999E12</v>
+        <v>1.738929599999E12</v>
       </c>
       <c r="C328" s="2" t="n">
-        <v>1.73850018E12</v>
+        <v>1.73891088E12</v>
       </c>
       <c r="D328" s="2" t="n">
-        <v>1.73856768E12</v>
+        <v>1.7388453E12</v>
       </c>
       <c r="E328" s="2" t="n">
-        <v>2.134779E-10</v>
+        <v>1.801236E-10</v>
       </c>
       <c r="F328" s="2" t="n">
-        <v>2.134779E-10</v>
+        <v>1.821635E-10</v>
       </c>
       <c r="G328" s="2" t="n">
-        <v>1.929825E-10</v>
+        <v>1.801236E-10</v>
       </c>
       <c r="H328" s="2" t="n">
-        <v>1.929825E-10</v>
+        <v>1.821635E-10</v>
       </c>
       <c r="I328" s="2" t="n">
-        <v>32.6</v>
+        <v>16.88</v>
       </c>
     </row>
     <row r="329">
       <c r="A329" s="2" t="n">
-        <v>1.7384112E12</v>
+        <v>1.7387568E12</v>
       </c>
       <c r="B329" s="2" t="n">
-        <v>1.738497599999E12</v>
+        <v>1.738843199999E12</v>
       </c>
       <c r="C329" s="2" t="n">
-        <v>1.73841792E12</v>
+        <v>1.73875758E12</v>
       </c>
       <c r="D329" s="2" t="n">
-        <v>1.73841162E12</v>
+        <v>1.73875998E12</v>
       </c>
       <c r="E329" s="2" t="n">
-        <v>2.129488E-10</v>
+        <v>1.843527E-10</v>
       </c>
       <c r="F329" s="2" t="n">
-        <v>2.134779E-10</v>
+        <v>1.843527E-10</v>
       </c>
       <c r="G329" s="2" t="n">
-        <v>2.129488E-10</v>
+        <v>1.799471E-10</v>
       </c>
       <c r="H329" s="2" t="n">
-        <v>2.134779E-10</v>
+        <v>1.801236E-10</v>
       </c>
       <c r="I329" s="2" t="n">
-        <v>0.07</v>
+        <v>28.16</v>
       </c>
     </row>
     <row r="330">
       <c r="A330" s="2" t="n">
-        <v>1.7383248E12</v>
+        <v>1.7386704E12</v>
       </c>
       <c r="B330" s="2" t="n">
-        <v>1.738411199999E12</v>
+        <v>1.738756799999E12</v>
       </c>
       <c r="C330" s="2" t="n">
-        <v>1.73838948E12</v>
+        <v>1.73867094E12</v>
       </c>
       <c r="D330" s="2" t="n">
-        <v>1.73833062E12</v>
+        <v>1.73872068E12</v>
       </c>
       <c r="E330" s="2" t="n">
-        <v>2.134746E-10</v>
+        <v>1.908576E-10</v>
       </c>
       <c r="F330" s="2" t="n">
-        <v>2.151745E-10</v>
+        <v>1.908576E-10</v>
       </c>
       <c r="G330" s="2" t="n">
-        <v>2.126707E-10</v>
+        <v>1.843527E-10</v>
       </c>
       <c r="H330" s="2" t="n">
-        <v>2.129488E-10</v>
+        <v>1.843527E-10</v>
       </c>
       <c r="I330" s="2" t="n">
-        <v>60.22</v>
+        <v>27.79</v>
       </c>
     </row>
     <row r="331">
       <c r="A331" s="2" t="n">
-        <v>1.7382384E12</v>
+        <v>1.738584E12</v>
       </c>
       <c r="B331" s="2" t="n">
-        <v>1.738324799999E12</v>
+        <v>1.738670399999E12</v>
       </c>
       <c r="C331" s="2" t="n">
-        <v>1.73830896E12</v>
+        <v>1.73858544E12</v>
       </c>
       <c r="D331" s="2" t="n">
-        <v>1.73824038E12</v>
+        <v>1.73863764E12</v>
       </c>
       <c r="E331" s="2" t="n">
-        <v>2.090463E-10</v>
+        <v>1.929825E-10</v>
       </c>
       <c r="F331" s="2" t="n">
-        <v>2.134746E-10</v>
+        <v>1.929825E-10</v>
       </c>
       <c r="G331" s="2" t="n">
-        <v>2.090463E-10</v>
+        <v>1.775622E-10</v>
       </c>
       <c r="H331" s="2" t="n">
-        <v>2.134746E-10</v>
+        <v>1.908576E-10</v>
       </c>
       <c r="I331" s="2" t="n">
-        <v>31.3</v>
+        <v>18.75</v>
       </c>
     </row>
     <row r="332">
       <c r="A332" s="2" t="n">
-        <v>1.738152E12</v>
+        <v>1.7384976E12</v>
       </c>
       <c r="B332" s="2" t="n">
-        <v>1.738238399999E12</v>
+        <v>1.738583999999E12</v>
       </c>
       <c r="C332" s="2" t="n">
-        <v>1.73815206E12</v>
+        <v>1.73850018E12</v>
       </c>
       <c r="D332" s="2" t="n">
-        <v>1.73823438E12</v>
+        <v>1.73856768E12</v>
       </c>
       <c r="E332" s="2" t="n">
-        <v>2.129879E-10</v>
+        <v>2.134779E-10</v>
       </c>
       <c r="F332" s="2" t="n">
-        <v>2.129879E-10</v>
+        <v>2.134779E-10</v>
       </c>
       <c r="G332" s="2" t="n">
-        <v>2.080501E-10</v>
+        <v>1.929825E-10</v>
       </c>
       <c r="H332" s="2" t="n">
-        <v>2.090463E-10</v>
+        <v>1.929825E-10</v>
       </c>
       <c r="I332" s="2" t="n">
-        <v>708.21</v>
+        <v>32.6</v>
       </c>
     </row>
     <row r="333">
       <c r="A333" s="2" t="n">
-        <v>1.7380656E12</v>
+        <v>1.7384112E12</v>
       </c>
       <c r="B333" s="2" t="n">
-        <v>1.738151999999E12</v>
+        <v>1.738497599999E12</v>
       </c>
       <c r="C333" s="2" t="n">
-        <v>1.73806908E12</v>
+        <v>1.73841792E12</v>
       </c>
       <c r="D333" s="2" t="n">
-        <v>1.73806674E12</v>
+        <v>1.73841162E12</v>
       </c>
       <c r="E333" s="2" t="n">
-        <v>2.129469E-10</v>
+        <v>2.129488E-10</v>
       </c>
       <c r="F333" s="2" t="n">
-        <v>2.154113E-10</v>
+        <v>2.134779E-10</v>
       </c>
       <c r="G333" s="2" t="n">
-        <v>2.129469E-10</v>
+        <v>2.129488E-10</v>
       </c>
       <c r="H333" s="2" t="n">
-        <v>2.129879E-10</v>
+        <v>2.134779E-10</v>
       </c>
       <c r="I333" s="2" t="n">
-        <v>30.97</v>
+        <v>0.07</v>
       </c>
     </row>
     <row r="334">
       <c r="A334" s="2" t="n">
-        <v>1.7379792E12</v>
+        <v>1.7383248E12</v>
       </c>
       <c r="B334" s="2" t="n">
-        <v>1.738065599999E12</v>
+        <v>1.738411199999E12</v>
       </c>
       <c r="C334" s="2" t="n">
-        <v>1.73798034E12</v>
+        <v>1.73838948E12</v>
       </c>
       <c r="D334" s="2" t="n">
-        <v>1.73803956E12</v>
+        <v>1.73833062E12</v>
       </c>
       <c r="E334" s="2" t="n">
-        <v>2.158366E-10</v>
+        <v>2.134746E-10</v>
       </c>
       <c r="F334" s="2" t="n">
-        <v>2.158366E-10</v>
+        <v>2.151745E-10</v>
       </c>
       <c r="G334" s="2" t="n">
-        <v>2.107437E-10</v>
+        <v>2.126707E-10</v>
       </c>
       <c r="H334" s="2" t="n">
-        <v>2.129469E-10</v>
+        <v>2.129488E-10</v>
       </c>
       <c r="I334" s="2" t="n">
-        <v>36.78</v>
+        <v>60.22</v>
       </c>
     </row>
     <row r="335">
       <c r="A335" s="2" t="n">
-        <v>1.7378928E12</v>
+        <v>1.7382384E12</v>
       </c>
       <c r="B335" s="2" t="n">
-        <v>1.737979199999E12</v>
+        <v>1.738324799999E12</v>
       </c>
       <c r="C335" s="2" t="n">
-        <v>1.7379684E12</v>
+        <v>1.73830896E12</v>
       </c>
       <c r="D335" s="2" t="n">
-        <v>1.7379744E12</v>
+        <v>1.73824038E12</v>
       </c>
       <c r="E335" s="2" t="n">
-        <v>2.189118E-10</v>
+        <v>2.090463E-10</v>
       </c>
       <c r="F335" s="2" t="n">
-        <v>2.189118E-10</v>
+        <v>2.134746E-10</v>
       </c>
       <c r="G335" s="2" t="n">
-        <v>2.158366E-10</v>
+        <v>2.090463E-10</v>
       </c>
       <c r="H335" s="2" t="n">
-        <v>2.158366E-10</v>
+        <v>2.134746E-10</v>
       </c>
       <c r="I335" s="2" t="n">
-        <v>45.52</v>
+        <v>31.3</v>
       </c>
     </row>
     <row r="336">
       <c r="A336" s="2" t="n">
-        <v>1.7378064E12</v>
+        <v>1.738152E12</v>
       </c>
       <c r="B336" s="2" t="n">
-        <v>1.737892799999E12</v>
+        <v>1.738238399999E12</v>
       </c>
       <c r="C336" s="2" t="n">
-        <v>1.73788062E12</v>
+        <v>1.73815206E12</v>
       </c>
       <c r="D336" s="2" t="n">
-        <v>1.73780898E12</v>
+        <v>1.73823438E12</v>
       </c>
       <c r="E336" s="2" t="n">
-        <v>2.154481E-10</v>
+        <v>2.129879E-10</v>
       </c>
       <c r="F336" s="2" t="n">
-        <v>2.189118E-10</v>
+        <v>2.129879E-10</v>
       </c>
       <c r="G336" s="2" t="n">
-        <v>2.154481E-10</v>
+        <v>2.080501E-10</v>
       </c>
       <c r="H336" s="2" t="n">
-        <v>2.189118E-10</v>
+        <v>2.090463E-10</v>
       </c>
       <c r="I336" s="2" t="n">
-        <v>59.78</v>
+        <v>708.21</v>
       </c>
     </row>
     <row r="337">
       <c r="A337" s="2" t="n">
-        <v>1.73772E12</v>
+        <v>1.7380656E12</v>
       </c>
       <c r="B337" s="2" t="n">
-        <v>1.737806399999E12</v>
+        <v>1.738151999999E12</v>
       </c>
       <c r="C337" s="2" t="n">
-        <v>1.73772174E12</v>
+        <v>1.73806908E12</v>
       </c>
       <c r="D337" s="2" t="n">
-        <v>1.73780622E12</v>
+        <v>1.73806674E12</v>
       </c>
       <c r="E337" s="2" t="n">
-        <v>2.16577E-10</v>
+        <v>2.129469E-10</v>
       </c>
       <c r="F337" s="2" t="n">
-        <v>2.16577E-10</v>
+        <v>2.154113E-10</v>
       </c>
       <c r="G337" s="2" t="n">
-        <v>2.154481E-10</v>
+        <v>2.129469E-10</v>
       </c>
       <c r="H337" s="2" t="n">
-        <v>2.154481E-10</v>
+        <v>2.129879E-10</v>
       </c>
       <c r="I337" s="2" t="n">
-        <v>8.27</v>
+        <v>30.97</v>
       </c>
     </row>
     <row r="338">
       <c r="A338" s="2" t="n">
-        <v>1.7376336E12</v>
+        <v>1.7379792E12</v>
       </c>
       <c r="B338" s="2" t="n">
-        <v>1.737719999999E12</v>
+        <v>1.738065599999E12</v>
       </c>
       <c r="C338" s="2" t="n">
-        <v>1.73763618E12</v>
+        <v>1.73798034E12</v>
       </c>
       <c r="D338" s="2" t="n">
-        <v>1.7376729E12</v>
+        <v>1.73803956E12</v>
       </c>
       <c r="E338" s="2" t="n">
-        <v>2.217149E-10</v>
+        <v>2.158366E-10</v>
       </c>
       <c r="F338" s="2" t="n">
-        <v>2.217149E-10</v>
+        <v>2.158366E-10</v>
       </c>
       <c r="G338" s="2" t="n">
-        <v>2.16577E-10</v>
+        <v>2.107437E-10</v>
       </c>
       <c r="H338" s="2" t="n">
-        <v>2.16577E-10</v>
+        <v>2.129469E-10</v>
       </c>
       <c r="I338" s="2" t="n">
-        <v>43.64</v>
+        <v>36.78</v>
       </c>
     </row>
     <row r="339">
       <c r="A339" s="2" t="n">
-        <v>1.7375472E12</v>
+        <v>1.7378928E12</v>
       </c>
       <c r="B339" s="2" t="n">
-        <v>1.737633599999E12</v>
+        <v>1.737979199999E12</v>
       </c>
       <c r="C339" s="2" t="n">
-        <v>1.7375898E12</v>
+        <v>1.7379684E12</v>
       </c>
       <c r="D339" s="2" t="n">
-        <v>1.73754918E12</v>
+        <v>1.7379744E12</v>
       </c>
       <c r="E339" s="2" t="n">
-        <v>2.213849E-10</v>
+        <v>2.189118E-10</v>
       </c>
       <c r="F339" s="2" t="n">
-        <v>2.217149E-10</v>
+        <v>2.189118E-10</v>
       </c>
       <c r="G339" s="2" t="n">
-        <v>2.213849E-10</v>
+        <v>2.158366E-10</v>
       </c>
       <c r="H339" s="2" t="n">
-        <v>2.217149E-10</v>
+        <v>2.158366E-10</v>
       </c>
       <c r="I339" s="2" t="n">
-        <v>93.62</v>
+        <v>45.52</v>
       </c>
     </row>
     <row r="340">
       <c r="A340" s="2" t="n">
-        <v>1.7374608E12</v>
+        <v>1.7378064E12</v>
       </c>
       <c r="B340" s="2" t="n">
-        <v>1.737547199999E12</v>
+        <v>1.737892799999E12</v>
       </c>
       <c r="C340" s="2" t="n">
-        <v>1.73753034E12</v>
+        <v>1.73788062E12</v>
       </c>
       <c r="D340" s="2" t="n">
-        <v>1.73746152E12</v>
+        <v>1.73780898E12</v>
       </c>
       <c r="E340" s="2" t="n">
-        <v>2.158004E-10</v>
+        <v>2.154481E-10</v>
       </c>
       <c r="F340" s="2" t="n">
-        <v>2.222385E-10</v>
+        <v>2.189118E-10</v>
       </c>
       <c r="G340" s="2" t="n">
-        <v>2.158004E-10</v>
+        <v>2.154481E-10</v>
       </c>
       <c r="H340" s="2" t="n">
-        <v>2.213849E-10</v>
+        <v>2.189118E-10</v>
       </c>
       <c r="I340" s="2" t="n">
-        <v>42.73</v>
+        <v>59.78</v>
       </c>
     </row>
     <row r="341">
       <c r="A341" s="2" t="n">
-        <v>1.7373744E12</v>
+        <v>1.73772E12</v>
       </c>
       <c r="B341" s="2" t="n">
-        <v>1.737460799999E12</v>
+        <v>1.737806399999E12</v>
       </c>
       <c r="C341" s="2" t="n">
-        <v>1.73737752E12</v>
+        <v>1.73772174E12</v>
       </c>
       <c r="D341" s="2" t="n">
-        <v>1.73745618E12</v>
+        <v>1.73780622E12</v>
       </c>
       <c r="E341" s="2" t="n">
-        <v>2.241659E-10</v>
+        <v>2.16577E-10</v>
       </c>
       <c r="F341" s="2" t="n">
-        <v>2.241659E-10</v>
+        <v>2.16577E-10</v>
       </c>
       <c r="G341" s="2" t="n">
-        <v>2.158004E-10</v>
+        <v>2.154481E-10</v>
       </c>
       <c r="H341" s="2" t="n">
-        <v>2.158004E-10</v>
+        <v>2.154481E-10</v>
       </c>
       <c r="I341" s="2" t="n">
-        <v>173.3</v>
+        <v>8.27</v>
       </c>
     </row>
     <row r="342">
       <c r="A342" s="2" t="n">
-        <v>1.737288E12</v>
+        <v>1.7376336E12</v>
       </c>
       <c r="B342" s="2" t="n">
-        <v>1.737374399999E12</v>
+        <v>1.737719999999E12</v>
       </c>
       <c r="C342" s="2" t="n">
-        <v>1.73728806E12</v>
+        <v>1.73763618E12</v>
       </c>
       <c r="D342" s="2" t="n">
-        <v>1.73732388E12</v>
+        <v>1.7376729E12</v>
       </c>
       <c r="E342" s="2" t="n">
-        <v>2.257487E-10</v>
+        <v>2.217149E-10</v>
       </c>
       <c r="F342" s="2" t="n">
-        <v>2.257487E-10</v>
+        <v>2.217149E-10</v>
       </c>
       <c r="G342" s="2" t="n">
-        <v>2.206107E-10</v>
+        <v>2.16577E-10</v>
       </c>
       <c r="H342" s="2" t="n">
-        <v>2.241659E-10</v>
+        <v>2.16577E-10</v>
       </c>
       <c r="I342" s="2" t="n">
-        <v>237.85</v>
+        <v>43.64</v>
       </c>
     </row>
     <row r="343">
       <c r="A343" s="2" t="n">
-        <v>1.7372016E12</v>
+        <v>1.7375472E12</v>
       </c>
       <c r="B343" s="2" t="n">
-        <v>1.737287999999E12</v>
+        <v>1.737633599999E12</v>
       </c>
       <c r="C343" s="2" t="n">
-        <v>1.73720256E12</v>
+        <v>1.7375898E12</v>
       </c>
       <c r="D343" s="2" t="n">
-        <v>1.73727306E12</v>
+        <v>1.73754918E12</v>
       </c>
       <c r="E343" s="2" t="n">
-        <v>2.336155E-10</v>
+        <v>2.213849E-10</v>
       </c>
       <c r="F343" s="2" t="n">
-        <v>2.336155E-10</v>
+        <v>2.217149E-10</v>
       </c>
       <c r="G343" s="2" t="n">
-        <v>2.249119E-10</v>
+        <v>2.213849E-10</v>
       </c>
       <c r="H343" s="2" t="n">
-        <v>2.257487E-10</v>
+        <v>2.217149E-10</v>
       </c>
       <c r="I343" s="2" t="n">
-        <v>255.07</v>
+        <v>93.62</v>
       </c>
     </row>
     <row r="344">
       <c r="A344" s="2" t="n">
-        <v>1.7371152E12</v>
+        <v>1.7374608E12</v>
       </c>
       <c r="B344" s="2" t="n">
-        <v>1.737201599999E12</v>
+        <v>1.737547199999E12</v>
       </c>
       <c r="C344" s="2" t="n">
-        <v>1.73717604E12</v>
+        <v>1.73753034E12</v>
       </c>
       <c r="D344" s="2" t="n">
-        <v>1.737144E12</v>
+        <v>1.73746152E12</v>
       </c>
       <c r="E344" s="2" t="n">
-        <v>2.303888E-10</v>
+        <v>2.158004E-10</v>
       </c>
       <c r="F344" s="2" t="n">
-        <v>2.336155E-10</v>
+        <v>2.222385E-10</v>
       </c>
       <c r="G344" s="2" t="n">
-        <v>2.303888E-10</v>
+        <v>2.158004E-10</v>
       </c>
       <c r="H344" s="2" t="n">
-        <v>2.336155E-10</v>
+        <v>2.213849E-10</v>
       </c>
       <c r="I344" s="2" t="n">
-        <v>65.14</v>
+        <v>42.73</v>
       </c>
     </row>
     <row r="345">
       <c r="A345" s="2" t="n">
-        <v>1.7370288E12</v>
+        <v>1.7373744E12</v>
       </c>
       <c r="B345" s="2" t="n">
-        <v>1.737115199999E12</v>
+        <v>1.737460799999E12</v>
       </c>
       <c r="C345" s="2" t="n">
-        <v>1.73703108E12</v>
+        <v>1.73737752E12</v>
       </c>
       <c r="D345" s="2" t="n">
-        <v>1.73705664E12</v>
+        <v>1.73745618E12</v>
       </c>
       <c r="E345" s="2" t="n">
-        <v>2.330963E-10</v>
+        <v>2.241659E-10</v>
       </c>
       <c r="F345" s="2" t="n">
-        <v>2.330963E-10</v>
+        <v>2.241659E-10</v>
       </c>
       <c r="G345" s="2" t="n">
-        <v>2.303888E-10</v>
+        <v>2.158004E-10</v>
       </c>
       <c r="H345" s="2" t="n">
-        <v>2.303888E-10</v>
+        <v>2.158004E-10</v>
       </c>
       <c r="I345" s="2" t="n">
-        <v>390.28</v>
+        <v>173.3</v>
       </c>
     </row>
     <row r="346">
       <c r="A346" s="2" t="n">
-        <v>1.7369424E12</v>
+        <v>1.737288E12</v>
       </c>
       <c r="B346" s="2" t="n">
-        <v>1.737028799999E12</v>
+        <v>1.737374399999E12</v>
       </c>
       <c r="C346" s="2" t="n">
-        <v>1.73694318E12</v>
+        <v>1.73728806E12</v>
       </c>
       <c r="D346" s="2" t="n">
-        <v>1.73699154E12</v>
+        <v>1.73732388E12</v>
       </c>
       <c r="E346" s="2" t="n">
-        <v>2.344614E-10</v>
+        <v>2.257487E-10</v>
       </c>
       <c r="F346" s="2" t="n">
-        <v>2.344614E-10</v>
+        <v>2.257487E-10</v>
       </c>
       <c r="G346" s="2" t="n">
-        <v>2.305887E-10</v>
+        <v>2.206107E-10</v>
       </c>
       <c r="H346" s="2" t="n">
-        <v>2.330963E-10</v>
+        <v>2.241659E-10</v>
       </c>
       <c r="I346" s="2" t="n">
-        <v>523.3</v>
+        <v>237.85</v>
       </c>
     </row>
     <row r="347">
       <c r="A347" s="2" t="n">
-        <v>1.736856E12</v>
+        <v>1.7372016E12</v>
       </c>
       <c r="B347" s="2" t="n">
-        <v>1.736942399999E12</v>
+        <v>1.737287999999E12</v>
       </c>
       <c r="C347" s="2" t="n">
-        <v>1.73694222E12</v>
+        <v>1.73720256E12</v>
       </c>
       <c r="D347" s="2" t="n">
-        <v>1.73687706E12</v>
+        <v>1.73727306E12</v>
       </c>
       <c r="E347" s="2" t="n">
-        <v>2.331879E-10</v>
+        <v>2.336155E-10</v>
       </c>
       <c r="F347" s="2" t="n">
-        <v>2.344614E-10</v>
+        <v>2.336155E-10</v>
       </c>
       <c r="G347" s="2" t="n">
-        <v>2.314837E-10</v>
+        <v>2.249119E-10</v>
       </c>
       <c r="H347" s="2" t="n">
-        <v>2.344614E-10</v>
+        <v>2.257487E-10</v>
       </c>
       <c r="I347" s="2" t="n">
-        <v>19.95</v>
+        <v>255.07</v>
       </c>
     </row>
     <row r="348">
       <c r="A348" s="2" t="n">
-        <v>1.7367696E12</v>
+        <v>1.7371152E12</v>
       </c>
       <c r="B348" s="2" t="n">
-        <v>1.736855999999E12</v>
+        <v>1.737201599999E12</v>
       </c>
       <c r="C348" s="2" t="n">
-        <v>1.73677164E12</v>
+        <v>1.73717604E12</v>
       </c>
       <c r="D348" s="2" t="n">
-        <v>1.7368308E12</v>
+        <v>1.737144E12</v>
       </c>
       <c r="E348" s="2" t="n">
-        <v>2.331879E-10</v>
+        <v>2.303888E-10</v>
       </c>
       <c r="F348" s="2" t="n">
-        <v>2.331879E-10</v>
+        <v>2.336155E-10</v>
       </c>
       <c r="G348" s="2" t="n">
-        <v>2.331879E-10</v>
+        <v>2.303888E-10</v>
       </c>
       <c r="H348" s="2" t="n">
-        <v>2.331879E-10</v>
+        <v>2.336155E-10</v>
       </c>
       <c r="I348" s="2" t="n">
-        <v>0.0</v>
+        <v>65.14</v>
       </c>
     </row>
     <row r="349">
       <c r="A349" s="2" t="n">
-        <v>1.7366832E12</v>
+        <v>1.7370288E12</v>
       </c>
       <c r="B349" s="2" t="n">
-        <v>1.736769599999E12</v>
+        <v>1.737115199999E12</v>
       </c>
       <c r="C349" s="2" t="n">
-        <v>1.7366838E12</v>
+        <v>1.73703108E12</v>
       </c>
       <c r="D349" s="2" t="n">
-        <v>1.73674044E12</v>
+        <v>1.73705664E12</v>
       </c>
       <c r="E349" s="2" t="n">
-        <v>2.346279E-10</v>
+        <v>2.330963E-10</v>
       </c>
       <c r="F349" s="2" t="n">
-        <v>2.346279E-10</v>
+        <v>2.330963E-10</v>
       </c>
       <c r="G349" s="2" t="n">
-        <v>2.330878E-10</v>
+        <v>2.303888E-10</v>
       </c>
       <c r="H349" s="2" t="n">
-        <v>2.331879E-10</v>
+        <v>2.303888E-10</v>
       </c>
       <c r="I349" s="2" t="n">
-        <v>37.99</v>
+        <v>390.28</v>
       </c>
     </row>
     <row r="350">
       <c r="A350" s="2" t="n">
-        <v>1.7365968E12</v>
+        <v>1.7369424E12</v>
       </c>
       <c r="B350" s="2" t="n">
-        <v>1.736683199999E12</v>
+        <v>1.737028799999E12</v>
       </c>
       <c r="C350" s="2" t="n">
-        <v>1.73667558E12</v>
+        <v>1.73694318E12</v>
       </c>
       <c r="D350" s="2" t="n">
-        <v>1.73659734E12</v>
+        <v>1.73699154E12</v>
       </c>
       <c r="E350" s="2" t="n">
-        <v>2.320122E-10</v>
+        <v>2.344614E-10</v>
       </c>
       <c r="F350" s="2" t="n">
-        <v>2.346279E-10</v>
+        <v>2.344614E-10</v>
       </c>
       <c r="G350" s="2" t="n">
-        <v>2.320122E-10</v>
+        <v>2.305887E-10</v>
       </c>
       <c r="H350" s="2" t="n">
-        <v>2.346279E-10</v>
+        <v>2.330963E-10</v>
       </c>
       <c r="I350" s="2" t="n">
-        <v>37.81</v>
+        <v>523.3</v>
       </c>
     </row>
     <row r="351">
       <c r="A351" s="2" t="n">
-        <v>1.7365104E12</v>
+        <v>1.736856E12</v>
       </c>
       <c r="B351" s="2" t="n">
-        <v>1.736596799999E12</v>
+        <v>1.736942399999E12</v>
       </c>
       <c r="C351" s="2" t="n">
-        <v>1.73655678E12</v>
+        <v>1.73694222E12</v>
       </c>
       <c r="D351" s="2" t="n">
-        <v>1.73651352E12</v>
+        <v>1.73687706E12</v>
       </c>
       <c r="E351" s="2" t="n">
-        <v>2.282394E-10</v>
+        <v>2.331879E-10</v>
       </c>
       <c r="F351" s="2" t="n">
-        <v>2.331607E-10</v>
+        <v>2.344614E-10</v>
       </c>
       <c r="G351" s="2" t="n">
-        <v>2.282394E-10</v>
+        <v>2.314837E-10</v>
       </c>
       <c r="H351" s="2" t="n">
-        <v>2.320122E-10</v>
+        <v>2.344614E-10</v>
       </c>
       <c r="I351" s="2" t="n">
-        <v>14.06</v>
+        <v>19.95</v>
       </c>
     </row>
     <row r="352">
       <c r="A352" s="2" t="n">
-        <v>1.736424E12</v>
+        <v>1.7367696E12</v>
       </c>
       <c r="B352" s="2" t="n">
-        <v>1.736510399999E12</v>
+        <v>1.736855999999E12</v>
       </c>
       <c r="C352" s="2" t="n">
-        <v>1.73645946E12</v>
+        <v>1.73677164E12</v>
       </c>
       <c r="D352" s="2" t="n">
-        <v>1.7365029E12</v>
+        <v>1.7368308E12</v>
       </c>
       <c r="E352" s="2" t="n">
-        <v>2.332304E-10</v>
+        <v>2.331879E-10</v>
       </c>
       <c r="F352" s="2" t="n">
-        <v>2.340646E-10</v>
+        <v>2.331879E-10</v>
       </c>
       <c r="G352" s="2" t="n">
-        <v>2.282394E-10</v>
+        <v>2.331879E-10</v>
       </c>
       <c r="H352" s="2" t="n">
-        <v>2.282394E-10</v>
+        <v>2.331879E-10</v>
       </c>
       <c r="I352" s="2" t="n">
-        <v>20.83</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="353">
       <c r="A353" s="2" t="n">
-        <v>1.7363376E12</v>
+        <v>1.7366832E12</v>
       </c>
       <c r="B353" s="2" t="n">
-        <v>1.736423999999E12</v>
+        <v>1.736769599999E12</v>
       </c>
       <c r="C353" s="2" t="n">
-        <v>1.7363391E12</v>
+        <v>1.7366838E12</v>
       </c>
       <c r="D353" s="2" t="n">
-        <v>1.73638632E12</v>
+        <v>1.73674044E12</v>
       </c>
       <c r="E353" s="2" t="n">
-        <v>2.371784E-10</v>
+        <v>2.346279E-10</v>
       </c>
       <c r="F353" s="2" t="n">
-        <v>2.371784E-10</v>
+        <v>2.346279E-10</v>
       </c>
       <c r="G353" s="2" t="n">
-        <v>2.332304E-10</v>
+        <v>2.330878E-10</v>
       </c>
       <c r="H353" s="2" t="n">
-        <v>2.332304E-10</v>
+        <v>2.331879E-10</v>
       </c>
       <c r="I353" s="2" t="n">
-        <v>97.81</v>
+        <v>37.99</v>
       </c>
     </row>
     <row r="354">
       <c r="A354" s="2" t="n">
-        <v>1.7362512E12</v>
+        <v>1.7365968E12</v>
       </c>
       <c r="B354" s="2" t="n">
-        <v>1.736337599999E12</v>
+        <v>1.736683199999E12</v>
       </c>
       <c r="C354" s="2" t="n">
-        <v>1.73630412E12</v>
+        <v>1.73667558E12</v>
       </c>
       <c r="D354" s="2" t="n">
-        <v>1.7362512E12</v>
+        <v>1.73659734E12</v>
       </c>
       <c r="E354" s="2" t="n">
-        <v>2.342726E-10</v>
+        <v>2.320122E-10</v>
       </c>
       <c r="F354" s="2" t="n">
-        <v>2.417514E-10</v>
+        <v>2.346279E-10</v>
       </c>
       <c r="G354" s="2" t="n">
-        <v>2.342726E-10</v>
+        <v>2.320122E-10</v>
       </c>
       <c r="H354" s="2" t="n">
-        <v>2.371784E-10</v>
+        <v>2.346279E-10</v>
       </c>
       <c r="I354" s="2" t="n">
-        <v>242.75</v>
+        <v>37.81</v>
       </c>
     </row>
     <row r="355">
       <c r="A355" s="2" t="n">
-        <v>1.7361648E12</v>
+        <v>1.7365104E12</v>
       </c>
       <c r="B355" s="2" t="n">
-        <v>1.736251199999E12</v>
+        <v>1.736596799999E12</v>
       </c>
       <c r="C355" s="2" t="n">
-        <v>1.7362188E12</v>
+        <v>1.73655678E12</v>
       </c>
       <c r="D355" s="2" t="n">
-        <v>1.7361657E12</v>
+        <v>1.73651352E12</v>
       </c>
       <c r="E355" s="2" t="n">
-        <v>2.342726E-10</v>
+        <v>2.282394E-10</v>
       </c>
       <c r="F355" s="2" t="n">
-        <v>2.342726E-10</v>
+        <v>2.331607E-10</v>
       </c>
       <c r="G355" s="2" t="n">
-        <v>2.342726E-10</v>
+        <v>2.282394E-10</v>
       </c>
       <c r="H355" s="2" t="n">
-        <v>2.342726E-10</v>
+        <v>2.320122E-10</v>
       </c>
       <c r="I355" s="2" t="n">
-        <v>0.0</v>
+        <v>14.06</v>
       </c>
     </row>
     <row r="356">
       <c r="A356" s="2" t="n">
-        <v>1.7360784E12</v>
+        <v>1.736424E12</v>
       </c>
       <c r="B356" s="2" t="n">
-        <v>1.736164799999E12</v>
+        <v>1.736510399999E12</v>
       </c>
       <c r="C356" s="2" t="n">
-        <v>1.73608116E12</v>
+        <v>1.73645946E12</v>
       </c>
       <c r="D356" s="2" t="n">
-        <v>1.7361315E12</v>
+        <v>1.7365029E12</v>
       </c>
       <c r="E356" s="2" t="n">
-        <v>2.371485E-10</v>
+        <v>2.332304E-10</v>
       </c>
       <c r="F356" s="2" t="n">
-        <v>2.371485E-10</v>
+        <v>2.340646E-10</v>
       </c>
       <c r="G356" s="2" t="n">
-        <v>2.342726E-10</v>
+        <v>2.282394E-10</v>
       </c>
       <c r="H356" s="2" t="n">
-        <v>2.342726E-10</v>
+        <v>2.282394E-10</v>
       </c>
       <c r="I356" s="2" t="n">
-        <v>25.71</v>
+        <v>20.83</v>
       </c>
     </row>
     <row r="357">
       <c r="A357" s="2" t="n">
-        <v>1.735992E12</v>
+        <v>1.7363376E12</v>
       </c>
       <c r="B357" s="2" t="n">
-        <v>1.736078399999E12</v>
+        <v>1.736423999999E12</v>
       </c>
       <c r="C357" s="2" t="n">
-        <v>1.73606814E12</v>
+        <v>1.7363391E12</v>
       </c>
       <c r="D357" s="2" t="n">
-        <v>1.7359923E12</v>
+        <v>1.73638632E12</v>
       </c>
       <c r="E357" s="2" t="n">
-        <v>2.350127E-10</v>
+        <v>2.371784E-10</v>
       </c>
       <c r="F357" s="2" t="n">
-        <v>2.373544E-10</v>
+        <v>2.371784E-10</v>
       </c>
       <c r="G357" s="2" t="n">
-        <v>2.350127E-10</v>
+        <v>2.332304E-10</v>
       </c>
       <c r="H357" s="2" t="n">
-        <v>2.371485E-10</v>
+        <v>2.332304E-10</v>
       </c>
       <c r="I357" s="2" t="n">
-        <v>197.74</v>
+        <v>97.81</v>
       </c>
     </row>
     <row r="358">
       <c r="A358" s="2" t="n">
-        <v>1.7359056E12</v>
+        <v>1.7362512E12</v>
       </c>
       <c r="B358" s="2" t="n">
-        <v>1.735991999999E12</v>
+        <v>1.736337599999E12</v>
       </c>
       <c r="C358" s="2" t="n">
-        <v>1.73598018E12</v>
+        <v>1.73630412E12</v>
       </c>
       <c r="D358" s="2" t="n">
-        <v>1.7359059E12</v>
+        <v>1.7362512E12</v>
       </c>
       <c r="E358" s="2" t="n">
-        <v>2.318488E-10</v>
+        <v>2.342726E-10</v>
       </c>
       <c r="F358" s="2" t="n">
-        <v>2.350127E-10</v>
+        <v>2.417514E-10</v>
       </c>
       <c r="G358" s="2" t="n">
-        <v>2.318488E-10</v>
+        <v>2.342726E-10</v>
       </c>
       <c r="H358" s="2" t="n">
-        <v>2.350127E-10</v>
+        <v>2.371784E-10</v>
       </c>
       <c r="I358" s="2" t="n">
-        <v>1.69</v>
+        <v>242.75</v>
       </c>
     </row>
     <row r="359">
       <c r="A359" s="2" t="n">
-        <v>1.7358192E12</v>
+        <v>1.7361648E12</v>
       </c>
       <c r="B359" s="2" t="n">
-        <v>1.735905599999E12</v>
+        <v>1.736251199999E12</v>
       </c>
       <c r="C359" s="2" t="n">
-        <v>1.73582022E12</v>
+        <v>1.7362188E12</v>
       </c>
       <c r="D359" s="2" t="n">
-        <v>1.73582124E12</v>
+        <v>1.7361657E12</v>
       </c>
       <c r="E359" s="2" t="n">
-        <v>2.318819E-10</v>
+        <v>2.342726E-10</v>
       </c>
       <c r="F359" s="2" t="n">
-        <v>2.318819E-10</v>
+        <v>2.342726E-10</v>
       </c>
       <c r="G359" s="2" t="n">
-        <v>2.318488E-10</v>
+        <v>2.342726E-10</v>
       </c>
       <c r="H359" s="2" t="n">
-        <v>2.318488E-10</v>
+        <v>2.342726E-10</v>
       </c>
       <c r="I359" s="2" t="n">
-        <v>5.32</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="360">
       <c r="A360" s="2" t="n">
-        <v>1.7357328E12</v>
+        <v>1.7360784E12</v>
       </c>
       <c r="B360" s="2" t="n">
-        <v>1.735819199999E12</v>
+        <v>1.736164799999E12</v>
       </c>
       <c r="C360" s="2" t="n">
-        <v>1.73576478E12</v>
+        <v>1.73608116E12</v>
       </c>
       <c r="D360" s="2" t="n">
-        <v>1.73573406E12</v>
+        <v>1.7361315E12</v>
       </c>
       <c r="E360" s="2" t="n">
-        <v>2.31394E-10</v>
+        <v>2.371485E-10</v>
       </c>
       <c r="F360" s="2" t="n">
-        <v>2.318819E-10</v>
+        <v>2.371485E-10</v>
       </c>
       <c r="G360" s="2" t="n">
-        <v>2.31394E-10</v>
+        <v>2.342726E-10</v>
       </c>
       <c r="H360" s="2" t="n">
-        <v>2.318819E-10</v>
+        <v>2.342726E-10</v>
       </c>
       <c r="I360" s="2" t="n">
-        <v>5.18</v>
+        <v>25.71</v>
       </c>
     </row>
     <row r="361">
       <c r="A361" s="2" t="n">
-        <v>1.7356464E12</v>
+        <v>1.735992E12</v>
       </c>
       <c r="B361" s="2" t="n">
-        <v>1.735732799999E12</v>
+        <v>1.736078399999E12</v>
       </c>
       <c r="C361" s="2" t="n">
-        <v>1.7356527E12</v>
+        <v>1.73606814E12</v>
       </c>
       <c r="D361" s="2" t="n">
-        <v>1.73564658E12</v>
+        <v>1.7359923E12</v>
       </c>
       <c r="E361" s="2" t="n">
-        <v>2.289265E-10</v>
+        <v>2.350127E-10</v>
       </c>
       <c r="F361" s="2" t="n">
-        <v>2.319494E-10</v>
+        <v>2.373544E-10</v>
       </c>
       <c r="G361" s="2" t="n">
-        <v>2.289265E-10</v>
+        <v>2.350127E-10</v>
       </c>
       <c r="H361" s="2" t="n">
-        <v>2.31394E-10</v>
+        <v>2.371485E-10</v>
       </c>
       <c r="I361" s="2" t="n">
-        <v>60.26</v>
+        <v>197.74</v>
       </c>
     </row>
     <row r="362">
       <c r="A362" s="2" t="n">
-        <v>1.73556E12</v>
+        <v>1.7359056E12</v>
       </c>
       <c r="B362" s="2" t="n">
-        <v>1.735646399999E12</v>
+        <v>1.735991999999E12</v>
       </c>
       <c r="C362" s="2" t="n">
-        <v>1.73556018E12</v>
+        <v>1.73598018E12</v>
       </c>
       <c r="D362" s="2" t="n">
-        <v>1.73559498E12</v>
+        <v>1.7359059E12</v>
       </c>
       <c r="E362" s="2" t="n">
-        <v>2.34992E-10</v>
+        <v>2.318488E-10</v>
       </c>
       <c r="F362" s="2" t="n">
-        <v>2.34992E-10</v>
+        <v>2.350127E-10</v>
       </c>
       <c r="G362" s="2" t="n">
-        <v>2.285404E-10</v>
+        <v>2.318488E-10</v>
       </c>
       <c r="H362" s="2" t="n">
-        <v>2.289265E-10</v>
+        <v>2.350127E-10</v>
       </c>
       <c r="I362" s="2" t="n">
-        <v>18.65</v>
+        <v>1.69</v>
       </c>
     </row>
     <row r="363">
       <c r="A363" s="2" t="n">
-        <v>1.7354736E12</v>
+        <v>1.7358192E12</v>
       </c>
       <c r="B363" s="2" t="n">
-        <v>1.735559999999E12</v>
+        <v>1.735905599999E12</v>
       </c>
       <c r="C363" s="2" t="n">
-        <v>1.73547702E12</v>
+        <v>1.73582022E12</v>
       </c>
       <c r="D363" s="2" t="n">
-        <v>1.7354736E12</v>
+        <v>1.73582124E12</v>
       </c>
       <c r="E363" s="2" t="n">
-        <v>2.312659E-10</v>
+        <v>2.318819E-10</v>
       </c>
       <c r="F363" s="2" t="n">
-        <v>2.370301E-10</v>
+        <v>2.318819E-10</v>
       </c>
       <c r="G363" s="2" t="n">
-        <v>2.312659E-10</v>
+        <v>2.318488E-10</v>
       </c>
       <c r="H363" s="2" t="n">
-        <v>2.34992E-10</v>
+        <v>2.318488E-10</v>
       </c>
       <c r="I363" s="2" t="n">
-        <v>36.36</v>
+        <v>5.32</v>
       </c>
     </row>
     <row r="364">
       <c r="A364" s="2" t="n">
-        <v>1.7353872E12</v>
+        <v>1.7357328E12</v>
       </c>
       <c r="B364" s="2" t="n">
-        <v>1.735473599999E12</v>
+        <v>1.735819199999E12</v>
       </c>
       <c r="C364" s="2" t="n">
-        <v>1.73542872E12</v>
+        <v>1.73576478E12</v>
       </c>
       <c r="D364" s="2" t="n">
-        <v>1.73538984E12</v>
+        <v>1.73573406E12</v>
       </c>
       <c r="E364" s="2" t="n">
-        <v>2.271675E-10</v>
+        <v>2.31394E-10</v>
       </c>
       <c r="F364" s="2" t="n">
-        <v>2.312659E-10</v>
+        <v>2.318819E-10</v>
       </c>
       <c r="G364" s="2" t="n">
-        <v>2.271675E-10</v>
+        <v>2.31394E-10</v>
       </c>
       <c r="H364" s="2" t="n">
-        <v>2.312659E-10</v>
+        <v>2.318819E-10</v>
       </c>
       <c r="I364" s="2" t="n">
-        <v>0.3</v>
+        <v>5.18</v>
       </c>
     </row>
     <row r="365">
       <c r="A365" s="2" t="n">
-        <v>1.7352144E12</v>
+        <v>1.7356464E12</v>
       </c>
       <c r="B365" s="2" t="n">
-        <v>1.735300799999E12</v>
+        <v>1.735732799999E12</v>
       </c>
       <c r="C365" s="2" t="n">
-        <v>1.7352147E12</v>
+        <v>1.7356527E12</v>
       </c>
       <c r="D365" s="2" t="n">
-        <v>1.73526084E12</v>
+        <v>1.73564658E12</v>
       </c>
       <c r="E365" s="2" t="n">
-        <v>2.336027E-10</v>
+        <v>2.289265E-10</v>
       </c>
       <c r="F365" s="2" t="n">
-        <v>2.336027E-10</v>
+        <v>2.319494E-10</v>
       </c>
       <c r="G365" s="2" t="n">
-        <v>2.25388E-10</v>
+        <v>2.289265E-10</v>
       </c>
       <c r="H365" s="2" t="n">
-        <v>2.281537E-10</v>
+        <v>2.31394E-10</v>
       </c>
       <c r="I365" s="2" t="n">
-        <v>320.93</v>
+        <v>60.26</v>
       </c>
     </row>
     <row r="366">
       <c r="A366" s="2" t="n">
-        <v>1.735128E12</v>
+        <v>1.73556E12</v>
       </c>
       <c r="B366" s="2" t="n">
-        <v>1.735214399999E12</v>
+        <v>1.735646399999E12</v>
       </c>
       <c r="C366" s="2" t="n">
-        <v>1.73517384E12</v>
+        <v>1.73556018E12</v>
       </c>
       <c r="D366" s="2" t="n">
-        <v>1.73521038E12</v>
+        <v>1.73559498E12</v>
       </c>
       <c r="E366" s="2" t="n">
-        <v>2.326231E-10</v>
+        <v>2.34992E-10</v>
       </c>
       <c r="F366" s="2" t="n">
-        <v>2.377206E-10</v>
+        <v>2.34992E-10</v>
       </c>
       <c r="G366" s="2" t="n">
-        <v>2.322504E-10</v>
+        <v>2.285404E-10</v>
       </c>
       <c r="H366" s="2" t="n">
-        <v>2.336027E-10</v>
+        <v>2.289265E-10</v>
       </c>
       <c r="I366" s="2" t="n">
-        <v>363.93</v>
+        <v>18.65</v>
       </c>
     </row>
     <row r="367">
       <c r="A367" s="2" t="n">
-        <v>1.7350416E12</v>
+        <v>1.7354736E12</v>
       </c>
       <c r="B367" s="2" t="n">
-        <v>1.735127999999E12</v>
+        <v>1.735559999999E12</v>
       </c>
       <c r="C367" s="2" t="n">
-        <v>1.73507034E12</v>
+        <v>1.73547702E12</v>
       </c>
       <c r="D367" s="2" t="n">
-        <v>1.7350419E12</v>
+        <v>1.7354736E12</v>
       </c>
       <c r="E367" s="2" t="n">
-        <v>2.288291E-10</v>
+        <v>2.312659E-10</v>
       </c>
       <c r="F367" s="2" t="n">
-        <v>2.348155E-10</v>
+        <v>2.370301E-10</v>
       </c>
       <c r="G367" s="2" t="n">
-        <v>2.288291E-10</v>
+        <v>2.312659E-10</v>
       </c>
       <c r="H367" s="2" t="n">
-        <v>2.326231E-10</v>
+        <v>2.34992E-10</v>
       </c>
       <c r="I367" s="2" t="n">
-        <v>153.84</v>
+        <v>36.36</v>
       </c>
     </row>
     <row r="368">
       <c r="A368" s="2" t="n">
-        <v>1.7349552E12</v>
+        <v>1.7353872E12</v>
       </c>
       <c r="B368" s="2" t="n">
-        <v>1.735041599999E12</v>
+        <v>1.735473599999E12</v>
       </c>
       <c r="C368" s="2" t="n">
-        <v>1.73499636E12</v>
+        <v>1.73542872E12</v>
       </c>
       <c r="D368" s="2" t="n">
-        <v>1.73495664E12</v>
+        <v>1.73538984E12</v>
       </c>
       <c r="E368" s="2" t="n">
-        <v>2.197019E-10</v>
+        <v>2.271675E-10</v>
       </c>
       <c r="F368" s="2" t="n">
-        <v>2.288291E-10</v>
+        <v>2.312659E-10</v>
       </c>
       <c r="G368" s="2" t="n">
-        <v>2.197019E-10</v>
+        <v>2.271675E-10</v>
       </c>
       <c r="H368" s="2" t="n">
-        <v>2.288291E-10</v>
+        <v>2.312659E-10</v>
       </c>
       <c r="I368" s="2" t="n">
-        <v>14.03</v>
+        <v>0.3</v>
       </c>
     </row>
     <row r="369">
       <c r="A369" s="2" t="n">
-        <v>1.7348688E12</v>
+        <v>1.7352144E12</v>
       </c>
       <c r="B369" s="2" t="n">
-        <v>1.734955199999E12</v>
+        <v>1.735300799999E12</v>
       </c>
       <c r="C369" s="2" t="n">
-        <v>1.73487018E12</v>
+        <v>1.7352147E12</v>
       </c>
       <c r="D369" s="2" t="n">
-        <v>1.73494146E12</v>
+        <v>1.73526084E12</v>
       </c>
       <c r="E369" s="2" t="n">
-        <v>2.228814E-10</v>
+        <v>2.336027E-10</v>
       </c>
       <c r="F369" s="2" t="n">
-        <v>2.24963E-10</v>
+        <v>2.336027E-10</v>
       </c>
       <c r="G369" s="2" t="n">
-        <v>2.174538E-10</v>
+        <v>2.25388E-10</v>
       </c>
       <c r="H369" s="2" t="n">
-        <v>2.197019E-10</v>
+        <v>2.281537E-10</v>
       </c>
       <c r="I369" s="2" t="n">
-        <v>32.62</v>
+        <v>320.93</v>
       </c>
     </row>
     <row r="370">
       <c r="A370" s="2" t="n">
-        <v>1.7347824E12</v>
+        <v>1.735128E12</v>
       </c>
       <c r="B370" s="2" t="n">
-        <v>1.734868799999E12</v>
+        <v>1.735214399999E12</v>
       </c>
       <c r="C370" s="2" t="n">
-        <v>1.73478498E12</v>
+        <v>1.73517384E12</v>
       </c>
       <c r="D370" s="2" t="n">
-        <v>1.7348685E12</v>
+        <v>1.73521038E12</v>
       </c>
       <c r="E370" s="2" t="n">
-        <v>2.284281E-10</v>
+        <v>2.326231E-10</v>
       </c>
       <c r="F370" s="2" t="n">
-        <v>2.284281E-10</v>
+        <v>2.377206E-10</v>
       </c>
       <c r="G370" s="2" t="n">
-        <v>2.228814E-10</v>
+        <v>2.322504E-10</v>
       </c>
       <c r="H370" s="2" t="n">
-        <v>2.228814E-10</v>
+        <v>2.336027E-10</v>
       </c>
       <c r="I370" s="2" t="n">
-        <v>83.79</v>
+        <v>363.93</v>
       </c>
     </row>
     <row r="371">
       <c r="A371" s="2" t="n">
-        <v>1.734696E12</v>
+        <v>1.7350416E12</v>
       </c>
       <c r="B371" s="2" t="n">
-        <v>1.734782399999E12</v>
+        <v>1.735127999999E12</v>
       </c>
       <c r="C371" s="2" t="n">
-        <v>1.73476752E12</v>
+        <v>1.73507034E12</v>
       </c>
       <c r="D371" s="2" t="n">
-        <v>1.73473668E12</v>
+        <v>1.7350419E12</v>
       </c>
       <c r="E371" s="2" t="n">
-        <v>2.265766E-10</v>
+        <v>2.288291E-10</v>
       </c>
       <c r="F371" s="2" t="n">
-        <v>2.284281E-10</v>
+        <v>2.348155E-10</v>
       </c>
       <c r="G371" s="2" t="n">
-        <v>2.153576E-10</v>
+        <v>2.288291E-10</v>
       </c>
       <c r="H371" s="2" t="n">
-        <v>2.284281E-10</v>
+        <v>2.326231E-10</v>
       </c>
       <c r="I371" s="2" t="n">
-        <v>31.12</v>
+        <v>153.84</v>
       </c>
     </row>
     <row r="372">
       <c r="A372" s="2" t="n">
-        <v>1.7346096E12</v>
+        <v>1.7349552E12</v>
       </c>
       <c r="B372" s="2" t="n">
-        <v>1.734695999999E12</v>
+        <v>1.735041599999E12</v>
       </c>
       <c r="C372" s="2" t="n">
-        <v>1.73461008E12</v>
+        <v>1.73499636E12</v>
       </c>
       <c r="D372" s="2" t="n">
-        <v>1.7346906E12</v>
+        <v>1.73495664E12</v>
       </c>
       <c r="E372" s="2" t="n">
-        <v>2.400115E-10</v>
+        <v>2.197019E-10</v>
       </c>
       <c r="F372" s="2" t="n">
-        <v>2.400115E-10</v>
+        <v>2.288291E-10</v>
       </c>
       <c r="G372" s="2" t="n">
-        <v>2.253394E-10</v>
+        <v>2.197019E-10</v>
       </c>
       <c r="H372" s="2" t="n">
-        <v>2.265766E-10</v>
+        <v>2.288291E-10</v>
       </c>
       <c r="I372" s="2" t="n">
-        <v>152.97</v>
+        <v>14.03</v>
       </c>
     </row>
     <row r="373">
       <c r="A373" s="2" t="n">
-        <v>1.7345232E12</v>
+        <v>1.7348688E12</v>
       </c>
       <c r="B373" s="2" t="n">
-        <v>1.734609599999E12</v>
+        <v>1.734955199999E12</v>
       </c>
       <c r="C373" s="2" t="n">
-        <v>1.73452362E12</v>
+        <v>1.73487018E12</v>
       </c>
       <c r="D373" s="2" t="n">
-        <v>1.73457966E12</v>
+        <v>1.73494146E12</v>
       </c>
       <c r="E373" s="2" t="n">
-        <v>2.437247E-10</v>
+        <v>2.228814E-10</v>
       </c>
       <c r="F373" s="2" t="n">
-        <v>2.437247E-10</v>
+        <v>2.24963E-10</v>
       </c>
       <c r="G373" s="2" t="n">
-        <v>2.400115E-10</v>
+        <v>2.174538E-10</v>
       </c>
       <c r="H373" s="2" t="n">
-        <v>2.400115E-10</v>
+        <v>2.197019E-10</v>
       </c>
       <c r="I373" s="2" t="n">
-        <v>13.95</v>
+        <v>32.62</v>
       </c>
     </row>
     <row r="374">
       <c r="A374" s="2" t="n">
-        <v>1.7344368E12</v>
+        <v>1.7347824E12</v>
       </c>
       <c r="B374" s="2" t="n">
-        <v>1.734523199999E12</v>
+        <v>1.734868799999E12</v>
       </c>
       <c r="C374" s="2" t="n">
-        <v>1.73443944E12</v>
+        <v>1.73478498E12</v>
       </c>
       <c r="D374" s="2" t="n">
-        <v>1.73448696E12</v>
+        <v>1.7348685E12</v>
       </c>
       <c r="E374" s="2" t="n">
-        <v>2.449745E-10</v>
+        <v>2.284281E-10</v>
       </c>
       <c r="F374" s="2" t="n">
-        <v>2.449745E-10</v>
+        <v>2.284281E-10</v>
       </c>
       <c r="G374" s="2" t="n">
-        <v>2.437247E-10</v>
+        <v>2.228814E-10</v>
       </c>
       <c r="H374" s="2" t="n">
-        <v>2.437247E-10</v>
+        <v>2.228814E-10</v>
       </c>
       <c r="I374" s="2" t="n">
-        <v>5.44</v>
+        <v>83.79</v>
       </c>
     </row>
     <row r="375">
       <c r="A375" s="2" t="n">
-        <v>1.7343504E12</v>
+        <v>1.734696E12</v>
       </c>
       <c r="B375" s="2" t="n">
-        <v>1.734436799999E12</v>
+        <v>1.734782399999E12</v>
       </c>
       <c r="C375" s="2" t="n">
-        <v>1.73441646E12</v>
+        <v>1.73476752E12</v>
       </c>
       <c r="D375" s="2" t="n">
-        <v>1.73438508E12</v>
+        <v>1.73473668E12</v>
       </c>
       <c r="E375" s="2" t="n">
-        <v>2.446687E-10</v>
+        <v>2.265766E-10</v>
       </c>
       <c r="F375" s="2" t="n">
-        <v>2.449745E-10</v>
+        <v>2.284281E-10</v>
       </c>
       <c r="G375" s="2" t="n">
-        <v>2.424873E-10</v>
+        <v>2.153576E-10</v>
       </c>
       <c r="H375" s="2" t="n">
-        <v>2.449745E-10</v>
+        <v>2.284281E-10</v>
       </c>
       <c r="I375" s="2" t="n">
-        <v>262.76</v>
+        <v>31.12</v>
       </c>
     </row>
     <row r="376">
       <c r="A376" s="2" t="n">
-        <v>1.734264E12</v>
+        <v>1.7346096E12</v>
       </c>
       <c r="B376" s="2" t="n">
-        <v>1.734350399999E12</v>
+        <v>1.734695999999E12</v>
       </c>
       <c r="C376" s="2" t="n">
-        <v>1.73427036E12</v>
+        <v>1.73461008E12</v>
       </c>
       <c r="D376" s="2" t="n">
-        <v>1.73426538E12</v>
+        <v>1.7346906E12</v>
       </c>
       <c r="E376" s="2" t="n">
-        <v>2.431432E-10</v>
+        <v>2.400115E-10</v>
       </c>
       <c r="F376" s="2" t="n">
-        <v>2.446718E-10</v>
+        <v>2.400115E-10</v>
       </c>
       <c r="G376" s="2" t="n">
-        <v>2.431432E-10</v>
+        <v>2.253394E-10</v>
       </c>
       <c r="H376" s="2" t="n">
-        <v>2.446687E-10</v>
+        <v>2.265766E-10</v>
       </c>
       <c r="I376" s="2" t="n">
-        <v>143.33</v>
+        <v>152.97</v>
       </c>
     </row>
     <row r="377">
       <c r="A377" s="2" t="n">
-        <v>1.7341776E12</v>
+        <v>1.7345232E12</v>
       </c>
       <c r="B377" s="2" t="n">
-        <v>1.734263999999E12</v>
+        <v>1.734609599999E12</v>
       </c>
       <c r="C377" s="2" t="n">
-        <v>1.7341803E12</v>
+        <v>1.73452362E12</v>
       </c>
       <c r="D377" s="2" t="n">
-        <v>1.73425272E12</v>
+        <v>1.73457966E12</v>
       </c>
       <c r="E377" s="2" t="n">
-        <v>2.485059E-10</v>
+        <v>2.437247E-10</v>
       </c>
       <c r="F377" s="2" t="n">
-        <v>2.485059E-10</v>
+        <v>2.437247E-10</v>
       </c>
       <c r="G377" s="2" t="n">
-        <v>2.423255E-10</v>
+        <v>2.400115E-10</v>
       </c>
       <c r="H377" s="2" t="n">
-        <v>2.431432E-10</v>
+        <v>2.400115E-10</v>
       </c>
       <c r="I377" s="2" t="n">
-        <v>28.27</v>
+        <v>13.95</v>
       </c>
     </row>
     <row r="378">
       <c r="A378" s="2" t="n">
-        <v>1.7340912E12</v>
+        <v>1.7344368E12</v>
       </c>
       <c r="B378" s="2" t="n">
-        <v>1.734177599999E12</v>
+        <v>1.734523199999E12</v>
       </c>
       <c r="C378" s="2" t="n">
-        <v>1.73417034E12</v>
+        <v>1.73443944E12</v>
       </c>
       <c r="D378" s="2" t="n">
-        <v>1.73411604E12</v>
+        <v>1.73448696E12</v>
       </c>
       <c r="E378" s="2" t="n">
-        <v>2.444942E-10</v>
+        <v>2.449745E-10</v>
       </c>
       <c r="F378" s="2" t="n">
-        <v>2.484003E-10</v>
+        <v>2.449745E-10</v>
       </c>
       <c r="G378" s="2" t="n">
-        <v>2.409325E-10</v>
+        <v>2.437247E-10</v>
       </c>
       <c r="H378" s="2" t="n">
-        <v>2.484003E-10</v>
+        <v>2.437247E-10</v>
       </c>
       <c r="I378" s="2" t="n">
-        <v>45.32</v>
+        <v>5.44</v>
       </c>
     </row>
     <row r="379">
       <c r="A379" s="2" t="n">
-        <v>1.7340048E12</v>
+        <v>1.7343504E12</v>
       </c>
       <c r="B379" s="2" t="n">
-        <v>1.734091199999E12</v>
+        <v>1.734436799999E12</v>
       </c>
       <c r="C379" s="2" t="n">
-        <v>1.73406912E12</v>
+        <v>1.73441646E12</v>
       </c>
       <c r="D379" s="2" t="n">
-        <v>1.73400618E12</v>
+        <v>1.73438508E12</v>
       </c>
       <c r="E379" s="2" t="n">
-        <v>2.352398E-10</v>
+        <v>2.446687E-10</v>
       </c>
       <c r="F379" s="2" t="n">
-        <v>2.444942E-10</v>
+        <v>2.449745E-10</v>
       </c>
       <c r="G379" s="2" t="n">
-        <v>2.352398E-10</v>
+        <v>2.424873E-10</v>
       </c>
       <c r="H379" s="2" t="n">
-        <v>2.444942E-10</v>
+        <v>2.449745E-10</v>
       </c>
       <c r="I379" s="2" t="n">
-        <v>34.71</v>
+        <v>262.76</v>
       </c>
     </row>
     <row r="380">
       <c r="A380" s="2" t="n">
-        <v>1.7339184E12</v>
+        <v>1.734264E12</v>
       </c>
       <c r="B380" s="2" t="n">
-        <v>1.734004799999E12</v>
+        <v>1.734350399999E12</v>
       </c>
       <c r="C380" s="2" t="n">
-        <v>1.73395974E12</v>
+        <v>1.73427036E12</v>
       </c>
       <c r="D380" s="2" t="n">
-        <v>1.73391858E12</v>
+        <v>1.73426538E12</v>
       </c>
       <c r="E380" s="2" t="n">
-        <v>2.307502E-10</v>
+        <v>2.431432E-10</v>
       </c>
       <c r="F380" s="2" t="n">
-        <v>2.352398E-10</v>
+        <v>2.446718E-10</v>
       </c>
       <c r="G380" s="2" t="n">
-        <v>2.307502E-10</v>
+        <v>2.431432E-10</v>
       </c>
       <c r="H380" s="2" t="n">
-        <v>2.352398E-10</v>
+        <v>2.446687E-10</v>
       </c>
       <c r="I380" s="2" t="n">
-        <v>85.13</v>
+        <v>143.33</v>
       </c>
     </row>
     <row r="381">
       <c r="A381" s="2" t="n">
-        <v>1.733832E12</v>
+        <v>1.7341776E12</v>
       </c>
       <c r="B381" s="2" t="n">
-        <v>1.733918399999E12</v>
+        <v>1.734263999999E12</v>
       </c>
       <c r="C381" s="2" t="n">
-        <v>1.73383482E12</v>
+        <v>1.7341803E12</v>
       </c>
       <c r="D381" s="2" t="n">
-        <v>1.733901E12</v>
+        <v>1.73425272E12</v>
       </c>
       <c r="E381" s="2" t="n">
-        <v>2.461308E-10</v>
+        <v>2.485059E-10</v>
       </c>
       <c r="F381" s="2" t="n">
-        <v>2.461308E-10</v>
+        <v>2.485059E-10</v>
       </c>
       <c r="G381" s="2" t="n">
-        <v>2.265528E-10</v>
+        <v>2.423255E-10</v>
       </c>
       <c r="H381" s="2" t="n">
-        <v>2.307502E-10</v>
+        <v>2.431432E-10</v>
       </c>
       <c r="I381" s="2" t="n">
-        <v>51.63</v>
+        <v>28.27</v>
       </c>
     </row>
     <row r="382">
       <c r="A382" s="2" t="n">
-        <v>1.7337456E12</v>
+        <v>1.7340912E12</v>
       </c>
       <c r="B382" s="2" t="n">
-        <v>1.733831999999E12</v>
+        <v>1.734177599999E12</v>
       </c>
       <c r="C382" s="2" t="n">
-        <v>1.73374578E12</v>
+        <v>1.73417034E12</v>
       </c>
       <c r="D382" s="2" t="n">
-        <v>1.7337783E12</v>
+        <v>1.73411604E12</v>
       </c>
       <c r="E382" s="2" t="n">
-        <v>2.527718E-10</v>
+        <v>2.444942E-10</v>
       </c>
       <c r="F382" s="2" t="n">
-        <v>2.527718E-10</v>
+        <v>2.484003E-10</v>
       </c>
       <c r="G382" s="2" t="n">
-        <v>2.431556E-10</v>
+        <v>2.409325E-10</v>
       </c>
       <c r="H382" s="2" t="n">
-        <v>2.461308E-10</v>
+        <v>2.484003E-10</v>
       </c>
       <c r="I382" s="2" t="n">
-        <v>148.57</v>
+        <v>45.32</v>
       </c>
     </row>
     <row r="383">
       <c r="A383" s="2" t="n">
-        <v>1.7336592E12</v>
+        <v>1.7340048E12</v>
       </c>
       <c r="B383" s="2" t="n">
-        <v>1.733745599999E12</v>
+        <v>1.734091199999E12</v>
       </c>
       <c r="C383" s="2" t="n">
-        <v>1.73366298E12</v>
+        <v>1.73406912E12</v>
       </c>
       <c r="D383" s="2" t="n">
-        <v>1.7337288E12</v>
+        <v>1.73400618E12</v>
       </c>
       <c r="E383" s="2" t="n">
-        <v>2.600481E-10</v>
+        <v>2.352398E-10</v>
       </c>
       <c r="F383" s="2" t="n">
-        <v>2.600481E-10</v>
+        <v>2.444942E-10</v>
       </c>
       <c r="G383" s="2" t="n">
-        <v>2.512779E-10</v>
+        <v>2.352398E-10</v>
       </c>
       <c r="H383" s="2" t="n">
-        <v>2.525838E-10</v>
+        <v>2.444942E-10</v>
       </c>
       <c r="I383" s="2" t="n">
-        <v>232.3</v>
+        <v>34.71</v>
       </c>
     </row>
     <row r="384">
       <c r="A384" s="2" t="n">
-        <v>1.7335728E12</v>
+        <v>1.7339184E12</v>
       </c>
       <c r="B384" s="2" t="n">
-        <v>1.733659199999E12</v>
+        <v>1.734004799999E12</v>
       </c>
       <c r="C384" s="2" t="n">
-        <v>1.73363748E12</v>
+        <v>1.73395974E12</v>
       </c>
       <c r="D384" s="2" t="n">
-        <v>1.73357424E12</v>
+        <v>1.73391858E12</v>
       </c>
       <c r="E384" s="2" t="n">
-        <v>2.487502E-10</v>
+        <v>2.307502E-10</v>
       </c>
       <c r="F384" s="2" t="n">
-        <v>2.600481E-10</v>
+        <v>2.352398E-10</v>
       </c>
       <c r="G384" s="2" t="n">
-        <v>2.487502E-10</v>
+        <v>2.307502E-10</v>
       </c>
       <c r="H384" s="2" t="n">
-        <v>2.600481E-10</v>
+        <v>2.352398E-10</v>
       </c>
       <c r="I384" s="2" t="n">
-        <v>809.1</v>
+        <v>85.13</v>
       </c>
     </row>
     <row r="385">
       <c r="A385" s="2" t="n">
-        <v>1.7334864E12</v>
+        <v>1.733832E12</v>
       </c>
       <c r="B385" s="2" t="n">
-        <v>1.733572799999E12</v>
+        <v>1.733918399999E12</v>
       </c>
       <c r="C385" s="2" t="n">
-        <v>1.73356422E12</v>
+        <v>1.73383482E12</v>
       </c>
       <c r="D385" s="2" t="n">
-        <v>1.73348832E12</v>
+        <v>1.733901E12</v>
       </c>
       <c r="E385" s="2" t="n">
-        <v>2.415409E-10</v>
+        <v>2.461308E-10</v>
       </c>
       <c r="F385" s="2" t="n">
-        <v>2.512716E-10</v>
+        <v>2.461308E-10</v>
       </c>
       <c r="G385" s="2" t="n">
-        <v>2.415409E-10</v>
+        <v>2.265528E-10</v>
       </c>
       <c r="H385" s="2" t="n">
-        <v>2.487502E-10</v>
+        <v>2.307502E-10</v>
       </c>
       <c r="I385" s="2" t="n">
-        <v>92.63</v>
+        <v>51.63</v>
       </c>
     </row>
     <row r="386">
       <c r="A386" s="2" t="n">
-        <v>1.7334E12</v>
+        <v>1.7337456E12</v>
       </c>
       <c r="B386" s="2" t="n">
-        <v>1.733486399999E12</v>
+        <v>1.733831999999E12</v>
       </c>
       <c r="C386" s="2" t="n">
-        <v>1.73340306E12</v>
+        <v>1.73374578E12</v>
       </c>
       <c r="D386" s="2" t="n">
-        <v>1.73347596E12</v>
+        <v>1.7337783E12</v>
       </c>
       <c r="E386" s="2" t="n">
-        <v>2.499696E-10</v>
+        <v>2.527718E-10</v>
       </c>
       <c r="F386" s="2" t="n">
-        <v>2.499696E-10</v>
+        <v>2.527718E-10</v>
       </c>
       <c r="G386" s="2" t="n">
-        <v>2.414244E-10</v>
+        <v>2.431556E-10</v>
       </c>
       <c r="H386" s="2" t="n">
-        <v>2.415409E-10</v>
+        <v>2.461308E-10</v>
       </c>
       <c r="I386" s="2" t="n">
-        <v>51.11</v>
+        <v>148.57</v>
       </c>
     </row>
     <row r="387">
       <c r="A387" s="2" t="n">
-        <v>1.7333136E12</v>
+        <v>1.7336592E12</v>
       </c>
       <c r="B387" s="2" t="n">
-        <v>1.733399999999E12</v>
+        <v>1.733745599999E12</v>
       </c>
       <c r="C387" s="2" t="n">
-        <v>1.7333592E12</v>
+        <v>1.73366298E12</v>
       </c>
       <c r="D387" s="2" t="n">
-        <v>1.73331552E12</v>
+        <v>1.7337288E12</v>
       </c>
       <c r="E387" s="2" t="n">
-        <v>2.496618E-10</v>
+        <v>2.600481E-10</v>
       </c>
       <c r="F387" s="2" t="n">
-        <v>2.657454E-10</v>
+        <v>2.600481E-10</v>
       </c>
       <c r="G387" s="2" t="n">
-        <v>2.496618E-10</v>
+        <v>2.512779E-10</v>
       </c>
       <c r="H387" s="2" t="n">
-        <v>2.499696E-10</v>
+        <v>2.525838E-10</v>
       </c>
       <c r="I387" s="2" t="n">
-        <v>210.78</v>
+        <v>232.3</v>
       </c>
     </row>
     <row r="388">
       <c r="A388" s="2" t="n">
-        <v>1.7332272E12</v>
+        <v>1.7335728E12</v>
       </c>
       <c r="B388" s="2" t="n">
-        <v>1.733313599999E12</v>
+        <v>1.733659199999E12</v>
       </c>
       <c r="C388" s="2" t="n">
-        <v>1.733313E12</v>
+        <v>1.73363748E12</v>
       </c>
       <c r="D388" s="2" t="n">
-        <v>1.73328096E12</v>
+        <v>1.73357424E12</v>
       </c>
       <c r="E388" s="2" t="n">
-        <v>2.156937E-10</v>
+        <v>2.487502E-10</v>
       </c>
       <c r="F388" s="2" t="n">
-        <v>2.496618E-10</v>
+        <v>2.600481E-10</v>
       </c>
       <c r="G388" s="2" t="n">
-        <v>2.122112E-10</v>
+        <v>2.487502E-10</v>
       </c>
       <c r="H388" s="2" t="n">
-        <v>2.496618E-10</v>
+        <v>2.600481E-10</v>
       </c>
       <c r="I388" s="2" t="n">
-        <v>73.1</v>
+        <v>809.1</v>
       </c>
     </row>
     <row r="389">
       <c r="A389" s="2" t="n">
-        <v>1.7331408E12</v>
+        <v>1.7334864E12</v>
       </c>
       <c r="B389" s="2" t="n">
-        <v>1.733227199999E12</v>
+        <v>1.733572799999E12</v>
       </c>
       <c r="C389" s="2" t="n">
-        <v>1.73314206E12</v>
+        <v>1.73356422E12</v>
       </c>
       <c r="D389" s="2" t="n">
-        <v>1.7331897E12</v>
+        <v>1.73348832E12</v>
       </c>
       <c r="E389" s="2" t="n">
-        <v>2.21708E-10</v>
+        <v>2.415409E-10</v>
       </c>
       <c r="F389" s="2" t="n">
-        <v>2.21708E-10</v>
+        <v>2.512716E-10</v>
       </c>
       <c r="G389" s="2" t="n">
-        <v>2.146132E-10</v>
+        <v>2.415409E-10</v>
       </c>
       <c r="H389" s="2" t="n">
-        <v>2.156937E-10</v>
+        <v>2.487502E-10</v>
       </c>
       <c r="I389" s="2" t="n">
-        <v>66.02</v>
+        <v>92.63</v>
       </c>
     </row>
     <row r="390">
       <c r="A390" s="2" t="n">
-        <v>1.7330544E12</v>
+        <v>1.7334E12</v>
       </c>
       <c r="B390" s="2" t="n">
-        <v>1.733140799999E12</v>
+        <v>1.733486399999E12</v>
       </c>
       <c r="C390" s="2" t="n">
-        <v>1.73305626E12</v>
+        <v>1.73340306E12</v>
       </c>
       <c r="D390" s="2" t="n">
-        <v>1.73310366E12</v>
+        <v>1.73347596E12</v>
       </c>
       <c r="E390" s="2" t="n">
-        <v>2.254685E-10</v>
+        <v>2.499696E-10</v>
       </c>
       <c r="F390" s="2" t="n">
-        <v>2.254685E-10</v>
+        <v>2.499696E-10</v>
       </c>
       <c r="G390" s="2" t="n">
-        <v>2.228854E-10</v>
+        <v>2.414244E-10</v>
       </c>
       <c r="H390" s="2" t="n">
-        <v>2.228854E-10</v>
+        <v>2.415409E-10</v>
       </c>
       <c r="I390" s="2" t="n">
-        <v>295.09</v>
+        <v>51.11</v>
       </c>
     </row>
     <row r="391">
       <c r="A391" s="2" t="n">
-        <v>1.732968E12</v>
+        <v>1.7333136E12</v>
       </c>
       <c r="B391" s="2" t="n">
-        <v>1.733054399999E12</v>
+        <v>1.733399999999E12</v>
       </c>
       <c r="C391" s="2" t="n">
-        <v>1.7330193E12</v>
+        <v>1.7333592E12</v>
       </c>
       <c r="D391" s="2" t="n">
-        <v>1.73296896E12</v>
+        <v>1.73331552E12</v>
       </c>
       <c r="E391" s="2" t="n">
-        <v>2.223108E-10</v>
+        <v>2.496618E-10</v>
       </c>
       <c r="F391" s="2" t="n">
-        <v>2.254685E-10</v>
+        <v>2.657454E-10</v>
       </c>
       <c r="G391" s="2" t="n">
-        <v>2.223108E-10</v>
+        <v>2.496618E-10</v>
       </c>
       <c r="H391" s="2" t="n">
-        <v>2.254685E-10</v>
+        <v>2.499696E-10</v>
       </c>
       <c r="I391" s="2" t="n">
-        <v>7.68</v>
+        <v>210.78</v>
       </c>
     </row>
     <row r="392">
       <c r="A392" s="2" t="n">
-        <v>1.7328816E12</v>
+        <v>1.7332272E12</v>
       </c>
       <c r="B392" s="2" t="n">
-        <v>1.732967999999E12</v>
+        <v>1.733313599999E12</v>
       </c>
       <c r="C392" s="2" t="n">
-        <v>1.73294856E12</v>
+        <v>1.733313E12</v>
       </c>
       <c r="D392" s="2" t="n">
-        <v>1.73291268E12</v>
+        <v>1.73328096E12</v>
       </c>
       <c r="E392" s="2" t="n">
-        <v>2.221823E-10</v>
+        <v>2.156937E-10</v>
       </c>
       <c r="F392" s="2" t="n">
-        <v>2.238403E-10</v>
+        <v>2.496618E-10</v>
       </c>
       <c r="G392" s="2" t="n">
-        <v>2.204974E-10</v>
+        <v>2.122112E-10</v>
       </c>
       <c r="H392" s="2" t="n">
-        <v>2.223108E-10</v>
+        <v>2.496618E-10</v>
       </c>
       <c r="I392" s="2" t="n">
-        <v>33.62</v>
+        <v>73.1</v>
       </c>
     </row>
     <row r="393">
       <c r="A393" s="2" t="n">
-        <v>1.7327952E12</v>
+        <v>1.7331408E12</v>
       </c>
       <c r="B393" s="2" t="n">
-        <v>1.732881599999E12</v>
+        <v>1.733227199999E12</v>
       </c>
       <c r="C393" s="2" t="n">
-        <v>1.7328813E12</v>
+        <v>1.73314206E12</v>
       </c>
       <c r="D393" s="2" t="n">
-        <v>1.73279526E12</v>
+        <v>1.7331897E12</v>
       </c>
       <c r="E393" s="2" t="n">
-        <v>2.091962E-10</v>
+        <v>2.21708E-10</v>
       </c>
       <c r="F393" s="2" t="n">
-        <v>2.221823E-10</v>
+        <v>2.21708E-10</v>
       </c>
       <c r="G393" s="2" t="n">
-        <v>2.091962E-10</v>
+        <v>2.146132E-10</v>
       </c>
       <c r="H393" s="2" t="n">
-        <v>2.221823E-10</v>
+        <v>2.156937E-10</v>
       </c>
       <c r="I393" s="2" t="n">
-        <v>208.04</v>
+        <v>66.02</v>
       </c>
     </row>
     <row r="394">
       <c r="A394" s="2" t="n">
-        <v>1.7327088E12</v>
+        <v>1.7330544E12</v>
       </c>
       <c r="B394" s="2" t="n">
-        <v>1.732795199999E12</v>
+        <v>1.733140799999E12</v>
       </c>
       <c r="C394" s="2" t="n">
-        <v>1.73273874E12</v>
+        <v>1.73305626E12</v>
       </c>
       <c r="D394" s="2" t="n">
-        <v>1.7327118E12</v>
+        <v>1.73310366E12</v>
       </c>
       <c r="E394" s="2" t="n">
-        <v>2.045421E-10</v>
+        <v>2.254685E-10</v>
       </c>
       <c r="F394" s="2" t="n">
-        <v>2.102872E-10</v>
+        <v>2.254685E-10</v>
       </c>
       <c r="G394" s="2" t="n">
-        <v>2.045421E-10</v>
+        <v>2.228854E-10</v>
       </c>
       <c r="H394" s="2" t="n">
-        <v>2.091962E-10</v>
+        <v>2.228854E-10</v>
       </c>
       <c r="I394" s="2" t="n">
-        <v>151.94</v>
+        <v>295.09</v>
       </c>
     </row>
     <row r="395">
       <c r="A395" s="2" t="n">
-        <v>1.7326224E12</v>
+        <v>1.732968E12</v>
       </c>
       <c r="B395" s="2" t="n">
-        <v>1.732708799999E12</v>
+        <v>1.733054399999E12</v>
       </c>
       <c r="C395" s="2" t="n">
-        <v>1.73264664E12</v>
+        <v>1.7330193E12</v>
       </c>
       <c r="D395" s="2" t="n">
-        <v>1.7326929E12</v>
+        <v>1.73296896E12</v>
       </c>
       <c r="E395" s="2" t="n">
-        <v>2.154592E-10</v>
+        <v>2.223108E-10</v>
       </c>
       <c r="F395" s="2" t="n">
-        <v>2.181684E-10</v>
+        <v>2.254685E-10</v>
       </c>
       <c r="G395" s="2" t="n">
-        <v>2.045421E-10</v>
+        <v>2.223108E-10</v>
       </c>
       <c r="H395" s="2" t="n">
-        <v>2.045421E-10</v>
+        <v>2.254685E-10</v>
       </c>
       <c r="I395" s="2" t="n">
-        <v>30.39</v>
+        <v>7.68</v>
       </c>
     </row>
     <row r="396">
       <c r="A396" s="2" t="n">
-        <v>1.732536E12</v>
+        <v>1.7328816E12</v>
       </c>
       <c r="B396" s="2" t="n">
-        <v>1.732622399999E12</v>
+        <v>1.732967999999E12</v>
       </c>
       <c r="C396" s="2" t="n">
-        <v>1.73253912E12</v>
+        <v>1.73294856E12</v>
       </c>
       <c r="D396" s="2" t="n">
-        <v>1.73261502E12</v>
+        <v>1.73291268E12</v>
       </c>
       <c r="E396" s="2" t="n">
-        <v>2.189124E-10</v>
+        <v>2.221823E-10</v>
       </c>
       <c r="F396" s="2" t="n">
-        <v>2.242547E-10</v>
+        <v>2.238403E-10</v>
       </c>
       <c r="G396" s="2" t="n">
-        <v>2.154592E-10</v>
+        <v>2.204974E-10</v>
       </c>
       <c r="H396" s="2" t="n">
-        <v>2.154592E-10</v>
+        <v>2.223108E-10</v>
       </c>
       <c r="I396" s="2" t="n">
-        <v>13.22</v>
+        <v>33.62</v>
       </c>
     </row>
     <row r="397">
       <c r="A397" s="2" t="n">
-        <v>1.7324496E12</v>
+        <v>1.7327952E12</v>
       </c>
       <c r="B397" s="2" t="n">
-        <v>1.732535999999E12</v>
+        <v>1.732881599999E12</v>
       </c>
       <c r="C397" s="2" t="n">
-        <v>1.73247534E12</v>
+        <v>1.7328813E12</v>
       </c>
       <c r="D397" s="2" t="n">
-        <v>1.7324958E12</v>
+        <v>1.73279526E12</v>
       </c>
       <c r="E397" s="2" t="n">
-        <v>2.212285E-10</v>
+        <v>2.091962E-10</v>
       </c>
       <c r="F397" s="2" t="n">
-        <v>2.270538E-10</v>
+        <v>2.221823E-10</v>
       </c>
       <c r="G397" s="2" t="n">
-        <v>2.172509E-10</v>
+        <v>2.091962E-10</v>
       </c>
       <c r="H397" s="2" t="n">
-        <v>2.189124E-10</v>
+        <v>2.221823E-10</v>
       </c>
       <c r="I397" s="2" t="n">
-        <v>65.9</v>
+        <v>208.04</v>
       </c>
     </row>
     <row r="398">
       <c r="A398" s="2" t="n">
-        <v>1.7323632E12</v>
+        <v>1.7327088E12</v>
       </c>
       <c r="B398" s="2" t="n">
-        <v>1.732449599999E12</v>
+        <v>1.732795199999E12</v>
       </c>
       <c r="C398" s="2" t="n">
-        <v>1.73241684E12</v>
+        <v>1.73273874E12</v>
       </c>
       <c r="D398" s="2" t="n">
-        <v>1.73236674E12</v>
+        <v>1.7327118E12</v>
       </c>
       <c r="E398" s="2" t="n">
-        <v>2.128036E-10</v>
+        <v>2.045421E-10</v>
       </c>
       <c r="F398" s="2" t="n">
-        <v>2.302789E-10</v>
+        <v>2.102872E-10</v>
       </c>
       <c r="G398" s="2" t="n">
-        <v>2.128036E-10</v>
+        <v>2.045421E-10</v>
       </c>
       <c r="H398" s="2" t="n">
-        <v>2.212285E-10</v>
+        <v>2.091962E-10</v>
       </c>
       <c r="I398" s="2" t="n">
-        <v>60.98</v>
+        <v>151.94</v>
       </c>
     </row>
     <row r="399">
       <c r="A399" s="2" t="n">
-        <v>1.7322768E12</v>
+        <v>1.7326224E12</v>
       </c>
       <c r="B399" s="2" t="n">
-        <v>1.732363199999E12</v>
+        <v>1.732708799999E12</v>
       </c>
       <c r="C399" s="2" t="n">
-        <v>1.73228706E12</v>
+        <v>1.73264664E12</v>
       </c>
       <c r="D399" s="2" t="n">
-        <v>1.73227686E12</v>
+        <v>1.7326929E12</v>
       </c>
       <c r="E399" s="2" t="n">
-        <v>2.09061E-10</v>
+        <v>2.154592E-10</v>
       </c>
       <c r="F399" s="2" t="n">
-        <v>2.134857E-10</v>
+        <v>2.181684E-10</v>
       </c>
       <c r="G399" s="2" t="n">
-        <v>2.09061E-10</v>
+        <v>2.045421E-10</v>
       </c>
       <c r="H399" s="2" t="n">
-        <v>2.128036E-10</v>
+        <v>2.045421E-10</v>
       </c>
       <c r="I399" s="2" t="n">
-        <v>155.83</v>
+        <v>30.39</v>
       </c>
     </row>
     <row r="400">
       <c r="A400" s="2" t="n">
-        <v>1.7321904E12</v>
+        <v>1.732536E12</v>
       </c>
       <c r="B400" s="2" t="n">
-        <v>1.732276799999E12</v>
+        <v>1.732622399999E12</v>
       </c>
       <c r="C400" s="2" t="n">
-        <v>1.7322405E12</v>
+        <v>1.73253912E12</v>
       </c>
       <c r="D400" s="2" t="n">
-        <v>1.7322321E12</v>
+        <v>1.73261502E12</v>
       </c>
       <c r="E400" s="2" t="n">
-        <v>2.034662E-10</v>
+        <v>2.189124E-10</v>
       </c>
       <c r="F400" s="2" t="n">
-        <v>2.091601E-10</v>
+        <v>2.242547E-10</v>
       </c>
       <c r="G400" s="2" t="n">
-        <v>2.026095E-10</v>
+        <v>2.154592E-10</v>
       </c>
       <c r="H400" s="2" t="n">
-        <v>2.09061E-10</v>
+        <v>2.154592E-10</v>
       </c>
       <c r="I400" s="2" t="n">
-        <v>447.75</v>
+        <v>13.22</v>
       </c>
     </row>
     <row r="401">
       <c r="A401" s="2" t="n">
-        <v>1.732104E12</v>
+        <v>1.7324496E12</v>
       </c>
       <c r="B401" s="2" t="n">
-        <v>1.732190399999E12</v>
+        <v>1.732535999999E12</v>
       </c>
       <c r="C401" s="2" t="n">
-        <v>1.73216106E12</v>
+        <v>1.73247534E12</v>
       </c>
       <c r="D401" s="2" t="n">
-        <v>1.73217576E12</v>
+        <v>1.7324958E12</v>
       </c>
       <c r="E401" s="2" t="n">
-        <v>2.021081E-10</v>
+        <v>2.212285E-10</v>
       </c>
       <c r="F401" s="2" t="n">
-        <v>2.037908E-10</v>
+        <v>2.270538E-10</v>
       </c>
       <c r="G401" s="2" t="n">
-        <v>1.995956E-10</v>
+        <v>2.172509E-10</v>
       </c>
       <c r="H401" s="2" t="n">
-        <v>2.034662E-10</v>
+        <v>2.189124E-10</v>
       </c>
       <c r="I401" s="2" t="n">
-        <v>407.9</v>
+        <v>65.9</v>
       </c>
     </row>
     <row r="402">
       <c r="A402" s="2" t="n">
-        <v>1.7320176E12</v>
+        <v>1.7323632E12</v>
       </c>
       <c r="B402" s="2" t="n">
-        <v>1.732103999999E12</v>
+        <v>1.732449599999E12</v>
       </c>
       <c r="C402" s="2" t="n">
-        <v>1.73206368E12</v>
+        <v>1.73241684E12</v>
       </c>
       <c r="D402" s="2" t="n">
-        <v>1.73207454E12</v>
+        <v>1.73236674E12</v>
       </c>
       <c r="E402" s="2" t="n">
-        <v>2.019874E-10</v>
+        <v>2.128036E-10</v>
       </c>
       <c r="F402" s="2" t="n">
-        <v>2.026996E-10</v>
+        <v>2.302789E-10</v>
       </c>
       <c r="G402" s="2" t="n">
-        <v>2.007426E-10</v>
+        <v>2.128036E-10</v>
       </c>
       <c r="H402" s="2" t="n">
-        <v>2.021081E-10</v>
+        <v>2.212285E-10</v>
       </c>
       <c r="I402" s="2" t="n">
-        <v>97.79</v>
+        <v>60.98</v>
       </c>
     </row>
     <row r="403">
       <c r="A403" s="2" t="n">
-        <v>1.7319312E12</v>
+        <v>1.7322768E12</v>
       </c>
       <c r="B403" s="2" t="n">
-        <v>1.732017599999E12</v>
+        <v>1.732363199999E12</v>
       </c>
       <c r="C403" s="2" t="n">
-        <v>1.73194164E12</v>
+        <v>1.73228706E12</v>
       </c>
       <c r="D403" s="2" t="n">
-        <v>1.73193222E12</v>
+        <v>1.73227686E12</v>
       </c>
       <c r="E403" s="2" t="n">
-        <v>2.010781E-10</v>
+        <v>2.09061E-10</v>
       </c>
       <c r="F403" s="2" t="n">
-        <v>2.029704E-10</v>
+        <v>2.134857E-10</v>
       </c>
       <c r="G403" s="2" t="n">
-        <v>2.010781E-10</v>
+        <v>2.09061E-10</v>
       </c>
       <c r="H403" s="2" t="n">
-        <v>2.019874E-10</v>
+        <v>2.128036E-10</v>
       </c>
       <c r="I403" s="2" t="n">
-        <v>53.64</v>
+        <v>155.83</v>
       </c>
     </row>
     <row r="404">
       <c r="A404" s="2" t="n">
-        <v>1.7318448E12</v>
+        <v>1.7321904E12</v>
       </c>
       <c r="B404" s="2" t="n">
-        <v>1.731931199999E12</v>
+        <v>1.732276799999E12</v>
       </c>
       <c r="C404" s="2" t="n">
-        <v>1.73187588E12</v>
+        <v>1.7322405E12</v>
       </c>
       <c r="D404" s="2" t="n">
-        <v>1.73184804E12</v>
+        <v>1.7322321E12</v>
       </c>
       <c r="E404" s="2" t="n">
-        <v>2.009206E-10</v>
+        <v>2.034662E-10</v>
       </c>
       <c r="F404" s="2" t="n">
-        <v>2.106836E-10</v>
+        <v>2.091601E-10</v>
       </c>
       <c r="G404" s="2" t="n">
-        <v>2.009206E-10</v>
+        <v>2.026095E-10</v>
       </c>
       <c r="H404" s="2" t="n">
-        <v>2.010781E-10</v>
+        <v>2.09061E-10</v>
       </c>
       <c r="I404" s="2" t="n">
-        <v>313.55</v>
+        <v>447.75</v>
       </c>
     </row>
     <row r="405">
       <c r="A405" s="2" t="n">
-        <v>1.7317584E12</v>
+        <v>1.732104E12</v>
       </c>
       <c r="B405" s="2" t="n">
-        <v>1.731844799999E12</v>
+        <v>1.732190399999E12</v>
       </c>
       <c r="C405" s="2" t="n">
-        <v>1.73184468E12</v>
+        <v>1.73216106E12</v>
       </c>
       <c r="D405" s="2" t="n">
-        <v>1.73176044E12</v>
+        <v>1.73217576E12</v>
       </c>
       <c r="E405" s="2" t="n">
-        <v>1.954205E-10</v>
+        <v>2.021081E-10</v>
       </c>
       <c r="F405" s="2" t="n">
-        <v>2.009206E-10</v>
+        <v>2.037908E-10</v>
       </c>
       <c r="G405" s="2" t="n">
-        <v>1.954205E-10</v>
+        <v>1.995956E-10</v>
       </c>
       <c r="H405" s="2" t="n">
-        <v>2.009206E-10</v>
+        <v>2.034662E-10</v>
       </c>
       <c r="I405" s="2" t="n">
-        <v>752.6</v>
+        <v>407.9</v>
       </c>
     </row>
     <row r="406">
       <c r="A406" s="2" t="n">
-        <v>1.731672E12</v>
+        <v>1.7320176E12</v>
       </c>
       <c r="B406" s="2" t="n">
-        <v>1.731758399999E12</v>
+        <v>1.732103999999E12</v>
       </c>
       <c r="C406" s="2" t="n">
-        <v>1.73167488E12</v>
+        <v>1.73206368E12</v>
       </c>
       <c r="D406" s="2" t="n">
-        <v>1.73173608E12</v>
+        <v>1.73207454E12</v>
       </c>
       <c r="E406" s="2" t="n">
-        <v>2.039446E-10</v>
+        <v>2.019874E-10</v>
       </c>
       <c r="F406" s="2" t="n">
-        <v>2.039446E-10</v>
+        <v>2.026996E-10</v>
       </c>
       <c r="G406" s="2" t="n">
-        <v>1.938429E-10</v>
+        <v>2.007426E-10</v>
       </c>
       <c r="H406" s="2" t="n">
-        <v>1.954205E-10</v>
+        <v>2.021081E-10</v>
       </c>
       <c r="I406" s="2" t="n">
-        <v>388.63</v>
+        <v>97.79</v>
       </c>
     </row>
     <row r="407">
       <c r="A407" s="2" t="n">
-        <v>1.7315856E12</v>
+        <v>1.7319312E12</v>
       </c>
       <c r="B407" s="2" t="n">
-        <v>1.731671999999E12</v>
+        <v>1.732017599999E12</v>
       </c>
       <c r="C407" s="2" t="n">
-        <v>1.73161692E12</v>
+        <v>1.73194164E12</v>
       </c>
       <c r="D407" s="2" t="n">
-        <v>1.73159274E12</v>
+        <v>1.73193222E12</v>
       </c>
       <c r="E407" s="2" t="n">
-        <v>1.977796E-10</v>
+        <v>2.010781E-10</v>
       </c>
       <c r="F407" s="2" t="n">
-        <v>2.084542E-10</v>
+        <v>2.029704E-10</v>
       </c>
       <c r="G407" s="2" t="n">
-        <v>1.975495E-10</v>
+        <v>2.010781E-10</v>
       </c>
       <c r="H407" s="2" t="n">
-        <v>2.039446E-10</v>
+        <v>2.019874E-10</v>
       </c>
       <c r="I407" s="2" t="n">
-        <v>196.69</v>
+        <v>53.64</v>
       </c>
     </row>
     <row r="408">
       <c r="A408" s="2" t="n">
-        <v>1.7314992E12</v>
+        <v>1.7318448E12</v>
       </c>
       <c r="B408" s="2" t="n">
-        <v>1.731585599999E12</v>
+        <v>1.731931199999E12</v>
       </c>
       <c r="C408" s="2" t="n">
-        <v>1.73156208E12</v>
+        <v>1.73187588E12</v>
       </c>
       <c r="D408" s="2" t="n">
-        <v>1.73153964E12</v>
+        <v>1.73184804E12</v>
       </c>
       <c r="E408" s="2" t="n">
-        <v>2.015979E-10</v>
+        <v>2.009206E-10</v>
       </c>
       <c r="F408" s="2" t="n">
-        <v>2.058719E-10</v>
+        <v>2.106836E-10</v>
       </c>
       <c r="G408" s="2" t="n">
-        <v>1.952398E-10</v>
+        <v>2.009206E-10</v>
       </c>
       <c r="H408" s="2" t="n">
-        <v>1.977796E-10</v>
+        <v>2.010781E-10</v>
       </c>
       <c r="I408" s="2" t="n">
-        <v>274.29</v>
+        <v>313.55</v>
       </c>
     </row>
     <row r="409">
       <c r="A409" s="2" t="n">
-        <v>1.7314128E12</v>
+        <v>1.7317584E12</v>
       </c>
       <c r="B409" s="2" t="n">
-        <v>1.731499199999E12</v>
+        <v>1.731844799999E12</v>
       </c>
       <c r="C409" s="2" t="n">
-        <v>1.73141466E12</v>
+        <v>1.73184468E12</v>
       </c>
       <c r="D409" s="2" t="n">
-        <v>1.73146182E12</v>
+        <v>1.73176044E12</v>
       </c>
       <c r="E409" s="2" t="n">
-        <v>2.089788E-10</v>
+        <v>1.954205E-10</v>
       </c>
       <c r="F409" s="2" t="n">
-        <v>2.089788E-10</v>
+        <v>2.009206E-10</v>
       </c>
       <c r="G409" s="2" t="n">
-        <v>1.984299E-10</v>
+        <v>1.954205E-10</v>
       </c>
       <c r="H409" s="2" t="n">
-        <v>2.015979E-10</v>
+        <v>2.009206E-10</v>
       </c>
       <c r="I409" s="2" t="n">
-        <v>188.99</v>
+        <v>752.6</v>
       </c>
     </row>
     <row r="410">
       <c r="A410" s="2" t="n">
-        <v>1.7313264E12</v>
+        <v>1.731672E12</v>
       </c>
       <c r="B410" s="2" t="n">
-        <v>1.731412799999E12</v>
+        <v>1.731758399999E12</v>
       </c>
       <c r="C410" s="2" t="n">
-        <v>1.73139006E12</v>
+        <v>1.73167488E12</v>
       </c>
       <c r="D410" s="2" t="n">
-        <v>1.73140554E12</v>
+        <v>1.73173608E12</v>
       </c>
       <c r="E410" s="2" t="n">
-        <v>0.0</v>
+        <v>2.039446E-10</v>
       </c>
       <c r="F410" s="2" t="n">
-        <v>0.0</v>
+        <v>2.039446E-10</v>
       </c>
       <c r="G410" s="2" t="n">
-        <v>0.0</v>
+        <v>1.938429E-10</v>
       </c>
       <c r="H410" s="2" t="n">
-        <v>0.0</v>
+        <v>1.954205E-10</v>
       </c>
       <c r="I410" s="2" t="n">
-        <v>2122.15</v>
+        <v>388.63</v>
       </c>
     </row>
     <row r="411">
       <c r="A411" s="2" t="n">
-        <v>1.73124E12</v>
+        <v>1.7315856E12</v>
       </c>
       <c r="B411" s="2" t="n">
-        <v>1.731326399999E12</v>
+        <v>1.731671999999E12</v>
       </c>
       <c r="C411" s="2" t="n">
-        <v>1.73130588E12</v>
+        <v>1.73161692E12</v>
       </c>
       <c r="D411" s="2" t="n">
-        <v>1.73124084E12</v>
+        <v>1.73159274E12</v>
       </c>
       <c r="E411" s="2" t="n">
-        <v>0.0</v>
+        <v>1.977796E-10</v>
       </c>
       <c r="F411" s="2" t="n">
-        <v>0.0</v>
+        <v>2.084542E-10</v>
       </c>
       <c r="G411" s="2" t="n">
-        <v>0.0</v>
+        <v>1.975495E-10</v>
       </c>
       <c r="H411" s="2" t="n">
-        <v>0.0</v>
+        <v>2.039446E-10</v>
       </c>
       <c r="I411" s="2" t="n">
-        <v>113.78</v>
+        <v>196.69</v>
       </c>
     </row>
     <row r="412">
       <c r="A412" s="2" t="n">
-        <v>1.7311536E12</v>
+        <v>1.7314992E12</v>
       </c>
       <c r="B412" s="2" t="n">
-        <v>1.731239999999E12</v>
+        <v>1.731585599999E12</v>
       </c>
       <c r="C412" s="2" t="n">
-        <v>1.73122164E12</v>
+        <v>1.73156208E12</v>
       </c>
       <c r="D412" s="2" t="n">
-        <v>1.73115486E12</v>
+        <v>1.73153964E12</v>
       </c>
       <c r="E412" s="2" t="n">
-        <v>0.0</v>
+        <v>2.015979E-10</v>
       </c>
       <c r="F412" s="2" t="n">
-        <v>0.0</v>
+        <v>2.058719E-10</v>
       </c>
       <c r="G412" s="2" t="n">
-        <v>0.0</v>
+        <v>1.952398E-10</v>
       </c>
       <c r="H412" s="2" t="n">
-        <v>0.0</v>
+        <v>1.977796E-10</v>
       </c>
       <c r="I412" s="2" t="n">
-        <v>273.37</v>
+        <v>274.29</v>
       </c>
     </row>
     <row r="413">
       <c r="A413" s="2" t="n">
-        <v>1.7310672E12</v>
+        <v>1.7314128E12</v>
       </c>
       <c r="B413" s="2" t="n">
-        <v>1.731153599999E12</v>
+        <v>1.731499199999E12</v>
       </c>
       <c r="C413" s="2" t="n">
-        <v>1.73109552E12</v>
+        <v>1.73141466E12</v>
       </c>
       <c r="D413" s="2" t="n">
-        <v>1.73112774E12</v>
+        <v>1.73146182E12</v>
       </c>
       <c r="E413" s="2" t="n">
-        <v>0.0</v>
+        <v>2.089788E-10</v>
       </c>
       <c r="F413" s="2" t="n">
-        <v>0.0</v>
+        <v>2.089788E-10</v>
       </c>
       <c r="G413" s="2" t="n">
-        <v>0.0</v>
+        <v>1.984299E-10</v>
       </c>
       <c r="H413" s="2" t="n">
-        <v>0.0</v>
+        <v>2.015979E-10</v>
       </c>
       <c r="I413" s="2" t="n">
-        <v>3834.23</v>
+        <v>188.99</v>
       </c>
     </row>
     <row r="414">
       <c r="A414" s="2" t="n">
-        <v>1.7309808E12</v>
+        <v>1.7313264E12</v>
       </c>
       <c r="B414" s="2" t="n">
-        <v>1.731067199999E12</v>
+        <v>1.731412799999E12</v>
       </c>
       <c r="C414" s="2" t="n">
-        <v>1.73100102E12</v>
+        <v>1.73139006E12</v>
       </c>
       <c r="D414" s="2" t="n">
-        <v>1.73098158E12</v>
+        <v>1.73140554E12</v>
       </c>
       <c r="E414" s="2" t="n">
-        <v>2.474537E-10</v>
+        <v>0.0</v>
       </c>
       <c r="F414" s="2" t="n">
-        <v>2.539218E-10</v>
+        <v>0.0</v>
       </c>
       <c r="G414" s="2" t="n">
-        <v>2.474537E-10</v>
+        <v>0.0</v>
       </c>
       <c r="H414" s="2" t="n">
-        <v>2.526872E-10</v>
+        <v>0.0</v>
       </c>
       <c r="I414" s="2" t="n">
-        <v>409.24</v>
+        <v>2122.15</v>
       </c>
     </row>
     <row r="415">
       <c r="A415" s="2" t="n">
-        <v>1.7308944E12</v>
+        <v>1.73124E12</v>
       </c>
       <c r="B415" s="2" t="n">
-        <v>1.730980799999E12</v>
+        <v>1.731326399999E12</v>
       </c>
       <c r="C415" s="2" t="n">
-        <v>1.73096112E12</v>
+        <v>1.73130588E12</v>
       </c>
       <c r="D415" s="2" t="n">
-        <v>1.73089464E12</v>
+        <v>1.73124084E12</v>
       </c>
       <c r="E415" s="2" t="n">
-        <v>2.338031E-10</v>
+        <v>0.0</v>
       </c>
       <c r="F415" s="2" t="n">
-        <v>2.442168E-10</v>
+        <v>0.0</v>
       </c>
       <c r="G415" s="2" t="n">
-        <v>2.338031E-10</v>
+        <v>0.0</v>
       </c>
       <c r="H415" s="2" t="n">
-        <v>2.442168E-10</v>
+        <v>0.0</v>
       </c>
       <c r="I415" s="2" t="n">
-        <v>168.64</v>
+        <v>113.78</v>
       </c>
     </row>
     <row r="416">
       <c r="A416" s="2" t="n">
-        <v>1.730808E12</v>
+        <v>1.7311536E12</v>
       </c>
       <c r="B416" s="2" t="n">
-        <v>1.730894399999E12</v>
+        <v>1.731239999999E12</v>
       </c>
       <c r="C416" s="2" t="n">
-        <v>1.7308641E12</v>
+        <v>1.73122164E12</v>
       </c>
       <c r="D416" s="2" t="n">
-        <v>1.73080962E12</v>
+        <v>1.73115486E12</v>
       </c>
       <c r="E416" s="2" t="n">
-        <v>2.266283E-10</v>
+        <v>0.0</v>
       </c>
       <c r="F416" s="2" t="n">
-        <v>2.345585E-10</v>
+        <v>0.0</v>
       </c>
       <c r="G416" s="2" t="n">
-        <v>2.266283E-10</v>
+        <v>0.0</v>
       </c>
       <c r="H416" s="2" t="n">
-        <v>2.338031E-10</v>
+        <v>0.0</v>
       </c>
       <c r="I416" s="2" t="n">
-        <v>150.37</v>
+        <v>273.37</v>
       </c>
     </row>
     <row r="417">
       <c r="A417" s="2" t="n">
-        <v>1.7307216E12</v>
+        <v>1.7310672E12</v>
       </c>
       <c r="B417" s="2" t="n">
-        <v>1.730807999999E12</v>
+        <v>1.731153599999E12</v>
       </c>
       <c r="C417" s="2" t="n">
-        <v>1.73074806E12</v>
+        <v>1.73109552E12</v>
       </c>
       <c r="D417" s="2" t="n">
-        <v>1.73079924E12</v>
+        <v>1.73112774E12</v>
       </c>
       <c r="E417" s="2" t="n">
-        <v>2.285568E-10</v>
+        <v>0.0</v>
       </c>
       <c r="F417" s="2" t="n">
-        <v>2.307337E-10</v>
+        <v>0.0</v>
       </c>
       <c r="G417" s="2" t="n">
-        <v>2.266283E-10</v>
+        <v>0.0</v>
       </c>
       <c r="H417" s="2" t="n">
-        <v>2.266283E-10</v>
+        <v>0.0</v>
       </c>
       <c r="I417" s="2" t="n">
-        <v>34.52</v>
+        <v>3834.23</v>
       </c>
     </row>
     <row r="418">
       <c r="A418" s="2" t="n">
-        <v>1.7306352E12</v>
+        <v>1.7309808E12</v>
       </c>
       <c r="B418" s="2" t="n">
-        <v>1.730721599999E12</v>
+        <v>1.731067199999E12</v>
       </c>
       <c r="C418" s="2" t="n">
-        <v>1.73063634E12</v>
+        <v>1.73100102E12</v>
       </c>
       <c r="D418" s="2" t="n">
-        <v>1.7306946E12</v>
+        <v>1.73098158E12</v>
       </c>
       <c r="E418" s="2" t="n">
-        <v>2.348629E-10</v>
+        <v>2.474537E-10</v>
       </c>
       <c r="F418" s="2" t="n">
-        <v>2.348629E-10</v>
+        <v>2.539218E-10</v>
       </c>
       <c r="G418" s="2" t="n">
-        <v>2.285568E-10</v>
+        <v>2.474537E-10</v>
       </c>
       <c r="H418" s="2" t="n">
-        <v>2.285568E-10</v>
+        <v>2.526872E-10</v>
       </c>
       <c r="I418" s="2" t="n">
-        <v>0.56</v>
+        <v>409.24</v>
       </c>
     </row>
     <row r="419">
       <c r="A419" s="2" t="n">
-        <v>1.7305488E12</v>
+        <v>1.7308944E12</v>
       </c>
       <c r="B419" s="2" t="n">
-        <v>1.730635199999E12</v>
+        <v>1.730980799999E12</v>
       </c>
       <c r="C419" s="2" t="n">
-        <v>1.73057232E12</v>
+        <v>1.73096112E12</v>
       </c>
       <c r="D419" s="2" t="n">
-        <v>1.73060232E12</v>
+        <v>1.73089464E12</v>
       </c>
       <c r="E419" s="2" t="n">
-        <v>2.353811E-10</v>
+        <v>2.338031E-10</v>
       </c>
       <c r="F419" s="2" t="n">
-        <v>2.375168E-10</v>
+        <v>2.442168E-10</v>
       </c>
       <c r="G419" s="2" t="n">
-        <v>2.322448E-10</v>
+        <v>2.338031E-10</v>
       </c>
       <c r="H419" s="2" t="n">
-        <v>2.348629E-10</v>
+        <v>2.442168E-10</v>
       </c>
       <c r="I419" s="2" t="n">
-        <v>71.51</v>
+        <v>168.64</v>
       </c>
     </row>
     <row r="420">
       <c r="A420" s="2" t="n">
-        <v>1.7304624E12</v>
+        <v>1.730808E12</v>
       </c>
       <c r="B420" s="2" t="n">
-        <v>1.730548799999E12</v>
+        <v>1.730894399999E12</v>
       </c>
       <c r="C420" s="2" t="n">
-        <v>1.73046456E12</v>
+        <v>1.7308641E12</v>
       </c>
       <c r="D420" s="2" t="n">
-        <v>1.73053428E12</v>
+        <v>1.73080962E12</v>
       </c>
       <c r="E420" s="2" t="n">
-        <v>2.40125E-10</v>
+        <v>2.266283E-10</v>
       </c>
       <c r="F420" s="2" t="n">
-        <v>2.40125E-10</v>
+        <v>2.345585E-10</v>
       </c>
       <c r="G420" s="2" t="n">
-        <v>2.353811E-10</v>
+        <v>2.266283E-10</v>
       </c>
       <c r="H420" s="2" t="n">
-        <v>2.353811E-10</v>
+        <v>2.338031E-10</v>
       </c>
       <c r="I420" s="2" t="n">
-        <v>26.37</v>
+        <v>150.37</v>
       </c>
     </row>
     <row r="421">
       <c r="A421" s="2" t="n">
-        <v>1.730376E12</v>
+        <v>1.7307216E12</v>
       </c>
       <c r="B421" s="2" t="n">
-        <v>1.730462399999E12</v>
+        <v>1.730807999999E12</v>
       </c>
       <c r="C421" s="2" t="n">
-        <v>1.73037828E12</v>
+        <v>1.73074806E12</v>
       </c>
       <c r="D421" s="2" t="n">
-        <v>1.7304153E12</v>
+        <v>1.73079924E12</v>
       </c>
       <c r="E421" s="2" t="n">
-        <v>2.462512E-10</v>
+        <v>2.285568E-10</v>
       </c>
       <c r="F421" s="2" t="n">
-        <v>2.462512E-10</v>
+        <v>2.307337E-10</v>
       </c>
       <c r="G421" s="2" t="n">
-        <v>2.40125E-10</v>
+        <v>2.266283E-10</v>
       </c>
       <c r="H421" s="2" t="n">
-        <v>2.40125E-10</v>
+        <v>2.266283E-10</v>
       </c>
       <c r="I421" s="2" t="n">
-        <v>16.14</v>
+        <v>34.52</v>
       </c>
     </row>
     <row r="422">
       <c r="A422" s="2" t="n">
-        <v>1.7302896E12</v>
+        <v>1.7306352E12</v>
       </c>
       <c r="B422" s="2" t="n">
-        <v>1.730375999999E12</v>
+        <v>1.730721599999E12</v>
       </c>
       <c r="C422" s="2" t="n">
-        <v>1.73029146E12</v>
+        <v>1.73063634E12</v>
       </c>
       <c r="D422" s="2" t="n">
-        <v>1.73035434E12</v>
+        <v>1.7306946E12</v>
       </c>
       <c r="E422" s="2" t="n">
-        <v>2.505545E-10</v>
+        <v>2.348629E-10</v>
       </c>
       <c r="F422" s="2" t="n">
-        <v>2.505545E-10</v>
+        <v>2.348629E-10</v>
       </c>
       <c r="G422" s="2" t="n">
-        <v>2.453893E-10</v>
+        <v>2.285568E-10</v>
       </c>
       <c r="H422" s="2" t="n">
-        <v>2.462512E-10</v>
+        <v>2.285568E-10</v>
       </c>
       <c r="I422" s="2" t="n">
-        <v>69.33</v>
+        <v>0.56</v>
       </c>
     </row>
     <row r="423">
       <c r="A423" s="2" t="n">
-        <v>1.7302032E12</v>
+        <v>1.7305488E12</v>
       </c>
       <c r="B423" s="2" t="n">
-        <v>1.730289599999E12</v>
+        <v>1.730635199999E12</v>
       </c>
       <c r="C423" s="2" t="n">
-        <v>1.7302665E12</v>
+        <v>1.73057232E12</v>
       </c>
       <c r="D423" s="2" t="n">
-        <v>1.73020404E12</v>
+        <v>1.73060232E12</v>
       </c>
       <c r="E423" s="2" t="n">
-        <v>2.425543E-10</v>
+        <v>2.353811E-10</v>
       </c>
       <c r="F423" s="2" t="n">
-        <v>2.505545E-10</v>
+        <v>2.375168E-10</v>
       </c>
       <c r="G423" s="2" t="n">
-        <v>2.425543E-10</v>
+        <v>2.322448E-10</v>
       </c>
       <c r="H423" s="2" t="n">
-        <v>2.505545E-10</v>
+        <v>2.348629E-10</v>
       </c>
       <c r="I423" s="2" t="n">
-        <v>37.73</v>
+        <v>71.51</v>
       </c>
     </row>
     <row r="424">
       <c r="A424" s="2" t="n">
-        <v>1.7301168E12</v>
+        <v>1.7304624E12</v>
       </c>
       <c r="B424" s="2" t="n">
-        <v>1.730203199999E12</v>
+        <v>1.730548799999E12</v>
       </c>
       <c r="C424" s="2" t="n">
-        <v>1.73015274E12</v>
+        <v>1.73046456E12</v>
       </c>
       <c r="D424" s="2" t="n">
-        <v>1.73012034E12</v>
+        <v>1.73053428E12</v>
       </c>
       <c r="E424" s="2" t="n">
-        <v>2.400944E-10</v>
+        <v>2.40125E-10</v>
       </c>
       <c r="F424" s="2" t="n">
-        <v>2.432211E-10</v>
+        <v>2.40125E-10</v>
       </c>
       <c r="G424" s="2" t="n">
-        <v>2.400944E-10</v>
+        <v>2.353811E-10</v>
       </c>
       <c r="H424" s="2" t="n">
-        <v>2.425543E-10</v>
+        <v>2.353811E-10</v>
       </c>
       <c r="I424" s="2" t="n">
-        <v>54.67</v>
+        <v>26.37</v>
       </c>
     </row>
     <row r="425">
       <c r="A425" s="2" t="n">
-        <v>1.7300304E12</v>
+        <v>1.730376E12</v>
       </c>
       <c r="B425" s="2" t="n">
-        <v>1.730116799999E12</v>
+        <v>1.730462399999E12</v>
       </c>
       <c r="C425" s="2" t="n">
-        <v>1.73008608E12</v>
+        <v>1.73037828E12</v>
       </c>
       <c r="D425" s="2" t="n">
-        <v>1.73003274E12</v>
+        <v>1.7304153E12</v>
       </c>
       <c r="E425" s="2" t="n">
-        <v>2.371178E-10</v>
+        <v>2.462512E-10</v>
       </c>
       <c r="F425" s="2" t="n">
-        <v>2.400944E-10</v>
+        <v>2.462512E-10</v>
       </c>
       <c r="G425" s="2" t="n">
-        <v>2.371178E-10</v>
+        <v>2.40125E-10</v>
       </c>
       <c r="H425" s="2" t="n">
-        <v>2.400944E-10</v>
+        <v>2.40125E-10</v>
       </c>
       <c r="I425" s="2" t="n">
-        <v>18.99</v>
+        <v>16.14</v>
       </c>
     </row>
     <row r="426">
       <c r="A426" s="2" t="n">
-        <v>1.729944E12</v>
+        <v>1.7302896E12</v>
       </c>
       <c r="B426" s="2" t="n">
-        <v>1.730030399999E12</v>
+        <v>1.730375999999E12</v>
       </c>
       <c r="C426" s="2" t="n">
-        <v>1.72994706E12</v>
+        <v>1.73029146E12</v>
       </c>
       <c r="D426" s="2" t="n">
-        <v>1.73000094E12</v>
+        <v>1.73035434E12</v>
       </c>
       <c r="E426" s="2" t="n">
-        <v>2.403002E-10</v>
+        <v>2.505545E-10</v>
       </c>
       <c r="F426" s="2" t="n">
-        <v>2.403002E-10</v>
+        <v>2.505545E-10</v>
       </c>
       <c r="G426" s="2" t="n">
-        <v>2.371178E-10</v>
+        <v>2.453893E-10</v>
       </c>
       <c r="H426" s="2" t="n">
-        <v>2.371178E-10</v>
+        <v>2.462512E-10</v>
       </c>
       <c r="I426" s="2" t="n">
-        <v>63.56</v>
+        <v>69.33</v>
       </c>
     </row>
     <row r="427">
       <c r="A427" s="2" t="n">
-        <v>1.7298576E12</v>
+        <v>1.7302032E12</v>
       </c>
       <c r="B427" s="2" t="n">
-        <v>1.729943999999E12</v>
+        <v>1.730289599999E12</v>
       </c>
       <c r="C427" s="2" t="n">
-        <v>1.72991208E12</v>
+        <v>1.7302665E12</v>
       </c>
       <c r="D427" s="2" t="n">
-        <v>1.72993662E12</v>
+        <v>1.73020404E12</v>
       </c>
       <c r="E427" s="2" t="n">
-        <v>2.436099E-10</v>
+        <v>2.425543E-10</v>
       </c>
       <c r="F427" s="2" t="n">
-        <v>2.444348E-10</v>
+        <v>2.505545E-10</v>
       </c>
       <c r="G427" s="2" t="n">
-        <v>2.403002E-10</v>
+        <v>2.425543E-10</v>
       </c>
       <c r="H427" s="2" t="n">
-        <v>2.403002E-10</v>
+        <v>2.505545E-10</v>
       </c>
       <c r="I427" s="2" t="n">
-        <v>69.7</v>
+        <v>37.73</v>
       </c>
     </row>
     <row r="428">
       <c r="A428" s="2" t="n">
-        <v>1.7297712E12</v>
+        <v>1.7301168E12</v>
       </c>
       <c r="B428" s="2" t="n">
-        <v>1.729857599999E12</v>
+        <v>1.730203199999E12</v>
       </c>
       <c r="C428" s="2" t="n">
-        <v>1.72983168E12</v>
+        <v>1.73015274E12</v>
       </c>
       <c r="D428" s="2" t="n">
-        <v>1.72977306E12</v>
+        <v>1.73012034E12</v>
       </c>
       <c r="E428" s="2" t="n">
-        <v>2.401112E-10</v>
+        <v>2.400944E-10</v>
       </c>
       <c r="F428" s="2" t="n">
-        <v>2.437679E-10</v>
+        <v>2.432211E-10</v>
       </c>
       <c r="G428" s="2" t="n">
-        <v>2.401112E-10</v>
+        <v>2.400944E-10</v>
       </c>
       <c r="H428" s="2" t="n">
-        <v>2.436099E-10</v>
+        <v>2.425543E-10</v>
       </c>
       <c r="I428" s="2" t="n">
-        <v>44.5</v>
+        <v>54.67</v>
       </c>
     </row>
     <row r="429">
       <c r="A429" s="2" t="n">
-        <v>1.7296848E12</v>
+        <v>1.7300304E12</v>
       </c>
       <c r="B429" s="2" t="n">
-        <v>1.729771199999E12</v>
+        <v>1.730116799999E12</v>
       </c>
       <c r="C429" s="2" t="n">
-        <v>1.7296848E12</v>
+        <v>1.73008608E12</v>
       </c>
       <c r="D429" s="2" t="n">
-        <v>1.7297634E12</v>
+        <v>1.73003274E12</v>
       </c>
       <c r="E429" s="2" t="n">
-        <v>2.495081E-10</v>
+        <v>2.371178E-10</v>
       </c>
       <c r="F429" s="2" t="n">
-        <v>2.495081E-10</v>
+        <v>2.400944E-10</v>
       </c>
       <c r="G429" s="2" t="n">
-        <v>2.401112E-10</v>
+        <v>2.371178E-10</v>
       </c>
       <c r="H429" s="2" t="n">
-        <v>2.401112E-10</v>
+        <v>2.400944E-10</v>
       </c>
       <c r="I429" s="2" t="n">
-        <v>348.62</v>
+        <v>18.99</v>
       </c>
     </row>
     <row r="430">
       <c r="A430" s="2" t="n">
-        <v>1.7295984E12</v>
+        <v>1.729944E12</v>
       </c>
       <c r="B430" s="2" t="n">
-        <v>1.729684799999E12</v>
+        <v>1.730030399999E12</v>
       </c>
       <c r="C430" s="2" t="n">
-        <v>1.72965204E12</v>
+        <v>1.72994706E12</v>
       </c>
       <c r="D430" s="2" t="n">
-        <v>1.72966626E12</v>
+        <v>1.73000094E12</v>
       </c>
       <c r="E430" s="2" t="n">
-        <v>2.502474E-10</v>
+        <v>2.403002E-10</v>
       </c>
       <c r="F430" s="2" t="n">
-        <v>2.504631E-10</v>
+        <v>2.403002E-10</v>
       </c>
       <c r="G430" s="2" t="n">
-        <v>2.495081E-10</v>
+        <v>2.371178E-10</v>
       </c>
       <c r="H430" s="2" t="n">
-        <v>2.495081E-10</v>
+        <v>2.371178E-10</v>
       </c>
       <c r="I430" s="2" t="n">
-        <v>58.92</v>
+        <v>63.56</v>
       </c>
     </row>
     <row r="431">
       <c r="A431" s="2" t="n">
-        <v>1.729512E12</v>
+        <v>1.7298576E12</v>
       </c>
       <c r="B431" s="2" t="n">
-        <v>1.729598399999E12</v>
+        <v>1.729943999999E12</v>
       </c>
       <c r="C431" s="2" t="n">
-        <v>1.72953894E12</v>
+        <v>1.72991208E12</v>
       </c>
       <c r="D431" s="2" t="n">
-        <v>1.72957314E12</v>
+        <v>1.72993662E12</v>
       </c>
       <c r="E431" s="2" t="n">
-        <v>2.537194E-10</v>
+        <v>2.436099E-10</v>
       </c>
       <c r="F431" s="2" t="n">
-        <v>2.569356E-10</v>
+        <v>2.444348E-10</v>
       </c>
       <c r="G431" s="2" t="n">
-        <v>2.502474E-10</v>
+        <v>2.403002E-10</v>
       </c>
       <c r="H431" s="2" t="n">
-        <v>2.502474E-10</v>
+        <v>2.403002E-10</v>
       </c>
       <c r="I431" s="2" t="n">
-        <v>145.16</v>
+        <v>69.7</v>
       </c>
     </row>
     <row r="432">
       <c r="A432" s="2" t="n">
-        <v>1.7294256E12</v>
+        <v>1.7297712E12</v>
       </c>
       <c r="B432" s="2" t="n">
-        <v>1.729511999999E12</v>
+        <v>1.729857599999E12</v>
       </c>
       <c r="C432" s="2" t="n">
-        <v>1.72950534E12</v>
+        <v>1.72983168E12</v>
       </c>
       <c r="D432" s="2" t="n">
-        <v>1.72942872E12</v>
+        <v>1.72977306E12</v>
       </c>
       <c r="E432" s="2" t="n">
-        <v>2.533772E-10</v>
+        <v>2.401112E-10</v>
       </c>
       <c r="F432" s="2" t="n">
-        <v>2.551121E-10</v>
+        <v>2.437679E-10</v>
       </c>
       <c r="G432" s="2" t="n">
-        <v>2.533772E-10</v>
+        <v>2.401112E-10</v>
       </c>
       <c r="H432" s="2" t="n">
-        <v>2.537194E-10</v>
+        <v>2.436099E-10</v>
       </c>
       <c r="I432" s="2" t="n">
-        <v>66.31</v>
+        <v>44.5</v>
       </c>
     </row>
     <row r="433">
       <c r="A433" s="2" t="n">
-        <v>1.7293392E12</v>
+        <v>1.7296848E12</v>
       </c>
       <c r="B433" s="2" t="n">
-        <v>1.729425599999E12</v>
+        <v>1.729771199999E12</v>
       </c>
       <c r="C433" s="2" t="n">
-        <v>1.7293392E12</v>
+        <v>1.7296848E12</v>
       </c>
       <c r="D433" s="2" t="n">
-        <v>1.7293392E12</v>
+        <v>1.7297634E12</v>
       </c>
       <c r="E433" s="2" t="n">
-        <v>2.533772E-10</v>
+        <v>2.495081E-10</v>
       </c>
       <c r="F433" s="2" t="n">
-        <v>2.533772E-10</v>
+        <v>2.495081E-10</v>
       </c>
       <c r="G433" s="2" t="n">
-        <v>2.533772E-10</v>
+        <v>2.401112E-10</v>
       </c>
       <c r="H433" s="2" t="n">
-        <v>2.533772E-10</v>
+        <v>2.401112E-10</v>
       </c>
       <c r="I433" s="2" t="n">
-        <v>0.0</v>
+        <v>348.62</v>
       </c>
     </row>
     <row r="434">
       <c r="A434" s="2" t="n">
-        <v>1.7292528E12</v>
+        <v>1.7295984E12</v>
       </c>
       <c r="B434" s="2" t="n">
-        <v>1.729339199999E12</v>
+        <v>1.729684799999E12</v>
       </c>
       <c r="C434" s="2" t="n">
-        <v>1.72928868E12</v>
+        <v>1.72965204E12</v>
       </c>
       <c r="D434" s="2" t="n">
-        <v>1.72925556E12</v>
+        <v>1.72966626E12</v>
       </c>
       <c r="E434" s="2" t="n">
-        <v>2.495772E-10</v>
+        <v>2.502474E-10</v>
       </c>
       <c r="F434" s="2" t="n">
-        <v>2.533772E-10</v>
+        <v>2.504631E-10</v>
       </c>
       <c r="G434" s="2" t="n">
-        <v>2.495772E-10</v>
+        <v>2.495081E-10</v>
       </c>
       <c r="H434" s="2" t="n">
-        <v>2.533772E-10</v>
+        <v>2.495081E-10</v>
       </c>
       <c r="I434" s="2" t="n">
-        <v>43.38</v>
+        <v>58.92</v>
       </c>
     </row>
     <row r="435">
       <c r="A435" s="2" t="n">
-        <v>1.7291664E12</v>
+        <v>1.729512E12</v>
       </c>
       <c r="B435" s="2" t="n">
-        <v>1.729252799999E12</v>
+        <v>1.729598399999E12</v>
       </c>
       <c r="C435" s="2" t="n">
-        <v>1.72916766E12</v>
+        <v>1.72953894E12</v>
       </c>
       <c r="D435" s="2" t="n">
-        <v>1.72921896E12</v>
+        <v>1.72957314E12</v>
       </c>
       <c r="E435" s="2" t="n">
-        <v>2.503942E-10</v>
+        <v>2.537194E-10</v>
       </c>
       <c r="F435" s="2" t="n">
-        <v>2.503942E-10</v>
+        <v>2.569356E-10</v>
       </c>
       <c r="G435" s="2" t="n">
-        <v>2.470696E-10</v>
+        <v>2.502474E-10</v>
       </c>
       <c r="H435" s="2" t="n">
-        <v>2.495772E-10</v>
+        <v>2.502474E-10</v>
       </c>
       <c r="I435" s="2" t="n">
-        <v>306.16</v>
+        <v>145.16</v>
       </c>
     </row>
     <row r="436">
       <c r="A436" s="2" t="n">
-        <v>1.72908E12</v>
+        <v>1.7294256E12</v>
       </c>
       <c r="B436" s="2" t="n">
-        <v>1.729166399999E12</v>
+        <v>1.729511999999E12</v>
       </c>
       <c r="C436" s="2" t="n">
-        <v>1.72915896E12</v>
+        <v>1.72950534E12</v>
       </c>
       <c r="D436" s="2" t="n">
-        <v>1.72908168E12</v>
+        <v>1.72942872E12</v>
       </c>
       <c r="E436" s="2" t="n">
-        <v>2.439158E-10</v>
+        <v>2.533772E-10</v>
       </c>
       <c r="F436" s="2" t="n">
-        <v>2.503942E-10</v>
+        <v>2.551121E-10</v>
       </c>
       <c r="G436" s="2" t="n">
-        <v>2.439158E-10</v>
+        <v>2.533772E-10</v>
       </c>
       <c r="H436" s="2" t="n">
-        <v>2.503942E-10</v>
+        <v>2.537194E-10</v>
       </c>
       <c r="I436" s="2" t="n">
-        <v>381.31</v>
+        <v>66.31</v>
       </c>
     </row>
     <row r="437">
       <c r="A437" s="2" t="n">
-        <v>1.7289936E12</v>
+        <v>1.7293392E12</v>
       </c>
       <c r="B437" s="2" t="n">
-        <v>1.729079999999E12</v>
+        <v>1.729425599999E12</v>
       </c>
       <c r="C437" s="2" t="n">
-        <v>1.72906182E12</v>
+        <v>1.7293392E12</v>
       </c>
       <c r="D437" s="2" t="n">
-        <v>1.7289969E12</v>
+        <v>1.7293392E12</v>
       </c>
       <c r="E437" s="2" t="n">
-        <v>2.390522E-10</v>
+        <v>2.533772E-10</v>
       </c>
       <c r="F437" s="2" t="n">
-        <v>2.462292E-10</v>
+        <v>2.533772E-10</v>
       </c>
       <c r="G437" s="2" t="n">
-        <v>2.390522E-10</v>
+        <v>2.533772E-10</v>
       </c>
       <c r="H437" s="2" t="n">
-        <v>2.439158E-10</v>
+        <v>2.533772E-10</v>
       </c>
       <c r="I437" s="2" t="n">
-        <v>208.15</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="438">
       <c r="A438" s="2" t="n">
-        <v>1.7289072E12</v>
+        <v>1.7292528E12</v>
       </c>
       <c r="B438" s="2" t="n">
-        <v>1.728993599999E12</v>
+        <v>1.729339199999E12</v>
       </c>
       <c r="C438" s="2" t="n">
-        <v>1.72895658E12</v>
+        <v>1.72928868E12</v>
       </c>
       <c r="D438" s="2" t="n">
-        <v>1.7289081E12</v>
+        <v>1.72925556E12</v>
       </c>
       <c r="E438" s="2" t="n">
-        <v>2.328592E-10</v>
+        <v>2.495772E-10</v>
       </c>
       <c r="F438" s="2" t="n">
-        <v>2.390522E-10</v>
+        <v>2.533772E-10</v>
       </c>
       <c r="G438" s="2" t="n">
-        <v>2.328592E-10</v>
+        <v>2.495772E-10</v>
       </c>
       <c r="H438" s="2" t="n">
-        <v>2.390522E-10</v>
+        <v>2.533772E-10</v>
       </c>
       <c r="I438" s="2" t="n">
-        <v>234.85</v>
+        <v>43.38</v>
       </c>
     </row>
     <row r="439">
       <c r="A439" s="2" t="n">
-        <v>1.7288208E12</v>
+        <v>1.7291664E12</v>
       </c>
       <c r="B439" s="2" t="n">
-        <v>1.728907199999E12</v>
+        <v>1.729252799999E12</v>
       </c>
       <c r="C439" s="2" t="n">
-        <v>1.72882224E12</v>
+        <v>1.72916766E12</v>
       </c>
       <c r="D439" s="2" t="n">
-        <v>1.72886076E12</v>
+        <v>1.72921896E12</v>
       </c>
       <c r="E439" s="2" t="n">
-        <v>2.473983E-10</v>
+        <v>2.503942E-10</v>
       </c>
       <c r="F439" s="2" t="n">
-        <v>2.473983E-10</v>
+        <v>2.503942E-10</v>
       </c>
       <c r="G439" s="2" t="n">
-        <v>2.298107E-10</v>
+        <v>2.470696E-10</v>
       </c>
       <c r="H439" s="2" t="n">
-        <v>2.328592E-10</v>
+        <v>2.495772E-10</v>
       </c>
       <c r="I439" s="2" t="n">
-        <v>1618.6</v>
+        <v>306.16</v>
       </c>
     </row>
     <row r="440">
       <c r="A440" s="2" t="n">
-        <v>1.7287344E12</v>
+        <v>1.72908E12</v>
       </c>
       <c r="B440" s="2" t="n">
-        <v>1.728820799999E12</v>
+        <v>1.729166399999E12</v>
       </c>
       <c r="C440" s="2" t="n">
-        <v>1.72879182E12</v>
+        <v>1.72915896E12</v>
       </c>
       <c r="D440" s="2" t="n">
-        <v>1.7287377E12</v>
+        <v>1.72908168E12</v>
       </c>
       <c r="E440" s="2" t="n">
-        <v>2.450081E-10</v>
+        <v>2.439158E-10</v>
       </c>
       <c r="F440" s="2" t="n">
-        <v>2.483031E-10</v>
+        <v>2.503942E-10</v>
       </c>
       <c r="G440" s="2" t="n">
-        <v>2.450081E-10</v>
+        <v>2.439158E-10</v>
       </c>
       <c r="H440" s="2" t="n">
-        <v>2.473983E-10</v>
+        <v>2.503942E-10</v>
       </c>
       <c r="I440" s="2" t="n">
-        <v>230.8</v>
+        <v>381.31</v>
       </c>
     </row>
     <row r="441">
       <c r="A441" s="2" t="n">
-        <v>1.728648E12</v>
+        <v>1.7289936E12</v>
       </c>
       <c r="B441" s="2" t="n">
-        <v>1.728734399999E12</v>
+        <v>1.729079999999E12</v>
       </c>
       <c r="C441" s="2" t="n">
-        <v>1.72871148E12</v>
+        <v>1.72906182E12</v>
       </c>
       <c r="D441" s="2" t="n">
-        <v>1.72865064E12</v>
+        <v>1.7289969E12</v>
       </c>
       <c r="E441" s="2" t="n">
-        <v>2.388145E-10</v>
+        <v>2.390522E-10</v>
       </c>
       <c r="F441" s="2" t="n">
-        <v>2.450081E-10</v>
+        <v>2.462292E-10</v>
       </c>
       <c r="G441" s="2" t="n">
-        <v>2.388145E-10</v>
+        <v>2.390522E-10</v>
       </c>
       <c r="H441" s="2" t="n">
-        <v>2.450081E-10</v>
+        <v>2.439158E-10</v>
       </c>
       <c r="I441" s="2" t="n">
-        <v>120.26</v>
+        <v>208.15</v>
       </c>
     </row>
     <row r="442">
       <c r="A442" s="2" t="n">
-        <v>1.7285616E12</v>
+        <v>1.7289072E12</v>
       </c>
       <c r="B442" s="2" t="n">
-        <v>1.728647999999E12</v>
+        <v>1.728993599999E12</v>
       </c>
       <c r="C442" s="2" t="n">
-        <v>1.72856244E12</v>
+        <v>1.72895658E12</v>
       </c>
       <c r="D442" s="2" t="n">
-        <v>1.72862634E12</v>
+        <v>1.7289081E12</v>
       </c>
       <c r="E442" s="2" t="n">
-        <v>2.424764E-10</v>
+        <v>2.328592E-10</v>
       </c>
       <c r="F442" s="2" t="n">
-        <v>2.424764E-10</v>
+        <v>2.390522E-10</v>
       </c>
       <c r="G442" s="2" t="n">
-        <v>2.388145E-10</v>
+        <v>2.328592E-10</v>
       </c>
       <c r="H442" s="2" t="n">
-        <v>2.388145E-10</v>
+        <v>2.390522E-10</v>
       </c>
       <c r="I442" s="2" t="n">
-        <v>37.28</v>
+        <v>234.85</v>
       </c>
     </row>
     <row r="443">
       <c r="A443" s="2" t="n">
-        <v>1.7284752E12</v>
+        <v>1.7288208E12</v>
       </c>
       <c r="B443" s="2" t="n">
-        <v>1.728561599999E12</v>
+        <v>1.728907199999E12</v>
       </c>
       <c r="C443" s="2" t="n">
-        <v>1.72848408E12</v>
+        <v>1.72882224E12</v>
       </c>
       <c r="D443" s="2" t="n">
-        <v>1.7285571E12</v>
+        <v>1.72886076E12</v>
       </c>
       <c r="E443" s="2" t="n">
-        <v>2.434903E-10</v>
+        <v>2.473983E-10</v>
       </c>
       <c r="F443" s="2" t="n">
-        <v>2.457285E-10</v>
+        <v>2.473983E-10</v>
       </c>
       <c r="G443" s="2" t="n">
-        <v>2.424764E-10</v>
+        <v>2.298107E-10</v>
       </c>
       <c r="H443" s="2" t="n">
-        <v>2.424764E-10</v>
+        <v>2.328592E-10</v>
       </c>
       <c r="I443" s="2" t="n">
-        <v>47.09</v>
+        <v>1618.6</v>
       </c>
     </row>
     <row r="444">
       <c r="A444" s="2" t="n">
-        <v>1.7283888E12</v>
+        <v>1.7287344E12</v>
       </c>
       <c r="B444" s="2" t="n">
-        <v>1.728475199999E12</v>
+        <v>1.728820799999E12</v>
       </c>
       <c r="C444" s="2" t="n">
-        <v>1.72839108E12</v>
+        <v>1.72879182E12</v>
       </c>
       <c r="D444" s="2" t="n">
-        <v>1.72839108E12</v>
+        <v>1.7287377E12</v>
       </c>
       <c r="E444" s="2" t="n">
-        <v>2.434903E-10</v>
+        <v>2.450081E-10</v>
       </c>
       <c r="F444" s="2" t="n">
-        <v>2.434903E-10</v>
+        <v>2.483031E-10</v>
       </c>
       <c r="G444" s="2" t="n">
-        <v>2.434903E-10</v>
+        <v>2.450081E-10</v>
       </c>
       <c r="H444" s="2" t="n">
-        <v>2.434903E-10</v>
+        <v>2.473983E-10</v>
       </c>
       <c r="I444" s="2" t="n">
-        <v>0.0</v>
+        <v>230.8</v>
       </c>
     </row>
     <row r="445">
       <c r="A445" s="2" t="n">
-        <v>1.7283024E12</v>
+        <v>1.728648E12</v>
       </c>
       <c r="B445" s="2" t="n">
-        <v>1.728388799999E12</v>
+        <v>1.728734399999E12</v>
       </c>
       <c r="C445" s="2" t="n">
-        <v>1.7283573E12</v>
+        <v>1.72871148E12</v>
       </c>
       <c r="D445" s="2" t="n">
-        <v>1.7283057E12</v>
+        <v>1.72865064E12</v>
       </c>
       <c r="E445" s="2" t="n">
-        <v>2.413515E-10</v>
+        <v>2.388145E-10</v>
       </c>
       <c r="F445" s="2" t="n">
-        <v>2.445985E-10</v>
+        <v>2.450081E-10</v>
       </c>
       <c r="G445" s="2" t="n">
-        <v>2.413515E-10</v>
+        <v>2.388145E-10</v>
       </c>
       <c r="H445" s="2" t="n">
-        <v>2.434903E-10</v>
+        <v>2.450081E-10</v>
       </c>
       <c r="I445" s="2" t="n">
-        <v>65.1</v>
+        <v>120.26</v>
       </c>
     </row>
     <row r="446">
       <c r="A446" s="2" t="n">
-        <v>1.728216E12</v>
+        <v>1.7285616E12</v>
       </c>
       <c r="B446" s="2" t="n">
-        <v>1.728302399999E12</v>
+        <v>1.728647999999E12</v>
       </c>
       <c r="C446" s="2" t="n">
-        <v>1.72829256E12</v>
+        <v>1.72856244E12</v>
       </c>
       <c r="D446" s="2" t="n">
-        <v>1.72821954E12</v>
+        <v>1.72862634E12</v>
       </c>
       <c r="E446" s="2" t="n">
-        <v>2.389285E-10</v>
+        <v>2.424764E-10</v>
       </c>
       <c r="F446" s="2" t="n">
-        <v>2.414525E-10</v>
+        <v>2.424764E-10</v>
       </c>
       <c r="G446" s="2" t="n">
-        <v>2.389285E-10</v>
+        <v>2.388145E-10</v>
       </c>
       <c r="H446" s="2" t="n">
-        <v>2.413515E-10</v>
+        <v>2.388145E-10</v>
       </c>
       <c r="I446" s="2" t="n">
-        <v>53.39</v>
+        <v>37.28</v>
       </c>
     </row>
     <row r="447">
       <c r="A447" s="2" t="n">
-        <v>1.7281296E12</v>
+        <v>1.7284752E12</v>
       </c>
       <c r="B447" s="2" t="n">
-        <v>1.728215999999E12</v>
+        <v>1.728561599999E12</v>
       </c>
       <c r="C447" s="2" t="n">
-        <v>1.72816554E12</v>
+        <v>1.72848408E12</v>
       </c>
       <c r="D447" s="2" t="n">
-        <v>1.72813134E12</v>
+        <v>1.7285571E12</v>
       </c>
       <c r="E447" s="2" t="n">
-        <v>2.360741E-10</v>
+        <v>2.434903E-10</v>
       </c>
       <c r="F447" s="2" t="n">
-        <v>2.393013E-10</v>
+        <v>2.457285E-10</v>
       </c>
       <c r="G447" s="2" t="n">
-        <v>2.360741E-10</v>
+        <v>2.424764E-10</v>
       </c>
       <c r="H447" s="2" t="n">
-        <v>2.389285E-10</v>
+        <v>2.424764E-10</v>
       </c>
       <c r="I447" s="2" t="n">
-        <v>34.3</v>
+        <v>47.09</v>
       </c>
     </row>
     <row r="448">
       <c r="A448" s="2" t="n">
-        <v>1.7280432E12</v>
+        <v>1.7283888E12</v>
       </c>
       <c r="B448" s="2" t="n">
-        <v>1.728129599999E12</v>
+        <v>1.728475199999E12</v>
       </c>
       <c r="C448" s="2" t="n">
-        <v>1.72811748E12</v>
+        <v>1.72839108E12</v>
       </c>
       <c r="D448" s="2" t="n">
-        <v>1.72804434E12</v>
+        <v>1.72839108E12</v>
       </c>
       <c r="E448" s="2" t="n">
-        <v>2.318187E-10</v>
+        <v>2.434903E-10</v>
       </c>
       <c r="F448" s="2" t="n">
-        <v>2.36528E-10</v>
+        <v>2.434903E-10</v>
       </c>
       <c r="G448" s="2" t="n">
-        <v>2.318187E-10</v>
+        <v>2.434903E-10</v>
       </c>
       <c r="H448" s="2" t="n">
-        <v>2.360741E-10</v>
+        <v>2.434903E-10</v>
       </c>
       <c r="I448" s="2" t="n">
-        <v>86.16</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="449">
       <c r="A449" s="2" t="n">
-        <v>1.7279568E12</v>
+        <v>1.7283024E12</v>
       </c>
       <c r="B449" s="2" t="n">
-        <v>1.728043199999E12</v>
+        <v>1.728388799999E12</v>
       </c>
       <c r="C449" s="2" t="n">
-        <v>1.72795878E12</v>
+        <v>1.7283573E12</v>
       </c>
       <c r="D449" s="2" t="n">
-        <v>1.72803876E12</v>
+        <v>1.7283057E12</v>
       </c>
       <c r="E449" s="2" t="n">
-        <v>2.361203E-10</v>
+        <v>2.413515E-10</v>
       </c>
       <c r="F449" s="2" t="n">
-        <v>2.361203E-10</v>
+        <v>2.445985E-10</v>
       </c>
       <c r="G449" s="2" t="n">
-        <v>2.318187E-10</v>
+        <v>2.413515E-10</v>
       </c>
       <c r="H449" s="2" t="n">
-        <v>2.318187E-10</v>
+        <v>2.434903E-10</v>
       </c>
       <c r="I449" s="2" t="n">
-        <v>394.25</v>
+        <v>65.1</v>
       </c>
     </row>
     <row r="450">
       <c r="A450" s="2" t="n">
-        <v>1.7278704E12</v>
+        <v>1.728216E12</v>
       </c>
       <c r="B450" s="2" t="n">
-        <v>1.727956799999E12</v>
+        <v>1.728302399999E12</v>
       </c>
       <c r="C450" s="2" t="n">
-        <v>1.72787388E12</v>
+        <v>1.72829256E12</v>
       </c>
       <c r="D450" s="2" t="n">
-        <v>1.72795212E12</v>
+        <v>1.72821954E12</v>
       </c>
       <c r="E450" s="2" t="n">
-        <v>2.412368E-10</v>
+        <v>2.389285E-10</v>
       </c>
       <c r="F450" s="2" t="n">
-        <v>2.412368E-10</v>
+        <v>2.414525E-10</v>
       </c>
       <c r="G450" s="2" t="n">
-        <v>2.361203E-10</v>
+        <v>2.389285E-10</v>
       </c>
       <c r="H450" s="2" t="n">
-        <v>2.361203E-10</v>
+        <v>2.413515E-10</v>
       </c>
       <c r="I450" s="2" t="n">
-        <v>3.91</v>
+        <v>53.39</v>
       </c>
     </row>
     <row r="451">
       <c r="A451" s="2" t="n">
-        <v>1.727784E12</v>
+        <v>1.7281296E12</v>
       </c>
       <c r="B451" s="2" t="n">
-        <v>1.727870399999E12</v>
+        <v>1.728215999999E12</v>
       </c>
       <c r="C451" s="2" t="n">
-        <v>1.72781244E12</v>
+        <v>1.72816554E12</v>
       </c>
       <c r="D451" s="2" t="n">
-        <v>1.72784502E12</v>
+        <v>1.72813134E12</v>
       </c>
       <c r="E451" s="2" t="n">
-        <v>2.461882E-10</v>
+        <v>2.360741E-10</v>
       </c>
       <c r="F451" s="2" t="n">
-        <v>2.527405E-10</v>
+        <v>2.393013E-10</v>
       </c>
       <c r="G451" s="2" t="n">
-        <v>2.412368E-10</v>
+        <v>2.360741E-10</v>
       </c>
       <c r="H451" s="2" t="n">
-        <v>2.412368E-10</v>
+        <v>2.389285E-10</v>
       </c>
       <c r="I451" s="2" t="n">
-        <v>5.93</v>
+        <v>34.3</v>
       </c>
     </row>
     <row r="452">
       <c r="A452" s="2" t="n">
-        <v>1.7276976E12</v>
+        <v>1.7280432E12</v>
       </c>
       <c r="B452" s="2" t="n">
-        <v>1.727783999999E12</v>
+        <v>1.728129599999E12</v>
       </c>
       <c r="C452" s="2" t="n">
-        <v>1.72769994E12</v>
+        <v>1.72811748E12</v>
       </c>
       <c r="D452" s="2" t="n">
-        <v>1.72778388E12</v>
+        <v>1.72804434E12</v>
       </c>
       <c r="E452" s="2" t="n">
-        <v>2.578401E-10</v>
+        <v>2.318187E-10</v>
       </c>
       <c r="F452" s="2" t="n">
-        <v>2.578401E-10</v>
+        <v>2.36528E-10</v>
       </c>
       <c r="G452" s="2" t="n">
-        <v>2.461882E-10</v>
+        <v>2.318187E-10</v>
       </c>
       <c r="H452" s="2" t="n">
-        <v>2.461882E-10</v>
+        <v>2.360741E-10</v>
       </c>
       <c r="I452" s="2" t="n">
-        <v>146.39</v>
+        <v>86.16</v>
       </c>
     </row>
     <row r="453">
       <c r="A453" s="2" t="n">
-        <v>1.7276112E12</v>
+        <v>1.7279568E12</v>
       </c>
       <c r="B453" s="2" t="n">
-        <v>1.727697599999E12</v>
+        <v>1.728043199999E12</v>
       </c>
       <c r="C453" s="2" t="n">
-        <v>1.72761468E12</v>
+        <v>1.72795878E12</v>
       </c>
       <c r="D453" s="2" t="n">
-        <v>1.72763856E12</v>
+        <v>1.72803876E12</v>
       </c>
       <c r="E453" s="2" t="n">
-        <v>2.585209E-10</v>
+        <v>2.361203E-10</v>
       </c>
       <c r="F453" s="2" t="n">
-        <v>2.585209E-10</v>
+        <v>2.361203E-10</v>
       </c>
       <c r="G453" s="2" t="n">
-        <v>2.572453E-10</v>
+        <v>2.318187E-10</v>
       </c>
       <c r="H453" s="2" t="n">
-        <v>2.578401E-10</v>
+        <v>2.318187E-10</v>
       </c>
       <c r="I453" s="2" t="n">
-        <v>42.99</v>
+        <v>394.25</v>
       </c>
     </row>
     <row r="454">
       <c r="A454" s="2" t="n">
-        <v>1.7275248E12</v>
+        <v>1.7278704E12</v>
       </c>
       <c r="B454" s="2" t="n">
-        <v>1.727611199999E12</v>
+        <v>1.727956799999E12</v>
       </c>
       <c r="C454" s="2" t="n">
-        <v>1.72754226E12</v>
+        <v>1.72787388E12</v>
       </c>
       <c r="D454" s="2" t="n">
-        <v>1.72755834E12</v>
+        <v>1.72795212E12</v>
       </c>
       <c r="E454" s="2" t="n">
-        <v>2.620914E-10</v>
+        <v>2.412368E-10</v>
       </c>
       <c r="F454" s="2" t="n">
-        <v>2.635404E-10</v>
+        <v>2.412368E-10</v>
       </c>
       <c r="G454" s="2" t="n">
-        <v>2.571576E-10</v>
+        <v>2.361203E-10</v>
       </c>
       <c r="H454" s="2" t="n">
-        <v>2.585209E-10</v>
+        <v>2.361203E-10</v>
       </c>
       <c r="I454" s="2" t="n">
-        <v>88.57</v>
+        <v>3.91</v>
       </c>
     </row>
     <row r="455">
       <c r="A455" s="2" t="n">
-        <v>1.7274384E12</v>
+        <v>1.727784E12</v>
       </c>
       <c r="B455" s="2" t="n">
-        <v>1.727524799999E12</v>
+        <v>1.727870399999E12</v>
       </c>
       <c r="C455" s="2" t="n">
-        <v>1.72750062E12</v>
+        <v>1.72781244E12</v>
       </c>
       <c r="D455" s="2" t="n">
-        <v>1.72750656E12</v>
+        <v>1.72784502E12</v>
       </c>
       <c r="E455" s="2" t="n">
-        <v>2.816521E-10</v>
+        <v>2.461882E-10</v>
       </c>
       <c r="F455" s="2" t="n">
-        <v>2.880765E-10</v>
+        <v>2.527405E-10</v>
       </c>
       <c r="G455" s="2" t="n">
-        <v>2.616958E-10</v>
+        <v>2.412368E-10</v>
       </c>
       <c r="H455" s="2" t="n">
-        <v>2.620914E-10</v>
+        <v>2.412368E-10</v>
       </c>
       <c r="I455" s="2" t="n">
-        <v>2096.84</v>
+        <v>5.93</v>
       </c>
     </row>
     <row r="456">
       <c r="A456" s="2" t="n">
-        <v>1.727352E12</v>
+        <v>1.7276976E12</v>
       </c>
       <c r="B456" s="2" t="n">
-        <v>1.727438399999E12</v>
+        <v>1.727783999999E12</v>
       </c>
       <c r="C456" s="2" t="n">
-        <v>1.72741128E12</v>
+        <v>1.72769994E12</v>
       </c>
       <c r="D456" s="2" t="n">
-        <v>1.72735386E12</v>
+        <v>1.72778388E12</v>
       </c>
       <c r="E456" s="2" t="n">
-        <v>2.762559E-10</v>
+        <v>2.578401E-10</v>
       </c>
       <c r="F456" s="2" t="n">
-        <v>2.85078E-10</v>
+        <v>2.578401E-10</v>
       </c>
       <c r="G456" s="2" t="n">
-        <v>2.762559E-10</v>
+        <v>2.461882E-10</v>
       </c>
       <c r="H456" s="2" t="n">
-        <v>2.816521E-10</v>
+        <v>2.461882E-10</v>
       </c>
       <c r="I456" s="2" t="n">
-        <v>80.76</v>
+        <v>146.39</v>
       </c>
     </row>
     <row r="457">
       <c r="A457" s="2" t="n">
-        <v>1.7272656E12</v>
+        <v>1.7276112E12</v>
       </c>
       <c r="B457" s="2" t="n">
-        <v>1.727351999999E12</v>
+        <v>1.727697599999E12</v>
       </c>
       <c r="C457" s="2" t="n">
-        <v>1.72728348E12</v>
+        <v>1.72761468E12</v>
       </c>
       <c r="D457" s="2" t="n">
-        <v>1.72735002E12</v>
+        <v>1.72763856E12</v>
       </c>
       <c r="E457" s="2" t="n">
-        <v>3.00626E-10</v>
+        <v>2.585209E-10</v>
       </c>
       <c r="F457" s="2" t="n">
-        <v>3.017231E-10</v>
+        <v>2.585209E-10</v>
       </c>
       <c r="G457" s="2" t="n">
-        <v>2.762559E-10</v>
+        <v>2.572453E-10</v>
       </c>
       <c r="H457" s="2" t="n">
-        <v>2.762559E-10</v>
+        <v>2.578401E-10</v>
       </c>
       <c r="I457" s="2" t="n">
-        <v>1349.75</v>
+        <v>42.99</v>
       </c>
     </row>
     <row r="458">
       <c r="A458" s="2" t="n">
-        <v>1.7271792E12</v>
+        <v>1.7275248E12</v>
       </c>
       <c r="B458" s="2" t="n">
-        <v>1.727265599999E12</v>
+        <v>1.727611199999E12</v>
       </c>
       <c r="C458" s="2" t="n">
-        <v>1.72718034E12</v>
+        <v>1.72754226E12</v>
       </c>
       <c r="D458" s="2" t="n">
-        <v>1.72723188E12</v>
+        <v>1.72755834E12</v>
       </c>
       <c r="E458" s="2" t="n">
-        <v>3.036872E-10</v>
+        <v>2.620914E-10</v>
       </c>
       <c r="F458" s="2" t="n">
-        <v>3.036872E-10</v>
+        <v>2.635404E-10</v>
       </c>
       <c r="G458" s="2" t="n">
-        <v>3.00626E-10</v>
+        <v>2.571576E-10</v>
       </c>
       <c r="H458" s="2" t="n">
-        <v>3.00626E-10</v>
+        <v>2.585209E-10</v>
       </c>
       <c r="I458" s="2" t="n">
-        <v>3.18</v>
+        <v>88.57</v>
       </c>
     </row>
     <row r="459">
       <c r="A459" s="2" t="n">
-        <v>1.7270928E12</v>
+        <v>1.7274384E12</v>
       </c>
       <c r="B459" s="2" t="n">
-        <v>1.727179199999E12</v>
+        <v>1.727524799999E12</v>
       </c>
       <c r="C459" s="2" t="n">
-        <v>1.72717386E12</v>
+        <v>1.72750062E12</v>
       </c>
       <c r="D459" s="2" t="n">
-        <v>1.72709586E12</v>
+        <v>1.72750656E12</v>
       </c>
       <c r="E459" s="2" t="n">
-        <v>2.949394E-10</v>
+        <v>2.816521E-10</v>
       </c>
       <c r="F459" s="2" t="n">
-        <v>3.036872E-10</v>
+        <v>2.880765E-10</v>
       </c>
       <c r="G459" s="2" t="n">
-        <v>2.949394E-10</v>
+        <v>2.616958E-10</v>
       </c>
       <c r="H459" s="2" t="n">
-        <v>3.036872E-10</v>
+        <v>2.620914E-10</v>
       </c>
       <c r="I459" s="2" t="n">
-        <v>26.63</v>
+        <v>2096.84</v>
       </c>
     </row>
     <row r="460">
       <c r="A460" s="2" t="n">
-        <v>1.7270064E12</v>
+        <v>1.727352E12</v>
       </c>
       <c r="B460" s="2" t="n">
-        <v>1.727092799999E12</v>
+        <v>1.727438399999E12</v>
       </c>
       <c r="C460" s="2" t="n">
-        <v>1.7270817E12</v>
+        <v>1.72741128E12</v>
       </c>
       <c r="D460" s="2" t="n">
-        <v>1.72705608E12</v>
+        <v>1.72735386E12</v>
       </c>
       <c r="E460" s="2" t="n">
-        <v>2.890629E-10</v>
+        <v>2.762559E-10</v>
       </c>
       <c r="F460" s="2" t="n">
-        <v>2.949394E-10</v>
+        <v>2.85078E-10</v>
       </c>
       <c r="G460" s="2" t="n">
-        <v>2.873628E-10</v>
+        <v>2.762559E-10</v>
       </c>
       <c r="H460" s="2" t="n">
-        <v>2.949394E-10</v>
+        <v>2.816521E-10</v>
       </c>
       <c r="I460" s="2" t="n">
-        <v>244.02</v>
+        <v>80.76</v>
       </c>
     </row>
     <row r="461">
       <c r="A461" s="2" t="n">
-        <v>1.72692E12</v>
+        <v>1.7272656E12</v>
       </c>
       <c r="B461" s="2" t="n">
-        <v>1.727006399999E12</v>
+        <v>1.727351999999E12</v>
       </c>
       <c r="C461" s="2" t="n">
-        <v>1.72695336E12</v>
+        <v>1.72728348E12</v>
       </c>
       <c r="D461" s="2" t="n">
-        <v>1.72693728E12</v>
+        <v>1.72735002E12</v>
       </c>
       <c r="E461" s="2" t="n">
-        <v>2.820203E-10</v>
+        <v>3.00626E-10</v>
       </c>
       <c r="F461" s="2" t="n">
-        <v>2.902397E-10</v>
+        <v>3.017231E-10</v>
       </c>
       <c r="G461" s="2" t="n">
-        <v>2.806184E-10</v>
+        <v>2.762559E-10</v>
       </c>
       <c r="H461" s="2" t="n">
-        <v>2.890629E-10</v>
+        <v>2.762559E-10</v>
       </c>
       <c r="I461" s="2" t="n">
-        <v>160.64</v>
+        <v>1349.75</v>
       </c>
     </row>
     <row r="462">
       <c r="A462" s="2" t="n">
-        <v>1.7268336E12</v>
+        <v>1.7271792E12</v>
       </c>
       <c r="B462" s="2" t="n">
-        <v>1.726919999999E12</v>
+        <v>1.727265599999E12</v>
       </c>
       <c r="C462" s="2" t="n">
-        <v>1.7268369E12</v>
+        <v>1.72718034E12</v>
       </c>
       <c r="D462" s="2" t="n">
-        <v>1.72689732E12</v>
+        <v>1.72723188E12</v>
       </c>
       <c r="E462" s="2" t="n">
-        <v>3.422835E-10</v>
+        <v>3.036872E-10</v>
       </c>
       <c r="F462" s="2" t="n">
-        <v>3.422835E-10</v>
+        <v>3.036872E-10</v>
       </c>
       <c r="G462" s="2" t="n">
-        <v>2.797517E-10</v>
+        <v>3.00626E-10</v>
       </c>
       <c r="H462" s="2" t="n">
-        <v>2.820203E-10</v>
+        <v>3.00626E-10</v>
       </c>
       <c r="I462" s="2" t="n">
-        <v>3451.88</v>
+        <v>3.18</v>
       </c>
     </row>
     <row r="463">
       <c r="A463" s="2" t="n">
-        <v>1.7267472E12</v>
+        <v>1.7270928E12</v>
       </c>
       <c r="B463" s="2" t="n">
-        <v>1.726833599999E12</v>
+        <v>1.727179199999E12</v>
       </c>
       <c r="C463" s="2" t="n">
-        <v>1.72681074E12</v>
+        <v>1.72717386E12</v>
       </c>
       <c r="D463" s="2" t="n">
-        <v>1.72682436E12</v>
+        <v>1.72709586E12</v>
       </c>
       <c r="E463" s="2" t="n">
-        <v>3.431376E-10</v>
+        <v>2.949394E-10</v>
       </c>
       <c r="F463" s="2" t="n">
-        <v>3.623293E-10</v>
+        <v>3.036872E-10</v>
       </c>
       <c r="G463" s="2" t="n">
-        <v>3.422835E-10</v>
+        <v>2.949394E-10</v>
       </c>
       <c r="H463" s="2" t="n">
-        <v>3.422835E-10</v>
+        <v>3.036872E-10</v>
       </c>
       <c r="I463" s="2" t="n">
-        <v>2283.15</v>
+        <v>26.63</v>
       </c>
     </row>
     <row r="464">
       <c r="A464" s="2" t="n">
-        <v>1.7266608E12</v>
+        <v>1.7270064E12</v>
       </c>
       <c r="B464" s="2" t="n">
-        <v>1.726747199999E12</v>
+        <v>1.727092799999E12</v>
       </c>
       <c r="C464" s="2" t="n">
-        <v>1.72666674E12</v>
+        <v>1.7270817E12</v>
       </c>
       <c r="D464" s="2" t="n">
-        <v>1.7267193E12</v>
+        <v>1.72705608E12</v>
       </c>
       <c r="E464" s="2" t="n">
-        <v>3.43571E-10</v>
+        <v>2.890629E-10</v>
       </c>
       <c r="F464" s="2" t="n">
-        <v>3.449292E-10</v>
+        <v>2.949394E-10</v>
       </c>
       <c r="G464" s="2" t="n">
-        <v>3.391046E-10</v>
+        <v>2.873628E-10</v>
       </c>
       <c r="H464" s="2" t="n">
-        <v>3.431376E-10</v>
+        <v>2.949394E-10</v>
       </c>
       <c r="I464" s="2" t="n">
-        <v>58.21</v>
+        <v>244.02</v>
       </c>
     </row>
     <row r="465">
       <c r="A465" s="2" t="n">
-        <v>1.7265744E12</v>
+        <v>1.72692E12</v>
       </c>
       <c r="B465" s="2" t="n">
-        <v>1.726660799999E12</v>
+        <v>1.727006399999E12</v>
       </c>
       <c r="C465" s="2" t="n">
-        <v>1.7266482E12</v>
+        <v>1.72695336E12</v>
       </c>
       <c r="D465" s="2" t="n">
-        <v>1.72657764E12</v>
+        <v>1.72693728E12</v>
       </c>
       <c r="E465" s="2" t="n">
-        <v>3.349653E-10</v>
+        <v>2.820203E-10</v>
       </c>
       <c r="F465" s="2" t="n">
-        <v>3.43571E-10</v>
+        <v>2.902397E-10</v>
       </c>
       <c r="G465" s="2" t="n">
-        <v>3.349653E-10</v>
+        <v>2.806184E-10</v>
       </c>
       <c r="H465" s="2" t="n">
-        <v>3.43571E-10</v>
+        <v>2.890629E-10</v>
       </c>
       <c r="I465" s="2" t="n">
-        <v>7.64</v>
+        <v>160.64</v>
       </c>
     </row>
     <row r="466">
       <c r="A466" s="2" t="n">
-        <v>1.726488E12</v>
+        <v>1.7268336E12</v>
       </c>
       <c r="B466" s="2" t="n">
-        <v>1.726574399999E12</v>
+        <v>1.726919999999E12</v>
       </c>
       <c r="C466" s="2" t="n">
-        <v>1.72648836E12</v>
+        <v>1.7268369E12</v>
       </c>
       <c r="D466" s="2" t="n">
-        <v>1.72655214E12</v>
+        <v>1.72689732E12</v>
       </c>
       <c r="E466" s="2" t="n">
-        <v>3.508288E-10</v>
+        <v>3.422835E-10</v>
       </c>
       <c r="F466" s="2" t="n">
-        <v>3.508288E-10</v>
+        <v>3.422835E-10</v>
       </c>
       <c r="G466" s="2" t="n">
-        <v>3.349653E-10</v>
+        <v>2.797517E-10</v>
       </c>
       <c r="H466" s="2" t="n">
-        <v>3.349653E-10</v>
+        <v>2.820203E-10</v>
       </c>
       <c r="I466" s="2" t="n">
-        <v>20.21</v>
+        <v>3451.88</v>
       </c>
     </row>
     <row r="467">
       <c r="A467" s="2" t="n">
-        <v>1.7264016E12</v>
+        <v>1.7267472E12</v>
       </c>
       <c r="B467" s="2" t="n">
-        <v>1.726487999999E12</v>
+        <v>1.726833599999E12</v>
       </c>
       <c r="C467" s="2" t="n">
-        <v>1.7264019E12</v>
+        <v>1.72681074E12</v>
       </c>
       <c r="D467" s="2" t="n">
-        <v>1.72644252E12</v>
+        <v>1.72682436E12</v>
       </c>
       <c r="E467" s="2" t="n">
-        <v>3.839832E-10</v>
+        <v>3.431376E-10</v>
       </c>
       <c r="F467" s="2" t="n">
-        <v>3.839832E-10</v>
+        <v>3.623293E-10</v>
       </c>
       <c r="G467" s="2" t="n">
-        <v>3.481165E-10</v>
+        <v>3.422835E-10</v>
       </c>
       <c r="H467" s="2" t="n">
-        <v>3.508288E-10</v>
+        <v>3.422835E-10</v>
       </c>
       <c r="I467" s="2" t="n">
-        <v>2288.83</v>
+        <v>2283.15</v>
       </c>
     </row>
     <row r="468">
       <c r="A468" s="2" t="n">
-        <v>1.7263152E12</v>
+        <v>1.7266608E12</v>
       </c>
       <c r="B468" s="2" t="n">
-        <v>1.726401599999E12</v>
+        <v>1.726747199999E12</v>
       </c>
       <c r="C468" s="2" t="n">
-        <v>1.72632876E12</v>
+        <v>1.72666674E12</v>
       </c>
       <c r="D468" s="2" t="n">
-        <v>1.72636182E12</v>
+        <v>1.7267193E12</v>
       </c>
       <c r="E468" s="2" t="n">
-        <v>3.856927E-10</v>
+        <v>3.43571E-10</v>
       </c>
       <c r="F468" s="2" t="n">
-        <v>3.870939E-10</v>
+        <v>3.449292E-10</v>
       </c>
       <c r="G468" s="2" t="n">
-        <v>3.839832E-10</v>
+        <v>3.391046E-10</v>
       </c>
       <c r="H468" s="2" t="n">
-        <v>3.839832E-10</v>
+        <v>3.431376E-10</v>
       </c>
       <c r="I468" s="2" t="n">
-        <v>12.11</v>
+        <v>58.21</v>
       </c>
     </row>
     <row r="469">
       <c r="A469" s="2" t="n">
-        <v>1.7262288E12</v>
+        <v>1.7265744E12</v>
       </c>
       <c r="B469" s="2" t="n">
-        <v>1.726315199999E12</v>
+        <v>1.726660799999E12</v>
       </c>
       <c r="C469" s="2" t="n">
-        <v>1.72629678E12</v>
+        <v>1.7266482E12</v>
       </c>
       <c r="D469" s="2" t="n">
-        <v>1.72622976E12</v>
+        <v>1.72657764E12</v>
       </c>
       <c r="E469" s="2" t="n">
-        <v>3.763315E-10</v>
+        <v>3.349653E-10</v>
       </c>
       <c r="F469" s="2" t="n">
-        <v>3.856927E-10</v>
+        <v>3.43571E-10</v>
       </c>
       <c r="G469" s="2" t="n">
-        <v>3.763315E-10</v>
+        <v>3.349653E-10</v>
       </c>
       <c r="H469" s="2" t="n">
-        <v>3.856927E-10</v>
+        <v>3.43571E-10</v>
       </c>
       <c r="I469" s="2" t="n">
-        <v>116.24</v>
+        <v>7.64</v>
       </c>
     </row>
     <row r="470">
       <c r="A470" s="2" t="n">
-        <v>1.7261424E12</v>
+        <v>1.726488E12</v>
       </c>
       <c r="B470" s="2" t="n">
-        <v>1.726228799999E12</v>
+        <v>1.726574399999E12</v>
       </c>
       <c r="C470" s="2" t="n">
-        <v>1.72618062E12</v>
+        <v>1.72648836E12</v>
       </c>
       <c r="D470" s="2" t="n">
-        <v>1.72614282E12</v>
+        <v>1.72655214E12</v>
       </c>
       <c r="E470" s="2" t="n">
-        <v>3.714068E-10</v>
+        <v>3.508288E-10</v>
       </c>
       <c r="F470" s="2" t="n">
-        <v>3.81523E-10</v>
+        <v>3.508288E-10</v>
       </c>
       <c r="G470" s="2" t="n">
-        <v>3.714068E-10</v>
+        <v>3.349653E-10</v>
       </c>
       <c r="H470" s="2" t="n">
-        <v>3.763315E-10</v>
+        <v>3.349653E-10</v>
       </c>
       <c r="I470" s="2" t="n">
-        <v>80.77</v>
+        <v>20.21</v>
       </c>
     </row>
     <row r="471">
       <c r="A471" s="2" t="n">
-        <v>1.726056E12</v>
+        <v>1.7264016E12</v>
       </c>
       <c r="B471" s="2" t="n">
-        <v>1.726142399999E12</v>
+        <v>1.726487999999E12</v>
       </c>
       <c r="C471" s="2" t="n">
-        <v>1.72613748E12</v>
+        <v>1.7264019E12</v>
       </c>
       <c r="D471" s="2" t="n">
-        <v>1.72610118E12</v>
+        <v>1.72644252E12</v>
       </c>
       <c r="E471" s="2" t="n">
-        <v>3.648507E-10</v>
+        <v>3.839832E-10</v>
       </c>
       <c r="F471" s="2" t="n">
-        <v>3.714068E-10</v>
+        <v>3.839832E-10</v>
       </c>
       <c r="G471" s="2" t="n">
-        <v>3.620061E-10</v>
+        <v>3.481165E-10</v>
       </c>
       <c r="H471" s="2" t="n">
-        <v>3.714068E-10</v>
+        <v>3.508288E-10</v>
       </c>
       <c r="I471" s="2" t="n">
-        <v>3.75</v>
+        <v>2288.83</v>
       </c>
     </row>
     <row r="472">
       <c r="A472" s="2" t="n">
-        <v>1.7259696E12</v>
+        <v>1.7263152E12</v>
       </c>
       <c r="B472" s="2" t="n">
-        <v>1.726055999999E12</v>
+        <v>1.726401599999E12</v>
       </c>
       <c r="C472" s="2" t="n">
-        <v>1.72603818E12</v>
+        <v>1.72632876E12</v>
       </c>
       <c r="D472" s="2" t="n">
-        <v>1.7259723E12</v>
+        <v>1.72636182E12</v>
       </c>
       <c r="E472" s="2" t="n">
-        <v>3.633263E-10</v>
+        <v>3.856927E-10</v>
       </c>
       <c r="F472" s="2" t="n">
-        <v>3.651376E-10</v>
+        <v>3.870939E-10</v>
       </c>
       <c r="G472" s="2" t="n">
-        <v>3.633263E-10</v>
+        <v>3.839832E-10</v>
       </c>
       <c r="H472" s="2" t="n">
-        <v>3.648507E-10</v>
+        <v>3.839832E-10</v>
       </c>
       <c r="I472" s="2" t="n">
-        <v>18.52</v>
+        <v>12.11</v>
       </c>
     </row>
     <row r="473">
       <c r="A473" s="2" t="n">
-        <v>1.7258832E12</v>
+        <v>1.7262288E12</v>
       </c>
       <c r="B473" s="2" t="n">
-        <v>1.725969599999E12</v>
+        <v>1.726315199999E12</v>
       </c>
       <c r="C473" s="2" t="n">
-        <v>1.72596462E12</v>
+        <v>1.72629678E12</v>
       </c>
       <c r="D473" s="2" t="n">
-        <v>1.72588542E12</v>
+        <v>1.72622976E12</v>
       </c>
       <c r="E473" s="2" t="n">
-        <v>3.4676E-10</v>
+        <v>3.763315E-10</v>
       </c>
       <c r="F473" s="2" t="n">
-        <v>3.641997E-10</v>
+        <v>3.856927E-10</v>
       </c>
       <c r="G473" s="2" t="n">
-        <v>3.4676E-10</v>
+        <v>3.763315E-10</v>
       </c>
       <c r="H473" s="2" t="n">
-        <v>3.633263E-10</v>
+        <v>3.856927E-10</v>
       </c>
       <c r="I473" s="2" t="n">
-        <v>52.46</v>
+        <v>116.24</v>
       </c>
     </row>
     <row r="474">
       <c r="A474" s="2" t="n">
-        <v>1.7257968E12</v>
+        <v>1.7261424E12</v>
       </c>
       <c r="B474" s="2" t="n">
-        <v>1.725883199999E12</v>
+        <v>1.726228799999E12</v>
       </c>
       <c r="C474" s="2" t="n">
-        <v>1.72586856E12</v>
+        <v>1.72618062E12</v>
       </c>
       <c r="D474" s="2" t="n">
-        <v>1.72579878E12</v>
+        <v>1.72614282E12</v>
       </c>
       <c r="E474" s="2" t="n">
-        <v>3.441147E-10</v>
+        <v>3.714068E-10</v>
       </c>
       <c r="F474" s="2" t="n">
-        <v>3.4676E-10</v>
+        <v>3.81523E-10</v>
       </c>
       <c r="G474" s="2" t="n">
-        <v>3.441147E-10</v>
+        <v>3.714068E-10</v>
       </c>
       <c r="H474" s="2" t="n">
-        <v>3.4676E-10</v>
+        <v>3.763315E-10</v>
       </c>
       <c r="I474" s="2" t="n">
-        <v>10.17</v>
+        <v>80.77</v>
       </c>
     </row>
     <row r="475">
       <c r="A475" s="2" t="n">
-        <v>1.7257104E12</v>
+        <v>1.726056E12</v>
       </c>
       <c r="B475" s="2" t="n">
-        <v>1.725796799999E12</v>
+        <v>1.726142399999E12</v>
       </c>
       <c r="C475" s="2" t="n">
-        <v>1.72575876E12</v>
+        <v>1.72613748E12</v>
       </c>
       <c r="D475" s="2" t="n">
-        <v>1.72571226E12</v>
+        <v>1.72610118E12</v>
       </c>
       <c r="E475" s="2" t="n">
-        <v>3.38347E-10</v>
+        <v>3.648507E-10</v>
       </c>
       <c r="F475" s="2" t="n">
-        <v>3.461094E-10</v>
+        <v>3.714068E-10</v>
       </c>
       <c r="G475" s="2" t="n">
-        <v>3.38347E-10</v>
+        <v>3.620061E-10</v>
       </c>
       <c r="H475" s="2" t="n">
-        <v>3.441147E-10</v>
+        <v>3.714068E-10</v>
       </c>
       <c r="I475" s="2" t="n">
-        <v>158.84</v>
+        <v>3.75</v>
       </c>
     </row>
     <row r="476">
       <c r="A476" s="2" t="n">
-        <v>1.725624E12</v>
+        <v>1.7259696E12</v>
       </c>
       <c r="B476" s="2" t="n">
-        <v>1.725710399999E12</v>
+        <v>1.726055999999E12</v>
       </c>
       <c r="C476" s="2" t="n">
-        <v>1.72567272E12</v>
+        <v>1.72603818E12</v>
       </c>
       <c r="D476" s="2" t="n">
-        <v>1.72569516E12</v>
+        <v>1.7259723E12</v>
       </c>
       <c r="E476" s="2" t="n">
-        <v>3.537287E-10</v>
+        <v>3.633263E-10</v>
       </c>
       <c r="F476" s="2" t="n">
-        <v>3.565084E-10</v>
+        <v>3.651376E-10</v>
       </c>
       <c r="G476" s="2" t="n">
-        <v>3.38347E-10</v>
+        <v>3.633263E-10</v>
       </c>
       <c r="H476" s="2" t="n">
-        <v>3.38347E-10</v>
+        <v>3.648507E-10</v>
       </c>
       <c r="I476" s="2" t="n">
-        <v>117.42</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="477">
       <c r="A477" s="2" t="n">
-        <v>1.7255376E12</v>
+        <v>1.7258832E12</v>
       </c>
       <c r="B477" s="2" t="n">
-        <v>1.725623999999E12</v>
+        <v>1.725969599999E12</v>
       </c>
       <c r="C477" s="2" t="n">
-        <v>1.72553778E12</v>
+        <v>1.72596462E12</v>
       </c>
       <c r="D477" s="2" t="n">
-        <v>1.72558602E12</v>
+        <v>1.72588542E12</v>
       </c>
       <c r="E477" s="2" t="n">
-        <v>3.571676E-10</v>
+        <v>3.4676E-10</v>
       </c>
       <c r="F477" s="2" t="n">
-        <v>3.571676E-10</v>
+        <v>3.641997E-10</v>
       </c>
       <c r="G477" s="2" t="n">
-        <v>3.530186E-10</v>
+        <v>3.4676E-10</v>
       </c>
       <c r="H477" s="2" t="n">
-        <v>3.537287E-10</v>
+        <v>3.633263E-10</v>
       </c>
       <c r="I477" s="2" t="n">
-        <v>87.0</v>
+        <v>52.46</v>
       </c>
     </row>
     <row r="478">
       <c r="A478" s="2" t="n">
-        <v>1.7254512E12</v>
+        <v>1.7257968E12</v>
       </c>
       <c r="B478" s="2" t="n">
-        <v>1.725537599999E12</v>
+        <v>1.725883199999E12</v>
       </c>
       <c r="C478" s="2" t="n">
-        <v>1.7254512E12</v>
+        <v>1.72586856E12</v>
       </c>
       <c r="D478" s="2" t="n">
-        <v>1.72549074E12</v>
+        <v>1.72579878E12</v>
       </c>
       <c r="E478" s="2" t="n">
-        <v>3.656267E-10</v>
+        <v>3.441147E-10</v>
       </c>
       <c r="F478" s="2" t="n">
-        <v>3.656267E-10</v>
+        <v>3.4676E-10</v>
       </c>
       <c r="G478" s="2" t="n">
-        <v>3.47517E-10</v>
+        <v>3.441147E-10</v>
       </c>
       <c r="H478" s="2" t="n">
-        <v>3.571676E-10</v>
+        <v>3.4676E-10</v>
       </c>
       <c r="I478" s="2" t="n">
-        <v>169.12</v>
+        <v>10.17</v>
       </c>
     </row>
     <row r="479">
       <c r="A479" s="2" t="n">
-        <v>1.7253648E12</v>
+        <v>1.7257104E12</v>
       </c>
       <c r="B479" s="2" t="n">
-        <v>1.725451199999E12</v>
+        <v>1.725796799999E12</v>
       </c>
       <c r="C479" s="2" t="n">
-        <v>1.72539486E12</v>
+        <v>1.72575876E12</v>
       </c>
       <c r="D479" s="2" t="n">
-        <v>1.72536654E12</v>
+        <v>1.72571226E12</v>
       </c>
       <c r="E479" s="2" t="n">
-        <v>3.633837E-10</v>
+        <v>3.38347E-10</v>
       </c>
       <c r="F479" s="2" t="n">
-        <v>3.704047E-10</v>
+        <v>3.461094E-10</v>
       </c>
       <c r="G479" s="2" t="n">
-        <v>3.633837E-10</v>
+        <v>3.38347E-10</v>
       </c>
       <c r="H479" s="2" t="n">
-        <v>3.656267E-10</v>
+        <v>3.441147E-10</v>
       </c>
       <c r="I479" s="2" t="n">
-        <v>28.07</v>
+        <v>158.84</v>
       </c>
     </row>
     <row r="480">
       <c r="A480" s="2" t="n">
-        <v>1.7252784E12</v>
+        <v>1.725624E12</v>
       </c>
       <c r="B480" s="2" t="n">
-        <v>1.725364799999E12</v>
+        <v>1.725710399999E12</v>
       </c>
       <c r="C480" s="2" t="n">
-        <v>1.72535376E12</v>
+        <v>1.72567272E12</v>
       </c>
       <c r="D480" s="2" t="n">
-        <v>1.72528002E12</v>
+        <v>1.72569516E12</v>
       </c>
       <c r="E480" s="2" t="n">
-        <v>3.55204E-10</v>
+        <v>3.537287E-10</v>
       </c>
       <c r="F480" s="2" t="n">
-        <v>3.633837E-10</v>
+        <v>3.565084E-10</v>
       </c>
       <c r="G480" s="2" t="n">
-        <v>3.55204E-10</v>
+        <v>3.38347E-10</v>
       </c>
       <c r="H480" s="2" t="n">
-        <v>3.633837E-10</v>
+        <v>3.38347E-10</v>
       </c>
       <c r="I480" s="2" t="n">
-        <v>6.87</v>
+        <v>117.42</v>
       </c>
     </row>
     <row r="481">
       <c r="A481" s="2" t="n">
-        <v>1.725192E12</v>
+        <v>1.7255376E12</v>
       </c>
       <c r="B481" s="2" t="n">
-        <v>1.725278399999E12</v>
+        <v>1.725623999999E12</v>
       </c>
       <c r="C481" s="2" t="n">
-        <v>1.72519446E12</v>
+        <v>1.72553778E12</v>
       </c>
       <c r="D481" s="2" t="n">
-        <v>1.7252736E12</v>
+        <v>1.72558602E12</v>
       </c>
       <c r="E481" s="2" t="n">
-        <v>3.667511E-10</v>
+        <v>3.571676E-10</v>
       </c>
       <c r="F481" s="2" t="n">
-        <v>3.667511E-10</v>
+        <v>3.571676E-10</v>
       </c>
       <c r="G481" s="2" t="n">
-        <v>3.55204E-10</v>
+        <v>3.530186E-10</v>
       </c>
       <c r="H481" s="2" t="n">
-        <v>3.55204E-10</v>
+        <v>3.537287E-10</v>
       </c>
       <c r="I481" s="2" t="n">
-        <v>160.59</v>
+        <v>87.0</v>
       </c>
     </row>
     <row r="482">
       <c r="A482" s="2" t="n">
-        <v>1.7251056E12</v>
+        <v>1.7254512E12</v>
       </c>
       <c r="B482" s="2" t="n">
-        <v>1.725191999999E12</v>
+        <v>1.725537599999E12</v>
       </c>
       <c r="C482" s="2" t="n">
-        <v>1.7251554E12</v>
+        <v>1.7254512E12</v>
       </c>
       <c r="D482" s="2" t="n">
-        <v>1.72516968E12</v>
+        <v>1.72549074E12</v>
       </c>
       <c r="E482" s="2" t="n">
-        <v>3.675385E-10</v>
+        <v>3.656267E-10</v>
       </c>
       <c r="F482" s="2" t="n">
-        <v>3.694348E-10</v>
+        <v>3.656267E-10</v>
       </c>
       <c r="G482" s="2" t="n">
-        <v>3.667511E-10</v>
+        <v>3.47517E-10</v>
       </c>
       <c r="H482" s="2" t="n">
-        <v>3.667511E-10</v>
+        <v>3.571676E-10</v>
       </c>
       <c r="I482" s="2" t="n">
-        <v>68.1</v>
+        <v>169.12</v>
       </c>
     </row>
     <row r="483">
       <c r="A483" s="2" t="n">
-        <v>1.7250192E12</v>
+        <v>1.7253648E12</v>
       </c>
       <c r="B483" s="2" t="n">
-        <v>1.725105599999E12</v>
+        <v>1.725451199999E12</v>
       </c>
       <c r="C483" s="2" t="n">
-        <v>1.72507224E12</v>
+        <v>1.72539486E12</v>
       </c>
       <c r="D483" s="2" t="n">
-        <v>1.7250369E12</v>
+        <v>1.72536654E12</v>
       </c>
       <c r="E483" s="2" t="n">
-        <v>3.680704E-10</v>
+        <v>3.633837E-10</v>
       </c>
       <c r="F483" s="2" t="n">
-        <v>3.691711E-10</v>
+        <v>3.704047E-10</v>
       </c>
       <c r="G483" s="2" t="n">
-        <v>3.646236E-10</v>
+        <v>3.633837E-10</v>
       </c>
       <c r="H483" s="2" t="n">
-        <v>3.675385E-10</v>
+        <v>3.656267E-10</v>
       </c>
       <c r="I483" s="2" t="n">
-        <v>41.42</v>
+        <v>28.07</v>
       </c>
     </row>
     <row r="484">
       <c r="A484" s="2" t="n">
-        <v>1.7249328E12</v>
+        <v>1.7252784E12</v>
       </c>
       <c r="B484" s="2" t="n">
-        <v>1.725019199999E12</v>
+        <v>1.725364799999E12</v>
       </c>
       <c r="C484" s="2" t="n">
-        <v>1.72493568E12</v>
+        <v>1.72535376E12</v>
       </c>
       <c r="D484" s="2" t="n">
-        <v>1.72501506E12</v>
+        <v>1.72528002E12</v>
       </c>
       <c r="E484" s="2" t="n">
-        <v>3.682975E-10</v>
+        <v>3.55204E-10</v>
       </c>
       <c r="F484" s="2" t="n">
-        <v>3.682975E-10</v>
+        <v>3.633837E-10</v>
       </c>
       <c r="G484" s="2" t="n">
-        <v>3.680704E-10</v>
+        <v>3.55204E-10</v>
       </c>
       <c r="H484" s="2" t="n">
-        <v>3.680704E-10</v>
+        <v>3.633837E-10</v>
       </c>
       <c r="I484" s="2" t="n">
-        <v>21.45</v>
+        <v>6.87</v>
       </c>
     </row>
     <row r="485">
       <c r="A485" s="2" t="n">
-        <v>1.7248464E12</v>
+        <v>1.725192E12</v>
       </c>
       <c r="B485" s="2" t="n">
-        <v>1.724932799999E12</v>
+        <v>1.725278399999E12</v>
       </c>
       <c r="C485" s="2" t="n">
-        <v>1.7248491E12</v>
+        <v>1.72519446E12</v>
       </c>
       <c r="D485" s="2" t="n">
-        <v>1.72491468E12</v>
+        <v>1.7252736E12</v>
       </c>
       <c r="E485" s="2" t="n">
-        <v>4.081159E-10</v>
+        <v>3.667511E-10</v>
       </c>
       <c r="F485" s="2" t="n">
-        <v>4.081159E-10</v>
+        <v>3.667511E-10</v>
       </c>
       <c r="G485" s="2" t="n">
-        <v>3.65591E-10</v>
+        <v>3.55204E-10</v>
       </c>
       <c r="H485" s="2" t="n">
-        <v>3.682975E-10</v>
+        <v>3.55204E-10</v>
       </c>
       <c r="I485" s="2" t="n">
-        <v>1791.09</v>
+        <v>160.59</v>
       </c>
     </row>
     <row r="486">
       <c r="A486" s="2" t="n">
-        <v>1.72476E12</v>
+        <v>1.7251056E12</v>
       </c>
       <c r="B486" s="2" t="n">
-        <v>1.724846399999E12</v>
+        <v>1.725191999999E12</v>
       </c>
       <c r="C486" s="2" t="n">
-        <v>1.72481142E12</v>
+        <v>1.7251554E12</v>
       </c>
       <c r="D486" s="2" t="n">
-        <v>1.72476222E12</v>
+        <v>1.72516968E12</v>
       </c>
       <c r="E486" s="2" t="n">
-        <v>4.027981E-10</v>
+        <v>3.675385E-10</v>
       </c>
       <c r="F486" s="2" t="n">
-        <v>4.115421E-10</v>
+        <v>3.694348E-10</v>
       </c>
       <c r="G486" s="2" t="n">
-        <v>4.027981E-10</v>
+        <v>3.667511E-10</v>
       </c>
       <c r="H486" s="2" t="n">
-        <v>4.081159E-10</v>
+        <v>3.667511E-10</v>
       </c>
       <c r="I486" s="2" t="n">
-        <v>316.4</v>
+        <v>68.1</v>
       </c>
     </row>
     <row r="487">
       <c r="A487" s="2" t="n">
-        <v>1.7246736E12</v>
+        <v>1.7250192E12</v>
       </c>
       <c r="B487" s="2" t="n">
-        <v>1.724759999999E12</v>
+        <v>1.725105599999E12</v>
       </c>
       <c r="C487" s="2" t="n">
-        <v>1.72467486E12</v>
+        <v>1.72507224E12</v>
       </c>
       <c r="D487" s="2" t="n">
-        <v>1.72475436E12</v>
+        <v>1.7250369E12</v>
       </c>
       <c r="E487" s="2" t="n">
-        <v>4.209842E-10</v>
+        <v>3.680704E-10</v>
       </c>
       <c r="F487" s="2" t="n">
-        <v>4.209842E-10</v>
+        <v>3.691711E-10</v>
       </c>
       <c r="G487" s="2" t="n">
-        <v>4.027608E-10</v>
+        <v>3.646236E-10</v>
       </c>
       <c r="H487" s="2" t="n">
-        <v>4.027981E-10</v>
+        <v>3.675385E-10</v>
       </c>
       <c r="I487" s="2" t="n">
-        <v>32.42</v>
+        <v>41.42</v>
       </c>
     </row>
     <row r="488">
       <c r="A488" s="2" t="n">
-        <v>1.7245872E12</v>
+        <v>1.7249328E12</v>
       </c>
       <c r="B488" s="2" t="n">
-        <v>1.724673599999E12</v>
+        <v>1.725019199999E12</v>
       </c>
       <c r="C488" s="2" t="n">
-        <v>1.72459062E12</v>
+        <v>1.72493568E12</v>
       </c>
       <c r="D488" s="2" t="n">
-        <v>1.7246157E12</v>
+        <v>1.72501506E12</v>
       </c>
       <c r="E488" s="2" t="n">
-        <v>4.262739E-10</v>
+        <v>3.682975E-10</v>
       </c>
       <c r="F488" s="2" t="n">
-        <v>4.286258E-10</v>
+        <v>3.682975E-10</v>
       </c>
       <c r="G488" s="2" t="n">
-        <v>4.201234E-10</v>
+        <v>3.680704E-10</v>
       </c>
       <c r="H488" s="2" t="n">
-        <v>4.228918E-10</v>
+        <v>3.680704E-10</v>
       </c>
       <c r="I488" s="2" t="n">
-        <v>218.42</v>
+        <v>21.45</v>
       </c>
     </row>
     <row r="489">
       <c r="A489" s="2" t="n">
-        <v>1.7245008E12</v>
+        <v>1.7248464E12</v>
       </c>
       <c r="B489" s="2" t="n">
-        <v>1.724587199999E12</v>
+        <v>1.724932799999E12</v>
       </c>
       <c r="C489" s="2" t="n">
-        <v>1.72457118E12</v>
+        <v>1.7248491E12</v>
       </c>
       <c r="D489" s="2" t="n">
-        <v>1.7245185E12</v>
+        <v>1.72491468E12</v>
       </c>
       <c r="E489" s="2" t="n">
-        <v>4.294485E-10</v>
+        <v>4.081159E-10</v>
       </c>
       <c r="F489" s="2" t="n">
-        <v>4.33126E-10</v>
+        <v>4.081159E-10</v>
       </c>
       <c r="G489" s="2" t="n">
-        <v>4.218454E-10</v>
+        <v>3.65591E-10</v>
       </c>
       <c r="H489" s="2" t="n">
-        <v>4.262739E-10</v>
+        <v>3.682975E-10</v>
       </c>
       <c r="I489" s="2" t="n">
-        <v>170.63</v>
+        <v>1791.09</v>
       </c>
     </row>
     <row r="490">
       <c r="A490" s="2" t="n">
-        <v>1.7244144E12</v>
+        <v>1.72476E12</v>
       </c>
       <c r="B490" s="2" t="n">
-        <v>1.724500799999E12</v>
+        <v>1.724846399999E12</v>
       </c>
       <c r="C490" s="2" t="n">
-        <v>1.72446774E12</v>
+        <v>1.72481142E12</v>
       </c>
       <c r="D490" s="2" t="n">
-        <v>1.72447716E12</v>
+        <v>1.72476222E12</v>
       </c>
       <c r="E490" s="2" t="n">
-        <v>4.666953E-10</v>
+        <v>4.027981E-10</v>
       </c>
       <c r="F490" s="2" t="n">
-        <v>4.677081E-10</v>
+        <v>4.115421E-10</v>
       </c>
       <c r="G490" s="2" t="n">
-        <v>4.254816E-10</v>
+        <v>4.027981E-10</v>
       </c>
       <c r="H490" s="2" t="n">
-        <v>4.294485E-10</v>
+        <v>4.081159E-10</v>
       </c>
       <c r="I490" s="2" t="n">
-        <v>2495.08</v>
+        <v>316.4</v>
       </c>
     </row>
     <row r="491">
       <c r="A491" s="2" t="n">
-        <v>1.724328E12</v>
+        <v>1.7246736E12</v>
       </c>
       <c r="B491" s="2" t="n">
-        <v>1.724414399999E12</v>
+        <v>1.724759999999E12</v>
       </c>
       <c r="C491" s="2" t="n">
-        <v>1.72438086E12</v>
+        <v>1.72467486E12</v>
       </c>
       <c r="D491" s="2" t="n">
-        <v>1.72433028E12</v>
+        <v>1.72475436E12</v>
       </c>
       <c r="E491" s="2" t="n">
-        <v>4.553578E-10</v>
+        <v>4.209842E-10</v>
       </c>
       <c r="F491" s="2" t="n">
-        <v>4.712862E-10</v>
+        <v>4.209842E-10</v>
       </c>
       <c r="G491" s="2" t="n">
-        <v>4.553578E-10</v>
+        <v>4.027608E-10</v>
       </c>
       <c r="H491" s="2" t="n">
-        <v>4.666953E-10</v>
+        <v>4.027981E-10</v>
       </c>
       <c r="I491" s="2" t="n">
-        <v>60.68</v>
+        <v>32.42</v>
       </c>
     </row>
     <row r="492">
       <c r="A492" s="2" t="n">
-        <v>1.7242416E12</v>
+        <v>1.7245872E12</v>
       </c>
       <c r="B492" s="2" t="n">
-        <v>1.724327999999E12</v>
+        <v>1.724673599999E12</v>
       </c>
       <c r="C492" s="2" t="n">
-        <v>1.72424214E12</v>
+        <v>1.72459062E12</v>
       </c>
       <c r="D492" s="2" t="n">
-        <v>1.72430508E12</v>
+        <v>1.7246157E12</v>
       </c>
       <c r="E492" s="2" t="n">
-        <v>4.737682E-10</v>
+        <v>4.262739E-10</v>
       </c>
       <c r="F492" s="2" t="n">
-        <v>4.737682E-10</v>
+        <v>4.286258E-10</v>
       </c>
       <c r="G492" s="2" t="n">
-        <v>4.442056E-10</v>
+        <v>4.201234E-10</v>
       </c>
       <c r="H492" s="2" t="n">
-        <v>4.553578E-10</v>
+        <v>4.228918E-10</v>
       </c>
       <c r="I492" s="2" t="n">
-        <v>312.28</v>
+        <v>218.42</v>
       </c>
     </row>
     <row r="493">
       <c r="A493" s="2" t="n">
-        <v>1.7241552E12</v>
+        <v>1.7245008E12</v>
       </c>
       <c r="B493" s="2" t="n">
-        <v>1.724241599999E12</v>
+        <v>1.724587199999E12</v>
       </c>
       <c r="C493" s="2" t="n">
-        <v>1.72417632E12</v>
+        <v>1.72457118E12</v>
       </c>
       <c r="D493" s="2" t="n">
-        <v>1.72421952E12</v>
+        <v>1.7245185E12</v>
       </c>
       <c r="E493" s="2" t="n">
-        <v>5.131693E-10</v>
+        <v>4.294485E-10</v>
       </c>
       <c r="F493" s="2" t="n">
-        <v>5.259396E-10</v>
+        <v>4.33126E-10</v>
       </c>
       <c r="G493" s="2" t="n">
-        <v>4.737682E-10</v>
+        <v>4.218454E-10</v>
       </c>
       <c r="H493" s="2" t="n">
-        <v>4.737682E-10</v>
+        <v>4.262739E-10</v>
       </c>
       <c r="I493" s="2" t="n">
-        <v>3721.09</v>
+        <v>170.63</v>
       </c>
     </row>
     <row r="494">
       <c r="A494" s="2" t="n">
-        <v>1.7240688E12</v>
+        <v>1.7244144E12</v>
       </c>
       <c r="B494" s="2" t="n">
-        <v>1.724155199999E12</v>
+        <v>1.724500799999E12</v>
       </c>
       <c r="C494" s="2" t="n">
-        <v>1.72415154E12</v>
+        <v>1.72446774E12</v>
       </c>
       <c r="D494" s="2" t="n">
-        <v>1.72409004E12</v>
+        <v>1.72447716E12</v>
       </c>
       <c r="E494" s="2" t="n">
-        <v>4.972544E-10</v>
+        <v>4.666953E-10</v>
       </c>
       <c r="F494" s="2" t="n">
-        <v>5.131693E-10</v>
+        <v>4.677081E-10</v>
       </c>
       <c r="G494" s="2" t="n">
-        <v>4.910383E-10</v>
+        <v>4.254816E-10</v>
       </c>
       <c r="H494" s="2" t="n">
-        <v>5.131693E-10</v>
+        <v>4.294485E-10</v>
       </c>
       <c r="I494" s="2" t="n">
-        <v>32.91</v>
+        <v>2495.08</v>
       </c>
     </row>
     <row r="495">
       <c r="A495" s="2" t="n">
-        <v>1.7239824E12</v>
+        <v>1.724328E12</v>
       </c>
       <c r="B495" s="2" t="n">
-        <v>1.724068799999E12</v>
+        <v>1.724414399999E12</v>
       </c>
       <c r="C495" s="2" t="n">
-        <v>1.72398282E12</v>
+        <v>1.72438086E12</v>
       </c>
       <c r="D495" s="2" t="n">
-        <v>1.7240529E12</v>
+        <v>1.72433028E12</v>
       </c>
       <c r="E495" s="2" t="n">
-        <v>5.085771E-10</v>
+        <v>4.553578E-10</v>
       </c>
       <c r="F495" s="2" t="n">
-        <v>5.085771E-10</v>
+        <v>4.712862E-10</v>
       </c>
       <c r="G495" s="2" t="n">
-        <v>4.972544E-10</v>
+        <v>4.553578E-10</v>
       </c>
       <c r="H495" s="2" t="n">
-        <v>4.972544E-10</v>
+        <v>4.666953E-10</v>
       </c>
       <c r="I495" s="2" t="n">
-        <v>401.04</v>
+        <v>60.68</v>
       </c>
     </row>
     <row r="496">
       <c r="A496" s="2" t="n">
-        <v>1.723896E12</v>
+        <v>1.7242416E12</v>
       </c>
       <c r="B496" s="2" t="n">
-        <v>1.723982399999E12</v>
+        <v>1.724327999999E12</v>
       </c>
       <c r="C496" s="2" t="n">
-        <v>1.72397094E12</v>
+        <v>1.72424214E12</v>
       </c>
       <c r="D496" s="2" t="n">
-        <v>1.72389654E12</v>
+        <v>1.72430508E12</v>
       </c>
       <c r="E496" s="2" t="n">
-        <v>4.823598E-10</v>
+        <v>4.737682E-10</v>
       </c>
       <c r="F496" s="2" t="n">
-        <v>5.085771E-10</v>
+        <v>4.737682E-10</v>
       </c>
       <c r="G496" s="2" t="n">
-        <v>4.823598E-10</v>
+        <v>4.442056E-10</v>
       </c>
       <c r="H496" s="2" t="n">
-        <v>5.085771E-10</v>
+        <v>4.553578E-10</v>
       </c>
       <c r="I496" s="2" t="n">
-        <v>29.72</v>
+        <v>312.28</v>
       </c>
     </row>
     <row r="497">
       <c r="A497" s="2" t="n">
-        <v>1.7238096E12</v>
+        <v>1.7241552E12</v>
       </c>
       <c r="B497" s="2" t="n">
-        <v>1.723895999999E12</v>
+        <v>1.724241599999E12</v>
       </c>
       <c r="C497" s="2" t="n">
-        <v>1.723851E12</v>
+        <v>1.72417632E12</v>
       </c>
       <c r="D497" s="2" t="n">
-        <v>1.72385544E12</v>
+        <v>1.72421952E12</v>
       </c>
       <c r="E497" s="2" t="n">
-        <v>4.856766E-10</v>
+        <v>5.131693E-10</v>
       </c>
       <c r="F497" s="2" t="n">
-        <v>4.864095E-10</v>
+        <v>5.259396E-10</v>
       </c>
       <c r="G497" s="2" t="n">
-        <v>4.767818E-10</v>
+        <v>4.737682E-10</v>
       </c>
       <c r="H497" s="2" t="n">
-        <v>4.823598E-10</v>
+        <v>4.737682E-10</v>
       </c>
       <c r="I497" s="2" t="n">
-        <v>87.15</v>
+        <v>3721.09</v>
       </c>
     </row>
     <row r="498">
       <c r="A498" s="2" t="n">
-        <v>1.7237232E12</v>
+        <v>1.7240688E12</v>
       </c>
       <c r="B498" s="2" t="n">
-        <v>1.723809599999E12</v>
+        <v>1.724155199999E12</v>
       </c>
       <c r="C498" s="2" t="n">
-        <v>1.723725E12</v>
+        <v>1.72415154E12</v>
       </c>
       <c r="D498" s="2" t="n">
-        <v>1.72373316E12</v>
+        <v>1.72409004E12</v>
       </c>
       <c r="E498" s="2" t="n">
-        <v>4.865495E-10</v>
+        <v>4.972544E-10</v>
       </c>
       <c r="F498" s="2" t="n">
-        <v>4.865495E-10</v>
+        <v>5.131693E-10</v>
       </c>
       <c r="G498" s="2" t="n">
-        <v>4.856766E-10</v>
+        <v>4.910383E-10</v>
       </c>
       <c r="H498" s="2" t="n">
-        <v>4.856766E-10</v>
+        <v>5.131693E-10</v>
       </c>
       <c r="I498" s="2" t="n">
-        <v>3.68</v>
+        <v>32.91</v>
       </c>
     </row>
     <row r="499">
       <c r="A499" s="2" t="n">
-        <v>1.7236368E12</v>
+        <v>1.7239824E12</v>
       </c>
       <c r="B499" s="2" t="n">
-        <v>1.723723199999E12</v>
+        <v>1.724068799999E12</v>
       </c>
       <c r="C499" s="2" t="n">
-        <v>1.72366326E12</v>
+        <v>1.72398282E12</v>
       </c>
       <c r="D499" s="2" t="n">
-        <v>1.72370232E12</v>
+        <v>1.7240529E12</v>
       </c>
       <c r="E499" s="2" t="n">
-        <v>5.585351E-10</v>
+        <v>5.085771E-10</v>
       </c>
       <c r="F499" s="2" t="n">
-        <v>5.634399E-10</v>
+        <v>5.085771E-10</v>
       </c>
       <c r="G499" s="2" t="n">
-        <v>4.86459E-10</v>
+        <v>4.972544E-10</v>
       </c>
       <c r="H499" s="2" t="n">
-        <v>4.865495E-10</v>
+        <v>4.972544E-10</v>
       </c>
       <c r="I499" s="2" t="n">
-        <v>3716.15</v>
+        <v>401.04</v>
       </c>
     </row>
     <row r="500">
       <c r="A500" s="2" t="n">
-        <v>1.7235504E12</v>
+        <v>1.723896E12</v>
       </c>
       <c r="B500" s="2" t="n">
-        <v>1.723636799999E12</v>
+        <v>1.723982399999E12</v>
       </c>
       <c r="C500" s="2" t="n">
-        <v>1.72361874E12</v>
+        <v>1.72397094E12</v>
       </c>
       <c r="D500" s="2" t="n">
-        <v>1.72355166E12</v>
+        <v>1.72389654E12</v>
       </c>
       <c r="E500" s="2" t="n">
-        <v>5.386992E-10</v>
+        <v>4.823598E-10</v>
       </c>
       <c r="F500" s="2" t="n">
-        <v>5.585351E-10</v>
+        <v>5.085771E-10</v>
       </c>
       <c r="G500" s="2" t="n">
-        <v>5.386992E-10</v>
+        <v>4.823598E-10</v>
       </c>
       <c r="H500" s="2" t="n">
-        <v>5.585351E-10</v>
+        <v>5.085771E-10</v>
       </c>
       <c r="I500" s="2" t="n">
-        <v>335.3</v>
+        <v>29.72</v>
       </c>
     </row>
     <row r="501">
       <c r="A501" s="2" t="n">
-        <v>1.723464E12</v>
+        <v>1.7238096E12</v>
       </c>
       <c r="B501" s="2" t="n">
-        <v>1.723550399999E12</v>
+        <v>1.723895999999E12</v>
       </c>
       <c r="C501" s="2" t="n">
-        <v>1.7235027E12</v>
+        <v>1.723851E12</v>
       </c>
       <c r="D501" s="2" t="n">
-        <v>1.72346706E12</v>
+        <v>1.72385544E12</v>
       </c>
       <c r="E501" s="2" t="n">
-        <v>5.337698E-10</v>
+        <v>4.856766E-10</v>
       </c>
       <c r="F501" s="2" t="n">
-        <v>5.39757E-10</v>
+        <v>4.864095E-10</v>
       </c>
       <c r="G501" s="2" t="n">
-        <v>5.337698E-10</v>
+        <v>4.767818E-10</v>
       </c>
       <c r="H501" s="2" t="n">
-        <v>5.386992E-10</v>
+        <v>4.823598E-10</v>
       </c>
       <c r="I501" s="2" t="n">
-        <v>19.66</v>
+        <v>87.15</v>
       </c>
     </row>
     <row r="502">
       <c r="A502" s="2" t="n">
-        <v>1.7233776E12</v>
+        <v>1.7237232E12</v>
       </c>
       <c r="B502" s="2" t="n">
-        <v>1.723463999999E12</v>
+        <v>1.723809599999E12</v>
       </c>
       <c r="C502" s="2" t="n">
-        <v>1.72339554E12</v>
+        <v>1.723725E12</v>
       </c>
       <c r="D502" s="2" t="n">
-        <v>1.72346352E12</v>
+        <v>1.72373316E12</v>
       </c>
       <c r="E502" s="2" t="n">
-        <v>5.470572E-10</v>
+        <v>4.865495E-10</v>
       </c>
       <c r="F502" s="2" t="n">
-        <v>5.635839E-10</v>
+        <v>4.865495E-10</v>
       </c>
       <c r="G502" s="2" t="n">
-        <v>5.337698E-10</v>
+        <v>4.856766E-10</v>
       </c>
       <c r="H502" s="2" t="n">
-        <v>5.337698E-10</v>
+        <v>4.856766E-10</v>
       </c>
       <c r="I502" s="2" t="n">
-        <v>304.21</v>
+        <v>3.68</v>
       </c>
     </row>
     <row r="503">
       <c r="A503" s="2" t="n">
-        <v>1.7232912E12</v>
+        <v>1.7236368E12</v>
       </c>
       <c r="B503" s="2" t="n">
-        <v>1.723377599999E12</v>
+        <v>1.723723199999E12</v>
       </c>
       <c r="C503" s="2" t="n">
-        <v>1.72332654E12</v>
+        <v>1.72366326E12</v>
       </c>
       <c r="D503" s="2" t="n">
-        <v>1.72329306E12</v>
+        <v>1.72370232E12</v>
       </c>
       <c r="E503" s="2" t="n">
-        <v>5.406542E-10</v>
+        <v>5.585351E-10</v>
       </c>
       <c r="F503" s="2" t="n">
-        <v>5.470572E-10</v>
+        <v>5.634399E-10</v>
       </c>
       <c r="G503" s="2" t="n">
-        <v>5.406542E-10</v>
+        <v>4.86459E-10</v>
       </c>
       <c r="H503" s="2" t="n">
-        <v>5.470572E-10</v>
+        <v>4.865495E-10</v>
       </c>
       <c r="I503" s="2" t="n">
-        <v>59.98</v>
+        <v>3716.15</v>
       </c>
     </row>
     <row r="504">
       <c r="A504" s="2" t="n">
-        <v>1.7232048E12</v>
+        <v>1.7235504E12</v>
       </c>
       <c r="B504" s="2" t="n">
-        <v>1.723291199999E12</v>
+        <v>1.723636799999E12</v>
       </c>
       <c r="C504" s="2" t="n">
-        <v>1.7232078E12</v>
+        <v>1.72361874E12</v>
       </c>
       <c r="D504" s="2" t="n">
-        <v>1.72326738E12</v>
+        <v>1.72355166E12</v>
       </c>
       <c r="E504" s="2" t="n">
-        <v>5.40527E-10</v>
+        <v>5.386992E-10</v>
       </c>
       <c r="F504" s="2" t="n">
-        <v>5.51219E-10</v>
+        <v>5.585351E-10</v>
       </c>
       <c r="G504" s="2" t="n">
-        <v>5.40384E-10</v>
+        <v>5.386992E-10</v>
       </c>
       <c r="H504" s="2" t="n">
-        <v>5.406542E-10</v>
+        <v>5.585351E-10</v>
       </c>
       <c r="I504" s="2" t="n">
-        <v>126.65</v>
+        <v>335.3</v>
       </c>
     </row>
     <row r="505">
       <c r="A505" s="2" t="n">
-        <v>1.7231184E12</v>
+        <v>1.723464E12</v>
       </c>
       <c r="B505" s="2" t="n">
-        <v>1.723204799999E12</v>
+        <v>1.723550399999E12</v>
       </c>
       <c r="C505" s="2" t="n">
-        <v>1.72319676E12</v>
+        <v>1.7235027E12</v>
       </c>
       <c r="D505" s="2" t="n">
-        <v>1.72314324E12</v>
+        <v>1.72346706E12</v>
       </c>
       <c r="E505" s="2" t="n">
-        <v>5.20021E-10</v>
+        <v>5.337698E-10</v>
       </c>
       <c r="F505" s="2" t="n">
-        <v>5.40527E-10</v>
+        <v>5.39757E-10</v>
       </c>
       <c r="G505" s="2" t="n">
-        <v>5.192482E-10</v>
+        <v>5.337698E-10</v>
       </c>
       <c r="H505" s="2" t="n">
-        <v>5.40527E-10</v>
+        <v>5.386992E-10</v>
       </c>
       <c r="I505" s="2" t="n">
-        <v>193.29</v>
+        <v>19.66</v>
       </c>
     </row>
     <row r="506">
       <c r="A506" s="2" t="n">
-        <v>1.723032E12</v>
+        <v>1.7233776E12</v>
       </c>
       <c r="B506" s="2" t="n">
-        <v>1.723118399999E12</v>
+        <v>1.723463999999E12</v>
       </c>
       <c r="C506" s="2" t="n">
-        <v>1.72305342E12</v>
+        <v>1.72339554E12</v>
       </c>
       <c r="D506" s="2" t="n">
-        <v>1.72303254E12</v>
+        <v>1.72346352E12</v>
       </c>
       <c r="E506" s="2" t="n">
-        <v>5.169962E-10</v>
+        <v>5.470572E-10</v>
       </c>
       <c r="F506" s="2" t="n">
-        <v>5.250037E-10</v>
+        <v>5.635839E-10</v>
       </c>
       <c r="G506" s="2" t="n">
-        <v>5.169962E-10</v>
+        <v>5.337698E-10</v>
       </c>
       <c r="H506" s="2" t="n">
-        <v>5.20021E-10</v>
+        <v>5.337698E-10</v>
       </c>
       <c r="I506" s="2" t="n">
-        <v>10.27</v>
+        <v>304.21</v>
       </c>
     </row>
     <row r="507">
       <c r="A507" s="2" t="n">
-        <v>1.7229456E12</v>
+        <v>1.7232912E12</v>
       </c>
       <c r="B507" s="2" t="n">
-        <v>1.723031999999E12</v>
+        <v>1.723377599999E12</v>
       </c>
       <c r="C507" s="2" t="n">
-        <v>1.72297068E12</v>
+        <v>1.72332654E12</v>
       </c>
       <c r="D507" s="2" t="n">
-        <v>1.72294626E12</v>
+        <v>1.72329306E12</v>
       </c>
       <c r="E507" s="2" t="n">
-        <v>4.883301E-10</v>
+        <v>5.406542E-10</v>
       </c>
       <c r="F507" s="2" t="n">
-        <v>5.195188E-10</v>
+        <v>5.470572E-10</v>
       </c>
       <c r="G507" s="2" t="n">
-        <v>4.883301E-10</v>
+        <v>5.406542E-10</v>
       </c>
       <c r="H507" s="2" t="n">
-        <v>5.169962E-10</v>
+        <v>5.470572E-10</v>
       </c>
       <c r="I507" s="2" t="n">
-        <v>49.94</v>
+        <v>59.98</v>
       </c>
     </row>
     <row r="508">
       <c r="A508" s="2" t="n">
-        <v>1.7228592E12</v>
+        <v>1.7232048E12</v>
       </c>
       <c r="B508" s="2" t="n">
-        <v>1.722945599999E12</v>
+        <v>1.723291199999E12</v>
       </c>
       <c r="C508" s="2" t="n">
-        <v>1.72286256E12</v>
+        <v>1.7232078E12</v>
       </c>
       <c r="D508" s="2" t="n">
-        <v>1.72288398E12</v>
+        <v>1.72326738E12</v>
       </c>
       <c r="E508" s="2" t="n">
-        <v>5.289512E-10</v>
+        <v>5.40527E-10</v>
       </c>
       <c r="F508" s="2" t="n">
-        <v>5.289512E-10</v>
+        <v>5.51219E-10</v>
       </c>
       <c r="G508" s="2" t="n">
-        <v>4.321113E-10</v>
+        <v>5.40384E-10</v>
       </c>
       <c r="H508" s="2" t="n">
-        <v>4.883301E-10</v>
+        <v>5.406542E-10</v>
       </c>
       <c r="I508" s="2" t="n">
-        <v>567.08</v>
+        <v>126.65</v>
       </c>
     </row>
     <row r="509">
       <c r="A509" s="2" t="n">
-        <v>1.7227728E12</v>
+        <v>1.7231184E12</v>
       </c>
       <c r="B509" s="2" t="n">
-        <v>1.722859199999E12</v>
+        <v>1.723204799999E12</v>
       </c>
       <c r="C509" s="2" t="n">
-        <v>1.72277574E12</v>
+        <v>1.72319676E12</v>
       </c>
       <c r="D509" s="2" t="n">
-        <v>1.7228424E12</v>
+        <v>1.72314324E12</v>
       </c>
       <c r="E509" s="2" t="n">
-        <v>6.693229E-10</v>
+        <v>5.20021E-10</v>
       </c>
       <c r="F509" s="2" t="n">
-        <v>6.693229E-10</v>
+        <v>5.40527E-10</v>
       </c>
       <c r="G509" s="2" t="n">
-        <v>5.277901E-10</v>
+        <v>5.192482E-10</v>
       </c>
       <c r="H509" s="2" t="n">
-        <v>5.289512E-10</v>
+        <v>5.40527E-10</v>
       </c>
       <c r="I509" s="2" t="n">
-        <v>5155.25</v>
+        <v>193.29</v>
       </c>
     </row>
     <row r="510">
       <c r="A510" s="2" t="n">
-        <v>1.7226864E12</v>
+        <v>1.723032E12</v>
       </c>
       <c r="B510" s="2" t="n">
-        <v>1.722772799999E12</v>
+        <v>1.723118399999E12</v>
       </c>
       <c r="C510" s="2" t="n">
-        <v>1.7226864E12</v>
+        <v>1.72305342E12</v>
       </c>
       <c r="D510" s="2" t="n">
-        <v>1.72276698E12</v>
+        <v>1.72303254E12</v>
       </c>
       <c r="E510" s="2" t="n">
-        <v>6.999501E-10</v>
+        <v>5.169962E-10</v>
       </c>
       <c r="F510" s="2" t="n">
-        <v>6.999501E-10</v>
+        <v>5.250037E-10</v>
       </c>
       <c r="G510" s="2" t="n">
-        <v>6.651839E-10</v>
+        <v>5.169962E-10</v>
       </c>
       <c r="H510" s="2" t="n">
-        <v>6.693229E-10</v>
+        <v>5.20021E-10</v>
       </c>
       <c r="I510" s="2" t="n">
-        <v>116.29</v>
+        <v>10.27</v>
       </c>
     </row>
     <row r="511">
       <c r="A511" s="2" t="n">
-        <v>1.7226E12</v>
+        <v>1.7229456E12</v>
       </c>
       <c r="B511" s="2" t="n">
-        <v>1.722686399999E12</v>
+        <v>1.723031999999E12</v>
       </c>
       <c r="C511" s="2" t="n">
-        <v>1.72263168E12</v>
+        <v>1.72297068E12</v>
       </c>
       <c r="D511" s="2" t="n">
-        <v>1.72267068E12</v>
+        <v>1.72294626E12</v>
       </c>
       <c r="E511" s="2" t="n">
-        <v>7.037241E-10</v>
+        <v>4.883301E-10</v>
       </c>
       <c r="F511" s="2" t="n">
-        <v>7.21911E-10</v>
+        <v>5.195188E-10</v>
       </c>
       <c r="G511" s="2" t="n">
-        <v>6.999501E-10</v>
+        <v>4.883301E-10</v>
       </c>
       <c r="H511" s="2" t="n">
-        <v>6.999501E-10</v>
+        <v>5.169962E-10</v>
       </c>
       <c r="I511" s="2" t="n">
-        <v>111.12</v>
+        <v>49.94</v>
       </c>
     </row>
     <row r="512">
       <c r="A512" s="2" t="n">
-        <v>1.7225136E12</v>
+        <v>1.7228592E12</v>
       </c>
       <c r="B512" s="2" t="n">
-        <v>1.722599999999E12</v>
+        <v>1.722945599999E12</v>
       </c>
       <c r="C512" s="2" t="n">
-        <v>1.72251708E12</v>
+        <v>1.72286256E12</v>
       </c>
       <c r="D512" s="2" t="n">
-        <v>1.72257648E12</v>
+        <v>1.72288398E12</v>
       </c>
       <c r="E512" s="2" t="n">
-        <v>7.561545E-10</v>
+        <v>5.289512E-10</v>
       </c>
       <c r="F512" s="2" t="n">
-        <v>7.561545E-10</v>
+        <v>5.289512E-10</v>
       </c>
       <c r="G512" s="2" t="n">
-        <v>7.037241E-10</v>
+        <v>4.321113E-10</v>
       </c>
       <c r="H512" s="2" t="n">
-        <v>7.037241E-10</v>
+        <v>4.883301E-10</v>
       </c>
       <c r="I512" s="2" t="n">
-        <v>438.37</v>
+        <v>567.08</v>
       </c>
     </row>
     <row r="513">
       <c r="A513" s="2" t="n">
-        <v>1.7224272E12</v>
+        <v>1.7227728E12</v>
       </c>
       <c r="B513" s="2" t="n">
-        <v>1.722513599999E12</v>
+        <v>1.722859199999E12</v>
       </c>
       <c r="C513" s="2" t="n">
-        <v>1.72249194E12</v>
+        <v>1.72277574E12</v>
       </c>
       <c r="D513" s="2" t="n">
-        <v>1.72242888E12</v>
+        <v>1.7228424E12</v>
       </c>
       <c r="E513" s="2" t="n">
-        <v>7.401902E-10</v>
+        <v>6.693229E-10</v>
       </c>
       <c r="F513" s="2" t="n">
-        <v>7.561545E-10</v>
+        <v>6.693229E-10</v>
       </c>
       <c r="G513" s="2" t="n">
-        <v>7.401902E-10</v>
+        <v>5.277901E-10</v>
       </c>
       <c r="H513" s="2" t="n">
-        <v>7.561545E-10</v>
+        <v>5.289512E-10</v>
       </c>
       <c r="I513" s="2" t="n">
-        <v>69.07</v>
+        <v>5155.25</v>
       </c>
     </row>
     <row r="514">
       <c r="A514" s="2" t="n">
-        <v>1.7223408E12</v>
+        <v>1.7226864E12</v>
       </c>
       <c r="B514" s="2" t="n">
-        <v>1.722427199999E12</v>
+        <v>1.722772799999E12</v>
       </c>
       <c r="C514" s="2" t="n">
-        <v>1.72242246E12</v>
+        <v>1.7226864E12</v>
       </c>
       <c r="D514" s="2" t="n">
-        <v>1.72239312E12</v>
+        <v>1.72276698E12</v>
       </c>
       <c r="E514" s="2" t="n">
-        <v>7.383473E-10</v>
+        <v>6.999501E-10</v>
       </c>
       <c r="F514" s="2" t="n">
-        <v>7.401902E-10</v>
+        <v>6.999501E-10</v>
       </c>
       <c r="G514" s="2" t="n">
-        <v>7.326408E-10</v>
+        <v>6.651839E-10</v>
       </c>
       <c r="H514" s="2" t="n">
-        <v>7.401902E-10</v>
+        <v>6.693229E-10</v>
       </c>
       <c r="I514" s="2" t="n">
-        <v>181.33</v>
+        <v>116.29</v>
       </c>
     </row>
     <row r="515">
       <c r="A515" s="2" t="n">
-        <v>1.7222544E12</v>
+        <v>1.7226E12</v>
       </c>
       <c r="B515" s="2" t="n">
-        <v>1.722340799999E12</v>
+        <v>1.722686399999E12</v>
       </c>
       <c r="C515" s="2" t="n">
-        <v>1.72229712E12</v>
+        <v>1.72263168E12</v>
       </c>
       <c r="D515" s="2" t="n">
-        <v>1.72231902E12</v>
+        <v>1.72267068E12</v>
       </c>
       <c r="E515" s="2" t="n">
-        <v>7.484655E-10</v>
+        <v>7.037241E-10</v>
       </c>
       <c r="F515" s="2" t="n">
-        <v>7.602205E-10</v>
+        <v>7.21911E-10</v>
       </c>
       <c r="G515" s="2" t="n">
-        <v>7.383473E-10</v>
+        <v>6.999501E-10</v>
       </c>
       <c r="H515" s="2" t="n">
-        <v>7.383473E-10</v>
+        <v>6.999501E-10</v>
       </c>
       <c r="I515" s="2" t="n">
-        <v>13.39</v>
+        <v>111.12</v>
       </c>
     </row>
     <row r="516">
       <c r="A516" s="2" t="n">
-        <v>1.722168E12</v>
+        <v>1.7225136E12</v>
       </c>
       <c r="B516" s="2" t="n">
-        <v>1.722254399999E12</v>
+        <v>1.722599999999E12</v>
       </c>
       <c r="C516" s="2" t="n">
-        <v>1.72223994E12</v>
+        <v>1.72251708E12</v>
       </c>
       <c r="D516" s="2" t="n">
-        <v>1.72219986E12</v>
+        <v>1.72257648E12</v>
       </c>
       <c r="E516" s="2" t="n">
-        <v>7.46531E-10</v>
+        <v>7.561545E-10</v>
       </c>
       <c r="F516" s="2" t="n">
-        <v>7.484655E-10</v>
+        <v>7.561545E-10</v>
       </c>
       <c r="G516" s="2" t="n">
-        <v>7.391312E-10</v>
+        <v>7.037241E-10</v>
       </c>
       <c r="H516" s="2" t="n">
-        <v>7.484655E-10</v>
+        <v>7.037241E-10</v>
       </c>
       <c r="I516" s="2" t="n">
-        <v>164.42</v>
+        <v>438.37</v>
       </c>
     </row>
     <row r="517">
       <c r="A517" s="2" t="n">
-        <v>1.7220816E12</v>
+        <v>1.7224272E12</v>
       </c>
       <c r="B517" s="2" t="n">
-        <v>1.722167999999E12</v>
+        <v>1.722513599999E12</v>
       </c>
       <c r="C517" s="2" t="n">
-        <v>1.72212042E12</v>
+        <v>1.72249194E12</v>
       </c>
       <c r="D517" s="2" t="n">
-        <v>1.72208352E12</v>
+        <v>1.72242888E12</v>
       </c>
       <c r="E517" s="2" t="n">
-        <v>7.416888E-10</v>
+        <v>7.401902E-10</v>
       </c>
       <c r="F517" s="2" t="n">
-        <v>7.513245E-10</v>
+        <v>7.561545E-10</v>
       </c>
       <c r="G517" s="2" t="n">
-        <v>7.416888E-10</v>
+        <v>7.401902E-10</v>
       </c>
       <c r="H517" s="2" t="n">
-        <v>7.46531E-10</v>
+        <v>7.561545E-10</v>
       </c>
       <c r="I517" s="2" t="n">
-        <v>72.27</v>
+        <v>69.07</v>
       </c>
     </row>
     <row r="518">
       <c r="A518" s="2" t="n">
-        <v>1.7219952E12</v>
+        <v>1.7223408E12</v>
       </c>
       <c r="B518" s="2" t="n">
-        <v>1.722081599999E12</v>
+        <v>1.722427199999E12</v>
       </c>
       <c r="C518" s="2" t="n">
-        <v>1.7220813E12</v>
+        <v>1.72242246E12</v>
       </c>
       <c r="D518" s="2" t="n">
-        <v>1.72199586E12</v>
+        <v>1.72239312E12</v>
       </c>
       <c r="E518" s="2" t="n">
-        <v>7.297793E-10</v>
+        <v>7.383473E-10</v>
       </c>
       <c r="F518" s="2" t="n">
-        <v>7.416888E-10</v>
+        <v>7.401902E-10</v>
       </c>
       <c r="G518" s="2" t="n">
-        <v>7.297793E-10</v>
+        <v>7.326408E-10</v>
       </c>
       <c r="H518" s="2" t="n">
-        <v>7.416888E-10</v>
+        <v>7.401902E-10</v>
       </c>
       <c r="I518" s="2" t="n">
-        <v>151.85</v>
+        <v>181.33</v>
       </c>
     </row>
     <row r="519">
       <c r="A519" s="2" t="n">
-        <v>1.7219088E12</v>
+        <v>1.7222544E12</v>
       </c>
       <c r="B519" s="2" t="n">
-        <v>1.721995199999E12</v>
+        <v>1.722340799999E12</v>
       </c>
       <c r="C519" s="2" t="n">
-        <v>1.72191216E12</v>
+        <v>1.72229712E12</v>
       </c>
       <c r="D519" s="2" t="n">
-        <v>1.72194792E12</v>
+        <v>1.72231902E12</v>
       </c>
       <c r="E519" s="2" t="n">
-        <v>7.389002E-10</v>
+        <v>7.484655E-10</v>
       </c>
       <c r="F519" s="2" t="n">
-        <v>7.389002E-10</v>
+        <v>7.602205E-10</v>
       </c>
       <c r="G519" s="2" t="n">
-        <v>7.142463E-10</v>
+        <v>7.383473E-10</v>
       </c>
       <c r="H519" s="2" t="n">
-        <v>7.297793E-10</v>
+        <v>7.383473E-10</v>
       </c>
       <c r="I519" s="2" t="n">
-        <v>63.83</v>
+        <v>13.39</v>
       </c>
     </row>
     <row r="520">
       <c r="A520" s="2" t="n">
-        <v>1.7218224E12</v>
+        <v>1.722168E12</v>
       </c>
       <c r="B520" s="2" t="n">
-        <v>1.721908799999E12</v>
+        <v>1.722254399999E12</v>
       </c>
       <c r="C520" s="2" t="n">
-        <v>1.72185468E12</v>
+        <v>1.72223994E12</v>
       </c>
       <c r="D520" s="2" t="n">
-        <v>1.72189422E12</v>
+        <v>1.72219986E12</v>
       </c>
       <c r="E520" s="2" t="n">
-        <v>7.409802E-10</v>
+        <v>7.46531E-10</v>
       </c>
       <c r="F520" s="2" t="n">
-        <v>7.47597E-10</v>
+        <v>7.484655E-10</v>
       </c>
       <c r="G520" s="2" t="n">
-        <v>7.389002E-10</v>
+        <v>7.391312E-10</v>
       </c>
       <c r="H520" s="2" t="n">
-        <v>7.389002E-10</v>
+        <v>7.484655E-10</v>
       </c>
       <c r="I520" s="2" t="n">
-        <v>288.84</v>
+        <v>164.42</v>
       </c>
     </row>
     <row r="521">
       <c r="A521" s="2" t="n">
-        <v>1.721736E12</v>
+        <v>1.7220816E12</v>
       </c>
       <c r="B521" s="2" t="n">
-        <v>1.721822399999E12</v>
+        <v>1.722167999999E12</v>
       </c>
       <c r="C521" s="2" t="n">
-        <v>1.72173726E12</v>
+        <v>1.72212042E12</v>
       </c>
       <c r="D521" s="2" t="n">
-        <v>1.72175754E12</v>
+        <v>1.72208352E12</v>
       </c>
       <c r="E521" s="2" t="n">
-        <v>7.534645E-10</v>
+        <v>7.416888E-10</v>
       </c>
       <c r="F521" s="2" t="n">
-        <v>7.534645E-10</v>
+        <v>7.513245E-10</v>
       </c>
       <c r="G521" s="2" t="n">
-        <v>7.327828E-10</v>
+        <v>7.416888E-10</v>
       </c>
       <c r="H521" s="2" t="n">
-        <v>7.409802E-10</v>
+        <v>7.46531E-10</v>
       </c>
       <c r="I521" s="2" t="n">
-        <v>185.65</v>
+        <v>72.27</v>
       </c>
     </row>
     <row r="522">
       <c r="A522" s="2" t="n">
-        <v>1.7216496E12</v>
+        <v>1.7219952E12</v>
       </c>
       <c r="B522" s="2" t="n">
-        <v>1.721735999999E12</v>
+        <v>1.722081599999E12</v>
       </c>
       <c r="C522" s="2" t="n">
-        <v>1.72165278E12</v>
+        <v>1.7220813E12</v>
       </c>
       <c r="D522" s="2" t="n">
-        <v>1.72170336E12</v>
+        <v>1.72199586E12</v>
       </c>
       <c r="E522" s="2" t="n">
-        <v>7.633728E-10</v>
+        <v>7.297793E-10</v>
       </c>
       <c r="F522" s="2" t="n">
-        <v>7.633728E-10</v>
+        <v>7.416888E-10</v>
       </c>
       <c r="G522" s="2" t="n">
-        <v>7.469469E-10</v>
+        <v>7.297793E-10</v>
       </c>
       <c r="H522" s="2" t="n">
-        <v>7.534645E-10</v>
+        <v>7.416888E-10</v>
       </c>
       <c r="I522" s="2" t="n">
-        <v>444.1</v>
+        <v>151.85</v>
       </c>
     </row>
     <row r="523">
       <c r="A523" s="2" t="n">
-        <v>1.7215632E12</v>
+        <v>1.7219088E12</v>
       </c>
       <c r="B523" s="2" t="n">
-        <v>1.721649599999E12</v>
+        <v>1.721995199999E12</v>
       </c>
       <c r="C523" s="2" t="n">
-        <v>1.72156464E12</v>
+        <v>1.72191216E12</v>
       </c>
       <c r="D523" s="2" t="n">
-        <v>1.72161522E12</v>
+        <v>1.72194792E12</v>
       </c>
       <c r="E523" s="2" t="n">
-        <v>7.769825E-10</v>
+        <v>7.389002E-10</v>
       </c>
       <c r="F523" s="2" t="n">
-        <v>7.769825E-10</v>
+        <v>7.389002E-10</v>
       </c>
       <c r="G523" s="2" t="n">
-        <v>7.516222E-10</v>
+        <v>7.142463E-10</v>
       </c>
       <c r="H523" s="2" t="n">
-        <v>7.633728E-10</v>
+        <v>7.297793E-10</v>
       </c>
       <c r="I523" s="2" t="n">
-        <v>1429.54</v>
+        <v>63.83</v>
       </c>
     </row>
     <row r="524">
       <c r="A524" s="2" t="n">
-        <v>1.7214768E12</v>
+        <v>1.7218224E12</v>
       </c>
       <c r="B524" s="2" t="n">
-        <v>1.721563199999E12</v>
+        <v>1.721908799999E12</v>
       </c>
       <c r="C524" s="2" t="n">
-        <v>1.72153734E12</v>
+        <v>1.72185468E12</v>
       </c>
       <c r="D524" s="2" t="n">
-        <v>1.72148448E12</v>
+        <v>1.72189422E12</v>
       </c>
       <c r="E524" s="2" t="n">
-        <v>7.727668E-10</v>
+        <v>7.409802E-10</v>
       </c>
       <c r="F524" s="2" t="n">
-        <v>7.772977E-10</v>
+        <v>7.47597E-10</v>
       </c>
       <c r="G524" s="2" t="n">
-        <v>7.669784E-10</v>
+        <v>7.389002E-10</v>
       </c>
       <c r="H524" s="2" t="n">
-        <v>7.769825E-10</v>
+        <v>7.389002E-10</v>
       </c>
       <c r="I524" s="2" t="n">
-        <v>88.26</v>
+        <v>288.84</v>
       </c>
     </row>
     <row r="525">
       <c r="A525" s="2" t="n">
-        <v>1.7213904E12</v>
+        <v>1.721736E12</v>
       </c>
       <c r="B525" s="2" t="n">
-        <v>1.721476799999E12</v>
+        <v>1.721822399999E12</v>
       </c>
       <c r="C525" s="2" t="n">
-        <v>1.72146036E12</v>
+        <v>1.72173726E12</v>
       </c>
       <c r="D525" s="2" t="n">
-        <v>1.72140084E12</v>
+        <v>1.72175754E12</v>
       </c>
       <c r="E525" s="2" t="n">
-        <v>7.510038E-10</v>
+        <v>7.534645E-10</v>
       </c>
       <c r="F525" s="2" t="n">
-        <v>7.731854E-10</v>
+        <v>7.534645E-10</v>
       </c>
       <c r="G525" s="2" t="n">
-        <v>7.455996E-10</v>
+        <v>7.327828E-10</v>
       </c>
       <c r="H525" s="2" t="n">
-        <v>7.727668E-10</v>
+        <v>7.409802E-10</v>
       </c>
       <c r="I525" s="2" t="n">
-        <v>294.07</v>
+        <v>185.65</v>
       </c>
     </row>
     <row r="526">
       <c r="A526" s="2" t="n">
-        <v>1.721304E12</v>
+        <v>1.7216496E12</v>
       </c>
       <c r="B526" s="2" t="n">
-        <v>1.721390399999E12</v>
+        <v>1.721735999999E12</v>
       </c>
       <c r="C526" s="2" t="n">
-        <v>1.72131888E12</v>
+        <v>1.72165278E12</v>
       </c>
       <c r="D526" s="2" t="n">
-        <v>1.721304E12</v>
+        <v>1.72170336E12</v>
       </c>
       <c r="E526" s="2" t="n">
-        <v>7.438503E-10</v>
+        <v>7.633728E-10</v>
       </c>
       <c r="F526" s="2" t="n">
-        <v>7.520786E-10</v>
+        <v>7.633728E-10</v>
       </c>
       <c r="G526" s="2" t="n">
-        <v>7.438503E-10</v>
+        <v>7.469469E-10</v>
       </c>
       <c r="H526" s="2" t="n">
-        <v>7.510038E-10</v>
+        <v>7.534645E-10</v>
       </c>
       <c r="I526" s="2" t="n">
-        <v>283.62</v>
+        <v>444.1</v>
       </c>
     </row>
     <row r="527">
       <c r="A527" s="2" t="n">
-        <v>1.7212176E12</v>
+        <v>1.7215632E12</v>
       </c>
       <c r="B527" s="2" t="n">
-        <v>1.721303999999E12</v>
+        <v>1.721649599999E12</v>
       </c>
       <c r="C527" s="2" t="n">
-        <v>1.72125408E12</v>
+        <v>1.72156464E12</v>
       </c>
       <c r="D527" s="2" t="n">
-        <v>1.72129788E12</v>
+        <v>1.72161522E12</v>
       </c>
       <c r="E527" s="2" t="n">
-        <v>7.674314E-10</v>
+        <v>7.769825E-10</v>
       </c>
       <c r="F527" s="2" t="n">
-        <v>7.984343E-10</v>
+        <v>7.769825E-10</v>
       </c>
       <c r="G527" s="2" t="n">
-        <v>7.438503E-10</v>
+        <v>7.516222E-10</v>
       </c>
       <c r="H527" s="2" t="n">
-        <v>7.438503E-10</v>
+        <v>7.633728E-10</v>
       </c>
       <c r="I527" s="2" t="n">
-        <v>2894.43</v>
+        <v>1429.54</v>
       </c>
     </row>
     <row r="528">
       <c r="A528" s="2" t="n">
-        <v>1.7211312E12</v>
+        <v>1.7214768E12</v>
       </c>
       <c r="B528" s="2" t="n">
-        <v>1.721217599999E12</v>
+        <v>1.721563199999E12</v>
       </c>
       <c r="C528" s="2" t="n">
-        <v>1.7212035E12</v>
+        <v>1.72153734E12</v>
       </c>
       <c r="D528" s="2" t="n">
-        <v>1.72115994E12</v>
+        <v>1.72148448E12</v>
       </c>
       <c r="E528" s="2" t="n">
-        <v>7.316797E-10</v>
+        <v>7.727668E-10</v>
       </c>
       <c r="F528" s="2" t="n">
-        <v>7.690326E-10</v>
+        <v>7.772977E-10</v>
       </c>
       <c r="G528" s="2" t="n">
-        <v>7.145205E-10</v>
+        <v>7.669784E-10</v>
       </c>
       <c r="H528" s="2" t="n">
-        <v>7.674314E-10</v>
+        <v>7.769825E-10</v>
       </c>
       <c r="I528" s="2" t="n">
-        <v>1665.16</v>
+        <v>88.26</v>
       </c>
     </row>
     <row r="529">
       <c r="A529" s="2" t="n">
-        <v>1.7210448E12</v>
+        <v>1.7213904E12</v>
       </c>
       <c r="B529" s="2" t="n">
-        <v>1.721131199999E12</v>
+        <v>1.721476799999E12</v>
       </c>
       <c r="C529" s="2" t="n">
-        <v>1.72112022E12</v>
+        <v>1.72146036E12</v>
       </c>
       <c r="D529" s="2" t="n">
-        <v>1.7210448E12</v>
+        <v>1.72140084E12</v>
       </c>
       <c r="E529" s="2" t="n">
-        <v>6.802113E-10</v>
+        <v>7.510038E-10</v>
       </c>
       <c r="F529" s="2" t="n">
-        <v>7.329021E-10</v>
+        <v>7.731854E-10</v>
       </c>
       <c r="G529" s="2" t="n">
-        <v>6.802113E-10</v>
+        <v>7.455996E-10</v>
       </c>
       <c r="H529" s="2" t="n">
-        <v>7.316797E-10</v>
+        <v>7.727668E-10</v>
       </c>
       <c r="I529" s="2" t="n">
-        <v>352.71</v>
+        <v>294.07</v>
       </c>
     </row>
     <row r="530">
       <c r="A530" s="2" t="n">
-        <v>1.7209584E12</v>
+        <v>1.721304E12</v>
       </c>
       <c r="B530" s="2" t="n">
-        <v>1.721044799999E12</v>
+        <v>1.721390399999E12</v>
       </c>
       <c r="C530" s="2" t="n">
-        <v>1.7210331E12</v>
+        <v>1.72131888E12</v>
       </c>
       <c r="D530" s="2" t="n">
-        <v>1.7209584E12</v>
+        <v>1.721304E12</v>
       </c>
       <c r="E530" s="2" t="n">
-        <v>6.671247E-10</v>
+        <v>7.438503E-10</v>
       </c>
       <c r="F530" s="2" t="n">
-        <v>6.802113E-10</v>
+        <v>7.520786E-10</v>
       </c>
       <c r="G530" s="2" t="n">
-        <v>6.671247E-10</v>
+        <v>7.438503E-10</v>
       </c>
       <c r="H530" s="2" t="n">
-        <v>6.802113E-10</v>
+        <v>7.510038E-10</v>
       </c>
       <c r="I530" s="2" t="n">
-        <v>263.4</v>
+        <v>283.62</v>
       </c>
     </row>
     <row r="531">
       <c r="A531" s="2" t="n">
-        <v>1.720872E12</v>
+        <v>1.7212176E12</v>
       </c>
       <c r="B531" s="2" t="n">
-        <v>1.720958399999E12</v>
+        <v>1.721303999999E12</v>
       </c>
       <c r="C531" s="2" t="n">
-        <v>1.72089348E12</v>
+        <v>1.72125408E12</v>
       </c>
       <c r="D531" s="2" t="n">
-        <v>1.72095288E12</v>
+        <v>1.72129788E12</v>
       </c>
       <c r="E531" s="2" t="n">
-        <v>7.040831E-10</v>
+        <v>7.674314E-10</v>
       </c>
       <c r="F531" s="2" t="n">
-        <v>7.088046E-10</v>
+        <v>7.984343E-10</v>
       </c>
       <c r="G531" s="2" t="n">
-        <v>6.604201E-10</v>
+        <v>7.438503E-10</v>
       </c>
       <c r="H531" s="2" t="n">
-        <v>6.671247E-10</v>
+        <v>7.438503E-10</v>
       </c>
       <c r="I531" s="2" t="n">
-        <v>1748.99</v>
+        <v>2894.43</v>
       </c>
     </row>
     <row r="532">
       <c r="A532" s="2" t="n">
-        <v>1.7207856E12</v>
+        <v>1.7211312E12</v>
       </c>
       <c r="B532" s="2" t="n">
-        <v>1.720871999999E12</v>
+        <v>1.721217599999E12</v>
       </c>
       <c r="C532" s="2" t="n">
-        <v>1.72086696E12</v>
+        <v>1.7212035E12</v>
       </c>
       <c r="D532" s="2" t="n">
-        <v>1.72082742E12</v>
+        <v>1.72115994E12</v>
       </c>
       <c r="E532" s="2" t="n">
-        <v>6.943497E-10</v>
+        <v>7.316797E-10</v>
       </c>
       <c r="F532" s="2" t="n">
-        <v>7.040831E-10</v>
+        <v>7.690326E-10</v>
       </c>
       <c r="G532" s="2" t="n">
-        <v>6.918005E-10</v>
+        <v>7.145205E-10</v>
       </c>
       <c r="H532" s="2" t="n">
-        <v>7.040831E-10</v>
+        <v>7.674314E-10</v>
       </c>
       <c r="I532" s="2" t="n">
-        <v>25.47</v>
+        <v>1665.16</v>
       </c>
     </row>
     <row r="533">
       <c r="A533" s="2" t="n">
-        <v>1.7206992E12</v>
+        <v>1.7210448E12</v>
       </c>
       <c r="B533" s="2" t="n">
-        <v>1.720785599999E12</v>
+        <v>1.721131199999E12</v>
       </c>
       <c r="C533" s="2" t="n">
-        <v>1.72074552E12</v>
+        <v>1.72112022E12</v>
       </c>
       <c r="D533" s="2" t="n">
-        <v>1.7207769E12</v>
+        <v>1.7210448E12</v>
       </c>
       <c r="E533" s="2" t="n">
-        <v>6.964337E-10</v>
+        <v>6.802113E-10</v>
       </c>
       <c r="F533" s="2" t="n">
-        <v>7.357237E-10</v>
+        <v>7.329021E-10</v>
       </c>
       <c r="G533" s="2" t="n">
-        <v>6.930951E-10</v>
+        <v>6.802113E-10</v>
       </c>
       <c r="H533" s="2" t="n">
-        <v>6.943497E-10</v>
+        <v>7.316797E-10</v>
       </c>
       <c r="I533" s="2" t="n">
-        <v>1575.39</v>
+        <v>352.71</v>
       </c>
     </row>
     <row r="534">
       <c r="A534" s="2" t="n">
-        <v>1.7206128E12</v>
+        <v>1.7209584E12</v>
       </c>
       <c r="B534" s="2" t="n">
-        <v>1.720699199999E12</v>
+        <v>1.721044799999E12</v>
       </c>
       <c r="C534" s="2" t="n">
-        <v>1.72069734E12</v>
+        <v>1.7210331E12</v>
       </c>
       <c r="D534" s="2" t="n">
-        <v>1.72062534E12</v>
+        <v>1.7209584E12</v>
       </c>
       <c r="E534" s="2" t="n">
-        <v>6.6632E-10</v>
+        <v>6.671247E-10</v>
       </c>
       <c r="F534" s="2" t="n">
-        <v>6.964337E-10</v>
+        <v>6.802113E-10</v>
       </c>
       <c r="G534" s="2" t="n">
-        <v>6.656437E-10</v>
+        <v>6.671247E-10</v>
       </c>
       <c r="H534" s="2" t="n">
-        <v>6.964337E-10</v>
+        <v>6.802113E-10</v>
       </c>
       <c r="I534" s="2" t="n">
-        <v>1667.26</v>
+        <v>263.4</v>
       </c>
     </row>
     <row r="535">
       <c r="A535" s="2" t="n">
-        <v>1.7205264E12</v>
+        <v>1.720872E12</v>
       </c>
       <c r="B535" s="2" t="n">
-        <v>1.720612799999E12</v>
+        <v>1.720958399999E12</v>
       </c>
       <c r="C535" s="2" t="n">
-        <v>1.72055058E12</v>
+        <v>1.72089348E12</v>
       </c>
       <c r="D535" s="2" t="n">
-        <v>1.7205264E12</v>
+        <v>1.72095288E12</v>
       </c>
       <c r="E535" s="2" t="n">
-        <v>6.556576E-10</v>
+        <v>7.040831E-10</v>
       </c>
       <c r="F535" s="2" t="n">
-        <v>6.6632E-10</v>
+        <v>7.088046E-10</v>
       </c>
       <c r="G535" s="2" t="n">
-        <v>6.556576E-10</v>
+        <v>6.604201E-10</v>
       </c>
       <c r="H535" s="2" t="n">
-        <v>6.6632E-10</v>
+        <v>6.671247E-10</v>
       </c>
       <c r="I535" s="2" t="n">
-        <v>41.71</v>
+        <v>1748.99</v>
       </c>
     </row>
     <row r="536">
       <c r="A536" s="2" t="n">
-        <v>1.72044E12</v>
+        <v>1.7207856E12</v>
       </c>
       <c r="B536" s="2" t="n">
-        <v>1.720526399999E12</v>
+        <v>1.720871999999E12</v>
       </c>
       <c r="C536" s="2" t="n">
-        <v>1.7205138E12</v>
+        <v>1.72086696E12</v>
       </c>
       <c r="D536" s="2" t="n">
-        <v>1.72044054E12</v>
+        <v>1.72082742E12</v>
       </c>
       <c r="E536" s="2" t="n">
-        <v>6.475208E-10</v>
+        <v>6.943497E-10</v>
       </c>
       <c r="F536" s="2" t="n">
-        <v>6.556576E-10</v>
+        <v>7.040831E-10</v>
       </c>
       <c r="G536" s="2" t="n">
-        <v>6.31736E-10</v>
+        <v>6.918005E-10</v>
       </c>
       <c r="H536" s="2" t="n">
-        <v>6.556576E-10</v>
+        <v>7.040831E-10</v>
       </c>
       <c r="I536" s="2" t="n">
-        <v>36.95</v>
+        <v>25.47</v>
       </c>
     </row>
     <row r="537">
       <c r="A537" s="2" t="n">
-        <v>1.7203536E12</v>
+        <v>1.7206992E12</v>
       </c>
       <c r="B537" s="2" t="n">
-        <v>1.720439999999E12</v>
+        <v>1.720785599999E12</v>
       </c>
       <c r="C537" s="2" t="n">
-        <v>1.7203536E12</v>
+        <v>1.72074552E12</v>
       </c>
       <c r="D537" s="2" t="n">
-        <v>1.72041048E12</v>
+        <v>1.7207769E12</v>
       </c>
       <c r="E537" s="2" t="n">
-        <v>6.700638E-10</v>
+        <v>6.964337E-10</v>
       </c>
       <c r="F537" s="2" t="n">
-        <v>6.700638E-10</v>
+        <v>7.357237E-10</v>
       </c>
       <c r="G537" s="2" t="n">
-        <v>6.438145E-10</v>
+        <v>6.930951E-10</v>
       </c>
       <c r="H537" s="2" t="n">
-        <v>6.475208E-10</v>
+        <v>6.943497E-10</v>
       </c>
       <c r="I537" s="2" t="n">
-        <v>60.71</v>
+        <v>1575.39</v>
       </c>
     </row>
     <row r="538">
       <c r="A538" s="2" t="n">
-        <v>1.7202672E12</v>
+        <v>1.7206128E12</v>
       </c>
       <c r="B538" s="2" t="n">
-        <v>1.720353599999E12</v>
+        <v>1.720699199999E12</v>
       </c>
       <c r="C538" s="2" t="n">
-        <v>1.72032444E12</v>
+        <v>1.72069734E12</v>
       </c>
       <c r="D538" s="2" t="n">
-        <v>1.7202672E12</v>
+        <v>1.72062534E12</v>
       </c>
       <c r="E538" s="2" t="n">
-        <v>6.419065E-10</v>
+        <v>6.6632E-10</v>
       </c>
       <c r="F538" s="2" t="n">
-        <v>6.700638E-10</v>
+        <v>6.964337E-10</v>
       </c>
       <c r="G538" s="2" t="n">
-        <v>6.419065E-10</v>
+        <v>6.656437E-10</v>
       </c>
       <c r="H538" s="2" t="n">
-        <v>6.700638E-10</v>
+        <v>6.964337E-10</v>
       </c>
       <c r="I538" s="2" t="n">
-        <v>39.69</v>
+        <v>1667.26</v>
       </c>
     </row>
     <row r="539">
       <c r="A539" s="2" t="n">
-        <v>1.7201808E12</v>
+        <v>1.7205264E12</v>
       </c>
       <c r="B539" s="2" t="n">
-        <v>1.720267199999E12</v>
+        <v>1.720612799999E12</v>
       </c>
       <c r="C539" s="2" t="n">
-        <v>1.7201808E12</v>
+        <v>1.72055058E12</v>
       </c>
       <c r="D539" s="2" t="n">
-        <v>1.72019862E12</v>
+        <v>1.7205264E12</v>
       </c>
       <c r="E539" s="2" t="n">
-        <v>6.833109E-10</v>
+        <v>6.556576E-10</v>
       </c>
       <c r="F539" s="2" t="n">
-        <v>6.833109E-10</v>
+        <v>6.6632E-10</v>
       </c>
       <c r="G539" s="2" t="n">
-        <v>6.093525E-10</v>
+        <v>6.556576E-10</v>
       </c>
       <c r="H539" s="2" t="n">
-        <v>6.419065E-10</v>
+        <v>6.6632E-10</v>
       </c>
       <c r="I539" s="2" t="n">
-        <v>170.26</v>
+        <v>41.71</v>
       </c>
     </row>
     <row r="540">
       <c r="A540" s="2" t="n">
-        <v>1.7200944E12</v>
+        <v>1.72044E12</v>
       </c>
       <c r="B540" s="2" t="n">
-        <v>1.720180799999E12</v>
+        <v>1.720526399999E12</v>
       </c>
       <c r="C540" s="2" t="n">
-        <v>1.7200944E12</v>
+        <v>1.7205138E12</v>
       </c>
       <c r="D540" s="2" t="n">
-        <v>1.7201691E12</v>
+        <v>1.72044054E12</v>
       </c>
       <c r="E540" s="2" t="n">
-        <v>7.305187E-10</v>
+        <v>6.475208E-10</v>
       </c>
       <c r="F540" s="2" t="n">
-        <v>7.305187E-10</v>
+        <v>6.556576E-10</v>
       </c>
       <c r="G540" s="2" t="n">
-        <v>6.760955E-10</v>
+        <v>6.31736E-10</v>
       </c>
       <c r="H540" s="2" t="n">
-        <v>6.833109E-10</v>
+        <v>6.556576E-10</v>
       </c>
       <c r="I540" s="2" t="n">
-        <v>573.04</v>
+        <v>36.95</v>
       </c>
     </row>
     <row r="541">
       <c r="A541" s="2" t="n">
-        <v>1.720008E12</v>
+        <v>1.7203536E12</v>
       </c>
       <c r="B541" s="2" t="n">
-        <v>1.720094399999E12</v>
+        <v>1.720439999999E12</v>
       </c>
       <c r="C541" s="2" t="n">
-        <v>1.72001142E12</v>
+        <v>1.7203536E12</v>
       </c>
       <c r="D541" s="2" t="n">
-        <v>1.72007838E12</v>
+        <v>1.72041048E12</v>
       </c>
       <c r="E541" s="2" t="n">
-        <v>8.051483E-10</v>
+        <v>6.700638E-10</v>
       </c>
       <c r="F541" s="2" t="n">
-        <v>8.05663E-10</v>
+        <v>6.700638E-10</v>
       </c>
       <c r="G541" s="2" t="n">
-        <v>7.258128E-10</v>
+        <v>6.438145E-10</v>
       </c>
       <c r="H541" s="2" t="n">
-        <v>7.305187E-10</v>
+        <v>6.475208E-10</v>
       </c>
       <c r="I541" s="2" t="n">
-        <v>2558.47</v>
+        <v>60.71</v>
       </c>
     </row>
     <row r="542">
       <c r="A542" s="2" t="n">
-        <v>1.7199216E12</v>
+        <v>1.7202672E12</v>
       </c>
       <c r="B542" s="2" t="n">
-        <v>1.720007999999E12</v>
+        <v>1.720353599999E12</v>
       </c>
       <c r="C542" s="2" t="n">
-        <v>1.72000446E12</v>
+        <v>1.72032444E12</v>
       </c>
       <c r="D542" s="2" t="n">
-        <v>1.7199216E12</v>
+        <v>1.7202672E12</v>
       </c>
       <c r="E542" s="2" t="n">
-        <v>8.026915E-10</v>
+        <v>6.419065E-10</v>
       </c>
       <c r="F542" s="2" t="n">
-        <v>8.051483E-10</v>
+        <v>6.700638E-10</v>
       </c>
       <c r="G542" s="2" t="n">
-        <v>8.026915E-10</v>
+        <v>6.419065E-10</v>
       </c>
       <c r="H542" s="2" t="n">
-        <v>8.051483E-10</v>
+        <v>6.700638E-10</v>
       </c>
       <c r="I542" s="2" t="n">
-        <v>18.99</v>
+        <v>39.69</v>
       </c>
     </row>
     <row r="543">
       <c r="A543" s="2" t="n">
-        <v>1.7198352E12</v>
+        <v>1.7201808E12</v>
       </c>
       <c r="B543" s="2" t="n">
-        <v>1.719921599999E12</v>
+        <v>1.720267199999E12</v>
       </c>
       <c r="C543" s="2" t="n">
-        <v>1.71986058E12</v>
+        <v>1.7201808E12</v>
       </c>
       <c r="D543" s="2" t="n">
-        <v>1.71989322E12</v>
+        <v>1.72019862E12</v>
       </c>
       <c r="E543" s="2" t="n">
-        <v>8.236134E-10</v>
+        <v>6.833109E-10</v>
       </c>
       <c r="F543" s="2" t="n">
-        <v>8.265118E-10</v>
+        <v>6.833109E-10</v>
       </c>
       <c r="G543" s="2" t="n">
-        <v>8.004568E-10</v>
+        <v>6.093525E-10</v>
       </c>
       <c r="H543" s="2" t="n">
-        <v>8.026915E-10</v>
+        <v>6.419065E-10</v>
       </c>
       <c r="I543" s="2" t="n">
-        <v>767.82</v>
+        <v>170.26</v>
       </c>
     </row>
     <row r="544">
       <c r="A544" s="2" t="n">
-        <v>1.7197488E12</v>
+        <v>1.7200944E12</v>
       </c>
       <c r="B544" s="2" t="n">
-        <v>1.719835199999E12</v>
+        <v>1.720180799999E12</v>
       </c>
       <c r="C544" s="2" t="n">
-        <v>1.71983502E12</v>
+        <v>1.7200944E12</v>
       </c>
       <c r="D544" s="2" t="n">
-        <v>1.71976098E12</v>
+        <v>1.7201691E12</v>
       </c>
       <c r="E544" s="2" t="n">
-        <v>8.065211E-10</v>
+        <v>7.305187E-10</v>
       </c>
       <c r="F544" s="2" t="n">
-        <v>8.236134E-10</v>
+        <v>7.305187E-10</v>
       </c>
       <c r="G544" s="2" t="n">
-        <v>8.0322E-10</v>
+        <v>6.760955E-10</v>
       </c>
       <c r="H544" s="2" t="n">
-        <v>8.236134E-10</v>
+        <v>6.833109E-10</v>
       </c>
       <c r="I544" s="2" t="n">
-        <v>79.14</v>
+        <v>573.04</v>
       </c>
     </row>
     <row r="545">
       <c r="A545" s="2" t="n">
-        <v>1.7196624E12</v>
+        <v>1.720008E12</v>
       </c>
       <c r="B545" s="2" t="n">
-        <v>1.719748799999E12</v>
+        <v>1.720094399999E12</v>
       </c>
       <c r="C545" s="2" t="n">
-        <v>1.71970992E12</v>
+        <v>1.72001142E12</v>
       </c>
       <c r="D545" s="2" t="n">
-        <v>1.7196624E12</v>
+        <v>1.72007838E12</v>
       </c>
       <c r="E545" s="2" t="n">
-        <v>7.993607E-10</v>
+        <v>8.051483E-10</v>
       </c>
       <c r="F545" s="2" t="n">
-        <v>8.073225E-10</v>
+        <v>8.05663E-10</v>
       </c>
       <c r="G545" s="2" t="n">
-        <v>7.993607E-10</v>
+        <v>7.258128E-10</v>
       </c>
       <c r="H545" s="2" t="n">
-        <v>8.065211E-10</v>
+        <v>7.305187E-10</v>
       </c>
       <c r="I545" s="2" t="n">
-        <v>30.17</v>
+        <v>2558.47</v>
       </c>
     </row>
     <row r="546">
       <c r="A546" s="2" t="n">
-        <v>1.719576E12</v>
+        <v>1.7199216E12</v>
       </c>
       <c r="B546" s="2" t="n">
-        <v>1.719662399999E12</v>
+        <v>1.720007999999E12</v>
       </c>
       <c r="C546" s="2" t="n">
-        <v>1.719576E12</v>
+        <v>1.72000446E12</v>
       </c>
       <c r="D546" s="2" t="n">
-        <v>1.7196588E12</v>
+        <v>1.7199216E12</v>
       </c>
       <c r="E546" s="2" t="n">
-        <v>8.229714E-10</v>
+        <v>8.026915E-10</v>
       </c>
       <c r="F546" s="2" t="n">
-        <v>8.229714E-10</v>
+        <v>8.051483E-10</v>
       </c>
       <c r="G546" s="2" t="n">
-        <v>7.993607E-10</v>
+        <v>8.026915E-10</v>
       </c>
       <c r="H546" s="2" t="n">
-        <v>7.993607E-10</v>
+        <v>8.051483E-10</v>
       </c>
       <c r="I546" s="2" t="n">
-        <v>247.79</v>
+        <v>18.99</v>
       </c>
     </row>
     <row r="547">
       <c r="A547" s="2" t="n">
-        <v>1.7194896E12</v>
+        <v>1.7198352E12</v>
       </c>
       <c r="B547" s="2" t="n">
-        <v>1.719575999999E12</v>
+        <v>1.719921599999E12</v>
       </c>
       <c r="C547" s="2" t="n">
-        <v>1.7194896E12</v>
+        <v>1.71986058E12</v>
       </c>
       <c r="D547" s="2" t="n">
-        <v>1.719522E12</v>
+        <v>1.71989322E12</v>
       </c>
       <c r="E547" s="2" t="n">
-        <v>8.241172E-10</v>
+        <v>8.236134E-10</v>
       </c>
       <c r="F547" s="2" t="n">
-        <v>8.241172E-10</v>
+        <v>8.265118E-10</v>
       </c>
       <c r="G547" s="2" t="n">
-        <v>8.096298E-10</v>
+        <v>8.004568E-10</v>
       </c>
       <c r="H547" s="2" t="n">
-        <v>8.229714E-10</v>
+        <v>8.026915E-10</v>
       </c>
       <c r="I547" s="2" t="n">
-        <v>301.1</v>
+        <v>767.82</v>
       </c>
     </row>
     <row r="548">
       <c r="A548" s="2" t="n">
-        <v>1.7194032E12</v>
+        <v>1.7197488E12</v>
       </c>
       <c r="B548" s="2" t="n">
-        <v>1.719489599999E12</v>
+        <v>1.719835199999E12</v>
       </c>
       <c r="C548" s="2" t="n">
-        <v>1.71942012E12</v>
+        <v>1.71983502E12</v>
       </c>
       <c r="D548" s="2" t="n">
-        <v>1.71945312E12</v>
+        <v>1.71976098E12</v>
       </c>
       <c r="E548" s="2" t="n">
-        <v>8.355502E-10</v>
+        <v>8.065211E-10</v>
       </c>
       <c r="F548" s="2" t="n">
-        <v>8.383228E-10</v>
+        <v>8.236134E-10</v>
       </c>
       <c r="G548" s="2" t="n">
-        <v>8.241172E-10</v>
+        <v>8.0322E-10</v>
       </c>
       <c r="H548" s="2" t="n">
-        <v>8.241172E-10</v>
+        <v>8.236134E-10</v>
       </c>
       <c r="I548" s="2" t="n">
-        <v>591.9</v>
+        <v>79.14</v>
       </c>
     </row>
     <row r="549">
       <c r="A549" s="2" t="n">
-        <v>1.7193168E12</v>
+        <v>1.7196624E12</v>
       </c>
       <c r="B549" s="2" t="n">
-        <v>1.719403199999E12</v>
+        <v>1.719748799999E12</v>
       </c>
       <c r="C549" s="2" t="n">
-        <v>1.71938634E12</v>
+        <v>1.71970992E12</v>
       </c>
       <c r="D549" s="2" t="n">
-        <v>1.7193168E12</v>
+        <v>1.7196624E12</v>
       </c>
       <c r="E549" s="2" t="n">
-        <v>8.185321E-10</v>
+        <v>7.993607E-10</v>
       </c>
       <c r="F549" s="2" t="n">
-        <v>8.36166E-10</v>
+        <v>8.073225E-10</v>
       </c>
       <c r="G549" s="2" t="n">
-        <v>8.185321E-10</v>
+        <v>7.993607E-10</v>
       </c>
       <c r="H549" s="2" t="n">
-        <v>8.355502E-10</v>
+        <v>8.065211E-10</v>
       </c>
       <c r="I549" s="2" t="n">
-        <v>37.95</v>
+        <v>30.17</v>
       </c>
     </row>
     <row r="550">
       <c r="A550" s="2" t="n">
-        <v>1.7192304E12</v>
+        <v>1.719576E12</v>
       </c>
       <c r="B550" s="2" t="n">
-        <v>1.719316799999E12</v>
+        <v>1.719662399999E12</v>
       </c>
       <c r="C550" s="2" t="n">
-        <v>1.7192304E12</v>
+        <v>1.719576E12</v>
       </c>
       <c r="D550" s="2" t="n">
-        <v>1.7192925E12</v>
+        <v>1.7196588E12</v>
       </c>
       <c r="E550" s="2" t="n">
-        <v>8.319253E-10</v>
+        <v>8.229714E-10</v>
       </c>
       <c r="F550" s="2" t="n">
-        <v>8.319253E-10</v>
+        <v>8.229714E-10</v>
       </c>
       <c r="G550" s="2" t="n">
-        <v>7.991253E-10</v>
+        <v>7.993607E-10</v>
       </c>
       <c r="H550" s="2" t="n">
-        <v>8.185321E-10</v>
+        <v>7.993607E-10</v>
       </c>
       <c r="I550" s="2" t="n">
-        <v>380.93</v>
+        <v>247.79</v>
       </c>
     </row>
     <row r="551">
       <c r="A551" s="2" t="n">
-        <v>1.719144E12</v>
+        <v>1.7194896E12</v>
       </c>
       <c r="B551" s="2" t="n">
-        <v>1.719230399999E12</v>
+        <v>1.719575999999E12</v>
       </c>
       <c r="C551" s="2" t="n">
-        <v>1.71918438E12</v>
+        <v>1.7194896E12</v>
       </c>
       <c r="D551" s="2" t="n">
-        <v>1.71922782E12</v>
+        <v>1.719522E12</v>
       </c>
       <c r="E551" s="2" t="n">
-        <v>8.367451E-10</v>
+        <v>8.241172E-10</v>
       </c>
       <c r="F551" s="2" t="n">
-        <v>8.533318E-10</v>
+        <v>8.241172E-10</v>
       </c>
       <c r="G551" s="2" t="n">
-        <v>8.319253E-10</v>
+        <v>8.096298E-10</v>
       </c>
       <c r="H551" s="2" t="n">
-        <v>8.319253E-10</v>
+        <v>8.229714E-10</v>
       </c>
       <c r="I551" s="2" t="n">
-        <v>895.29</v>
+        <v>301.1</v>
       </c>
     </row>
     <row r="552">
       <c r="A552" s="2" t="n">
-        <v>1.7190576E12</v>
+        <v>1.7194032E12</v>
       </c>
       <c r="B552" s="2" t="n">
-        <v>1.719143999999E12</v>
+        <v>1.719489599999E12</v>
       </c>
       <c r="C552" s="2" t="n">
-        <v>1.71908958E12</v>
+        <v>1.71942012E12</v>
       </c>
       <c r="D552" s="2" t="n">
-        <v>1.71906342E12</v>
+        <v>1.71945312E12</v>
       </c>
       <c r="E552" s="2" t="n">
-        <v>8.279232E-10</v>
+        <v>8.355502E-10</v>
       </c>
       <c r="F552" s="2" t="n">
-        <v>8.446193E-10</v>
+        <v>8.383228E-10</v>
       </c>
       <c r="G552" s="2" t="n">
-        <v>8.221929E-10</v>
+        <v>8.241172E-10</v>
       </c>
       <c r="H552" s="2" t="n">
-        <v>8.367451E-10</v>
+        <v>8.241172E-10</v>
       </c>
       <c r="I552" s="2" t="n">
-        <v>1036.47</v>
+        <v>591.9</v>
       </c>
     </row>
     <row r="553">
       <c r="A553" s="2" t="n">
-        <v>1.7189712E12</v>
+        <v>1.7193168E12</v>
       </c>
       <c r="B553" s="2" t="n">
-        <v>1.719057599999E12</v>
+        <v>1.719403199999E12</v>
       </c>
       <c r="C553" s="2" t="n">
-        <v>1.7189712E12</v>
+        <v>1.71938634E12</v>
       </c>
       <c r="D553" s="2" t="n">
-        <v>1.71902676E12</v>
+        <v>1.7193168E12</v>
       </c>
       <c r="E553" s="2" t="n">
-        <v>8.349382E-10</v>
+        <v>8.185321E-10</v>
       </c>
       <c r="F553" s="2" t="n">
-        <v>8.349382E-10</v>
+        <v>8.36166E-10</v>
       </c>
       <c r="G553" s="2" t="n">
-        <v>8.206932E-10</v>
+        <v>8.185321E-10</v>
       </c>
       <c r="H553" s="2" t="n">
-        <v>8.279232E-10</v>
+        <v>8.355502E-10</v>
       </c>
       <c r="I553" s="2" t="n">
-        <v>244.68</v>
+        <v>37.95</v>
       </c>
     </row>
     <row r="554">
       <c r="A554" s="2" t="n">
-        <v>1.7188848E12</v>
+        <v>1.7192304E12</v>
       </c>
       <c r="B554" s="2" t="n">
-        <v>1.718971199999E12</v>
+        <v>1.719316799999E12</v>
       </c>
       <c r="C554" s="2" t="n">
-        <v>1.7189253E12</v>
+        <v>1.7192304E12</v>
       </c>
       <c r="D554" s="2" t="n">
-        <v>1.71896772E12</v>
+        <v>1.7192925E12</v>
       </c>
       <c r="E554" s="2" t="n">
-        <v>8.454144E-10</v>
+        <v>8.319253E-10</v>
       </c>
       <c r="F554" s="2" t="n">
-        <v>8.519624E-10</v>
+        <v>8.319253E-10</v>
       </c>
       <c r="G554" s="2" t="n">
-        <v>8.349382E-10</v>
+        <v>7.991253E-10</v>
       </c>
       <c r="H554" s="2" t="n">
-        <v>8.349382E-10</v>
+        <v>8.185321E-10</v>
       </c>
       <c r="I554" s="2" t="n">
-        <v>262.74</v>
+        <v>380.93</v>
       </c>
     </row>
     <row r="555">
       <c r="A555" s="2" t="n">
-        <v>1.7187984E12</v>
+        <v>1.719144E12</v>
       </c>
       <c r="B555" s="2" t="n">
-        <v>1.718884799999E12</v>
+        <v>1.719230399999E12</v>
       </c>
       <c r="C555" s="2" t="n">
-        <v>1.7188215E12</v>
+        <v>1.71918438E12</v>
       </c>
       <c r="D555" s="2" t="n">
-        <v>1.7187984E12</v>
+        <v>1.71922782E12</v>
       </c>
       <c r="E555" s="2" t="n">
-        <v>8.215509E-10</v>
+        <v>8.367451E-10</v>
       </c>
       <c r="F555" s="2" t="n">
-        <v>8.506899E-10</v>
+        <v>8.533318E-10</v>
       </c>
       <c r="G555" s="2" t="n">
-        <v>8.215509E-10</v>
+        <v>8.319253E-10</v>
       </c>
       <c r="H555" s="2" t="n">
-        <v>8.454144E-10</v>
+        <v>8.319253E-10</v>
       </c>
       <c r="I555" s="2" t="n">
-        <v>472.39</v>
+        <v>895.29</v>
       </c>
     </row>
     <row r="556">
       <c r="A556" s="2" t="n">
-        <v>1.718712E12</v>
+        <v>1.7190576E12</v>
       </c>
       <c r="B556" s="2" t="n">
-        <v>1.718798399999E12</v>
+        <v>1.719143999999E12</v>
       </c>
       <c r="C556" s="2" t="n">
-        <v>1.718712E12</v>
+        <v>1.71908958E12</v>
       </c>
       <c r="D556" s="2" t="n">
-        <v>1.7187738E12</v>
+        <v>1.71906342E12</v>
       </c>
       <c r="E556" s="2" t="n">
-        <v>8.619444E-10</v>
+        <v>8.279232E-10</v>
       </c>
       <c r="F556" s="2" t="n">
-        <v>8.619444E-10</v>
+        <v>8.446193E-10</v>
       </c>
       <c r="G556" s="2" t="n">
-        <v>8.215509E-10</v>
+        <v>8.221929E-10</v>
       </c>
       <c r="H556" s="2" t="n">
-        <v>8.215509E-10</v>
+        <v>8.367451E-10</v>
       </c>
       <c r="I556" s="2" t="n">
-        <v>431.14</v>
+        <v>1036.47</v>
       </c>
     </row>
     <row r="557">
       <c r="A557" s="2" t="n">
-        <v>1.7186256E12</v>
+        <v>1.7189712E12</v>
       </c>
       <c r="B557" s="2" t="n">
-        <v>1.718711999999E12</v>
+        <v>1.719057599999E12</v>
       </c>
       <c r="C557" s="2" t="n">
-        <v>1.71862764E12</v>
+        <v>1.7189712E12</v>
       </c>
       <c r="D557" s="2" t="n">
-        <v>1.71866448E12</v>
+        <v>1.71902676E12</v>
       </c>
       <c r="E557" s="2" t="n">
-        <v>8.74412E-10</v>
+        <v>8.349382E-10</v>
       </c>
       <c r="F557" s="2" t="n">
-        <v>8.769888E-10</v>
+        <v>8.349382E-10</v>
       </c>
       <c r="G557" s="2" t="n">
-        <v>8.508781E-10</v>
+        <v>8.206932E-10</v>
       </c>
       <c r="H557" s="2" t="n">
-        <v>8.619444E-10</v>
+        <v>8.279232E-10</v>
       </c>
       <c r="I557" s="2" t="n">
-        <v>331.89</v>
+        <v>244.68</v>
       </c>
     </row>
     <row r="558">
       <c r="A558" s="2" t="n">
-        <v>1.7185392E12</v>
+        <v>1.7188848E12</v>
       </c>
       <c r="B558" s="2" t="n">
-        <v>1.718625599999E12</v>
+        <v>1.718971199999E12</v>
       </c>
       <c r="C558" s="2" t="n">
-        <v>1.71856032E12</v>
+        <v>1.7189253E12</v>
       </c>
       <c r="D558" s="2" t="n">
-        <v>1.71857754E12</v>
+        <v>1.71896772E12</v>
       </c>
       <c r="E558" s="2" t="n">
-        <v>8.911373E-10</v>
+        <v>8.454144E-10</v>
       </c>
       <c r="F558" s="2" t="n">
-        <v>8.923791E-10</v>
+        <v>8.519624E-10</v>
       </c>
       <c r="G558" s="2" t="n">
-        <v>8.715411E-10</v>
+        <v>8.349382E-10</v>
       </c>
       <c r="H558" s="2" t="n">
-        <v>8.74412E-10</v>
+        <v>8.349382E-10</v>
       </c>
       <c r="I558" s="2" t="n">
-        <v>1033.76</v>
+        <v>262.74</v>
       </c>
     </row>
     <row r="559">
       <c r="A559" s="2" t="n">
-        <v>1.7184528E12</v>
+        <v>1.7187984E12</v>
       </c>
       <c r="B559" s="2" t="n">
-        <v>1.718539199999E12</v>
+        <v>1.718884799999E12</v>
       </c>
       <c r="C559" s="2" t="n">
-        <v>1.71847608E12</v>
+        <v>1.7188215E12</v>
       </c>
       <c r="D559" s="2" t="n">
-        <v>1.7184528E12</v>
+        <v>1.7187984E12</v>
       </c>
       <c r="E559" s="2" t="n">
-        <v>8.890138E-10</v>
+        <v>8.215509E-10</v>
       </c>
       <c r="F559" s="2" t="n">
-        <v>9.049434E-10</v>
+        <v>8.506899E-10</v>
       </c>
       <c r="G559" s="2" t="n">
-        <v>8.890138E-10</v>
+        <v>8.215509E-10</v>
       </c>
       <c r="H559" s="2" t="n">
-        <v>8.911373E-10</v>
+        <v>8.454144E-10</v>
       </c>
       <c r="I559" s="2" t="n">
-        <v>508.25</v>
+        <v>472.39</v>
       </c>
     </row>
     <row r="560">
       <c r="A560" s="2" t="n">
-        <v>1.7183664E12</v>
+        <v>1.718712E12</v>
       </c>
       <c r="B560" s="2" t="n">
-        <v>1.718452799999E12</v>
+        <v>1.718798399999E12</v>
       </c>
       <c r="C560" s="2" t="n">
-        <v>1.71841158E12</v>
+        <v>1.718712E12</v>
       </c>
       <c r="D560" s="2" t="n">
-        <v>1.71843234E12</v>
+        <v>1.7187738E12</v>
       </c>
       <c r="E560" s="2" t="n">
-        <v>9.182985E-10</v>
+        <v>8.619444E-10</v>
       </c>
       <c r="F560" s="2" t="n">
-        <v>9.39063E-10</v>
+        <v>8.619444E-10</v>
       </c>
       <c r="G560" s="2" t="n">
-        <v>8.82778E-10</v>
+        <v>8.215509E-10</v>
       </c>
       <c r="H560" s="2" t="n">
-        <v>8.890138E-10</v>
+        <v>8.215509E-10</v>
       </c>
       <c r="I560" s="2" t="n">
-        <v>1193.0</v>
+        <v>431.14</v>
       </c>
     </row>
     <row r="561">
       <c r="A561" s="2" t="n">
-        <v>1.71828E12</v>
+        <v>1.7186256E12</v>
       </c>
       <c r="B561" s="2" t="n">
-        <v>1.718366399999E12</v>
+        <v>1.718711999999E12</v>
       </c>
       <c r="C561" s="2" t="n">
-        <v>1.71828E12</v>
+        <v>1.71862764E12</v>
       </c>
       <c r="D561" s="2" t="n">
-        <v>1.71835662E12</v>
+        <v>1.71866448E12</v>
       </c>
       <c r="E561" s="2" t="n">
-        <v>9.475982E-10</v>
+        <v>8.74412E-10</v>
       </c>
       <c r="F561" s="2" t="n">
-        <v>9.475982E-10</v>
+        <v>8.769888E-10</v>
       </c>
       <c r="G561" s="2" t="n">
-        <v>9.182985E-10</v>
+        <v>8.508781E-10</v>
       </c>
       <c r="H561" s="2" t="n">
-        <v>9.182985E-10</v>
+        <v>8.619444E-10</v>
       </c>
       <c r="I561" s="2" t="n">
-        <v>432.95</v>
+        <v>331.89</v>
       </c>
     </row>
     <row r="562">
       <c r="A562" s="2" t="n">
-        <v>1.7181936E12</v>
+        <v>1.7185392E12</v>
       </c>
       <c r="B562" s="2" t="n">
-        <v>1.718279999999E12</v>
+        <v>1.718625599999E12</v>
       </c>
       <c r="C562" s="2" t="n">
-        <v>1.71824838E12</v>
+        <v>1.71856032E12</v>
       </c>
       <c r="D562" s="2" t="n">
-        <v>1.7181966E12</v>
+        <v>1.71857754E12</v>
       </c>
       <c r="E562" s="2" t="n">
-        <v>9.506079E-10</v>
+        <v>8.911373E-10</v>
       </c>
       <c r="F562" s="2" t="n">
-        <v>9.819679E-10</v>
+        <v>8.923791E-10</v>
       </c>
       <c r="G562" s="2" t="n">
-        <v>9.379127E-10</v>
+        <v>8.715411E-10</v>
       </c>
       <c r="H562" s="2" t="n">
-        <v>9.475982E-10</v>
+        <v>8.74412E-10</v>
       </c>
       <c r="I562" s="2" t="n">
-        <v>996.05</v>
+        <v>1033.76</v>
       </c>
     </row>
     <row r="563">
       <c r="A563" s="2" t="n">
-        <v>1.7181072E12</v>
+        <v>1.7184528E12</v>
       </c>
       <c r="B563" s="2" t="n">
-        <v>1.718193599999E12</v>
+        <v>1.718539199999E12</v>
       </c>
       <c r="C563" s="2" t="n">
-        <v>1.71811404E12</v>
+        <v>1.71847608E12</v>
       </c>
       <c r="D563" s="2" t="n">
-        <v>1.71814194E12</v>
+        <v>1.7184528E12</v>
       </c>
       <c r="E563" s="2" t="n">
-        <v>9.628892E-10</v>
+        <v>8.890138E-10</v>
       </c>
       <c r="F563" s="2" t="n">
-        <v>9.714872E-10</v>
+        <v>9.049434E-10</v>
       </c>
       <c r="G563" s="2" t="n">
-        <v>9.450119E-10</v>
+        <v>8.890138E-10</v>
       </c>
       <c r="H563" s="2" t="n">
-        <v>9.506079E-10</v>
+        <v>8.911373E-10</v>
       </c>
       <c r="I563" s="2" t="n">
-        <v>423.43</v>
+        <v>508.25</v>
       </c>
     </row>
     <row r="564">
       <c r="A564" s="2" t="n">
-        <v>1.7180208E12</v>
+        <v>1.7183664E12</v>
       </c>
       <c r="B564" s="2" t="n">
-        <v>1.718107199999E12</v>
+        <v>1.718452799999E12</v>
       </c>
       <c r="C564" s="2" t="n">
-        <v>1.7180208E12</v>
+        <v>1.71841158E12</v>
       </c>
       <c r="D564" s="2" t="n">
-        <v>1.71810078E12</v>
+        <v>1.71843234E12</v>
       </c>
       <c r="E564" s="2" t="n">
-        <v>1.0619994E-9</v>
+        <v>9.182985E-10</v>
       </c>
       <c r="F564" s="2" t="n">
-        <v>1.0619994E-9</v>
+        <v>9.39063E-10</v>
       </c>
       <c r="G564" s="2" t="n">
-        <v>9.628892E-10</v>
+        <v>8.82778E-10</v>
       </c>
       <c r="H564" s="2" t="n">
-        <v>9.628892E-10</v>
+        <v>8.890138E-10</v>
       </c>
       <c r="I564" s="2" t="n">
-        <v>507.72</v>
+        <v>1193.0</v>
       </c>
     </row>
     <row r="565">
       <c r="A565" s="2" t="n">
-        <v>1.7179344E12</v>
+        <v>1.71828E12</v>
       </c>
       <c r="B565" s="2" t="n">
-        <v>1.718020799999E12</v>
+        <v>1.718366399999E12</v>
       </c>
       <c r="C565" s="2" t="n">
-        <v>1.7179344E12</v>
+        <v>1.71828E12</v>
       </c>
       <c r="D565" s="2" t="n">
-        <v>1.71801744E12</v>
+        <v>1.71835662E12</v>
       </c>
       <c r="E565" s="2" t="n">
-        <v>1.0999177E-9</v>
+        <v>9.475982E-10</v>
       </c>
       <c r="F565" s="2" t="n">
-        <v>1.0999177E-9</v>
+        <v>9.475982E-10</v>
       </c>
       <c r="G565" s="2" t="n">
-        <v>1.0619994E-9</v>
+        <v>9.182985E-10</v>
       </c>
       <c r="H565" s="2" t="n">
-        <v>1.0619994E-9</v>
+        <v>9.182985E-10</v>
       </c>
       <c r="I565" s="2" t="n">
-        <v>1075.15</v>
+        <v>432.95</v>
       </c>
     </row>
     <row r="566">
       <c r="A566" s="2" t="n">
-        <v>1.717848E12</v>
+        <v>1.7181936E12</v>
       </c>
       <c r="B566" s="2" t="n">
-        <v>1.717934399999E12</v>
+        <v>1.718279999999E12</v>
       </c>
       <c r="C566" s="2" t="n">
-        <v>1.71785448E12</v>
+        <v>1.71824838E12</v>
       </c>
       <c r="D566" s="2" t="n">
-        <v>1.71789846E12</v>
+        <v>1.7181966E12</v>
       </c>
       <c r="E566" s="2" t="n">
-        <v>1.1144185E-9</v>
+        <v>9.506079E-10</v>
       </c>
       <c r="F566" s="2" t="n">
-        <v>1.1144822E-9</v>
+        <v>9.819679E-10</v>
       </c>
       <c r="G566" s="2" t="n">
-        <v>1.0977727E-9</v>
+        <v>9.379127E-10</v>
       </c>
       <c r="H566" s="2" t="n">
-        <v>1.0999177E-9</v>
+        <v>9.475982E-10</v>
       </c>
       <c r="I566" s="2" t="n">
-        <v>823.19</v>
+        <v>996.05</v>
       </c>
     </row>
     <row r="567">
       <c r="A567" s="2" t="n">
-        <v>1.7177616E12</v>
+        <v>1.7181072E12</v>
       </c>
       <c r="B567" s="2" t="n">
-        <v>1.717847999999E12</v>
+        <v>1.718193599999E12</v>
       </c>
       <c r="C567" s="2" t="n">
-        <v>1.71776322E12</v>
+        <v>1.71811404E12</v>
       </c>
       <c r="D567" s="2" t="n">
-        <v>1.71784692E12</v>
+        <v>1.71814194E12</v>
       </c>
       <c r="E567" s="2" t="n">
-        <v>1.1922821E-9</v>
+        <v>9.628892E-10</v>
       </c>
       <c r="F567" s="2" t="n">
-        <v>1.1978222E-9</v>
+        <v>9.714872E-10</v>
       </c>
       <c r="G567" s="2" t="n">
-        <v>1.1144185E-9</v>
+        <v>9.450119E-10</v>
       </c>
       <c r="H567" s="2" t="n">
-        <v>1.1144185E-9</v>
+        <v>9.506079E-10</v>
       </c>
       <c r="I567" s="2" t="n">
-        <v>2089.1</v>
+        <v>423.43</v>
       </c>
     </row>
     <row r="568">
       <c r="A568" s="2" t="n">
-        <v>1.7176752E12</v>
+        <v>1.7180208E12</v>
       </c>
       <c r="B568" s="2" t="n">
-        <v>1.717761599999E12</v>
+        <v>1.718107199999E12</v>
       </c>
       <c r="C568" s="2" t="n">
-        <v>1.71771816E12</v>
+        <v>1.7180208E12</v>
       </c>
       <c r="D568" s="2" t="n">
-        <v>1.71767766E12</v>
+        <v>1.71810078E12</v>
       </c>
       <c r="E568" s="2" t="n">
-        <v>1.1846608E-9</v>
+        <v>1.0619994E-9</v>
       </c>
       <c r="F568" s="2" t="n">
-        <v>1.2109378E-9</v>
+        <v>1.0619994E-9</v>
       </c>
       <c r="G568" s="2" t="n">
-        <v>1.1846608E-9</v>
+        <v>9.628892E-10</v>
       </c>
       <c r="H568" s="2" t="n">
-        <v>1.1922821E-9</v>
+        <v>9.628892E-10</v>
       </c>
       <c r="I568" s="2" t="n">
-        <v>1329.44</v>
+        <v>507.72</v>
       </c>
     </row>
     <row r="569">
       <c r="A569" s="2" t="n">
-        <v>1.7175888E12</v>
+        <v>1.7179344E12</v>
       </c>
       <c r="B569" s="2" t="n">
-        <v>1.717675199999E12</v>
+        <v>1.718020799999E12</v>
       </c>
       <c r="C569" s="2" t="n">
-        <v>1.71762078E12</v>
+        <v>1.7179344E12</v>
       </c>
       <c r="D569" s="2" t="n">
-        <v>1.71758886E12</v>
+        <v>1.71801744E12</v>
       </c>
       <c r="E569" s="2" t="n">
-        <v>1.1735863E-9</v>
+        <v>1.0999177E-9</v>
       </c>
       <c r="F569" s="2" t="n">
-        <v>1.2202376E-9</v>
+        <v>1.0999177E-9</v>
       </c>
       <c r="G569" s="2" t="n">
-        <v>1.1735863E-9</v>
+        <v>1.0619994E-9</v>
       </c>
       <c r="H569" s="2" t="n">
-        <v>1.1846608E-9</v>
+        <v>1.0619994E-9</v>
       </c>
       <c r="I569" s="2" t="n">
-        <v>652.43</v>
+        <v>1075.15</v>
       </c>
     </row>
     <row r="570">
       <c r="A570" s="2" t="n">
-        <v>1.7175024E12</v>
+        <v>1.717848E12</v>
       </c>
       <c r="B570" s="2" t="n">
-        <v>1.717588799999E12</v>
+        <v>1.717934399999E12</v>
       </c>
       <c r="C570" s="2" t="n">
-        <v>1.71758478E12</v>
+        <v>1.71785448E12</v>
       </c>
       <c r="D570" s="2" t="n">
-        <v>1.71754188E12</v>
+        <v>1.71789846E12</v>
       </c>
       <c r="E570" s="2" t="n">
-        <v>1.0897274E-9</v>
+        <v>1.1144185E-9</v>
       </c>
       <c r="F570" s="2" t="n">
-        <v>1.1735863E-9</v>
+        <v>1.1144822E-9</v>
       </c>
       <c r="G570" s="2" t="n">
-        <v>1.0881713E-9</v>
+        <v>1.0977727E-9</v>
       </c>
       <c r="H570" s="2" t="n">
-        <v>1.1735863E-9</v>
+        <v>1.0999177E-9</v>
       </c>
       <c r="I570" s="2" t="n">
-        <v>1361.27</v>
+        <v>823.19</v>
       </c>
     </row>
     <row r="571">
       <c r="A571" s="2" t="n">
-        <v>1.717416E12</v>
+        <v>1.7177616E12</v>
       </c>
       <c r="B571" s="2" t="n">
-        <v>1.717502399999E12</v>
+        <v>1.717847999999E12</v>
       </c>
       <c r="C571" s="2" t="n">
-        <v>1.71746574E12</v>
+        <v>1.71776322E12</v>
       </c>
       <c r="D571" s="2" t="n">
-        <v>1.71741888E12</v>
+        <v>1.71784692E12</v>
       </c>
       <c r="E571" s="2" t="n">
-        <v>1.0458881E-9</v>
+        <v>1.1922821E-9</v>
       </c>
       <c r="F571" s="2" t="n">
-        <v>1.100107E-9</v>
+        <v>1.1978222E-9</v>
       </c>
       <c r="G571" s="2" t="n">
-        <v>1.0458881E-9</v>
+        <v>1.1144185E-9</v>
       </c>
       <c r="H571" s="2" t="n">
-        <v>1.0897274E-9</v>
+        <v>1.1144185E-9</v>
       </c>
       <c r="I571" s="2" t="n">
-        <v>698.75</v>
+        <v>2089.1</v>
       </c>
     </row>
     <row r="572">
       <c r="A572" s="2" t="n">
-        <v>1.7173296E12</v>
+        <v>1.7176752E12</v>
       </c>
       <c r="B572" s="2" t="n">
-        <v>1.717415999999E12</v>
+        <v>1.717761599999E12</v>
       </c>
       <c r="C572" s="2" t="n">
-        <v>1.7173299E12</v>
+        <v>1.71771816E12</v>
       </c>
       <c r="D572" s="2" t="n">
-        <v>1.71740436E12</v>
+        <v>1.71767766E12</v>
       </c>
       <c r="E572" s="2" t="n">
-        <v>1.0792515E-9</v>
+        <v>1.1846608E-9</v>
       </c>
       <c r="F572" s="2" t="n">
-        <v>1.0792515E-9</v>
+        <v>1.2109378E-9</v>
       </c>
       <c r="G572" s="2" t="n">
-        <v>1.0402679E-9</v>
+        <v>1.1846608E-9</v>
       </c>
       <c r="H572" s="2" t="n">
-        <v>1.0458881E-9</v>
+        <v>1.1922821E-9</v>
       </c>
       <c r="I572" s="2" t="n">
-        <v>1775.73</v>
+        <v>1329.44</v>
       </c>
     </row>
     <row r="573">
       <c r="A573" s="2" t="n">
-        <v>1.7172432E12</v>
+        <v>1.7175888E12</v>
       </c>
       <c r="B573" s="2" t="n">
-        <v>1.717329599999E12</v>
+        <v>1.717675199999E12</v>
       </c>
       <c r="C573" s="2" t="n">
-        <v>1.71732132E12</v>
+        <v>1.71762078E12</v>
       </c>
       <c r="D573" s="2" t="n">
-        <v>1.71727866E12</v>
+        <v>1.71758886E12</v>
       </c>
       <c r="E573" s="2" t="n">
-        <v>1.0706033E-9</v>
+        <v>1.1735863E-9</v>
       </c>
       <c r="F573" s="2" t="n">
-        <v>1.0874992E-9</v>
+        <v>1.2202376E-9</v>
       </c>
       <c r="G573" s="2" t="n">
-        <v>1.0656002E-9</v>
+        <v>1.1735863E-9</v>
       </c>
       <c r="H573" s="2" t="n">
-        <v>1.0792515E-9</v>
+        <v>1.1846608E-9</v>
       </c>
       <c r="I573" s="2" t="n">
-        <v>617.59</v>
+        <v>652.43</v>
       </c>
     </row>
     <row r="574">
       <c r="A574" s="2" t="n">
-        <v>1.7171568E12</v>
+        <v>1.7175024E12</v>
       </c>
       <c r="B574" s="2" t="n">
-        <v>1.717243199999E12</v>
+        <v>1.717588799999E12</v>
       </c>
       <c r="C574" s="2" t="n">
-        <v>1.7171595E12</v>
+        <v>1.71758478E12</v>
       </c>
       <c r="D574" s="2" t="n">
-        <v>1.71722136E12</v>
+        <v>1.71754188E12</v>
       </c>
       <c r="E574" s="2" t="n">
-        <v>1.1111308E-9</v>
+        <v>1.0897274E-9</v>
       </c>
       <c r="F574" s="2" t="n">
-        <v>1.1111308E-9</v>
+        <v>1.1735863E-9</v>
       </c>
       <c r="G574" s="2" t="n">
-        <v>1.0663607E-9</v>
+        <v>1.0881713E-9</v>
       </c>
       <c r="H574" s="2" t="n">
-        <v>1.0706033E-9</v>
+        <v>1.1735863E-9</v>
       </c>
       <c r="I574" s="2" t="n">
-        <v>1542.54</v>
+        <v>1361.27</v>
       </c>
     </row>
     <row r="575">
       <c r="A575" s="2" t="n">
-        <v>1.7170704E12</v>
+        <v>1.717416E12</v>
       </c>
       <c r="B575" s="2" t="n">
-        <v>1.717156799999E12</v>
+        <v>1.717502399999E12</v>
       </c>
       <c r="C575" s="2" t="n">
-        <v>1.71707286E12</v>
+        <v>1.71746574E12</v>
       </c>
       <c r="D575" s="2" t="n">
-        <v>1.7171442E12</v>
+        <v>1.71741888E12</v>
       </c>
       <c r="E575" s="2" t="n">
-        <v>1.1245855E-9</v>
+        <v>1.0458881E-9</v>
       </c>
       <c r="F575" s="2" t="n">
-        <v>1.1245855E-9</v>
+        <v>1.100107E-9</v>
       </c>
       <c r="G575" s="2" t="n">
-        <v>1.1071084E-9</v>
+        <v>1.0458881E-9</v>
       </c>
       <c r="H575" s="2" t="n">
-        <v>1.1100063E-9</v>
+        <v>1.0897274E-9</v>
       </c>
       <c r="I575" s="2" t="n">
-        <v>1253.97</v>
+        <v>698.75</v>
       </c>
     </row>
     <row r="576">
       <c r="A576" s="2" t="n">
-        <v>1.716984E12</v>
+        <v>1.7173296E12</v>
       </c>
       <c r="B576" s="2" t="n">
-        <v>1.717070399999E12</v>
+        <v>1.717415999999E12</v>
       </c>
       <c r="C576" s="2" t="n">
-        <v>1.716984E12</v>
+        <v>1.7173299E12</v>
       </c>
       <c r="D576" s="2" t="n">
-        <v>1.71705558E12</v>
+        <v>1.71740436E12</v>
       </c>
       <c r="E576" s="2" t="n">
-        <v>1.1911147E-9</v>
+        <v>1.0792515E-9</v>
       </c>
       <c r="F576" s="2" t="n">
-        <v>1.1911147E-9</v>
+        <v>1.0792515E-9</v>
       </c>
       <c r="G576" s="2" t="n">
-        <v>1.1159811E-9</v>
+        <v>1.0402679E-9</v>
       </c>
       <c r="H576" s="2" t="n">
-        <v>1.1245855E-9</v>
+        <v>1.0458881E-9</v>
       </c>
       <c r="I576" s="2" t="n">
-        <v>2523.2</v>
+        <v>1775.73</v>
       </c>
     </row>
     <row r="577">
       <c r="A577" s="2" t="n">
-        <v>1.7168976E12</v>
+        <v>1.7172432E12</v>
       </c>
       <c r="B577" s="2" t="n">
-        <v>1.716983999999E12</v>
+        <v>1.717329599999E12</v>
       </c>
       <c r="C577" s="2" t="n">
-        <v>1.71690114E12</v>
+        <v>1.71732132E12</v>
       </c>
       <c r="D577" s="2" t="n">
-        <v>1.71695514E12</v>
+        <v>1.71727866E12</v>
       </c>
       <c r="E577" s="2" t="n">
-        <v>1.2552639E-9</v>
+        <v>1.0706033E-9</v>
       </c>
       <c r="F577" s="2" t="n">
-        <v>1.2556733E-9</v>
+        <v>1.0874992E-9</v>
       </c>
       <c r="G577" s="2" t="n">
-        <v>1.1715294E-9</v>
+        <v>1.0656002E-9</v>
       </c>
       <c r="H577" s="2" t="n">
-        <v>1.1911147E-9</v>
+        <v>1.0792515E-9</v>
       </c>
       <c r="I577" s="2" t="n">
-        <v>3754.97</v>
+        <v>617.59</v>
       </c>
     </row>
     <row r="578">
       <c r="A578" s="2" t="n">
-        <v>1.7168112E12</v>
+        <v>1.7171568E12</v>
       </c>
       <c r="B578" s="2" t="n">
-        <v>1.716897599999E12</v>
+        <v>1.717243199999E12</v>
       </c>
       <c r="C578" s="2" t="n">
-        <v>1.71686844E12</v>
+        <v>1.7171595E12</v>
       </c>
       <c r="D578" s="2" t="n">
-        <v>1.71681294E12</v>
+        <v>1.71722136E12</v>
       </c>
       <c r="E578" s="2" t="n">
-        <v>1.2453832E-9</v>
+        <v>1.1111308E-9</v>
       </c>
       <c r="F578" s="2" t="n">
-        <v>1.2724139E-9</v>
+        <v>1.1111308E-9</v>
       </c>
       <c r="G578" s="2" t="n">
-        <v>1.2453832E-9</v>
+        <v>1.0663607E-9</v>
       </c>
       <c r="H578" s="2" t="n">
-        <v>1.2552639E-9</v>
+        <v>1.0706033E-9</v>
       </c>
       <c r="I578" s="2" t="n">
-        <v>800.75</v>
+        <v>1542.54</v>
       </c>
     </row>
     <row r="579">
       <c r="A579" s="2" t="n">
-        <v>1.7167248E12</v>
+        <v>1.7170704E12</v>
       </c>
       <c r="B579" s="2" t="n">
-        <v>1.716811199999E12</v>
+        <v>1.717156799999E12</v>
       </c>
       <c r="C579" s="2" t="n">
-        <v>1.71675564E12</v>
+        <v>1.71707286E12</v>
       </c>
       <c r="D579" s="2" t="n">
-        <v>1.71680514E12</v>
+        <v>1.7171442E12</v>
       </c>
       <c r="E579" s="2" t="n">
-        <v>1.2503537E-9</v>
+        <v>1.1245855E-9</v>
       </c>
       <c r="F579" s="2" t="n">
-        <v>1.2563034E-9</v>
+        <v>1.1245855E-9</v>
       </c>
       <c r="G579" s="2" t="n">
-        <v>1.2447297E-9</v>
+        <v>1.1071084E-9</v>
       </c>
       <c r="H579" s="2" t="n">
-        <v>1.2453832E-9</v>
+        <v>1.1100063E-9</v>
       </c>
       <c r="I579" s="2" t="n">
-        <v>242.43</v>
+        <v>1253.97</v>
       </c>
     </row>
     <row r="580">
       <c r="A580" s="2" t="n">
-        <v>1.7166384E12</v>
+        <v>1.716984E12</v>
       </c>
       <c r="B580" s="2" t="n">
-        <v>1.716724799999E12</v>
+        <v>1.717070399999E12</v>
       </c>
       <c r="C580" s="2" t="n">
-        <v>1.71664128E12</v>
+        <v>1.716984E12</v>
       </c>
       <c r="D580" s="2" t="n">
-        <v>1.71672012E12</v>
+        <v>1.71705558E12</v>
       </c>
       <c r="E580" s="2" t="n">
-        <v>1.2858323E-9</v>
+        <v>1.1911147E-9</v>
       </c>
       <c r="F580" s="2" t="n">
-        <v>1.2858323E-9</v>
+        <v>1.1911147E-9</v>
       </c>
       <c r="G580" s="2" t="n">
-        <v>1.2474143E-9</v>
+        <v>1.1159811E-9</v>
       </c>
       <c r="H580" s="2" t="n">
-        <v>1.2503537E-9</v>
+        <v>1.1245855E-9</v>
       </c>
       <c r="I580" s="2" t="n">
-        <v>1708.62</v>
+        <v>2523.2</v>
       </c>
     </row>
     <row r="581">
       <c r="A581" s="2" t="n">
-        <v>1.716552E12</v>
+        <v>1.7168976E12</v>
       </c>
       <c r="B581" s="2" t="n">
-        <v>1.716638399999E12</v>
+        <v>1.716983999999E12</v>
       </c>
       <c r="C581" s="2" t="n">
-        <v>1.71662922E12</v>
+        <v>1.71690114E12</v>
       </c>
       <c r="D581" s="2" t="n">
-        <v>1.71655554E12</v>
+        <v>1.71695514E12</v>
       </c>
       <c r="E581" s="2" t="n">
-        <v>1.2649639E-9</v>
+        <v>1.2552639E-9</v>
       </c>
       <c r="F581" s="2" t="n">
-        <v>1.2899169E-9</v>
+        <v>1.2556733E-9</v>
       </c>
       <c r="G581" s="2" t="n">
-        <v>1.2649639E-9</v>
+        <v>1.1715294E-9</v>
       </c>
       <c r="H581" s="2" t="n">
-        <v>1.2858323E-9</v>
+        <v>1.1911147E-9</v>
       </c>
       <c r="I581" s="2" t="n">
-        <v>898.89</v>
+        <v>3754.97</v>
       </c>
     </row>
     <row r="582">
       <c r="A582" s="2" t="n">
-        <v>1.7164656E12</v>
+        <v>1.7168112E12</v>
       </c>
       <c r="B582" s="2" t="n">
-        <v>1.716551999999E12</v>
+        <v>1.716897599999E12</v>
       </c>
       <c r="C582" s="2" t="n">
-        <v>1.71646914E12</v>
+        <v>1.71686844E12</v>
       </c>
       <c r="D582" s="2" t="n">
-        <v>1.7165382E12</v>
+        <v>1.71681294E12</v>
       </c>
       <c r="E582" s="2" t="n">
-        <v>1.311286E-9</v>
+        <v>1.2453832E-9</v>
       </c>
       <c r="F582" s="2" t="n">
-        <v>1.3115652E-9</v>
+        <v>1.2724139E-9</v>
       </c>
       <c r="G582" s="2" t="n">
-        <v>1.2341359E-9</v>
+        <v>1.2453832E-9</v>
       </c>
       <c r="H582" s="2" t="n">
-        <v>1.2649639E-9</v>
+        <v>1.2552639E-9</v>
       </c>
       <c r="I582" s="2" t="n">
-        <v>507.94</v>
+        <v>800.75</v>
       </c>
     </row>
     <row r="583">
       <c r="A583" s="2" t="n">
-        <v>1.7163792E12</v>
+        <v>1.7167248E12</v>
       </c>
       <c r="B583" s="2" t="n">
-        <v>1.716465599999E12</v>
+        <v>1.716811199999E12</v>
       </c>
       <c r="C583" s="2" t="n">
-        <v>1.71641148E12</v>
+        <v>1.71675564E12</v>
       </c>
       <c r="D583" s="2" t="n">
-        <v>1.71644634E12</v>
+        <v>1.71680514E12</v>
       </c>
       <c r="E583" s="2" t="n">
-        <v>1.3022409E-9</v>
+        <v>1.2503537E-9</v>
       </c>
       <c r="F583" s="2" t="n">
-        <v>1.3301887E-9</v>
+        <v>1.2563034E-9</v>
       </c>
       <c r="G583" s="2" t="n">
-        <v>1.3009054E-9</v>
+        <v>1.2447297E-9</v>
       </c>
       <c r="H583" s="2" t="n">
-        <v>1.311286E-9</v>
+        <v>1.2453832E-9</v>
       </c>
       <c r="I583" s="2" t="n">
-        <v>743.03</v>
+        <v>242.43</v>
       </c>
     </row>
     <row r="584">
       <c r="A584" s="2" t="n">
-        <v>1.7162928E12</v>
+        <v>1.7166384E12</v>
       </c>
       <c r="B584" s="2" t="n">
-        <v>1.716379199999E12</v>
+        <v>1.716724799999E12</v>
       </c>
       <c r="C584" s="2" t="n">
-        <v>1.71634566E12</v>
+        <v>1.71664128E12</v>
       </c>
       <c r="D584" s="2" t="n">
-        <v>1.71630342E12</v>
+        <v>1.71672012E12</v>
       </c>
       <c r="E584" s="2" t="n">
-        <v>1.2661756E-9</v>
+        <v>1.2858323E-9</v>
       </c>
       <c r="F584" s="2" t="n">
-        <v>1.3066438E-9</v>
+        <v>1.2858323E-9</v>
       </c>
       <c r="G584" s="2" t="n">
-        <v>1.2506025E-9</v>
+        <v>1.2474143E-9</v>
       </c>
       <c r="H584" s="2" t="n">
-        <v>1.3022409E-9</v>
+        <v>1.2503537E-9</v>
       </c>
       <c r="I584" s="2" t="n">
-        <v>2476.11</v>
+        <v>1708.62</v>
       </c>
     </row>
     <row r="585">
       <c r="A585" s="2" t="n">
-        <v>1.7162064E12</v>
+        <v>1.716552E12</v>
       </c>
       <c r="B585" s="2" t="n">
-        <v>1.716292799999E12</v>
+        <v>1.716638399999E12</v>
       </c>
       <c r="C585" s="2" t="n">
-        <v>1.7162781E12</v>
+        <v>1.71662922E12</v>
       </c>
       <c r="D585" s="2" t="n">
-        <v>1.71625188E12</v>
+        <v>1.71655554E12</v>
       </c>
       <c r="E585" s="2" t="n">
-        <v>1.2630623E-9</v>
+        <v>1.2649639E-9</v>
       </c>
       <c r="F585" s="2" t="n">
-        <v>1.2669871E-9</v>
+        <v>1.2899169E-9</v>
       </c>
       <c r="G585" s="2" t="n">
-        <v>1.2306543E-9</v>
+        <v>1.2649639E-9</v>
       </c>
       <c r="H585" s="2" t="n">
-        <v>1.2661756E-9</v>
+        <v>1.2858323E-9</v>
       </c>
       <c r="I585" s="2" t="n">
-        <v>1210.63</v>
+        <v>898.89</v>
       </c>
     </row>
     <row r="586">
       <c r="A586" s="2" t="n">
-        <v>1.71612E12</v>
+        <v>1.7164656E12</v>
       </c>
       <c r="B586" s="2" t="n">
-        <v>1.716206399999E12</v>
+        <v>1.716551999999E12</v>
       </c>
       <c r="C586" s="2" t="n">
-        <v>1.71613434E12</v>
+        <v>1.71646914E12</v>
       </c>
       <c r="D586" s="2" t="n">
-        <v>1.71618162E12</v>
+        <v>1.7165382E12</v>
       </c>
       <c r="E586" s="2" t="n">
-        <v>1.2836959E-9</v>
+        <v>1.311286E-9</v>
       </c>
       <c r="F586" s="2" t="n">
-        <v>1.2912097E-9</v>
+        <v>1.3115652E-9</v>
       </c>
       <c r="G586" s="2" t="n">
-        <v>1.261402E-9</v>
+        <v>1.2341359E-9</v>
       </c>
       <c r="H586" s="2" t="n">
-        <v>1.2630623E-9</v>
+        <v>1.2649639E-9</v>
       </c>
       <c r="I586" s="2" t="n">
-        <v>567.24</v>
+        <v>507.94</v>
       </c>
     </row>
     <row r="587">
       <c r="A587" s="2" t="n">
-        <v>1.7160336E12</v>
+        <v>1.7163792E12</v>
       </c>
       <c r="B587" s="2" t="n">
-        <v>1.716119999999E12</v>
+        <v>1.716465599999E12</v>
       </c>
       <c r="C587" s="2" t="n">
-        <v>1.71604884E12</v>
+        <v>1.71641148E12</v>
       </c>
       <c r="D587" s="2" t="n">
-        <v>1.71609834E12</v>
+        <v>1.71644634E12</v>
       </c>
       <c r="E587" s="2" t="n">
-        <v>1.2908171E-9</v>
+        <v>1.3022409E-9</v>
       </c>
       <c r="F587" s="2" t="n">
-        <v>1.2950407E-9</v>
+        <v>1.3301887E-9</v>
       </c>
       <c r="G587" s="2" t="n">
-        <v>1.2773901E-9</v>
+        <v>1.3009054E-9</v>
       </c>
       <c r="H587" s="2" t="n">
-        <v>1.2836959E-9</v>
+        <v>1.311286E-9</v>
       </c>
       <c r="I587" s="2" t="n">
-        <v>582.71</v>
+        <v>743.03</v>
       </c>
     </row>
     <row r="588">
       <c r="A588" s="2" t="n">
-        <v>1.7159472E12</v>
+        <v>1.7162928E12</v>
       </c>
       <c r="B588" s="2" t="n">
-        <v>1.716033599999E12</v>
+        <v>1.716379199999E12</v>
       </c>
       <c r="C588" s="2" t="n">
-        <v>1.71601008E12</v>
+        <v>1.71634566E12</v>
       </c>
       <c r="D588" s="2" t="n">
-        <v>1.71594822E12</v>
+        <v>1.71630342E12</v>
       </c>
       <c r="E588" s="2" t="n">
-        <v>1.271871E-9</v>
+        <v>1.2661756E-9</v>
       </c>
       <c r="F588" s="2" t="n">
-        <v>1.2940566E-9</v>
+        <v>1.3066438E-9</v>
       </c>
       <c r="G588" s="2" t="n">
-        <v>1.271871E-9</v>
+        <v>1.2506025E-9</v>
       </c>
       <c r="H588" s="2" t="n">
-        <v>1.2908171E-9</v>
+        <v>1.3022409E-9</v>
       </c>
       <c r="I588" s="2" t="n">
-        <v>344.71</v>
+        <v>2476.11</v>
       </c>
     </row>
     <row r="589">
       <c r="A589" s="2" t="n">
-        <v>1.7158608E12</v>
+        <v>1.7162064E12</v>
       </c>
       <c r="B589" s="2" t="n">
-        <v>1.715947199999E12</v>
+        <v>1.716292799999E12</v>
       </c>
       <c r="C589" s="2" t="n">
-        <v>1.71586296E12</v>
+        <v>1.7162781E12</v>
       </c>
       <c r="D589" s="2" t="n">
-        <v>1.71592158E12</v>
+        <v>1.71625188E12</v>
       </c>
       <c r="E589" s="2" t="n">
-        <v>1.2942829E-9</v>
+        <v>1.2630623E-9</v>
       </c>
       <c r="F589" s="2" t="n">
-        <v>1.3000172E-9</v>
+        <v>1.2669871E-9</v>
       </c>
       <c r="G589" s="2" t="n">
-        <v>1.2658845E-9</v>
+        <v>1.2306543E-9</v>
       </c>
       <c r="H589" s="2" t="n">
-        <v>1.271871E-9</v>
+        <v>1.2661756E-9</v>
       </c>
       <c r="I589" s="2" t="n">
-        <v>884.78</v>
+        <v>1210.63</v>
       </c>
     </row>
     <row r="590">
       <c r="A590" s="2" t="n">
-        <v>1.7157744E12</v>
+        <v>1.71612E12</v>
       </c>
       <c r="B590" s="2" t="n">
-        <v>1.715860799999E12</v>
+        <v>1.716206399999E12</v>
       </c>
       <c r="C590" s="2" t="n">
-        <v>1.71584472E12</v>
+        <v>1.71613434E12</v>
       </c>
       <c r="D590" s="2" t="n">
-        <v>1.71578034E12</v>
+        <v>1.71618162E12</v>
       </c>
       <c r="E590" s="2" t="n">
-        <v>1.2510108E-9</v>
+        <v>1.2836959E-9</v>
       </c>
       <c r="F590" s="2" t="n">
-        <v>1.2997189E-9</v>
+        <v>1.2912097E-9</v>
       </c>
       <c r="G590" s="2" t="n">
-        <v>1.2503571E-9</v>
+        <v>1.261402E-9</v>
       </c>
       <c r="H590" s="2" t="n">
-        <v>1.2942829E-9</v>
+        <v>1.2630623E-9</v>
       </c>
       <c r="I590" s="2" t="n">
-        <v>421.91</v>
+        <v>567.24</v>
       </c>
     </row>
     <row r="591">
       <c r="A591" s="2" t="n">
-        <v>1.715688E12</v>
+        <v>1.7160336E12</v>
       </c>
       <c r="B591" s="2" t="n">
-        <v>1.715774399999E12</v>
+        <v>1.716119999999E12</v>
       </c>
       <c r="C591" s="2" t="n">
-        <v>1.71569016E12</v>
+        <v>1.71604884E12</v>
       </c>
       <c r="D591" s="2" t="n">
-        <v>1.71577404E12</v>
+        <v>1.71609834E12</v>
       </c>
       <c r="E591" s="2" t="n">
-        <v>1.3171047E-9</v>
+        <v>1.2908171E-9</v>
       </c>
       <c r="F591" s="2" t="n">
-        <v>1.3171047E-9</v>
+        <v>1.2950407E-9</v>
       </c>
       <c r="G591" s="2" t="n">
-        <v>1.2510108E-9</v>
+        <v>1.2773901E-9</v>
       </c>
       <c r="H591" s="2" t="n">
-        <v>1.2510108E-9</v>
+        <v>1.2836959E-9</v>
       </c>
       <c r="I591" s="2" t="n">
-        <v>378.91</v>
+        <v>582.71</v>
       </c>
     </row>
     <row r="592">
       <c r="A592" s="2" t="n">
-        <v>1.7156016E12</v>
+        <v>1.7159472E12</v>
       </c>
       <c r="B592" s="2" t="n">
-        <v>1.715687999999E12</v>
+        <v>1.716033599999E12</v>
       </c>
       <c r="C592" s="2" t="n">
-        <v>1.7156049E12</v>
+        <v>1.71601008E12</v>
       </c>
       <c r="D592" s="2" t="n">
-        <v>1.71566808E12</v>
+        <v>1.71594822E12</v>
       </c>
       <c r="E592" s="2" t="n">
-        <v>1.6131407E-9</v>
+        <v>1.271871E-9</v>
       </c>
       <c r="F592" s="2" t="n">
-        <v>1.6131407E-9</v>
+        <v>1.2940566E-9</v>
       </c>
       <c r="G592" s="2" t="n">
-        <v>1.3122015E-9</v>
+        <v>1.271871E-9</v>
       </c>
       <c r="H592" s="2" t="n">
-        <v>1.3171047E-9</v>
+        <v>1.2908171E-9</v>
       </c>
       <c r="I592" s="2" t="n">
-        <v>10711.27</v>
+        <v>344.71</v>
       </c>
     </row>
     <row r="593">
       <c r="A593" s="2" t="n">
-        <v>1.7155152E12</v>
+        <v>1.7158608E12</v>
       </c>
       <c r="B593" s="2" t="n">
-        <v>1.715601599999E12</v>
+        <v>1.715947199999E12</v>
       </c>
       <c r="C593" s="2" t="n">
-        <v>1.71558306E12</v>
+        <v>1.71586296E12</v>
       </c>
       <c r="D593" s="2" t="n">
-        <v>1.7155518E12</v>
+        <v>1.71592158E12</v>
       </c>
       <c r="E593" s="2" t="n">
-        <v>1.6136807E-9</v>
+        <v>1.2942829E-9</v>
       </c>
       <c r="F593" s="2" t="n">
-        <v>1.6212886E-9</v>
+        <v>1.3000172E-9</v>
       </c>
       <c r="G593" s="2" t="n">
-        <v>1.6049435E-9</v>
+        <v>1.2658845E-9</v>
       </c>
       <c r="H593" s="2" t="n">
-        <v>1.6131407E-9</v>
+        <v>1.271871E-9</v>
       </c>
       <c r="I593" s="2" t="n">
-        <v>263.8</v>
+        <v>884.78</v>
       </c>
     </row>
     <row r="594">
       <c r="A594" s="2" t="n">
-        <v>1.7154288E12</v>
+        <v>1.7157744E12</v>
       </c>
       <c r="B594" s="2" t="n">
-        <v>1.715515199999E12</v>
+        <v>1.715860799999E12</v>
       </c>
       <c r="C594" s="2" t="n">
-        <v>1.71550662E12</v>
+        <v>1.71584472E12</v>
       </c>
       <c r="D594" s="2" t="n">
-        <v>1.71543684E12</v>
+        <v>1.71578034E12</v>
       </c>
       <c r="E594" s="2" t="n">
-        <v>1.5859756E-9</v>
+        <v>1.2510108E-9</v>
       </c>
       <c r="F594" s="2" t="n">
-        <v>1.6136807E-9</v>
+        <v>1.2997189E-9</v>
       </c>
       <c r="G594" s="2" t="n">
-        <v>1.5830013E-9</v>
+        <v>1.2503571E-9</v>
       </c>
       <c r="H594" s="2" t="n">
-        <v>1.6136807E-9</v>
+        <v>1.2942829E-9</v>
       </c>
       <c r="I594" s="2" t="n">
-        <v>631.05</v>
+        <v>421.91</v>
       </c>
     </row>
     <row r="595">
       <c r="A595" s="2" t="n">
-        <v>1.7153424E12</v>
+        <v>1.715688E12</v>
       </c>
       <c r="B595" s="2" t="n">
-        <v>1.715428799999E12</v>
+        <v>1.715774399999E12</v>
       </c>
       <c r="C595" s="2" t="n">
-        <v>1.71534366E12</v>
+        <v>1.71569016E12</v>
       </c>
       <c r="D595" s="2" t="n">
-        <v>1.71541746E12</v>
+        <v>1.71577404E12</v>
       </c>
       <c r="E595" s="2" t="n">
-        <v>1.6297277E-9</v>
+        <v>1.3171047E-9</v>
       </c>
       <c r="F595" s="2" t="n">
-        <v>1.6297277E-9</v>
+        <v>1.3171047E-9</v>
       </c>
       <c r="G595" s="2" t="n">
-        <v>1.5831748E-9</v>
+        <v>1.2510108E-9</v>
       </c>
       <c r="H595" s="2" t="n">
-        <v>1.5859756E-9</v>
+        <v>1.2510108E-9</v>
       </c>
       <c r="I595" s="2" t="n">
-        <v>899.29</v>
+        <v>378.91</v>
       </c>
     </row>
     <row r="596">
       <c r="A596" s="2" t="n">
-        <v>1.715256E12</v>
+        <v>1.7156016E12</v>
       </c>
       <c r="B596" s="2" t="n">
-        <v>1.715342399999E12</v>
+        <v>1.715687999999E12</v>
       </c>
       <c r="C596" s="2" t="n">
-        <v>1.71531354E12</v>
+        <v>1.7156049E12</v>
       </c>
       <c r="D596" s="2" t="n">
-        <v>1.71532374E12</v>
+        <v>1.71566808E12</v>
       </c>
       <c r="E596" s="2" t="n">
-        <v>1.6265995E-9</v>
+        <v>1.6131407E-9</v>
       </c>
       <c r="F596" s="2" t="n">
-        <v>1.6488232E-9</v>
+        <v>1.6131407E-9</v>
       </c>
       <c r="G596" s="2" t="n">
-        <v>1.619555E-9</v>
+        <v>1.3122015E-9</v>
       </c>
       <c r="H596" s="2" t="n">
-        <v>1.6297277E-9</v>
+        <v>1.3171047E-9</v>
       </c>
       <c r="I596" s="2" t="n">
-        <v>1002.79</v>
+        <v>10711.27</v>
       </c>
     </row>
     <row r="597">
       <c r="A597" s="2" t="n">
-        <v>1.7151696E12</v>
+        <v>1.7155152E12</v>
       </c>
       <c r="B597" s="2" t="n">
-        <v>1.715255999999E12</v>
+        <v>1.715601599999E12</v>
       </c>
       <c r="C597" s="2" t="n">
-        <v>1.71518748E12</v>
+        <v>1.71558306E12</v>
       </c>
       <c r="D597" s="2" t="n">
-        <v>1.71525186E12</v>
+        <v>1.7155518E12</v>
       </c>
       <c r="E597" s="2" t="n">
-        <v>1.6376862E-9</v>
+        <v>1.6136807E-9</v>
       </c>
       <c r="F597" s="2" t="n">
-        <v>1.6581266E-9</v>
+        <v>1.6212886E-9</v>
       </c>
       <c r="G597" s="2" t="n">
-        <v>1.6265995E-9</v>
+        <v>1.6049435E-9</v>
       </c>
       <c r="H597" s="2" t="n">
-        <v>1.6265995E-9</v>
+        <v>1.6131407E-9</v>
       </c>
       <c r="I597" s="2" t="n">
-        <v>1437.04</v>
+        <v>263.8</v>
       </c>
     </row>
     <row r="598">
       <c r="A598" s="2" t="n">
-        <v>1.7150832E12</v>
+        <v>1.7154288E12</v>
       </c>
       <c r="B598" s="2" t="n">
-        <v>1.715169599999E12</v>
+        <v>1.715515199999E12</v>
       </c>
       <c r="C598" s="2" t="n">
-        <v>1.71511878E12</v>
+        <v>1.71550662E12</v>
       </c>
       <c r="D598" s="2" t="n">
-        <v>1.71516816E12</v>
+        <v>1.71543684E12</v>
       </c>
       <c r="E598" s="2" t="n">
-        <v>1.7218944E-9</v>
+        <v>1.5859756E-9</v>
       </c>
       <c r="F598" s="2" t="n">
-        <v>1.7266944E-9</v>
+        <v>1.6136807E-9</v>
       </c>
       <c r="G598" s="2" t="n">
-        <v>1.63561E-9</v>
+        <v>1.5830013E-9</v>
       </c>
       <c r="H598" s="2" t="n">
-        <v>1.6376862E-9</v>
+        <v>1.6136807E-9</v>
       </c>
       <c r="I598" s="2" t="n">
-        <v>1756.95</v>
+        <v>631.05</v>
       </c>
     </row>
     <row r="599">
       <c r="A599" s="2" t="n">
-        <v>1.7149968E12</v>
+        <v>1.7153424E12</v>
       </c>
       <c r="B599" s="2" t="n">
-        <v>1.715083199999E12</v>
+        <v>1.715428799999E12</v>
       </c>
       <c r="C599" s="2" t="n">
-        <v>1.7150214E12</v>
+        <v>1.71534366E12</v>
       </c>
       <c r="D599" s="2" t="n">
-        <v>1.71506628E12</v>
+        <v>1.71541746E12</v>
       </c>
       <c r="E599" s="2" t="n">
-        <v>1.7299588E-9</v>
+        <v>1.6297277E-9</v>
       </c>
       <c r="F599" s="2" t="n">
-        <v>1.7417059E-9</v>
+        <v>1.6297277E-9</v>
       </c>
       <c r="G599" s="2" t="n">
-        <v>1.7177445E-9</v>
+        <v>1.5831748E-9</v>
       </c>
       <c r="H599" s="2" t="n">
-        <v>1.7218944E-9</v>
+        <v>1.5859756E-9</v>
       </c>
       <c r="I599" s="2" t="n">
-        <v>802.14</v>
+        <v>899.29</v>
       </c>
     </row>
     <row r="600">
       <c r="A600" s="2" t="n">
-        <v>1.7149104E12</v>
+        <v>1.715256E12</v>
       </c>
       <c r="B600" s="2" t="n">
-        <v>1.714996799999E12</v>
+        <v>1.715342399999E12</v>
       </c>
       <c r="C600" s="2" t="n">
-        <v>1.71497052E12</v>
+        <v>1.71531354E12</v>
       </c>
       <c r="D600" s="2" t="n">
-        <v>1.71492906E12</v>
+        <v>1.71532374E12</v>
       </c>
       <c r="E600" s="2" t="n">
-        <v>1.7215588E-9</v>
+        <v>1.6265995E-9</v>
       </c>
       <c r="F600" s="2" t="n">
-        <v>1.7539295E-9</v>
+        <v>1.6488232E-9</v>
       </c>
       <c r="G600" s="2" t="n">
-        <v>1.7149661E-9</v>
+        <v>1.619555E-9</v>
       </c>
       <c r="H600" s="2" t="n">
-        <v>1.7299588E-9</v>
+        <v>1.6297277E-9</v>
       </c>
       <c r="I600" s="2" t="n">
-        <v>1119.84</v>
+        <v>1002.79</v>
       </c>
     </row>
     <row r="601">
       <c r="A601" s="2" t="n">
-        <v>1.714824E12</v>
+        <v>1.7151696E12</v>
       </c>
       <c r="B601" s="2" t="n">
-        <v>1.714910399999E12</v>
+        <v>1.715255999999E12</v>
       </c>
       <c r="C601" s="2" t="n">
-        <v>1.71489918E12</v>
+        <v>1.71518748E12</v>
       </c>
       <c r="D601" s="2" t="n">
-        <v>1.71485112E12</v>
+        <v>1.71525186E12</v>
       </c>
       <c r="E601" s="2" t="n">
-        <v>1.7081437E-9</v>
+        <v>1.6376862E-9</v>
       </c>
       <c r="F601" s="2" t="n">
-        <v>1.7312533E-9</v>
+        <v>1.6581266E-9</v>
       </c>
       <c r="G601" s="2" t="n">
-        <v>1.6991128E-9</v>
+        <v>1.6265995E-9</v>
       </c>
       <c r="H601" s="2" t="n">
-        <v>1.7215588E-9</v>
+        <v>1.6265995E-9</v>
       </c>
       <c r="I601" s="2" t="n">
-        <v>1838.55</v>
+        <v>1437.04</v>
       </c>
     </row>
     <row r="602">
       <c r="A602" s="2" t="n">
-        <v>1.7147376E12</v>
+        <v>1.7150832E12</v>
       </c>
       <c r="B602" s="2" t="n">
-        <v>1.714823999999E12</v>
+        <v>1.715169599999E12</v>
       </c>
       <c r="C602" s="2" t="n">
-        <v>1.71481764E12</v>
+        <v>1.71511878E12</v>
       </c>
       <c r="D602" s="2" t="n">
-        <v>1.71474018E12</v>
+        <v>1.71516816E12</v>
       </c>
       <c r="E602" s="2" t="n">
-        <v>1.6329614E-9</v>
+        <v>1.7218944E-9</v>
       </c>
       <c r="F602" s="2" t="n">
-        <v>1.7081437E-9</v>
+        <v>1.7266944E-9</v>
       </c>
       <c r="G602" s="2" t="n">
-        <v>1.6249381E-9</v>
+        <v>1.63561E-9</v>
       </c>
       <c r="H602" s="2" t="n">
-        <v>1.7081437E-9</v>
+        <v>1.6376862E-9</v>
       </c>
       <c r="I602" s="2" t="n">
-        <v>767.77</v>
+        <v>1756.95</v>
       </c>
     </row>
     <row r="603">
       <c r="A603" s="2" t="n">
-        <v>1.7146512E12</v>
+        <v>1.7149968E12</v>
       </c>
       <c r="B603" s="2" t="n">
-        <v>1.714737599999E12</v>
+        <v>1.715083199999E12</v>
       </c>
       <c r="C603" s="2" t="n">
-        <v>1.71470862E12</v>
+        <v>1.7150214E12</v>
       </c>
       <c r="D603" s="2" t="n">
-        <v>1.7146698E12</v>
+        <v>1.71506628E12</v>
       </c>
       <c r="E603" s="2" t="n">
-        <v>1.6366034E-9</v>
+        <v>1.7299588E-9</v>
       </c>
       <c r="F603" s="2" t="n">
-        <v>1.6679777E-9</v>
+        <v>1.7417059E-9</v>
       </c>
       <c r="G603" s="2" t="n">
-        <v>1.6049259E-9</v>
+        <v>1.7177445E-9</v>
       </c>
       <c r="H603" s="2" t="n">
-        <v>1.6329614E-9</v>
+        <v>1.7218944E-9</v>
       </c>
       <c r="I603" s="2" t="n">
-        <v>1300.81</v>
+        <v>802.14</v>
       </c>
     </row>
     <row r="604">
       <c r="A604" s="2" t="n">
-        <v>1.7145648E12</v>
+        <v>1.7149104E12</v>
       </c>
       <c r="B604" s="2" t="n">
-        <v>1.714651199999E12</v>
+        <v>1.714996799999E12</v>
       </c>
       <c r="C604" s="2" t="n">
-        <v>1.71456654E12</v>
+        <v>1.71497052E12</v>
       </c>
       <c r="D604" s="2" t="n">
-        <v>1.71462198E12</v>
+        <v>1.71492906E12</v>
       </c>
       <c r="E604" s="2" t="n">
-        <v>1.7136104E-9</v>
+        <v>1.7215588E-9</v>
       </c>
       <c r="F604" s="2" t="n">
-        <v>1.7152209E-9</v>
+        <v>1.7539295E-9</v>
       </c>
       <c r="G604" s="2" t="n">
-        <v>1.5902728E-9</v>
+        <v>1.7149661E-9</v>
       </c>
       <c r="H604" s="2" t="n">
-        <v>1.6366034E-9</v>
+        <v>1.7299588E-9</v>
       </c>
       <c r="I604" s="2" t="n">
-        <v>1960.38</v>
+        <v>1119.84</v>
       </c>
     </row>
     <row r="605">
       <c r="A605" s="2" t="n">
-        <v>1.7144784E12</v>
+        <v>1.714824E12</v>
       </c>
       <c r="B605" s="2" t="n">
-        <v>1.714564799999E12</v>
+        <v>1.714910399999E12</v>
       </c>
       <c r="C605" s="2" t="n">
-        <v>1.71450264E12</v>
+        <v>1.71489918E12</v>
       </c>
       <c r="D605" s="2" t="n">
-        <v>1.7145285E12</v>
+        <v>1.71485112E12</v>
       </c>
       <c r="E605" s="2" t="n">
-        <v>1.7518658E-9</v>
+        <v>1.7081437E-9</v>
       </c>
       <c r="F605" s="2" t="n">
-        <v>1.7644665E-9</v>
+        <v>1.7312533E-9</v>
       </c>
       <c r="G605" s="2" t="n">
-        <v>1.6510341E-9</v>
+        <v>1.6991128E-9</v>
       </c>
       <c r="H605" s="2" t="n">
-        <v>1.7136104E-9</v>
+        <v>1.7215588E-9</v>
       </c>
       <c r="I605" s="2" t="n">
-        <v>2573.12</v>
+        <v>1838.55</v>
       </c>
     </row>
     <row r="606">
       <c r="A606" s="2" t="n">
-        <v>1.714392E12</v>
+        <v>1.7147376E12</v>
       </c>
       <c r="B606" s="2" t="n">
-        <v>1.714478399999E12</v>
+        <v>1.714823999999E12</v>
       </c>
       <c r="C606" s="2" t="n">
-        <v>1.71439476E12</v>
+        <v>1.71481764E12</v>
       </c>
       <c r="D606" s="2" t="n">
-        <v>1.714449E12</v>
+        <v>1.71474018E12</v>
       </c>
       <c r="E606" s="2" t="n">
-        <v>1.9324321E-9</v>
+        <v>1.6329614E-9</v>
       </c>
       <c r="F606" s="2" t="n">
-        <v>1.9324321E-9</v>
+        <v>1.7081437E-9</v>
       </c>
       <c r="G606" s="2" t="n">
-        <v>1.7367007E-9</v>
+        <v>1.6249381E-9</v>
       </c>
       <c r="H606" s="2" t="n">
-        <v>1.7518658E-9</v>
+        <v>1.7081437E-9</v>
       </c>
       <c r="I606" s="2" t="n">
-        <v>6633.5</v>
+        <v>767.77</v>
       </c>
     </row>
     <row r="607">
       <c r="A607" s="2" t="n">
-        <v>1.7143056E12</v>
+        <v>1.7146512E12</v>
       </c>
       <c r="B607" s="2" t="n">
-        <v>1.714391999999E12</v>
+        <v>1.714737599999E12</v>
       </c>
       <c r="C607" s="2" t="n">
-        <v>1.7143878E12</v>
+        <v>1.71470862E12</v>
       </c>
       <c r="D607" s="2" t="n">
-        <v>1.71430818E12</v>
+        <v>1.7146698E12</v>
       </c>
       <c r="E607" s="2" t="n">
-        <v>1.8651622E-9</v>
+        <v>1.6366034E-9</v>
       </c>
       <c r="F607" s="2" t="n">
-        <v>1.9429058E-9</v>
+        <v>1.6679777E-9</v>
       </c>
       <c r="G607" s="2" t="n">
-        <v>1.8651622E-9</v>
+        <v>1.6049259E-9</v>
       </c>
       <c r="H607" s="2" t="n">
-        <v>1.9324321E-9</v>
+        <v>1.6329614E-9</v>
       </c>
       <c r="I607" s="2" t="n">
-        <v>1676.77</v>
+        <v>1300.81</v>
       </c>
     </row>
     <row r="608">
       <c r="A608" s="2" t="n">
-        <v>1.7142192E12</v>
+        <v>1.7145648E12</v>
       </c>
       <c r="B608" s="2" t="n">
-        <v>1.714305599999E12</v>
+        <v>1.714651199999E12</v>
       </c>
       <c r="C608" s="2" t="n">
-        <v>1.71421962E12</v>
+        <v>1.71456654E12</v>
       </c>
       <c r="D608" s="2" t="n">
-        <v>1.71426498E12</v>
+        <v>1.71462198E12</v>
       </c>
       <c r="E608" s="2" t="n">
-        <v>1.9700839E-9</v>
+        <v>1.7136104E-9</v>
       </c>
       <c r="F608" s="2" t="n">
-        <v>1.9700839E-9</v>
+        <v>1.7152209E-9</v>
       </c>
       <c r="G608" s="2" t="n">
-        <v>1.8149069E-9</v>
+        <v>1.5902728E-9</v>
       </c>
       <c r="H608" s="2" t="n">
-        <v>1.8651622E-9</v>
+        <v>1.6366034E-9</v>
       </c>
       <c r="I608" s="2" t="n">
-        <v>4277.36</v>
+        <v>1960.38</v>
       </c>
     </row>
     <row r="609">
       <c r="A609" s="2" t="n">
-        <v>1.7141328E12</v>
+        <v>1.7144784E12</v>
       </c>
       <c r="B609" s="2" t="n">
-        <v>1.714219199999E12</v>
+        <v>1.714564799999E12</v>
       </c>
       <c r="C609" s="2" t="n">
-        <v>1.71413436E12</v>
+        <v>1.71450264E12</v>
       </c>
       <c r="D609" s="2" t="n">
-        <v>1.71421434E12</v>
+        <v>1.7145285E12</v>
       </c>
       <c r="E609" s="2" t="n">
-        <v>2.2494802E-9</v>
+        <v>1.7518658E-9</v>
       </c>
       <c r="F609" s="2" t="n">
-        <v>2.2494802E-9</v>
+        <v>1.7644665E-9</v>
       </c>
       <c r="G609" s="2" t="n">
-        <v>1.9700839E-9</v>
+        <v>1.6510341E-9</v>
       </c>
       <c r="H609" s="2" t="n">
-        <v>1.9700839E-9</v>
+        <v>1.7136104E-9</v>
       </c>
       <c r="I609" s="2" t="n">
-        <v>7509.59</v>
+        <v>2573.12</v>
       </c>
     </row>
     <row r="610">
       <c r="A610" s="2" t="n">
-        <v>1.7140464E12</v>
+        <v>1.714392E12</v>
       </c>
       <c r="B610" s="2" t="n">
-        <v>1.714132799999E12</v>
+        <v>1.714478399999E12</v>
       </c>
       <c r="C610" s="2" t="n">
-        <v>1.71413274E12</v>
+        <v>1.71439476E12</v>
       </c>
       <c r="D610" s="2" t="n">
-        <v>1.71409488E12</v>
+        <v>1.714449E12</v>
       </c>
       <c r="E610" s="2" t="n">
-        <v>2.2363202E-9</v>
+        <v>1.9324321E-9</v>
       </c>
       <c r="F610" s="2" t="n">
-        <v>2.2494802E-9</v>
+        <v>1.9324321E-9</v>
       </c>
       <c r="G610" s="2" t="n">
-        <v>2.1403149E-9</v>
+        <v>1.7367007E-9</v>
       </c>
       <c r="H610" s="2" t="n">
-        <v>2.2494802E-9</v>
+        <v>1.7518658E-9</v>
       </c>
       <c r="I610" s="2" t="n">
-        <v>4894.29</v>
+        <v>6633.5</v>
       </c>
     </row>
     <row r="611">
       <c r="A611" s="2" t="n">
-        <v>1.71396E12</v>
+        <v>1.7143056E12</v>
       </c>
       <c r="B611" s="2" t="n">
-        <v>1.714046399999E12</v>
+        <v>1.714391999999E12</v>
       </c>
       <c r="C611" s="2" t="n">
-        <v>1.71400314E12</v>
+        <v>1.7143878E12</v>
       </c>
       <c r="D611" s="2" t="n">
-        <v>1.71402822E12</v>
+        <v>1.71430818E12</v>
       </c>
       <c r="E611" s="2" t="n">
-        <v>2.2356985E-9</v>
+        <v>1.8651622E-9</v>
       </c>
       <c r="F611" s="2" t="n">
-        <v>2.2809352E-9</v>
+        <v>1.9429058E-9</v>
       </c>
       <c r="G611" s="2" t="n">
-        <v>2.1902673E-9</v>
+        <v>1.8651622E-9</v>
       </c>
       <c r="H611" s="2" t="n">
-        <v>2.2363202E-9</v>
+        <v>1.9324321E-9</v>
       </c>
       <c r="I611" s="2" t="n">
-        <v>1506.52</v>
+        <v>1676.77</v>
       </c>
     </row>
     <row r="612">
       <c r="A612" s="2" t="n">
-        <v>1.7138736E12</v>
+        <v>1.7142192E12</v>
       </c>
       <c r="B612" s="2" t="n">
-        <v>1.713959999999E12</v>
+        <v>1.714305599999E12</v>
       </c>
       <c r="C612" s="2" t="n">
-        <v>1.71395574E12</v>
+        <v>1.71421962E12</v>
       </c>
       <c r="D612" s="2" t="n">
-        <v>1.71390522E12</v>
+        <v>1.71426498E12</v>
       </c>
       <c r="E612" s="2" t="n">
-        <v>2.2393013E-9</v>
+        <v>1.9700839E-9</v>
       </c>
       <c r="F612" s="2" t="n">
-        <v>2.2426661E-9</v>
+        <v>1.9700839E-9</v>
       </c>
       <c r="G612" s="2" t="n">
-        <v>2.20365E-9</v>
+        <v>1.8149069E-9</v>
       </c>
       <c r="H612" s="2" t="n">
-        <v>2.2356985E-9</v>
+        <v>1.8651622E-9</v>
       </c>
       <c r="I612" s="2" t="n">
-        <v>1508.55</v>
+        <v>4277.36</v>
       </c>
     </row>
     <row r="613">
       <c r="A613" s="2" t="n">
-        <v>1.7137872E12</v>
+        <v>1.7141328E12</v>
       </c>
       <c r="B613" s="2" t="n">
-        <v>1.713873599999E12</v>
+        <v>1.714219199999E12</v>
       </c>
       <c r="C613" s="2" t="n">
-        <v>1.7138721E12</v>
+        <v>1.71413436E12</v>
       </c>
       <c r="D613" s="2" t="n">
-        <v>1.7137884E12</v>
+        <v>1.71421434E12</v>
       </c>
       <c r="E613" s="2" t="n">
-        <v>2.0921234E-9</v>
+        <v>2.2494802E-9</v>
       </c>
       <c r="F613" s="2" t="n">
-        <v>2.2393013E-9</v>
+        <v>2.2494802E-9</v>
       </c>
       <c r="G613" s="2" t="n">
-        <v>2.0921234E-9</v>
+        <v>1.9700839E-9</v>
       </c>
       <c r="H613" s="2" t="n">
-        <v>2.2393013E-9</v>
+        <v>1.9700839E-9</v>
       </c>
       <c r="I613" s="2" t="n">
-        <v>2237.66</v>
+        <v>7509.59</v>
       </c>
     </row>
     <row r="614">
       <c r="A614" s="2" t="n">
-        <v>1.7137008E12</v>
+        <v>1.7140464E12</v>
       </c>
       <c r="B614" s="2" t="n">
-        <v>1.713787199999E12</v>
+        <v>1.714132799999E12</v>
       </c>
       <c r="C614" s="2" t="n">
-        <v>1.71371106E12</v>
+        <v>1.71413274E12</v>
       </c>
       <c r="D614" s="2" t="n">
-        <v>1.71376152E12</v>
+        <v>1.71409488E12</v>
       </c>
       <c r="E614" s="2" t="n">
-        <v>2.0962792E-9</v>
+        <v>2.2363202E-9</v>
       </c>
       <c r="F614" s="2" t="n">
-        <v>2.1070033E-9</v>
+        <v>2.2494802E-9</v>
       </c>
       <c r="G614" s="2" t="n">
-        <v>2.0419211E-9</v>
+        <v>2.1403149E-9</v>
       </c>
       <c r="H614" s="2" t="n">
-        <v>2.0921234E-9</v>
+        <v>2.2494802E-9</v>
       </c>
       <c r="I614" s="2" t="n">
-        <v>2336.36</v>
+        <v>4894.29</v>
       </c>
     </row>
     <row r="615">
       <c r="A615" s="2" t="n">
-        <v>1.7136144E12</v>
+        <v>1.71396E12</v>
       </c>
       <c r="B615" s="2" t="n">
-        <v>1.713700799999E12</v>
+        <v>1.714046399999E12</v>
       </c>
       <c r="C615" s="2" t="n">
-        <v>1.7136351E12</v>
+        <v>1.71400314E12</v>
       </c>
       <c r="D615" s="2" t="n">
-        <v>1.71364356E12</v>
+        <v>1.71402822E12</v>
       </c>
       <c r="E615" s="2" t="n">
-        <v>2.4280788E-9</v>
+        <v>2.2356985E-9</v>
       </c>
       <c r="F615" s="2" t="n">
-        <v>2.429634E-9</v>
+        <v>2.2809352E-9</v>
       </c>
       <c r="G615" s="2" t="n">
-        <v>1.9945519E-9</v>
+        <v>2.1902673E-9</v>
       </c>
       <c r="H615" s="2" t="n">
-        <v>2.0962792E-9</v>
+        <v>2.2363202E-9</v>
       </c>
       <c r="I615" s="2" t="n">
-        <v>21888.34</v>
+        <v>1506.52</v>
       </c>
     </row>
     <row r="616">
       <c r="A616" s="2" t="n">
-        <v>1.713528E12</v>
+        <v>1.7138736E12</v>
       </c>
       <c r="B616" s="2" t="n">
-        <v>1.713614399999E12</v>
+        <v>1.713959999999E12</v>
       </c>
       <c r="C616" s="2" t="n">
-        <v>1.71355944E12</v>
+        <v>1.71395574E12</v>
       </c>
       <c r="D616" s="2" t="n">
-        <v>1.71353502E12</v>
+        <v>1.71390522E12</v>
       </c>
       <c r="E616" s="2" t="n">
-        <v>2.4479929E-9</v>
+        <v>2.2393013E-9</v>
       </c>
       <c r="F616" s="2" t="n">
-        <v>2.520627E-9</v>
+        <v>2.2426661E-9</v>
       </c>
       <c r="G616" s="2" t="n">
-        <v>2.3601167E-9</v>
+        <v>2.20365E-9</v>
       </c>
       <c r="H616" s="2" t="n">
-        <v>2.4280788E-9</v>
+        <v>2.2356985E-9</v>
       </c>
       <c r="I616" s="2" t="n">
-        <v>4830.32</v>
+        <v>1508.55</v>
       </c>
     </row>
     <row r="617">
       <c r="A617" s="2" t="n">
-        <v>1.7134416E12</v>
+        <v>1.7137872E12</v>
       </c>
       <c r="B617" s="2" t="n">
-        <v>1.713527999999E12</v>
+        <v>1.713873599999E12</v>
       </c>
       <c r="C617" s="2" t="n">
-        <v>1.71345816E12</v>
+        <v>1.7138721E12</v>
       </c>
       <c r="D617" s="2" t="n">
-        <v>1.71346596E12</v>
+        <v>1.7137884E12</v>
       </c>
       <c r="E617" s="2" t="n">
-        <v>2.4245535E-9</v>
+        <v>2.0921234E-9</v>
       </c>
       <c r="F617" s="2" t="n">
-        <v>2.5204233E-9</v>
+        <v>2.2393013E-9</v>
       </c>
       <c r="G617" s="2" t="n">
-        <v>2.2313962E-9</v>
+        <v>2.0921234E-9</v>
       </c>
       <c r="H617" s="2" t="n">
-        <v>2.4479929E-9</v>
+        <v>2.2393013E-9</v>
       </c>
       <c r="I617" s="2" t="n">
-        <v>14093.91</v>
+        <v>2237.66</v>
       </c>
     </row>
     <row r="618">
       <c r="A618" s="2" t="n">
-        <v>1.7133552E12</v>
+        <v>1.7137008E12</v>
       </c>
       <c r="B618" s="2" t="n">
-        <v>1.713441599999E12</v>
+        <v>1.713787199999E12</v>
       </c>
       <c r="C618" s="2" t="n">
-        <v>1.71343668E12</v>
+        <v>1.71371106E12</v>
       </c>
       <c r="D618" s="2" t="n">
-        <v>1.71341274E12</v>
+        <v>1.71376152E12</v>
       </c>
       <c r="E618" s="2" t="n">
-        <v>2.1081769E-9</v>
+        <v>2.0962792E-9</v>
       </c>
       <c r="F618" s="2" t="n">
-        <v>2.4248929E-9</v>
+        <v>2.1070033E-9</v>
       </c>
       <c r="G618" s="2" t="n">
-        <v>2.0300827E-9</v>
+        <v>2.0419211E-9</v>
       </c>
       <c r="H618" s="2" t="n">
-        <v>2.4245535E-9</v>
+        <v>2.0921234E-9</v>
       </c>
       <c r="I618" s="2" t="n">
-        <v>8394.04</v>
+        <v>2336.36</v>
       </c>
     </row>
     <row r="619">
       <c r="A619" s="2" t="n">
-        <v>1.7132688E12</v>
+        <v>1.7136144E12</v>
       </c>
       <c r="B619" s="2" t="n">
-        <v>1.713355199999E12</v>
+        <v>1.713700799999E12</v>
       </c>
       <c r="C619" s="2" t="n">
-        <v>1.71327228E12</v>
+        <v>1.7136351E12</v>
       </c>
       <c r="D619" s="2" t="n">
-        <v>1.7133249E12</v>
+        <v>1.71364356E12</v>
       </c>
       <c r="E619" s="2" t="n">
-        <v>2.2380417E-9</v>
+        <v>2.4280788E-9</v>
       </c>
       <c r="F619" s="2" t="n">
-        <v>2.2401359E-9</v>
+        <v>2.429634E-9</v>
       </c>
       <c r="G619" s="2" t="n">
-        <v>2.0743281E-9</v>
+        <v>1.9945519E-9</v>
       </c>
       <c r="H619" s="2" t="n">
-        <v>2.1081769E-9</v>
+        <v>2.0962792E-9</v>
       </c>
       <c r="I619" s="2" t="n">
-        <v>3597.1</v>
+        <v>21888.34</v>
       </c>
     </row>
     <row r="620">
       <c r="A620" s="2" t="n">
-        <v>1.7131824E12</v>
+        <v>1.713528E12</v>
       </c>
       <c r="B620" s="2" t="n">
-        <v>1.713268799999E12</v>
+        <v>1.713614399999E12</v>
       </c>
       <c r="C620" s="2" t="n">
-        <v>1.71322302E12</v>
+        <v>1.71355944E12</v>
       </c>
       <c r="D620" s="2" t="n">
-        <v>1.71326142E12</v>
+        <v>1.71353502E12</v>
       </c>
       <c r="E620" s="2" t="n">
-        <v>2.2677949E-9</v>
+        <v>2.4479929E-9</v>
       </c>
       <c r="F620" s="2" t="n">
-        <v>2.3718823E-9</v>
+        <v>2.520627E-9</v>
       </c>
       <c r="G620" s="2" t="n">
-        <v>2.2367792E-9</v>
+        <v>2.3601167E-9</v>
       </c>
       <c r="H620" s="2" t="n">
-        <v>2.2380417E-9</v>
+        <v>2.4280788E-9</v>
       </c>
       <c r="I620" s="2" t="n">
-        <v>2239.81</v>
+        <v>4830.32</v>
       </c>
     </row>
     <row r="621">
       <c r="A621" s="2" t="n">
-        <v>1.713096E12</v>
+        <v>1.7134416E12</v>
       </c>
       <c r="B621" s="2" t="n">
-        <v>1.713182399999E12</v>
+        <v>1.713527999999E12</v>
       </c>
       <c r="C621" s="2" t="n">
-        <v>1.71318144E12</v>
+        <v>1.71345816E12</v>
       </c>
       <c r="D621" s="2" t="n">
-        <v>1.71310308E12</v>
+        <v>1.71346596E12</v>
       </c>
       <c r="E621" s="2" t="n">
-        <v>2.1468467E-9</v>
+        <v>2.4245535E-9</v>
       </c>
       <c r="F621" s="2" t="n">
-        <v>2.2677949E-9</v>
+        <v>2.5204233E-9</v>
       </c>
       <c r="G621" s="2" t="n">
-        <v>2.0945871E-9</v>
+        <v>2.2313962E-9</v>
       </c>
       <c r="H621" s="2" t="n">
-        <v>2.2677949E-9</v>
+        <v>2.4479929E-9</v>
       </c>
       <c r="I621" s="2" t="n">
-        <v>3597.06</v>
+        <v>14093.91</v>
       </c>
     </row>
     <row r="622">
       <c r="A622" s="2" t="n">
-        <v>1.7130096E12</v>
+        <v>1.7133552E12</v>
       </c>
       <c r="B622" s="2" t="n">
-        <v>1.713095999999E12</v>
+        <v>1.713441599999E12</v>
       </c>
       <c r="C622" s="2" t="n">
-        <v>1.71300978E12</v>
+        <v>1.71343668E12</v>
       </c>
       <c r="D622" s="2" t="n">
-        <v>1.71308766E12</v>
+        <v>1.71341274E12</v>
       </c>
       <c r="E622" s="2" t="n">
-        <v>2.4636131E-9</v>
+        <v>2.1081769E-9</v>
       </c>
       <c r="F622" s="2" t="n">
-        <v>2.4645765E-9</v>
+        <v>2.4248929E-9</v>
       </c>
       <c r="G622" s="2" t="n">
-        <v>1.9888878E-9</v>
+        <v>2.0300827E-9</v>
       </c>
       <c r="H622" s="2" t="n">
-        <v>2.1468467E-9</v>
+        <v>2.4245535E-9</v>
       </c>
       <c r="I622" s="2" t="n">
-        <v>9106.94</v>
+        <v>8394.04</v>
       </c>
     </row>
     <row r="623">
       <c r="A623" s="2" t="n">
-        <v>1.7129232E12</v>
+        <v>1.7132688E12</v>
       </c>
       <c r="B623" s="2" t="n">
-        <v>1.713009599999E12</v>
+        <v>1.713355199999E12</v>
       </c>
       <c r="C623" s="2" t="n">
-        <v>1.7129895E12</v>
+        <v>1.71327228E12</v>
       </c>
       <c r="D623" s="2" t="n">
-        <v>1.71298902E12</v>
+        <v>1.7133249E12</v>
       </c>
       <c r="E623" s="2" t="n">
-        <v>2.4127292E-9</v>
+        <v>2.2380417E-9</v>
       </c>
       <c r="F623" s="2" t="n">
-        <v>2.5377394E-9</v>
+        <v>2.2401359E-9</v>
       </c>
       <c r="G623" s="2" t="n">
-        <v>2.1545667E-9</v>
+        <v>2.0743281E-9</v>
       </c>
       <c r="H623" s="2" t="n">
-        <v>2.4636131E-9</v>
+        <v>2.1081769E-9</v>
       </c>
       <c r="I623" s="2" t="n">
-        <v>30020.0</v>
+        <v>3597.1</v>
       </c>
     </row>
     <row r="624">
       <c r="A624" s="2" t="n">
-        <v>1.7128368E12</v>
+        <v>1.7131824E12</v>
       </c>
       <c r="B624" s="2" t="n">
-        <v>1.712923199999E12</v>
+        <v>1.713268799999E12</v>
       </c>
       <c r="C624" s="2" t="n">
-        <v>1.7128386E12</v>
+        <v>1.71322302E12</v>
       </c>
       <c r="D624" s="2" t="n">
-        <v>1.71287178E12</v>
+        <v>1.71326142E12</v>
       </c>
       <c r="E624" s="2" t="n">
-        <v>2.4413971E-9</v>
+        <v>2.2677949E-9</v>
       </c>
       <c r="F624" s="2" t="n">
-        <v>2.4512012E-9</v>
+        <v>2.3718823E-9</v>
       </c>
       <c r="G624" s="2" t="n">
-        <v>2.3262517E-9</v>
+        <v>2.2367792E-9</v>
       </c>
       <c r="H624" s="2" t="n">
-        <v>2.4127292E-9</v>
+        <v>2.2380417E-9</v>
       </c>
       <c r="I624" s="2" t="n">
-        <v>4306.52</v>
+        <v>2239.81</v>
       </c>
     </row>
     <row r="625">
       <c r="A625" s="2" t="n">
-        <v>1.7127504E12</v>
+        <v>1.713096E12</v>
       </c>
       <c r="B625" s="2" t="n">
-        <v>1.712836799999E12</v>
+        <v>1.713182399999E12</v>
       </c>
       <c r="C625" s="2" t="n">
-        <v>1.7128365E12</v>
+        <v>1.71318144E12</v>
       </c>
       <c r="D625" s="2" t="n">
-        <v>1.71276126E12</v>
+        <v>1.71310308E12</v>
       </c>
       <c r="E625" s="2" t="n">
-        <v>2.3219084E-9</v>
+        <v>2.1468467E-9</v>
       </c>
       <c r="F625" s="2" t="n">
-        <v>2.4413971E-9</v>
+        <v>2.2677949E-9</v>
       </c>
       <c r="G625" s="2" t="n">
-        <v>2.287039E-9</v>
+        <v>2.0945871E-9</v>
       </c>
       <c r="H625" s="2" t="n">
-        <v>2.4413971E-9</v>
+        <v>2.2677949E-9</v>
       </c>
       <c r="I625" s="2" t="n">
-        <v>2553.61</v>
+        <v>3597.06</v>
       </c>
     </row>
     <row r="626">
       <c r="A626" s="2" t="n">
-        <v>1.712664E12</v>
+        <v>1.7130096E12</v>
       </c>
       <c r="B626" s="2" t="n">
-        <v>1.712750399999E12</v>
+        <v>1.713095999999E12</v>
       </c>
       <c r="C626" s="2" t="n">
-        <v>1.71270846E12</v>
+        <v>1.71300978E12</v>
       </c>
       <c r="D626" s="2" t="n">
-        <v>1.71269514E12</v>
+        <v>1.71308766E12</v>
       </c>
       <c r="E626" s="2" t="n">
-        <v>2.3415906E-9</v>
+        <v>2.4636131E-9</v>
       </c>
       <c r="F626" s="2" t="n">
-        <v>2.3680027E-9</v>
+        <v>2.4645765E-9</v>
       </c>
       <c r="G626" s="2" t="n">
-        <v>2.2985209E-9</v>
+        <v>1.9888878E-9</v>
       </c>
       <c r="H626" s="2" t="n">
-        <v>2.3219084E-9</v>
+        <v>2.1468467E-9</v>
       </c>
       <c r="I626" s="2" t="n">
-        <v>4036.08</v>
+        <v>9106.94</v>
       </c>
     </row>
     <row r="627">
       <c r="A627" s="2" t="n">
-        <v>1.7125776E12</v>
+        <v>1.7129232E12</v>
       </c>
       <c r="B627" s="2" t="n">
-        <v>1.712663999999E12</v>
+        <v>1.713009599999E12</v>
       </c>
       <c r="C627" s="2" t="n">
-        <v>1.71261462E12</v>
+        <v>1.7129895E12</v>
       </c>
       <c r="D627" s="2" t="n">
-        <v>1.7126628E12</v>
+        <v>1.71298902E12</v>
       </c>
       <c r="E627" s="2" t="n">
-        <v>2.3855752E-9</v>
+        <v>2.4127292E-9</v>
       </c>
       <c r="F627" s="2" t="n">
-        <v>2.4853542E-9</v>
+        <v>2.5377394E-9</v>
       </c>
       <c r="G627" s="2" t="n">
-        <v>2.3385236E-9</v>
+        <v>2.1545667E-9</v>
       </c>
       <c r="H627" s="2" t="n">
-        <v>2.3415906E-9</v>
+        <v>2.4636131E-9</v>
       </c>
       <c r="I627" s="2" t="n">
-        <v>7320.94</v>
+        <v>30020.0</v>
       </c>
     </row>
     <row r="628">
       <c r="A628" s="2" t="n">
-        <v>1.7124912E12</v>
+        <v>1.7128368E12</v>
       </c>
       <c r="B628" s="2" t="n">
-        <v>1.712577599999E12</v>
+        <v>1.712923199999E12</v>
       </c>
       <c r="C628" s="2" t="n">
-        <v>1.71255636E12</v>
+        <v>1.7128386E12</v>
       </c>
       <c r="D628" s="2" t="n">
-        <v>1.7124912E12</v>
+        <v>1.71287178E12</v>
       </c>
       <c r="E628" s="2" t="n">
-        <v>2.327205E-9</v>
+        <v>2.4413971E-9</v>
       </c>
       <c r="F628" s="2" t="n">
-        <v>2.3974516E-9</v>
+        <v>2.4512012E-9</v>
       </c>
       <c r="G628" s="2" t="n">
-        <v>2.327205E-9</v>
+        <v>2.3262517E-9</v>
       </c>
       <c r="H628" s="2" t="n">
-        <v>2.3855752E-9</v>
+        <v>2.4127292E-9</v>
       </c>
       <c r="I628" s="2" t="n">
-        <v>5835.08</v>
+        <v>4306.52</v>
       </c>
     </row>
     <row r="629">
       <c r="A629" s="2" t="n">
-        <v>1.7124048E12</v>
+        <v>1.7127504E12</v>
       </c>
       <c r="B629" s="2" t="n">
-        <v>1.712491199999E12</v>
+        <v>1.712836799999E12</v>
       </c>
       <c r="C629" s="2" t="n">
-        <v>1.71248982E12</v>
+        <v>1.7128365E12</v>
       </c>
       <c r="D629" s="2" t="n">
-        <v>1.71240678E12</v>
+        <v>1.71276126E12</v>
       </c>
       <c r="E629" s="2" t="n">
-        <v>2.2289791E-9</v>
+        <v>2.3219084E-9</v>
       </c>
       <c r="F629" s="2" t="n">
-        <v>2.3323054E-9</v>
+        <v>2.4413971E-9</v>
       </c>
       <c r="G629" s="2" t="n">
-        <v>2.2237244E-9</v>
+        <v>2.287039E-9</v>
       </c>
       <c r="H629" s="2" t="n">
-        <v>2.327205E-9</v>
+        <v>2.4413971E-9</v>
       </c>
       <c r="I629" s="2" t="n">
-        <v>1950.17</v>
+        <v>2553.61</v>
       </c>
     </row>
     <row r="630">
       <c r="A630" s="2" t="n">
-        <v>1.7123184E12</v>
+        <v>1.712664E12</v>
       </c>
       <c r="B630" s="2" t="n">
-        <v>1.712404799999E12</v>
+        <v>1.712750399999E12</v>
       </c>
       <c r="C630" s="2" t="n">
-        <v>1.71237156E12</v>
+        <v>1.71270846E12</v>
       </c>
       <c r="D630" s="2" t="n">
-        <v>1.71233868E12</v>
+        <v>1.71269514E12</v>
       </c>
       <c r="E630" s="2" t="n">
-        <v>2.2003104E-9</v>
+        <v>2.3415906E-9</v>
       </c>
       <c r="F630" s="2" t="n">
-        <v>2.2494046E-9</v>
+        <v>2.3680027E-9</v>
       </c>
       <c r="G630" s="2" t="n">
-        <v>2.1472335E-9</v>
+        <v>2.2985209E-9</v>
       </c>
       <c r="H630" s="2" t="n">
-        <v>2.2289791E-9</v>
+        <v>2.3219084E-9</v>
       </c>
       <c r="I630" s="2" t="n">
-        <v>5295.87</v>
+        <v>4036.08</v>
       </c>
     </row>
     <row r="631">
       <c r="A631" s="2" t="n">
-        <v>1.712232E12</v>
+        <v>1.7125776E12</v>
       </c>
       <c r="B631" s="2" t="n">
-        <v>1.712318399999E12</v>
+        <v>1.712663999999E12</v>
       </c>
       <c r="C631" s="2" t="n">
-        <v>1.71228564E12</v>
+        <v>1.71261462E12</v>
       </c>
       <c r="D631" s="2" t="n">
-        <v>1.71230574E12</v>
+        <v>1.7126628E12</v>
       </c>
       <c r="E631" s="2" t="n">
-        <v>2.2460882E-9</v>
+        <v>2.3855752E-9</v>
       </c>
       <c r="F631" s="2" t="n">
-        <v>2.3260782E-9</v>
+        <v>2.4853542E-9</v>
       </c>
       <c r="G631" s="2" t="n">
-        <v>2.1786226E-9</v>
+        <v>2.3385236E-9</v>
       </c>
       <c r="H631" s="2" t="n">
-        <v>2.2003104E-9</v>
+        <v>2.3415906E-9</v>
       </c>
       <c r="I631" s="2" t="n">
-        <v>7682.86</v>
+        <v>7320.94</v>
       </c>
     </row>
     <row r="632">
       <c r="A632" s="2" t="n">
-        <v>1.7121456E12</v>
+        <v>1.7124912E12</v>
       </c>
       <c r="B632" s="2" t="n">
-        <v>1.712231999999E12</v>
+        <v>1.712577599999E12</v>
       </c>
       <c r="C632" s="2" t="n">
-        <v>1.71218526E12</v>
+        <v>1.71255636E12</v>
       </c>
       <c r="D632" s="2" t="n">
-        <v>1.71214992E12</v>
+        <v>1.7124912E12</v>
       </c>
       <c r="E632" s="2" t="n">
-        <v>2.1697869E-9</v>
+        <v>2.327205E-9</v>
       </c>
       <c r="F632" s="2" t="n">
-        <v>2.2563473E-9</v>
+        <v>2.3974516E-9</v>
       </c>
       <c r="G632" s="2" t="n">
-        <v>2.1468747E-9</v>
+        <v>2.327205E-9</v>
       </c>
       <c r="H632" s="2" t="n">
-        <v>2.2460882E-9</v>
+        <v>2.3855752E-9</v>
       </c>
       <c r="I632" s="2" t="n">
-        <v>4317.89</v>
+        <v>5835.08</v>
       </c>
     </row>
     <row r="633">
       <c r="A633" s="2" t="n">
-        <v>1.7120592E12</v>
+        <v>1.7124048E12</v>
       </c>
       <c r="B633" s="2" t="n">
-        <v>1.712145599999E12</v>
+        <v>1.712491199999E12</v>
       </c>
       <c r="C633" s="2" t="n">
-        <v>1.71206622E12</v>
+        <v>1.71248982E12</v>
       </c>
       <c r="D633" s="2" t="n">
-        <v>1.71212706E12</v>
+        <v>1.71240678E12</v>
       </c>
       <c r="E633" s="2" t="n">
-        <v>2.6635867E-9</v>
+        <v>2.2289791E-9</v>
       </c>
       <c r="F633" s="2" t="n">
-        <v>2.6792434E-9</v>
+        <v>2.3323054E-9</v>
       </c>
       <c r="G633" s="2" t="n">
-        <v>2.1541545E-9</v>
+        <v>2.2237244E-9</v>
       </c>
       <c r="H633" s="2" t="n">
-        <v>2.1697869E-9</v>
+        <v>2.327205E-9</v>
       </c>
       <c r="I633" s="2" t="n">
-        <v>15559.66</v>
+        <v>1950.17</v>
       </c>
     </row>
     <row r="634">
       <c r="A634" s="2" t="n">
-        <v>1.7119728E12</v>
+        <v>1.7123184E12</v>
       </c>
       <c r="B634" s="2" t="n">
-        <v>1.712059199999E12</v>
+        <v>1.712404799999E12</v>
       </c>
       <c r="C634" s="2" t="n">
-        <v>1.71197316E12</v>
+        <v>1.71237156E12</v>
       </c>
       <c r="D634" s="2" t="n">
-        <v>1.71203598E12</v>
+        <v>1.71233868E12</v>
       </c>
       <c r="E634" s="2" t="n">
-        <v>2.8630338E-9</v>
+        <v>2.2003104E-9</v>
       </c>
       <c r="F634" s="2" t="n">
-        <v>2.8630338E-9</v>
+        <v>2.2494046E-9</v>
       </c>
       <c r="G634" s="2" t="n">
-        <v>2.6150665E-9</v>
+        <v>2.1472335E-9</v>
       </c>
       <c r="H634" s="2" t="n">
-        <v>2.6635867E-9</v>
+        <v>2.2289791E-9</v>
       </c>
       <c r="I634" s="2" t="n">
-        <v>6815.66</v>
+        <v>5295.87</v>
       </c>
     </row>
     <row r="635">
       <c r="A635" s="2" t="n">
-        <v>1.7118864E12</v>
+        <v>1.712232E12</v>
       </c>
       <c r="B635" s="2" t="n">
-        <v>1.711972799999E12</v>
+        <v>1.712318399999E12</v>
       </c>
       <c r="C635" s="2" t="n">
-        <v>1.71196392E12</v>
+        <v>1.71228564E12</v>
       </c>
       <c r="D635" s="2" t="n">
-        <v>1.71188664E12</v>
+        <v>1.71230574E12</v>
       </c>
       <c r="E635" s="2" t="n">
-        <v>2.7475314E-9</v>
+        <v>2.2460882E-9</v>
       </c>
       <c r="F635" s="2" t="n">
-        <v>2.920536E-9</v>
+        <v>2.3260782E-9</v>
       </c>
       <c r="G635" s="2" t="n">
-        <v>2.7475314E-9</v>
+        <v>2.1786226E-9</v>
       </c>
       <c r="H635" s="2" t="n">
-        <v>2.8630338E-9</v>
+        <v>2.2003104E-9</v>
       </c>
       <c r="I635" s="2" t="n">
-        <v>9481.69</v>
+        <v>7682.86</v>
       </c>
     </row>
     <row r="636">
       <c r="A636" s="2" t="n">
-        <v>1.7118E12</v>
+        <v>1.7121456E12</v>
       </c>
       <c r="B636" s="2" t="n">
-        <v>1.711886399999E12</v>
+        <v>1.712231999999E12</v>
       </c>
       <c r="C636" s="2" t="n">
-        <v>1.71184518E12</v>
+        <v>1.71218526E12</v>
       </c>
       <c r="D636" s="2" t="n">
-        <v>1.71183036E12</v>
+        <v>1.71214992E12</v>
       </c>
       <c r="E636" s="2" t="n">
-        <v>2.7550795E-9</v>
+        <v>2.1697869E-9</v>
       </c>
       <c r="F636" s="2" t="n">
-        <v>2.7976031E-9</v>
+        <v>2.2563473E-9</v>
       </c>
       <c r="G636" s="2" t="n">
-        <v>2.6953194E-9</v>
+        <v>2.1468747E-9</v>
       </c>
       <c r="H636" s="2" t="n">
-        <v>2.7475314E-9</v>
+        <v>2.2460882E-9</v>
       </c>
       <c r="I636" s="2" t="n">
-        <v>6631.84</v>
+        <v>4317.89</v>
       </c>
     </row>
     <row r="637">
       <c r="A637" s="2" t="n">
-        <v>1.7117136E12</v>
+        <v>1.7120592E12</v>
       </c>
       <c r="B637" s="2" t="n">
-        <v>1.711799999999E12</v>
+        <v>1.712145599999E12</v>
       </c>
       <c r="C637" s="2" t="n">
-        <v>1.71176574E12</v>
+        <v>1.71206622E12</v>
       </c>
       <c r="D637" s="2" t="n">
-        <v>1.71171618E12</v>
+        <v>1.71212706E12</v>
       </c>
       <c r="E637" s="2" t="n">
-        <v>2.5640845E-9</v>
+        <v>2.6635867E-9</v>
       </c>
       <c r="F637" s="2" t="n">
-        <v>2.7858496E-9</v>
+        <v>2.6792434E-9</v>
       </c>
       <c r="G637" s="2" t="n">
-        <v>2.5305672E-9</v>
+        <v>2.1541545E-9</v>
       </c>
       <c r="H637" s="2" t="n">
-        <v>2.7550795E-9</v>
+        <v>2.1697869E-9</v>
       </c>
       <c r="I637" s="2" t="n">
-        <v>9056.31</v>
+        <v>15559.66</v>
       </c>
     </row>
     <row r="638">
       <c r="A638" s="2" t="n">
-        <v>1.7116272E12</v>
+        <v>1.7119728E12</v>
       </c>
       <c r="B638" s="2" t="n">
-        <v>1.711713599999E12</v>
+        <v>1.712059199999E12</v>
       </c>
       <c r="C638" s="2" t="n">
-        <v>1.71171306E12</v>
+        <v>1.71197316E12</v>
       </c>
       <c r="D638" s="2" t="n">
-        <v>1.71167508E12</v>
+        <v>1.71203598E12</v>
       </c>
       <c r="E638" s="2" t="n">
-        <v>2.4078839E-9</v>
+        <v>2.8630338E-9</v>
       </c>
       <c r="F638" s="2" t="n">
-        <v>2.5640845E-9</v>
+        <v>2.8630338E-9</v>
       </c>
       <c r="G638" s="2" t="n">
-        <v>2.3684723E-9</v>
+        <v>2.6150665E-9</v>
       </c>
       <c r="H638" s="2" t="n">
-        <v>2.5640845E-9</v>
+        <v>2.6635867E-9</v>
       </c>
       <c r="I638" s="2" t="n">
-        <v>9974.63</v>
+        <v>6815.66</v>
       </c>
     </row>
     <row r="639">
       <c r="A639" s="2" t="n">
-        <v>1.7115408E12</v>
+        <v>1.7118864E12</v>
       </c>
       <c r="B639" s="2" t="n">
-        <v>1.711627199999E12</v>
+        <v>1.711972799999E12</v>
       </c>
       <c r="C639" s="2" t="n">
-        <v>1.7115897E12</v>
+        <v>1.71196392E12</v>
       </c>
       <c r="D639" s="2" t="n">
-        <v>1.71162684E12</v>
+        <v>1.71188664E12</v>
       </c>
       <c r="E639" s="2" t="n">
-        <v>2.4812828E-9</v>
+        <v>2.7475314E-9</v>
       </c>
       <c r="F639" s="2" t="n">
-        <v>2.5321858E-9</v>
+        <v>2.920536E-9</v>
       </c>
       <c r="G639" s="2" t="n">
-        <v>2.4078839E-9</v>
+        <v>2.7475314E-9</v>
       </c>
       <c r="H639" s="2" t="n">
-        <v>2.4078839E-9</v>
+        <v>2.8630338E-9</v>
       </c>
       <c r="I639" s="2" t="n">
-        <v>5838.98</v>
+        <v>9481.69</v>
       </c>
     </row>
     <row r="640">
       <c r="A640" s="2" t="n">
-        <v>1.7114544E12</v>
+        <v>1.7118E12</v>
       </c>
       <c r="B640" s="2" t="n">
-        <v>1.711540799999E12</v>
+        <v>1.711886399999E12</v>
       </c>
       <c r="C640" s="2" t="n">
-        <v>1.71149616E12</v>
+        <v>1.71184518E12</v>
       </c>
       <c r="D640" s="2" t="n">
-        <v>1.71151794E12</v>
+        <v>1.71183036E12</v>
       </c>
       <c r="E640" s="2" t="n">
-        <v>2.4883014E-9</v>
+        <v>2.7550795E-9</v>
       </c>
       <c r="F640" s="2" t="n">
-        <v>2.5788217E-9</v>
+        <v>2.7976031E-9</v>
       </c>
       <c r="G640" s="2" t="n">
-        <v>2.4485577E-9</v>
+        <v>2.6953194E-9</v>
       </c>
       <c r="H640" s="2" t="n">
-        <v>2.4812828E-9</v>
+        <v>2.7475314E-9</v>
       </c>
       <c r="I640" s="2" t="n">
-        <v>5329.12</v>
+        <v>6631.84</v>
       </c>
     </row>
     <row r="641">
       <c r="A641" s="2" t="n">
-        <v>1.711368E12</v>
+        <v>1.7117136E12</v>
       </c>
       <c r="B641" s="2" t="n">
-        <v>1.711454399999E12</v>
+        <v>1.711799999999E12</v>
       </c>
       <c r="C641" s="2" t="n">
-        <v>1.71144066E12</v>
+        <v>1.71176574E12</v>
       </c>
       <c r="D641" s="2" t="n">
-        <v>1.71137136E12</v>
+        <v>1.71171618E12</v>
       </c>
       <c r="E641" s="2" t="n">
-        <v>2.4006864E-9</v>
+        <v>2.5640845E-9</v>
       </c>
       <c r="F641" s="2" t="n">
-        <v>2.5265412E-9</v>
+        <v>2.7858496E-9</v>
       </c>
       <c r="G641" s="2" t="n">
-        <v>2.3703348E-9</v>
+        <v>2.5305672E-9</v>
       </c>
       <c r="H641" s="2" t="n">
-        <v>2.4883014E-9</v>
+        <v>2.7550795E-9</v>
       </c>
       <c r="I641" s="2" t="n">
-        <v>7893.78</v>
+        <v>9056.31</v>
       </c>
     </row>
     <row r="642">
       <c r="A642" s="2" t="n">
-        <v>1.7112816E12</v>
+        <v>1.7116272E12</v>
       </c>
       <c r="B642" s="2" t="n">
-        <v>1.711367999999E12</v>
+        <v>1.711713599999E12</v>
       </c>
       <c r="C642" s="2" t="n">
-        <v>1.7113581E12</v>
+        <v>1.71171306E12</v>
       </c>
       <c r="D642" s="2" t="n">
-        <v>1.71128394E12</v>
+        <v>1.71167508E12</v>
       </c>
       <c r="E642" s="2" t="n">
-        <v>2.1272461E-9</v>
+        <v>2.4078839E-9</v>
       </c>
       <c r="F642" s="2" t="n">
-        <v>2.428156E-9</v>
+        <v>2.5640845E-9</v>
       </c>
       <c r="G642" s="2" t="n">
-        <v>2.1256365E-9</v>
+        <v>2.3684723E-9</v>
       </c>
       <c r="H642" s="2" t="n">
-        <v>2.4006864E-9</v>
+        <v>2.5640845E-9</v>
       </c>
       <c r="I642" s="2" t="n">
-        <v>10194.45</v>
+        <v>9974.63</v>
       </c>
     </row>
     <row r="643">
       <c r="A643" s="2" t="n">
-        <v>1.7111952E12</v>
+        <v>1.7115408E12</v>
       </c>
       <c r="B643" s="2" t="n">
-        <v>1.711281599999E12</v>
+        <v>1.711627199999E12</v>
       </c>
       <c r="C643" s="2" t="n">
-        <v>1.71124854E12</v>
+        <v>1.7115897E12</v>
       </c>
       <c r="D643" s="2" t="n">
-        <v>1.71120924E12</v>
+        <v>1.71162684E12</v>
       </c>
       <c r="E643" s="2" t="n">
-        <v>2.0992833E-9</v>
+        <v>2.4812828E-9</v>
       </c>
       <c r="F643" s="2" t="n">
-        <v>2.2464411E-9</v>
+        <v>2.5321858E-9</v>
       </c>
       <c r="G643" s="2" t="n">
-        <v>2.0712437E-9</v>
+        <v>2.4078839E-9</v>
       </c>
       <c r="H643" s="2" t="n">
-        <v>2.1272461E-9</v>
+        <v>2.4078839E-9</v>
       </c>
       <c r="I643" s="2" t="n">
-        <v>9468.76</v>
+        <v>5838.98</v>
       </c>
     </row>
     <row r="644">
       <c r="A644" s="2" t="n">
-        <v>1.7111088E12</v>
+        <v>1.7114544E12</v>
       </c>
       <c r="B644" s="2" t="n">
-        <v>1.711195199999E12</v>
+        <v>1.711540799999E12</v>
       </c>
       <c r="C644" s="2" t="n">
-        <v>1.71113544E12</v>
+        <v>1.71149616E12</v>
       </c>
       <c r="D644" s="2" t="n">
-        <v>1.71117846E12</v>
+        <v>1.71151794E12</v>
       </c>
       <c r="E644" s="2" t="n">
-        <v>2.3826428E-9</v>
+        <v>2.4883014E-9</v>
       </c>
       <c r="F644" s="2" t="n">
-        <v>2.5356334E-9</v>
+        <v>2.5788217E-9</v>
       </c>
       <c r="G644" s="2" t="n">
-        <v>2.0372752E-9</v>
+        <v>2.4485577E-9</v>
       </c>
       <c r="H644" s="2" t="n">
-        <v>2.0992833E-9</v>
+        <v>2.4812828E-9</v>
       </c>
       <c r="I644" s="2" t="n">
-        <v>11678.67</v>
+        <v>5329.12</v>
       </c>
     </row>
     <row r="645">
       <c r="A645" s="2" t="n">
-        <v>1.7110224E12</v>
+        <v>1.711368E12</v>
       </c>
       <c r="B645" s="2" t="n">
-        <v>1.711108799999E12</v>
+        <v>1.711454399999E12</v>
       </c>
       <c r="C645" s="2" t="n">
-        <v>1.71102252E12</v>
+        <v>1.71144066E12</v>
       </c>
       <c r="D645" s="2" t="n">
-        <v>1.71104394E12</v>
+        <v>1.71137136E12</v>
       </c>
       <c r="E645" s="2" t="n">
-        <v>2.7069542E-9</v>
+        <v>2.4006864E-9</v>
       </c>
       <c r="F645" s="2" t="n">
-        <v>2.7069542E-9</v>
+        <v>2.5265412E-9</v>
       </c>
       <c r="G645" s="2" t="n">
-        <v>2.3660859E-9</v>
+        <v>2.3703348E-9</v>
       </c>
       <c r="H645" s="2" t="n">
-        <v>2.3826428E-9</v>
+        <v>2.4883014E-9</v>
       </c>
       <c r="I645" s="2" t="n">
-        <v>16474.48</v>
+        <v>7893.78</v>
       </c>
     </row>
     <row r="646">
       <c r="A646" s="2" t="n">
-        <v>1.710936E12</v>
+        <v>1.7112816E12</v>
       </c>
       <c r="B646" s="2" t="n">
-        <v>1.711022399999E12</v>
+        <v>1.711367999999E12</v>
       </c>
       <c r="C646" s="2" t="n">
-        <v>1.71098022E12</v>
+        <v>1.7113581E12</v>
       </c>
       <c r="D646" s="2" t="n">
-        <v>1.71100854E12</v>
+        <v>1.71128394E12</v>
       </c>
       <c r="E646" s="2" t="n">
-        <v>3.0360392E-9</v>
+        <v>2.1272461E-9</v>
       </c>
       <c r="F646" s="2" t="n">
-        <v>3.2349219E-9</v>
+        <v>2.428156E-9</v>
       </c>
       <c r="G646" s="2" t="n">
-        <v>2.5922214E-9</v>
+        <v>2.1256365E-9</v>
       </c>
       <c r="H646" s="2" t="n">
-        <v>2.7069542E-9</v>
+        <v>2.4006864E-9</v>
       </c>
       <c r="I646" s="2" t="n">
-        <v>25830.31</v>
+        <v>10194.45</v>
       </c>
     </row>
     <row r="647">
       <c r="A647" s="2" t="n">
-        <v>1.7108496E12</v>
+        <v>1.7111952E12</v>
       </c>
       <c r="B647" s="2" t="n">
-        <v>1.710935999999E12</v>
+        <v>1.711281599999E12</v>
       </c>
       <c r="C647" s="2" t="n">
-        <v>1.71085122E12</v>
+        <v>1.71124854E12</v>
       </c>
       <c r="D647" s="2" t="n">
-        <v>1.71089202E12</v>
+        <v>1.71120924E12</v>
       </c>
       <c r="E647" s="2" t="n">
-        <v>3.3584035E-9</v>
+        <v>2.0992833E-9</v>
       </c>
       <c r="F647" s="2" t="n">
-        <v>3.3751723E-9</v>
+        <v>2.2464411E-9</v>
       </c>
       <c r="G647" s="2" t="n">
-        <v>2.9250016E-9</v>
+        <v>2.0712437E-9</v>
       </c>
       <c r="H647" s="2" t="n">
-        <v>3.0360392E-9</v>
+        <v>2.1272461E-9</v>
       </c>
       <c r="I647" s="2" t="n">
-        <v>8592.67</v>
+        <v>9468.76</v>
       </c>
     </row>
     <row r="648">
       <c r="A648" s="2" t="n">
-        <v>1.7107632E12</v>
+        <v>1.7111088E12</v>
       </c>
       <c r="B648" s="2" t="n">
-        <v>1.710849599999E12</v>
+        <v>1.711195199999E12</v>
       </c>
       <c r="C648" s="2" t="n">
-        <v>1.71084846E12</v>
+        <v>1.71113544E12</v>
       </c>
       <c r="D648" s="2" t="n">
-        <v>1.71082608E12</v>
+        <v>1.71117846E12</v>
       </c>
       <c r="E648" s="2" t="n">
-        <v>3.1884507E-9</v>
+        <v>2.3826428E-9</v>
       </c>
       <c r="F648" s="2" t="n">
-        <v>3.3607489E-9</v>
+        <v>2.5356334E-9</v>
       </c>
       <c r="G648" s="2" t="n">
-        <v>3.0413474E-9</v>
+        <v>2.0372752E-9</v>
       </c>
       <c r="H648" s="2" t="n">
-        <v>3.3584035E-9</v>
+        <v>2.0992833E-9</v>
       </c>
       <c r="I648" s="2" t="n">
-        <v>13767.22</v>
+        <v>11678.67</v>
       </c>
     </row>
     <row r="649">
       <c r="A649" s="2" t="n">
-        <v>1.7106768E12</v>
+        <v>1.7110224E12</v>
       </c>
       <c r="B649" s="2" t="n">
-        <v>1.710763199999E12</v>
+        <v>1.711108799999E12</v>
       </c>
       <c r="C649" s="2" t="n">
-        <v>1.71075864E12</v>
+        <v>1.71102252E12</v>
       </c>
       <c r="D649" s="2" t="n">
-        <v>1.71070506E12</v>
+        <v>1.71104394E12</v>
       </c>
       <c r="E649" s="2" t="n">
-        <v>3.0555158E-9</v>
+        <v>2.7069542E-9</v>
       </c>
       <c r="F649" s="2" t="n">
-        <v>3.2425746E-9</v>
+        <v>2.7069542E-9</v>
       </c>
       <c r="G649" s="2" t="n">
-        <v>2.8774146E-9</v>
+        <v>2.3660859E-9</v>
       </c>
       <c r="H649" s="2" t="n">
-        <v>3.2413757E-9</v>
+        <v>2.3826428E-9</v>
       </c>
       <c r="I649" s="2" t="n">
-        <v>9029.52</v>
+        <v>16474.48</v>
       </c>
     </row>
     <row r="650">
       <c r="A650" s="2" t="n">
-        <v>1.7105904E12</v>
+        <v>1.710936E12</v>
       </c>
       <c r="B650" s="2" t="n">
-        <v>1.710676799999E12</v>
+        <v>1.711022399999E12</v>
       </c>
       <c r="C650" s="2" t="n">
-        <v>1.71059124E12</v>
+        <v>1.71098022E12</v>
       </c>
       <c r="D650" s="2" t="n">
-        <v>1.71065868E12</v>
+        <v>1.71100854E12</v>
       </c>
       <c r="E650" s="2" t="n">
-        <v>3.4587704E-9</v>
+        <v>3.0360392E-9</v>
       </c>
       <c r="F650" s="2" t="n">
-        <v>3.5445595E-9</v>
+        <v>3.2349219E-9</v>
       </c>
       <c r="G650" s="2" t="n">
-        <v>3.0398186E-9</v>
+        <v>2.5922214E-9</v>
       </c>
       <c r="H650" s="2" t="n">
-        <v>3.0555158E-9</v>
+        <v>2.7069542E-9</v>
       </c>
       <c r="I650" s="2" t="n">
-        <v>11712.05</v>
+        <v>25830.31</v>
       </c>
     </row>
     <row r="651">
       <c r="A651" s="2" t="n">
-        <v>1.710504E12</v>
+        <v>1.7108496E12</v>
       </c>
       <c r="B651" s="2" t="n">
-        <v>1.710590399999E12</v>
+        <v>1.710935999999E12</v>
       </c>
       <c r="C651" s="2" t="n">
-        <v>1.71050646E12</v>
+        <v>1.71085122E12</v>
       </c>
       <c r="D651" s="2" t="n">
-        <v>1.71053742E12</v>
+        <v>1.71089202E12</v>
       </c>
       <c r="E651" s="2" t="n">
-        <v>3.4168298E-9</v>
+        <v>3.3584035E-9</v>
       </c>
       <c r="F651" s="2" t="n">
-        <v>3.4735633E-9</v>
+        <v>3.3751723E-9</v>
       </c>
       <c r="G651" s="2" t="n">
-        <v>3.1269448E-9</v>
+        <v>2.9250016E-9</v>
       </c>
       <c r="H651" s="2" t="n">
-        <v>3.4587704E-9</v>
+        <v>3.0360392E-9</v>
       </c>
       <c r="I651" s="2" t="n">
-        <v>11798.64</v>
+        <v>8592.67</v>
       </c>
     </row>
     <row r="652">
       <c r="A652" s="2" t="n">
-        <v>1.7104176E12</v>
+        <v>1.7107632E12</v>
       </c>
       <c r="B652" s="2" t="n">
-        <v>1.710503999999E12</v>
+        <v>1.710849599999E12</v>
       </c>
       <c r="C652" s="2" t="n">
-        <v>1.7104185E12</v>
+        <v>1.71084846E12</v>
       </c>
       <c r="D652" s="2" t="n">
-        <v>1.71048978E12</v>
+        <v>1.71082608E12</v>
       </c>
       <c r="E652" s="2" t="n">
-        <v>3.6096327E-9</v>
+        <v>3.1884507E-9</v>
       </c>
       <c r="F652" s="2" t="n">
-        <v>3.6096327E-9</v>
+        <v>3.3607489E-9</v>
       </c>
       <c r="G652" s="2" t="n">
-        <v>3.2932078E-9</v>
+        <v>3.0413474E-9</v>
       </c>
       <c r="H652" s="2" t="n">
-        <v>3.4168298E-9</v>
+        <v>3.3584035E-9</v>
       </c>
       <c r="I652" s="2" t="n">
-        <v>12646.57</v>
+        <v>13767.22</v>
       </c>
     </row>
     <row r="653">
       <c r="A653" s="2" t="n">
-        <v>1.7103312E12</v>
+        <v>1.7106768E12</v>
       </c>
       <c r="B653" s="2" t="n">
-        <v>1.710417599999E12</v>
+        <v>1.710763199999E12</v>
       </c>
       <c r="C653" s="2" t="n">
-        <v>1.71041748E12</v>
+        <v>1.71075864E12</v>
       </c>
       <c r="D653" s="2" t="n">
-        <v>1.71035022E12</v>
+        <v>1.71070506E12</v>
       </c>
       <c r="E653" s="2" t="n">
-        <v>3.1820366E-9</v>
+        <v>3.0555158E-9</v>
       </c>
       <c r="F653" s="2" t="n">
-        <v>3.6096327E-9</v>
+        <v>3.2425746E-9</v>
       </c>
       <c r="G653" s="2" t="n">
-        <v>3.1340522E-9</v>
+        <v>2.8774146E-9</v>
       </c>
       <c r="H653" s="2" t="n">
-        <v>3.6096327E-9</v>
+        <v>3.2413757E-9</v>
       </c>
       <c r="I653" s="2" t="n">
-        <v>12655.62</v>
+        <v>9029.52</v>
       </c>
     </row>
     <row r="654">
       <c r="A654" s="2" t="n">
-        <v>1.7102448E12</v>
+        <v>1.7105904E12</v>
       </c>
       <c r="B654" s="2" t="n">
-        <v>1.710331199999E12</v>
+        <v>1.710676799999E12</v>
       </c>
       <c r="C654" s="2" t="n">
-        <v>1.7102634E12</v>
+        <v>1.71059124E12</v>
       </c>
       <c r="D654" s="2" t="n">
-        <v>1.71028902E12</v>
+        <v>1.71065868E12</v>
       </c>
       <c r="E654" s="2" t="n">
-        <v>3.2277778E-9</v>
+        <v>3.4587704E-9</v>
       </c>
       <c r="F654" s="2" t="n">
-        <v>3.3133778E-9</v>
+        <v>3.5445595E-9</v>
       </c>
       <c r="G654" s="2" t="n">
-        <v>3.0047618E-9</v>
+        <v>3.0398186E-9</v>
       </c>
       <c r="H654" s="2" t="n">
-        <v>3.1820366E-9</v>
+        <v>3.0555158E-9</v>
       </c>
       <c r="I654" s="2" t="n">
-        <v>22308.77</v>
+        <v>11712.05</v>
       </c>
     </row>
     <row r="655">
       <c r="A655" s="2" t="n">
-        <v>1.7101584E12</v>
+        <v>1.710504E12</v>
       </c>
       <c r="B655" s="2" t="n">
-        <v>1.710244799999E12</v>
+        <v>1.710590399999E12</v>
       </c>
       <c r="C655" s="2" t="n">
-        <v>1.71016122E12</v>
+        <v>1.71050646E12</v>
       </c>
       <c r="D655" s="2" t="n">
-        <v>1.71024294E12</v>
+        <v>1.71053742E12</v>
       </c>
       <c r="E655" s="2" t="n">
-        <v>3.4624381E-9</v>
+        <v>3.4168298E-9</v>
       </c>
       <c r="F655" s="2" t="n">
-        <v>3.472466E-9</v>
+        <v>3.4735633E-9</v>
       </c>
       <c r="G655" s="2" t="n">
-        <v>3.2198004E-9</v>
+        <v>3.1269448E-9</v>
       </c>
       <c r="H655" s="2" t="n">
-        <v>3.2277778E-9</v>
+        <v>3.4587704E-9</v>
       </c>
       <c r="I655" s="2" t="n">
-        <v>14431.86</v>
+        <v>11798.64</v>
       </c>
     </row>
     <row r="656">
       <c r="A656" s="2" t="n">
-        <v>1.710072E12</v>
+        <v>1.7104176E12</v>
       </c>
       <c r="B656" s="2" t="n">
-        <v>1.710158399999E12</v>
+        <v>1.710503999999E12</v>
       </c>
       <c r="C656" s="2" t="n">
-        <v>1.71015822E12</v>
+        <v>1.7104185E12</v>
       </c>
       <c r="D656" s="2" t="n">
-        <v>1.71008334E12</v>
+        <v>1.71048978E12</v>
       </c>
       <c r="E656" s="2" t="n">
-        <v>3.2317779E-9</v>
+        <v>3.6096327E-9</v>
       </c>
       <c r="F656" s="2" t="n">
-        <v>3.4624381E-9</v>
+        <v>3.6096327E-9</v>
       </c>
       <c r="G656" s="2" t="n">
-        <v>3.1942214E-9</v>
+        <v>3.2932078E-9</v>
       </c>
       <c r="H656" s="2" t="n">
-        <v>3.4624381E-9</v>
+        <v>3.4168298E-9</v>
       </c>
       <c r="I656" s="2" t="n">
-        <v>16787.09</v>
+        <v>12646.57</v>
       </c>
     </row>
     <row r="657">
       <c r="A657" s="2" t="n">
-        <v>1.7099856E12</v>
+        <v>1.7103312E12</v>
       </c>
       <c r="B657" s="2" t="n">
-        <v>1.710071999999E12</v>
+        <v>1.710417599999E12</v>
       </c>
       <c r="C657" s="2" t="n">
-        <v>1.71000108E12</v>
+        <v>1.71041748E12</v>
       </c>
       <c r="D657" s="2" t="n">
-        <v>1.71005616E12</v>
+        <v>1.71035022E12</v>
       </c>
       <c r="E657" s="2" t="n">
-        <v>3.6020374E-9</v>
+        <v>3.1820366E-9</v>
       </c>
       <c r="F657" s="2" t="n">
-        <v>3.697856E-9</v>
+        <v>3.6096327E-9</v>
       </c>
       <c r="G657" s="2" t="n">
-        <v>3.0886659E-9</v>
+        <v>3.1340522E-9</v>
       </c>
       <c r="H657" s="2" t="n">
-        <v>3.2317779E-9</v>
+        <v>3.6096327E-9</v>
       </c>
       <c r="I657" s="2" t="n">
-        <v>20591.94</v>
+        <v>12655.62</v>
       </c>
     </row>
     <row r="658">
       <c r="A658" s="2" t="n">
-        <v>1.7098992E12</v>
+        <v>1.7102448E12</v>
       </c>
       <c r="B658" s="2" t="n">
-        <v>1.709985599999E12</v>
+        <v>1.710331199999E12</v>
       </c>
       <c r="C658" s="2" t="n">
-        <v>1.7099001E12</v>
+        <v>1.7102634E12</v>
       </c>
       <c r="D658" s="2" t="n">
-        <v>1.70997096E12</v>
+        <v>1.71028902E12</v>
       </c>
       <c r="E658" s="2" t="n">
-        <v>3.8215163E-9</v>
+        <v>3.2277778E-9</v>
       </c>
       <c r="F658" s="2" t="n">
-        <v>3.8445868E-9</v>
+        <v>3.3133778E-9</v>
       </c>
       <c r="G658" s="2" t="n">
-        <v>3.2774674E-9</v>
+        <v>3.0047618E-9</v>
       </c>
       <c r="H658" s="2" t="n">
-        <v>3.6020374E-9</v>
+        <v>3.1820366E-9</v>
       </c>
       <c r="I658" s="2" t="n">
-        <v>26043.81</v>
+        <v>22308.77</v>
       </c>
     </row>
     <row r="659">
       <c r="A659" s="2" t="n">
-        <v>1.7098128E12</v>
+        <v>1.7101584E12</v>
       </c>
       <c r="B659" s="2" t="n">
-        <v>1.709899199999E12</v>
+        <v>1.710244799999E12</v>
       </c>
       <c r="C659" s="2" t="n">
-        <v>1.70989686E12</v>
+        <v>1.71016122E12</v>
       </c>
       <c r="D659" s="2" t="n">
-        <v>1.70982198E12</v>
+        <v>1.71024294E12</v>
       </c>
       <c r="E659" s="2" t="n">
-        <v>3.0876898E-9</v>
+        <v>3.4624381E-9</v>
       </c>
       <c r="F659" s="2" t="n">
-        <v>3.8273492E-9</v>
+        <v>3.472466E-9</v>
       </c>
       <c r="G659" s="2" t="n">
-        <v>3.0604282E-9</v>
+        <v>3.2198004E-9</v>
       </c>
       <c r="H659" s="2" t="n">
-        <v>3.8215163E-9</v>
+        <v>3.2277778E-9</v>
       </c>
       <c r="I659" s="2" t="n">
-        <v>15004.87</v>
+        <v>14431.86</v>
       </c>
     </row>
     <row r="660">
       <c r="A660" s="2" t="n">
-        <v>1.7097264E12</v>
+        <v>1.710072E12</v>
       </c>
       <c r="B660" s="2" t="n">
-        <v>1.709812799999E12</v>
+        <v>1.710158399999E12</v>
       </c>
       <c r="C660" s="2" t="n">
-        <v>1.70981226E12</v>
+        <v>1.71015822E12</v>
       </c>
       <c r="D660" s="2" t="n">
-        <v>1.70973714E12</v>
+        <v>1.71008334E12</v>
       </c>
       <c r="E660" s="2" t="n">
-        <v>2.7931209E-9</v>
+        <v>3.2317779E-9</v>
       </c>
       <c r="F660" s="2" t="n">
-        <v>3.0876898E-9</v>
+        <v>3.4624381E-9</v>
       </c>
       <c r="G660" s="2" t="n">
-        <v>2.6838854E-9</v>
+        <v>3.1942214E-9</v>
       </c>
       <c r="H660" s="2" t="n">
-        <v>3.0876898E-9</v>
+        <v>3.4624381E-9</v>
       </c>
       <c r="I660" s="2" t="n">
-        <v>13152.7</v>
+        <v>16787.09</v>
       </c>
     </row>
     <row r="661">
       <c r="A661" s="2" t="n">
-        <v>1.70964E12</v>
+        <v>1.7099856E12</v>
       </c>
       <c r="B661" s="2" t="n">
-        <v>1.709726399999E12</v>
+        <v>1.710071999999E12</v>
       </c>
       <c r="C661" s="2" t="n">
-        <v>1.70964144E12</v>
+        <v>1.71000108E12</v>
       </c>
       <c r="D661" s="2" t="n">
-        <v>1.7097144E12</v>
+        <v>1.71005616E12</v>
       </c>
       <c r="E661" s="2" t="n">
-        <v>3.255366E-9</v>
+        <v>3.6020374E-9</v>
       </c>
       <c r="F661" s="2" t="n">
-        <v>3.2900578E-9</v>
+        <v>3.697856E-9</v>
       </c>
       <c r="G661" s="2" t="n">
-        <v>2.6611237E-9</v>
+        <v>3.0886659E-9</v>
       </c>
       <c r="H661" s="2" t="n">
-        <v>2.7931209E-9</v>
+        <v>3.2317779E-9</v>
       </c>
       <c r="I661" s="2" t="n">
-        <v>18920.2</v>
+        <v>20591.94</v>
       </c>
     </row>
     <row r="662">
       <c r="A662" s="2" t="n">
-        <v>1.7095536E12</v>
+        <v>1.7098992E12</v>
       </c>
       <c r="B662" s="2" t="n">
-        <v>1.709639999999E12</v>
+        <v>1.709985599999E12</v>
       </c>
       <c r="C662" s="2" t="n">
-        <v>1.70963976E12</v>
+        <v>1.7099001E12</v>
       </c>
       <c r="D662" s="2" t="n">
-        <v>1.70959686E12</v>
+        <v>1.70997096E12</v>
       </c>
       <c r="E662" s="2" t="n">
-        <v>3.0809487E-9</v>
+        <v>3.8215163E-9</v>
       </c>
       <c r="F662" s="2" t="n">
-        <v>3.255366E-9</v>
+        <v>3.8445868E-9</v>
       </c>
       <c r="G662" s="2" t="n">
-        <v>2.8617622E-9</v>
+        <v>3.2774674E-9</v>
       </c>
       <c r="H662" s="2" t="n">
-        <v>3.255366E-9</v>
+        <v>3.6020374E-9</v>
       </c>
       <c r="I662" s="2" t="n">
-        <v>19534.69</v>
+        <v>26043.81</v>
       </c>
     </row>
     <row r="663">
       <c r="A663" s="2" t="n">
-        <v>1.7094672E12</v>
+        <v>1.7098128E12</v>
       </c>
       <c r="B663" s="2" t="n">
-        <v>1.709553599999E12</v>
+        <v>1.709899199999E12</v>
       </c>
       <c r="C663" s="2" t="n">
-        <v>1.70954136E12</v>
+        <v>1.70989686E12</v>
       </c>
       <c r="D663" s="2" t="n">
-        <v>1.7095212E12</v>
+        <v>1.70982198E12</v>
       </c>
       <c r="E663" s="2" t="n">
-        <v>3.0370878E-9</v>
+        <v>3.0876898E-9</v>
       </c>
       <c r="F663" s="2" t="n">
-        <v>3.1678255E-9</v>
+        <v>3.8273492E-9</v>
       </c>
       <c r="G663" s="2" t="n">
-        <v>3.0100843E-9</v>
+        <v>3.0604282E-9</v>
       </c>
       <c r="H663" s="2" t="n">
-        <v>3.0809487E-9</v>
+        <v>3.8215163E-9</v>
       </c>
       <c r="I663" s="2" t="n">
-        <v>14754.87</v>
+        <v>15004.87</v>
       </c>
     </row>
     <row r="664">
       <c r="A664" s="2" t="n">
-        <v>1.7093808E12</v>
+        <v>1.7097264E12</v>
       </c>
       <c r="B664" s="2" t="n">
-        <v>1.709467199999E12</v>
+        <v>1.709812799999E12</v>
       </c>
       <c r="C664" s="2" t="n">
-        <v>1.70943444E12</v>
+        <v>1.70981226E12</v>
       </c>
       <c r="D664" s="2" t="n">
-        <v>1.70945982E12</v>
+        <v>1.70973714E12</v>
       </c>
       <c r="E664" s="2" t="n">
-        <v>3.6853228E-9</v>
+        <v>2.7931209E-9</v>
       </c>
       <c r="F664" s="2" t="n">
-        <v>3.8856975E-9</v>
+        <v>3.0876898E-9</v>
       </c>
       <c r="G664" s="2" t="n">
-        <v>2.8368005E-9</v>
+        <v>2.6838854E-9</v>
       </c>
       <c r="H664" s="2" t="n">
-        <v>3.0370878E-9</v>
+        <v>3.0876898E-9</v>
       </c>
       <c r="I664" s="2" t="n">
-        <v>27104.18</v>
+        <v>13152.7</v>
       </c>
     </row>
     <row r="665">
       <c r="A665" s="2" t="n">
-        <v>1.7092944E12</v>
+        <v>1.70964E12</v>
       </c>
       <c r="B665" s="2" t="n">
-        <v>1.709380799999E12</v>
+        <v>1.709726399999E12</v>
       </c>
       <c r="C665" s="2" t="n">
-        <v>1.70938038E12</v>
+        <v>1.70964144E12</v>
       </c>
       <c r="D665" s="2" t="n">
-        <v>1.70929524E12</v>
+        <v>1.7097144E12</v>
       </c>
       <c r="E665" s="2" t="n">
-        <v>2.8263615E-9</v>
+        <v>3.255366E-9</v>
       </c>
       <c r="F665" s="2" t="n">
-        <v>3.6831023E-9</v>
+        <v>3.2900578E-9</v>
       </c>
       <c r="G665" s="2" t="n">
-        <v>2.8208328E-9</v>
+        <v>2.6611237E-9</v>
       </c>
       <c r="H665" s="2" t="n">
-        <v>3.6831023E-9</v>
+        <v>2.7931209E-9</v>
       </c>
       <c r="I665" s="2" t="n">
-        <v>17593.03</v>
+        <v>18920.2</v>
       </c>
     </row>
     <row r="666">
       <c r="A666" s="2" t="n">
-        <v>1.709208E12</v>
+        <v>1.7095536E12</v>
       </c>
       <c r="B666" s="2" t="n">
-        <v>1.709294399999E12</v>
+        <v>1.709639999999E12</v>
       </c>
       <c r="C666" s="2" t="n">
-        <v>1.70928828E12</v>
+        <v>1.70963976E12</v>
       </c>
       <c r="D666" s="2" t="n">
-        <v>1.7092242E12</v>
+        <v>1.70959686E12</v>
       </c>
       <c r="E666" s="2" t="n">
-        <v>2.4808555E-9</v>
+        <v>3.0809487E-9</v>
       </c>
       <c r="F666" s="2" t="n">
-        <v>2.8515334E-9</v>
+        <v>3.255366E-9</v>
       </c>
       <c r="G666" s="2" t="n">
-        <v>2.4462821E-9</v>
+        <v>2.8617622E-9</v>
       </c>
       <c r="H666" s="2" t="n">
-        <v>2.8263615E-9</v>
+        <v>3.255366E-9</v>
       </c>
       <c r="I666" s="2" t="n">
-        <v>17021.74</v>
+        <v>19534.69</v>
       </c>
     </row>
     <row r="667">
       <c r="A667" s="2" t="n">
-        <v>1.7091216E12</v>
+        <v>1.7094672E12</v>
       </c>
       <c r="B667" s="2" t="n">
-        <v>1.709207999999E12</v>
+        <v>1.709553599999E12</v>
       </c>
       <c r="C667" s="2" t="n">
-        <v>1.70915898E12</v>
+        <v>1.70954136E12</v>
       </c>
       <c r="D667" s="2" t="n">
-        <v>1.70919606E12</v>
+        <v>1.7095212E12</v>
       </c>
       <c r="E667" s="2" t="n">
-        <v>2.4637337E-9</v>
+        <v>3.0370878E-9</v>
       </c>
       <c r="F667" s="2" t="n">
-        <v>2.6312787E-9</v>
+        <v>3.1678255E-9</v>
       </c>
       <c r="G667" s="2" t="n">
-        <v>2.3418732E-9</v>
+        <v>3.0100843E-9</v>
       </c>
       <c r="H667" s="2" t="n">
-        <v>2.4808555E-9</v>
+        <v>3.0809487E-9</v>
       </c>
       <c r="I667" s="2" t="n">
-        <v>15768.97</v>
+        <v>14754.87</v>
       </c>
     </row>
     <row r="668">
       <c r="A668" s="2" t="n">
-        <v>1.7090352E12</v>
+        <v>1.7093808E12</v>
       </c>
       <c r="B668" s="2" t="n">
-        <v>1.709121599999E12</v>
+        <v>1.709467199999E12</v>
       </c>
       <c r="C668" s="2" t="n">
-        <v>1.70903628E12</v>
+        <v>1.70943444E12</v>
       </c>
       <c r="D668" s="2" t="n">
-        <v>1.70911314E12</v>
+        <v>1.70945982E12</v>
       </c>
       <c r="E668" s="2" t="n">
-        <v>3.2848058E-9</v>
+        <v>3.6853228E-9</v>
       </c>
       <c r="F668" s="2" t="n">
-        <v>3.291661E-9</v>
+        <v>3.8856975E-9</v>
       </c>
       <c r="G668" s="2" t="n">
-        <v>2.4242422E-9</v>
+        <v>2.8368005E-9</v>
       </c>
       <c r="H668" s="2" t="n">
-        <v>2.4637337E-9</v>
+        <v>3.0370878E-9</v>
       </c>
       <c r="I668" s="2" t="n">
-        <v>19237.13</v>
+        <v>27104.18</v>
       </c>
     </row>
     <row r="669">
       <c r="A669" s="2" t="n">
-        <v>1.7089488E12</v>
+        <v>1.7092944E12</v>
       </c>
       <c r="B669" s="2" t="n">
-        <v>1.709035199999E12</v>
+        <v>1.709380799999E12</v>
       </c>
       <c r="C669" s="2" t="n">
-        <v>1.70897004E12</v>
+        <v>1.70938038E12</v>
       </c>
       <c r="D669" s="2" t="n">
-        <v>1.70895732E12</v>
+        <v>1.70929524E12</v>
       </c>
       <c r="E669" s="2" t="n">
-        <v>3.224973E-9</v>
+        <v>2.8263615E-9</v>
       </c>
       <c r="F669" s="2" t="n">
-        <v>3.3132717E-9</v>
+        <v>3.6831023E-9</v>
       </c>
       <c r="G669" s="2" t="n">
-        <v>3.1573504E-9</v>
+        <v>2.8208328E-9</v>
       </c>
       <c r="H669" s="2" t="n">
-        <v>3.2848058E-9</v>
+        <v>3.6831023E-9</v>
       </c>
       <c r="I669" s="2" t="n">
-        <v>11217.5</v>
+        <v>17593.03</v>
       </c>
     </row>
     <row r="670">
       <c r="A670" s="2" t="n">
-        <v>1.7088624E12</v>
+        <v>1.709208E12</v>
       </c>
       <c r="B670" s="2" t="n">
-        <v>1.708948799999E12</v>
+        <v>1.709294399999E12</v>
       </c>
       <c r="C670" s="2" t="n">
-        <v>1.70886288E12</v>
+        <v>1.70928828E12</v>
       </c>
       <c r="D670" s="2" t="n">
-        <v>1.70891034E12</v>
+        <v>1.7092242E12</v>
       </c>
       <c r="E670" s="2" t="n">
-        <v>3.3767802E-9</v>
+        <v>2.4808555E-9</v>
       </c>
       <c r="F670" s="2" t="n">
-        <v>3.3781906E-9</v>
+        <v>2.8515334E-9</v>
       </c>
       <c r="G670" s="2" t="n">
-        <v>3.1366301E-9</v>
+        <v>2.4462821E-9</v>
       </c>
       <c r="H670" s="2" t="n">
-        <v>3.224973E-9</v>
+        <v>2.8263615E-9</v>
       </c>
       <c r="I670" s="2" t="n">
-        <v>7734.73</v>
+        <v>17021.74</v>
       </c>
     </row>
     <row r="671">
       <c r="A671" s="2" t="n">
-        <v>1.708776E12</v>
+        <v>1.7091216E12</v>
       </c>
       <c r="B671" s="2" t="n">
-        <v>1.708862399999E12</v>
+        <v>1.709207999999E12</v>
       </c>
       <c r="C671" s="2" t="n">
-        <v>1.70881548E12</v>
+        <v>1.70915898E12</v>
       </c>
       <c r="D671" s="2" t="n">
-        <v>1.70883852E12</v>
+        <v>1.70919606E12</v>
       </c>
       <c r="E671" s="2" t="n">
-        <v>3.4984456E-9</v>
+        <v>2.4637337E-9</v>
       </c>
       <c r="F671" s="2" t="n">
-        <v>3.5285298E-9</v>
+        <v>2.6312787E-9</v>
       </c>
       <c r="G671" s="2" t="n">
-        <v>3.3574789E-9</v>
+        <v>2.3418732E-9</v>
       </c>
       <c r="H671" s="2" t="n">
-        <v>3.3767802E-9</v>
+        <v>2.4808555E-9</v>
       </c>
       <c r="I671" s="2" t="n">
-        <v>10044.08</v>
+        <v>15768.97</v>
       </c>
     </row>
     <row r="672">
       <c r="A672" s="2" t="n">
-        <v>1.7086896E12</v>
+        <v>1.7090352E12</v>
       </c>
       <c r="B672" s="2" t="n">
-        <v>1.708775999999E12</v>
+        <v>1.709121599999E12</v>
       </c>
       <c r="C672" s="2" t="n">
-        <v>1.70869584E12</v>
+        <v>1.70903628E12</v>
       </c>
       <c r="D672" s="2" t="n">
-        <v>1.70874768E12</v>
+        <v>1.70911314E12</v>
       </c>
       <c r="E672" s="2" t="n">
-        <v>3.4041531E-9</v>
+        <v>3.2848058E-9</v>
       </c>
       <c r="F672" s="2" t="n">
-        <v>3.5029708E-9</v>
+        <v>3.291661E-9</v>
       </c>
       <c r="G672" s="2" t="n">
-        <v>3.2523042E-9</v>
+        <v>2.4242422E-9</v>
       </c>
       <c r="H672" s="2" t="n">
-        <v>3.4984456E-9</v>
+        <v>2.4637337E-9</v>
       </c>
       <c r="I672" s="2" t="n">
-        <v>9399.87</v>
+        <v>19237.13</v>
       </c>
     </row>
     <row r="673">
       <c r="A673" s="2" t="n">
-        <v>1.7086032E12</v>
+        <v>1.7089488E12</v>
       </c>
       <c r="B673" s="2" t="n">
-        <v>1.708689599999E12</v>
+        <v>1.709035199999E12</v>
       </c>
       <c r="C673" s="2" t="n">
-        <v>1.70867916E12</v>
+        <v>1.70897004E12</v>
       </c>
       <c r="D673" s="2" t="n">
-        <v>1.7086032E12</v>
+        <v>1.70895732E12</v>
       </c>
       <c r="E673" s="2" t="n">
-        <v>3.0013174E-9</v>
+        <v>3.224973E-9</v>
       </c>
       <c r="F673" s="2" t="n">
-        <v>3.5109644E-9</v>
+        <v>3.3132717E-9</v>
       </c>
       <c r="G673" s="2" t="n">
-        <v>3.0013174E-9</v>
+        <v>3.1573504E-9</v>
       </c>
       <c r="H673" s="2" t="n">
-        <v>3.4041531E-9</v>
+        <v>3.2848058E-9</v>
       </c>
       <c r="I673" s="2" t="n">
-        <v>10849.08</v>
+        <v>11217.5</v>
       </c>
     </row>
     <row r="674">
       <c r="A674" s="2" t="n">
-        <v>1.7085168E12</v>
+        <v>1.7088624E12</v>
       </c>
       <c r="B674" s="2" t="n">
-        <v>1.708603199999E12</v>
+        <v>1.708948799999E12</v>
       </c>
       <c r="C674" s="2" t="n">
-        <v>1.708599E12</v>
+        <v>1.70886288E12</v>
       </c>
       <c r="D674" s="2" t="n">
-        <v>1.70854272E12</v>
+        <v>1.70891034E12</v>
       </c>
       <c r="E674" s="2" t="n">
-        <v>2.7513292E-9</v>
+        <v>3.3767802E-9</v>
       </c>
       <c r="F674" s="2" t="n">
-        <v>3.0575781E-9</v>
+        <v>3.3781906E-9</v>
       </c>
       <c r="G674" s="2" t="n">
-        <v>2.6570465E-9</v>
+        <v>3.1366301E-9</v>
       </c>
       <c r="H674" s="2" t="n">
-        <v>3.0013174E-9</v>
+        <v>3.224973E-9</v>
       </c>
       <c r="I674" s="2" t="n">
-        <v>13561.09</v>
+        <v>7734.73</v>
       </c>
     </row>
     <row r="675">
       <c r="A675" s="2" t="n">
-        <v>1.7084304E12</v>
+        <v>1.708776E12</v>
       </c>
       <c r="B675" s="2" t="n">
-        <v>1.708516799999E12</v>
+        <v>1.708862399999E12</v>
       </c>
       <c r="C675" s="2" t="n">
-        <v>1.70845128E12</v>
+        <v>1.70881548E12</v>
       </c>
       <c r="D675" s="2" t="n">
-        <v>1.7085153E12</v>
+        <v>1.70883852E12</v>
       </c>
       <c r="E675" s="2" t="n">
-        <v>3.3622467E-9</v>
+        <v>3.4984456E-9</v>
       </c>
       <c r="F675" s="2" t="n">
-        <v>3.3762128E-9</v>
+        <v>3.5285298E-9</v>
       </c>
       <c r="G675" s="2" t="n">
-        <v>2.7265781E-9</v>
+        <v>3.3574789E-9</v>
       </c>
       <c r="H675" s="2" t="n">
-        <v>2.7513292E-9</v>
+        <v>3.3767802E-9</v>
       </c>
       <c r="I675" s="2" t="n">
-        <v>31608.13</v>
+        <v>10044.08</v>
       </c>
     </row>
     <row r="676">
       <c r="A676" s="2" t="n">
-        <v>1.708344E12</v>
+        <v>1.7086896E12</v>
       </c>
       <c r="B676" s="2" t="n">
-        <v>1.708430399999E12</v>
+        <v>1.708775999999E12</v>
       </c>
       <c r="C676" s="2" t="n">
-        <v>1.70835822E12</v>
+        <v>1.70869584E12</v>
       </c>
       <c r="D676" s="2" t="n">
-        <v>1.70839878E12</v>
+        <v>1.70874768E12</v>
       </c>
       <c r="E676" s="2" t="n">
-        <v>4.0969906E-9</v>
+        <v>3.4041531E-9</v>
       </c>
       <c r="F676" s="2" t="n">
-        <v>4.1806489E-9</v>
+        <v>3.5029708E-9</v>
       </c>
       <c r="G676" s="2" t="n">
-        <v>2.7294671E-9</v>
+        <v>3.2523042E-9</v>
       </c>
       <c r="H676" s="2" t="n">
-        <v>3.3622467E-9</v>
+        <v>3.4984456E-9</v>
       </c>
       <c r="I676" s="2" t="n">
-        <v>48571.03</v>
+        <v>9399.87</v>
       </c>
     </row>
     <row r="677">
       <c r="A677" s="2" t="n">
-        <v>1.7082576E12</v>
+        <v>1.7086032E12</v>
       </c>
       <c r="B677" s="2" t="n">
-        <v>1.708343999999E12</v>
+        <v>1.708689599999E12</v>
       </c>
       <c r="C677" s="2" t="n">
-        <v>1.7082852E12</v>
+        <v>1.70867916E12</v>
       </c>
       <c r="D677" s="2" t="n">
-        <v>1.70832426E12</v>
+        <v>1.7086032E12</v>
       </c>
       <c r="E677" s="2" t="n">
-        <v>4.9173356E-9</v>
+        <v>3.0013174E-9</v>
       </c>
       <c r="F677" s="2" t="n">
-        <v>5.2168859E-9</v>
+        <v>3.5109644E-9</v>
       </c>
       <c r="G677" s="2" t="n">
-        <v>3.9191278E-9</v>
+        <v>3.0013174E-9</v>
       </c>
       <c r="H677" s="2" t="n">
-        <v>4.0969906E-9</v>
+        <v>3.4041531E-9</v>
       </c>
       <c r="I677" s="2" t="n">
-        <v>28449.19</v>
+        <v>10849.08</v>
       </c>
     </row>
     <row r="678">
       <c r="A678" s="2" t="n">
-        <v>1.7081712E12</v>
+        <v>1.7085168E12</v>
       </c>
       <c r="B678" s="2" t="n">
-        <v>1.708257599999E12</v>
+        <v>1.708603199999E12</v>
       </c>
       <c r="C678" s="2" t="n">
-        <v>1.70821914E12</v>
+        <v>1.708599E12</v>
       </c>
       <c r="D678" s="2" t="n">
-        <v>1.70825676E12</v>
+        <v>1.70854272E12</v>
       </c>
       <c r="E678" s="2" t="n">
-        <v>5.3268414E-9</v>
+        <v>2.7513292E-9</v>
       </c>
       <c r="F678" s="2" t="n">
-        <v>5.5066379E-9</v>
+        <v>3.0575781E-9</v>
       </c>
       <c r="G678" s="2" t="n">
-        <v>4.9173356E-9</v>
+        <v>2.6570465E-9</v>
       </c>
       <c r="H678" s="2" t="n">
-        <v>4.9173356E-9</v>
+        <v>3.0013174E-9</v>
       </c>
       <c r="I678" s="2" t="n">
-        <v>13600.32</v>
+        <v>13561.09</v>
       </c>
     </row>
     <row r="679">
       <c r="A679" s="2" t="n">
-        <v>1.7080848E12</v>
+        <v>1.7084304E12</v>
       </c>
       <c r="B679" s="2" t="n">
-        <v>1.708171199999E12</v>
+        <v>1.708516799999E12</v>
       </c>
       <c r="C679" s="2" t="n">
-        <v>1.70817066E12</v>
+        <v>1.70845128E12</v>
       </c>
       <c r="D679" s="2" t="n">
-        <v>1.70812128E12</v>
+        <v>1.7085153E12</v>
       </c>
       <c r="E679" s="2" t="n">
-        <v>4.8196841E-9</v>
+        <v>3.3622467E-9</v>
       </c>
       <c r="F679" s="2" t="n">
-        <v>5.3268414E-9</v>
+        <v>3.3762128E-9</v>
       </c>
       <c r="G679" s="2" t="n">
-        <v>4.6825638E-9</v>
+        <v>2.7265781E-9</v>
       </c>
       <c r="H679" s="2" t="n">
-        <v>5.3268414E-9</v>
+        <v>2.7513292E-9</v>
       </c>
       <c r="I679" s="2" t="n">
-        <v>22546.86</v>
+        <v>31608.13</v>
       </c>
     </row>
     <row r="680">
       <c r="A680" s="2" t="n">
-        <v>1.7079984E12</v>
+        <v>1.708344E12</v>
       </c>
       <c r="B680" s="2" t="n">
-        <v>1.708084799999E12</v>
+        <v>1.708430399999E12</v>
       </c>
       <c r="C680" s="2" t="n">
-        <v>1.7080068E12</v>
+        <v>1.70835822E12</v>
       </c>
       <c r="D680" s="2" t="n">
-        <v>1.70806752E12</v>
+        <v>1.70839878E12</v>
       </c>
       <c r="E680" s="2" t="n">
-        <v>7.1247307E-9</v>
+        <v>4.0969906E-9</v>
       </c>
       <c r="F680" s="2" t="n">
-        <v>7.451518E-9</v>
+        <v>4.1806489E-9</v>
       </c>
       <c r="G680" s="2" t="n">
-        <v>4.4389105E-9</v>
+        <v>2.7294671E-9</v>
       </c>
       <c r="H680" s="2" t="n">
-        <v>4.8196841E-9</v>
+        <v>3.3622467E-9</v>
       </c>
       <c r="I680" s="2" t="n">
-        <v>105675.18</v>
+        <v>48571.03</v>
       </c>
     </row>
     <row r="681">
       <c r="A681" s="2" t="n">
-        <v>1.707912E12</v>
+        <v>1.7082576E12</v>
       </c>
       <c r="B681" s="2" t="n">
-        <v>1.707998399999E12</v>
+        <v>1.708343999999E12</v>
       </c>
       <c r="C681" s="2" t="n">
-        <v>1.70799402E12</v>
+        <v>1.7082852E12</v>
       </c>
       <c r="D681" s="2" t="n">
-        <v>1.70791332E12</v>
+        <v>1.70832426E12</v>
       </c>
       <c r="E681" s="2" t="n">
-        <v>3.780722E-9</v>
+        <v>4.9173356E-9</v>
       </c>
       <c r="F681" s="2" t="n">
-        <v>7.1988661E-9</v>
+        <v>5.2168859E-9</v>
       </c>
       <c r="G681" s="2" t="n">
-        <v>3.7267023E-9</v>
+        <v>3.9191278E-9</v>
       </c>
       <c r="H681" s="2" t="n">
-        <v>7.1027425E-9</v>
+        <v>4.0969906E-9</v>
       </c>
       <c r="I681" s="2" t="n">
-        <v>75132.09</v>
+        <v>28449.19</v>
       </c>
     </row>
     <row r="682">
       <c r="A682" s="2" t="n">
-        <v>1.7078256E12</v>
+        <v>1.7081712E12</v>
       </c>
       <c r="B682" s="2" t="n">
-        <v>1.707911999999E12</v>
+        <v>1.708257599999E12</v>
       </c>
       <c r="C682" s="2" t="n">
-        <v>1.70790246E12</v>
+        <v>1.70821914E12</v>
       </c>
       <c r="D682" s="2" t="n">
-        <v>1.7078256E12</v>
+        <v>1.70825676E12</v>
       </c>
       <c r="E682" s="2" t="n">
-        <v>3.59853E-9</v>
+        <v>5.3268414E-9</v>
       </c>
       <c r="F682" s="2" t="n">
-        <v>3.8529283E-9</v>
+        <v>5.5066379E-9</v>
       </c>
       <c r="G682" s="2" t="n">
-        <v>3.59853E-9</v>
+        <v>4.9173356E-9</v>
       </c>
       <c r="H682" s="2" t="n">
-        <v>3.780722E-9</v>
+        <v>4.9173356E-9</v>
       </c>
       <c r="I682" s="2" t="n">
-        <v>16407.84</v>
+        <v>13600.32</v>
       </c>
     </row>
     <row r="683">
       <c r="A683" s="2" t="n">
-        <v>1.7077392E12</v>
+        <v>1.7080848E12</v>
       </c>
       <c r="B683" s="2" t="n">
-        <v>1.707825599999E12</v>
+        <v>1.708171199999E12</v>
       </c>
       <c r="C683" s="2" t="n">
-        <v>1.70780262E12</v>
+        <v>1.70817066E12</v>
       </c>
       <c r="D683" s="2" t="n">
-        <v>1.7077392E12</v>
+        <v>1.70812128E12</v>
       </c>
       <c r="E683" s="2" t="n">
-        <v>2.3353033E-9</v>
+        <v>4.8196841E-9</v>
       </c>
       <c r="F683" s="2" t="n">
-        <v>3.6964446E-9</v>
+        <v>5.3268414E-9</v>
       </c>
       <c r="G683" s="2" t="n">
-        <v>2.3353033E-9</v>
+        <v>4.6825638E-9</v>
       </c>
       <c r="H683" s="2" t="n">
-        <v>3.59853E-9</v>
+        <v>5.3268414E-9</v>
       </c>
       <c r="I683" s="2" t="n">
-        <v>40381.7</v>
+        <v>22546.86</v>
       </c>
     </row>
     <row r="684">
       <c r="A684" s="2" t="n">
-        <v>1.7076528E12</v>
+        <v>1.7079984E12</v>
       </c>
       <c r="B684" s="2" t="n">
-        <v>1.707739199999E12</v>
+        <v>1.708084799999E12</v>
       </c>
       <c r="C684" s="2" t="n">
-        <v>1.7077098E12</v>
+        <v>1.7080068E12</v>
       </c>
       <c r="D684" s="2" t="n">
-        <v>1.70765328E12</v>
+        <v>1.70806752E12</v>
       </c>
       <c r="E684" s="2" t="n">
-        <v>2.1941866E-9</v>
+        <v>7.1247307E-9</v>
       </c>
       <c r="F684" s="2" t="n">
-        <v>2.4617782E-9</v>
+        <v>7.451518E-9</v>
       </c>
       <c r="G684" s="2" t="n">
-        <v>2.1854428E-9</v>
+        <v>4.4389105E-9</v>
       </c>
       <c r="H684" s="2" t="n">
-        <v>2.3353033E-9</v>
+        <v>4.8196841E-9</v>
       </c>
       <c r="I684" s="2" t="n">
-        <v>11670.76</v>
+        <v>105675.18</v>
       </c>
     </row>
     <row r="685">
       <c r="A685" s="2" t="n">
-        <v>1.7075664E12</v>
+        <v>1.707912E12</v>
       </c>
       <c r="B685" s="2" t="n">
-        <v>1.707652799999E12</v>
+        <v>1.707998399999E12</v>
       </c>
       <c r="C685" s="2" t="n">
-        <v>1.70763708E12</v>
+        <v>1.70799402E12</v>
       </c>
       <c r="D685" s="2" t="n">
-        <v>1.7076099E12</v>
+        <v>1.70791332E12</v>
       </c>
       <c r="E685" s="2" t="n">
-        <v>2.1332228E-9</v>
+        <v>3.780722E-9</v>
       </c>
       <c r="F685" s="2" t="n">
-        <v>2.2201613E-9</v>
+        <v>7.1988661E-9</v>
       </c>
       <c r="G685" s="2" t="n">
-        <v>1.9845556E-9</v>
+        <v>3.7267023E-9</v>
       </c>
       <c r="H685" s="2" t="n">
-        <v>2.1941866E-9</v>
+        <v>7.1027425E-9</v>
       </c>
       <c r="I685" s="2" t="n">
-        <v>8788.4</v>
+        <v>75132.09</v>
       </c>
     </row>
     <row r="686">
       <c r="A686" s="2" t="n">
-        <v>1.70748E12</v>
+        <v>1.7078256E12</v>
       </c>
       <c r="B686" s="2" t="n">
-        <v>1.707566399999E12</v>
+        <v>1.707911999999E12</v>
       </c>
       <c r="C686" s="2" t="n">
-        <v>1.70752956E12</v>
+        <v>1.70790246E12</v>
       </c>
       <c r="D686" s="2" t="n">
-        <v>1.70748222E12</v>
+        <v>1.7078256E12</v>
       </c>
       <c r="E686" s="2" t="n">
-        <v>2.0264453E-9</v>
+        <v>3.59853E-9</v>
       </c>
       <c r="F686" s="2" t="n">
-        <v>2.2115148E-9</v>
+        <v>3.8529283E-9</v>
       </c>
       <c r="G686" s="2" t="n">
-        <v>2.024489E-9</v>
+        <v>3.59853E-9</v>
       </c>
       <c r="H686" s="2" t="n">
-        <v>2.1332228E-9</v>
+        <v>3.780722E-9</v>
       </c>
       <c r="I686" s="2" t="n">
-        <v>9888.6</v>
+        <v>16407.84</v>
       </c>
     </row>
     <row r="687">
       <c r="A687" s="2" t="n">
-        <v>1.7073936E12</v>
+        <v>1.7077392E12</v>
       </c>
       <c r="B687" s="2" t="n">
-        <v>1.707479999999E12</v>
+        <v>1.707825599999E12</v>
       </c>
       <c r="C687" s="2" t="n">
-        <v>1.70745258E12</v>
+        <v>1.70780262E12</v>
       </c>
       <c r="D687" s="2" t="n">
-        <v>1.7073936E12</v>
+        <v>1.7077392E12</v>
       </c>
       <c r="E687" s="2" t="n">
-        <v>1.6711593E-9</v>
+        <v>2.3353033E-9</v>
       </c>
       <c r="F687" s="2" t="n">
-        <v>2.0828097E-9</v>
+        <v>3.6964446E-9</v>
       </c>
       <c r="G687" s="2" t="n">
-        <v>1.6711593E-9</v>
+        <v>2.3353033E-9</v>
       </c>
       <c r="H687" s="2" t="n">
-        <v>2.0264453E-9</v>
+        <v>3.59853E-9</v>
       </c>
       <c r="I687" s="2" t="n">
-        <v>11771.83</v>
+        <v>40381.7</v>
       </c>
     </row>
     <row r="688">
       <c r="A688" s="2" t="n">
-        <v>1.7073072E12</v>
+        <v>1.7076528E12</v>
       </c>
       <c r="B688" s="2" t="n">
-        <v>1.707393599999E12</v>
+        <v>1.707739199999E12</v>
       </c>
       <c r="C688" s="2" t="n">
-        <v>1.70739288E12</v>
+        <v>1.7077098E12</v>
       </c>
       <c r="D688" s="2" t="n">
-        <v>1.7073354E12</v>
+        <v>1.70765328E12</v>
       </c>
       <c r="E688" s="2" t="n">
-        <v>1.5435875E-9</v>
+        <v>2.1941866E-9</v>
       </c>
       <c r="F688" s="2" t="n">
-        <v>1.6711593E-9</v>
+        <v>2.4617782E-9</v>
       </c>
       <c r="G688" s="2" t="n">
-        <v>1.5371913E-9</v>
+        <v>2.1854428E-9</v>
       </c>
       <c r="H688" s="2" t="n">
-        <v>1.6711593E-9</v>
+        <v>2.3353033E-9</v>
       </c>
       <c r="I688" s="2" t="n">
-        <v>4113.17</v>
+        <v>11670.76</v>
       </c>
     </row>
     <row r="689">
       <c r="A689" s="2" t="n">
-        <v>1.7072208E12</v>
+        <v>1.7075664E12</v>
       </c>
       <c r="B689" s="2" t="n">
-        <v>1.707307199999E12</v>
+        <v>1.707652799999E12</v>
       </c>
       <c r="C689" s="2" t="n">
-        <v>1.70730516E12</v>
+        <v>1.70763708E12</v>
       </c>
       <c r="D689" s="2" t="n">
-        <v>1.7072208E12</v>
+        <v>1.7076099E12</v>
       </c>
       <c r="E689" s="2" t="n">
-        <v>1.4114852E-9</v>
+        <v>2.1332228E-9</v>
       </c>
       <c r="F689" s="2" t="n">
-        <v>1.5447225E-9</v>
+        <v>2.2201613E-9</v>
       </c>
       <c r="G689" s="2" t="n">
-        <v>1.4114852E-9</v>
+        <v>1.9845556E-9</v>
       </c>
       <c r="H689" s="2" t="n">
-        <v>1.5435875E-9</v>
+        <v>2.1941866E-9</v>
       </c>
       <c r="I689" s="2" t="n">
-        <v>3689.32</v>
+        <v>8788.4</v>
       </c>
     </row>
     <row r="690">
       <c r="A690" s="2" t="n">
-        <v>1.7071344E12</v>
+        <v>1.70748E12</v>
       </c>
       <c r="B690" s="2" t="n">
-        <v>1.707220799999E12</v>
+        <v>1.707566399999E12</v>
       </c>
       <c r="C690" s="2" t="n">
-        <v>1.70716716E12</v>
+        <v>1.70752956E12</v>
       </c>
       <c r="D690" s="2" t="n">
-        <v>1.70719392E12</v>
+        <v>1.70748222E12</v>
       </c>
       <c r="E690" s="2" t="n">
-        <v>1.4753456E-9</v>
+        <v>2.0264453E-9</v>
       </c>
       <c r="F690" s="2" t="n">
-        <v>1.5002668E-9</v>
+        <v>2.2115148E-9</v>
       </c>
       <c r="G690" s="2" t="n">
-        <v>1.3837997E-9</v>
+        <v>2.024489E-9</v>
       </c>
       <c r="H690" s="2" t="n">
-        <v>1.4114852E-9</v>
+        <v>2.1332228E-9</v>
       </c>
       <c r="I690" s="2" t="n">
-        <v>4456.15</v>
+        <v>9888.6</v>
       </c>
     </row>
     <row r="691">
       <c r="A691" s="2" t="n">
-        <v>1.707048E12</v>
+        <v>1.7073936E12</v>
       </c>
       <c r="B691" s="2" t="n">
-        <v>1.707134399999E12</v>
+        <v>1.707479999999E12</v>
       </c>
       <c r="C691" s="2" t="n">
-        <v>1.70711016E12</v>
+        <v>1.70745258E12</v>
       </c>
       <c r="D691" s="2" t="n">
-        <v>1.7070522E12</v>
+        <v>1.7073936E12</v>
       </c>
       <c r="E691" s="2" t="n">
-        <v>1.2598769E-9</v>
+        <v>1.6711593E-9</v>
       </c>
       <c r="F691" s="2" t="n">
-        <v>1.560307E-9</v>
+        <v>2.0828097E-9</v>
       </c>
       <c r="G691" s="2" t="n">
-        <v>1.2577037E-9</v>
+        <v>1.6711593E-9</v>
       </c>
       <c r="H691" s="2" t="n">
-        <v>1.4753456E-9</v>
+        <v>2.0264453E-9</v>
       </c>
       <c r="I691" s="2" t="n">
-        <v>8424.57</v>
+        <v>11771.83</v>
       </c>
     </row>
     <row r="692">
       <c r="A692" s="2" t="n">
-        <v>1.7069616E12</v>
+        <v>1.7073072E12</v>
       </c>
       <c r="B692" s="2" t="n">
-        <v>1.707047999999E12</v>
+        <v>1.707393599999E12</v>
       </c>
       <c r="C692" s="2" t="n">
-        <v>1.70704758E12</v>
+        <v>1.70739288E12</v>
       </c>
       <c r="D692" s="2" t="n">
-        <v>1.7069616E12</v>
+        <v>1.7073354E12</v>
       </c>
       <c r="E692" s="2" t="n">
-        <v>1.2040305E-9</v>
+        <v>1.5435875E-9</v>
       </c>
       <c r="F692" s="2" t="n">
-        <v>1.2598769E-9</v>
+        <v>1.6711593E-9</v>
       </c>
       <c r="G692" s="2" t="n">
-        <v>1.2040305E-9</v>
+        <v>1.5371913E-9</v>
       </c>
       <c r="H692" s="2" t="n">
-        <v>1.2598769E-9</v>
+        <v>1.6711593E-9</v>
       </c>
       <c r="I692" s="2" t="n">
-        <v>4225.09</v>
+        <v>4113.17</v>
       </c>
     </row>
     <row r="693">
       <c r="A693" s="2" t="n">
-        <v>1.7068752E12</v>
+        <v>1.7072208E12</v>
       </c>
       <c r="B693" s="2" t="n">
-        <v>1.706961599999E12</v>
+        <v>1.707307199999E12</v>
       </c>
       <c r="C693" s="2" t="n">
-        <v>1.7068752E12</v>
+        <v>1.70730516E12</v>
       </c>
       <c r="D693" s="2" t="n">
-        <v>1.70689752E12</v>
+        <v>1.7072208E12</v>
       </c>
       <c r="E693" s="2" t="n">
-        <v>1.2041892E-9</v>
+        <v>1.4114852E-9</v>
       </c>
       <c r="F693" s="2" t="n">
-        <v>1.2041892E-9</v>
+        <v>1.5447225E-9</v>
       </c>
       <c r="G693" s="2" t="n">
-        <v>1.0598748E-9</v>
+        <v>1.4114852E-9</v>
       </c>
       <c r="H693" s="2" t="n">
-        <v>1.2040305E-9</v>
+        <v>1.5435875E-9</v>
       </c>
       <c r="I693" s="2" t="n">
-        <v>7107.39</v>
+        <v>3689.32</v>
       </c>
     </row>
     <row r="694">
       <c r="A694" s="2" t="n">
-        <v>1.7067888E12</v>
+        <v>1.7071344E12</v>
       </c>
       <c r="B694" s="2" t="n">
-        <v>1.706875199999E12</v>
+        <v>1.707220799999E12</v>
       </c>
       <c r="C694" s="2" t="n">
-        <v>1.70686908E12</v>
+        <v>1.70716716E12</v>
       </c>
       <c r="D694" s="2" t="n">
-        <v>1.70679288E12</v>
+        <v>1.70719392E12</v>
       </c>
       <c r="E694" s="2" t="n">
-        <v>1.0549107E-9</v>
+        <v>1.4753456E-9</v>
       </c>
       <c r="F694" s="2" t="n">
-        <v>1.2461656E-9</v>
+        <v>1.5002668E-9</v>
       </c>
       <c r="G694" s="2" t="n">
-        <v>1.053121E-9</v>
+        <v>1.3837997E-9</v>
       </c>
       <c r="H694" s="2" t="n">
-        <v>1.2041892E-9</v>
+        <v>1.4114852E-9</v>
       </c>
       <c r="I694" s="2" t="n">
-        <v>5994.41</v>
+        <v>4456.15</v>
       </c>
     </row>
     <row r="695">
       <c r="A695" s="2" t="n">
-        <v>1.7067024E12</v>
+        <v>1.707048E12</v>
       </c>
       <c r="B695" s="2" t="n">
-        <v>1.706788799999E12</v>
+        <v>1.707134399999E12</v>
       </c>
       <c r="C695" s="2" t="n">
-        <v>1.7067024E12</v>
+        <v>1.70711016E12</v>
       </c>
       <c r="D695" s="2" t="n">
-        <v>1.70675772E12</v>
+        <v>1.7070522E12</v>
       </c>
       <c r="E695" s="2" t="n">
-        <v>1.1987412E-9</v>
+        <v>1.2598769E-9</v>
       </c>
       <c r="F695" s="2" t="n">
-        <v>1.1987412E-9</v>
+        <v>1.560307E-9</v>
       </c>
       <c r="G695" s="2" t="n">
-        <v>1.000242E-9</v>
+        <v>1.2577037E-9</v>
       </c>
       <c r="H695" s="2" t="n">
-        <v>1.0549107E-9</v>
+        <v>1.4753456E-9</v>
       </c>
       <c r="I695" s="2" t="n">
-        <v>6151.22</v>
+        <v>8424.57</v>
       </c>
     </row>
     <row r="696">
       <c r="A696" s="2" t="n">
-        <v>1.706616E12</v>
+        <v>1.7069616E12</v>
       </c>
       <c r="B696" s="2" t="n">
-        <v>1.706702399999E12</v>
+        <v>1.707047999999E12</v>
       </c>
       <c r="C696" s="2" t="n">
-        <v>1.70662776E12</v>
+        <v>1.70704758E12</v>
       </c>
       <c r="D696" s="2" t="n">
-        <v>1.70666442E12</v>
+        <v>1.7069616E12</v>
       </c>
       <c r="E696" s="2" t="n">
-        <v>1.3532821E-9</v>
+        <v>1.2040305E-9</v>
       </c>
       <c r="F696" s="2" t="n">
-        <v>1.3691766E-9</v>
+        <v>1.2598769E-9</v>
       </c>
       <c r="G696" s="2" t="n">
-        <v>1.1457603E-9</v>
+        <v>1.2040305E-9</v>
       </c>
       <c r="H696" s="2" t="n">
-        <v>1.1987412E-9</v>
+        <v>1.2598769E-9</v>
       </c>
       <c r="I696" s="2" t="n">
-        <v>10476.43</v>
+        <v>4225.09</v>
       </c>
     </row>
     <row r="697">
       <c r="A697" s="2" t="n">
-        <v>1.7065296E12</v>
+        <v>1.7068752E12</v>
       </c>
       <c r="B697" s="2" t="n">
-        <v>1.706615999999E12</v>
+        <v>1.706961599999E12</v>
       </c>
       <c r="C697" s="2" t="n">
-        <v>1.70660754E12</v>
+        <v>1.7068752E12</v>
       </c>
       <c r="D697" s="2" t="n">
-        <v>1.7065296E12</v>
+        <v>1.70689752E12</v>
       </c>
       <c r="E697" s="2" t="n">
-        <v>1.290734E-9</v>
+        <v>1.2041892E-9</v>
       </c>
       <c r="F697" s="2" t="n">
-        <v>1.3582188E-9</v>
+        <v>1.2041892E-9</v>
       </c>
       <c r="G697" s="2" t="n">
-        <v>1.290734E-9</v>
+        <v>1.0598748E-9</v>
       </c>
       <c r="H697" s="2" t="n">
-        <v>1.3532821E-9</v>
+        <v>1.2040305E-9</v>
       </c>
       <c r="I697" s="2" t="n">
-        <v>4838.65</v>
+        <v>7107.39</v>
       </c>
     </row>
     <row r="698">
       <c r="A698" s="2" t="n">
-        <v>1.7064432E12</v>
+        <v>1.7067888E12</v>
       </c>
       <c r="B698" s="2" t="n">
-        <v>1.706529599999E12</v>
+        <v>1.706875199999E12</v>
       </c>
       <c r="C698" s="2" t="n">
-        <v>1.70648358E12</v>
+        <v>1.70686908E12</v>
       </c>
       <c r="D698" s="2" t="n">
-        <v>1.70652738E12</v>
+        <v>1.70679288E12</v>
       </c>
       <c r="E698" s="2" t="n">
-        <v>1.5042994E-9</v>
+        <v>1.0549107E-9</v>
       </c>
       <c r="F698" s="2" t="n">
-        <v>1.5515991E-9</v>
+        <v>1.2461656E-9</v>
       </c>
       <c r="G698" s="2" t="n">
-        <v>1.290734E-9</v>
+        <v>1.053121E-9</v>
       </c>
       <c r="H698" s="2" t="n">
-        <v>1.290734E-9</v>
+        <v>1.2041892E-9</v>
       </c>
       <c r="I698" s="2" t="n">
-        <v>6882.91</v>
+        <v>5994.41</v>
       </c>
     </row>
     <row r="699">
       <c r="A699" s="2" t="n">
-        <v>1.7063568E12</v>
+        <v>1.7067024E12</v>
       </c>
       <c r="B699" s="2" t="n">
-        <v>1.706443199999E12</v>
+        <v>1.706788799999E12</v>
       </c>
       <c r="C699" s="2" t="n">
-        <v>1.70644314E12</v>
+        <v>1.7067024E12</v>
       </c>
       <c r="D699" s="2" t="n">
-        <v>1.7064096E12</v>
+        <v>1.70675772E12</v>
       </c>
       <c r="E699" s="2" t="n">
-        <v>1.3739034E-9</v>
+        <v>1.1987412E-9</v>
       </c>
       <c r="F699" s="2" t="n">
-        <v>1.5042994E-9</v>
+        <v>1.1987412E-9</v>
       </c>
       <c r="G699" s="2" t="n">
-        <v>1.3297473E-9</v>
+        <v>1.000242E-9</v>
       </c>
       <c r="H699" s="2" t="n">
-        <v>1.5042994E-9</v>
+        <v>1.0549107E-9</v>
       </c>
       <c r="I699" s="2" t="n">
-        <v>4773.39</v>
+        <v>6151.22</v>
       </c>
     </row>
     <row r="700">
       <c r="A700" s="2" t="n">
-        <v>1.7062704E12</v>
+        <v>1.706616E12</v>
       </c>
       <c r="B700" s="2" t="n">
-        <v>1.706356799999E12</v>
+        <v>1.706702399999E12</v>
       </c>
       <c r="C700" s="2" t="n">
-        <v>1.70635314E12</v>
+        <v>1.70662776E12</v>
       </c>
       <c r="D700" s="2" t="n">
-        <v>1.70627244E12</v>
+        <v>1.70666442E12</v>
       </c>
       <c r="E700" s="2" t="n">
-        <v>1.1055981E-9</v>
+        <v>1.3532821E-9</v>
       </c>
       <c r="F700" s="2" t="n">
-        <v>1.401266E-9</v>
+        <v>1.3691766E-9</v>
       </c>
       <c r="G700" s="2" t="n">
-        <v>1.104599E-9</v>
+        <v>1.1457603E-9</v>
       </c>
       <c r="H700" s="2" t="n">
-        <v>1.3739034E-9</v>
+        <v>1.1987412E-9</v>
       </c>
       <c r="I700" s="2" t="n">
-        <v>11562.89</v>
+        <v>10476.43</v>
       </c>
     </row>
     <row r="701">
       <c r="A701" s="2" t="n">
-        <v>1.706184E12</v>
+        <v>1.7065296E12</v>
       </c>
       <c r="B701" s="2" t="n">
-        <v>1.706270399999E12</v>
+        <v>1.706615999999E12</v>
       </c>
       <c r="C701" s="2" t="n">
-        <v>1.70627028E12</v>
+        <v>1.70660754E12</v>
       </c>
       <c r="D701" s="2" t="n">
-        <v>1.70620512E12</v>
+        <v>1.7065296E12</v>
       </c>
       <c r="E701" s="2" t="n">
-        <v>9.750911E-10</v>
+        <v>1.290734E-9</v>
       </c>
       <c r="F701" s="2" t="n">
-        <v>1.105626E-9</v>
+        <v>1.3582188E-9</v>
       </c>
       <c r="G701" s="2" t="n">
-        <v>9.362388E-10</v>
+        <v>1.290734E-9</v>
       </c>
       <c r="H701" s="2" t="n">
-        <v>1.1055981E-9</v>
+        <v>1.3532821E-9</v>
       </c>
       <c r="I701" s="2" t="n">
-        <v>8787.11</v>
+        <v>4838.65</v>
       </c>
     </row>
     <row r="702">
       <c r="A702" s="2" t="n">
-        <v>1.7060976E12</v>
+        <v>1.7064432E12</v>
       </c>
       <c r="B702" s="2" t="n">
-        <v>1.706183999999E12</v>
+        <v>1.706529599999E12</v>
       </c>
       <c r="C702" s="2" t="n">
-        <v>1.70610006E12</v>
+        <v>1.70648358E12</v>
       </c>
       <c r="D702" s="2" t="n">
-        <v>1.70614458E12</v>
+        <v>1.70652738E12</v>
       </c>
       <c r="E702" s="2" t="n">
-        <v>1.4809733E-9</v>
+        <v>1.5042994E-9</v>
       </c>
       <c r="F702" s="2" t="n">
-        <v>1.5007598E-9</v>
+        <v>1.5515991E-9</v>
       </c>
       <c r="G702" s="2" t="n">
-        <v>7.000522E-10</v>
+        <v>1.290734E-9</v>
       </c>
       <c r="H702" s="2" t="n">
-        <v>9.750911E-10</v>
+        <v>1.290734E-9</v>
       </c>
       <c r="I702" s="2" t="n">
-        <v>44651.94</v>
+        <v>6882.91</v>
       </c>
     </row>
     <row r="703">
       <c r="A703" s="2" t="n">
-        <v>1.7060112E12</v>
+        <v>1.7063568E12</v>
       </c>
       <c r="B703" s="2" t="n">
-        <v>1.706097599999E12</v>
+        <v>1.706443199999E12</v>
       </c>
       <c r="C703" s="2" t="n">
-        <v>1.70602482E12</v>
+        <v>1.70644314E12</v>
       </c>
       <c r="D703" s="2" t="n">
-        <v>1.70609532E12</v>
+        <v>1.7064096E12</v>
       </c>
       <c r="E703" s="2" t="n">
-        <v>1.7513692E-9</v>
+        <v>1.3739034E-9</v>
       </c>
       <c r="F703" s="2" t="n">
-        <v>1.831732E-9</v>
+        <v>1.5042994E-9</v>
       </c>
       <c r="G703" s="2" t="n">
-        <v>1.4809733E-9</v>
+        <v>1.3297473E-9</v>
       </c>
       <c r="H703" s="2" t="n">
-        <v>1.4809733E-9</v>
+        <v>1.5042994E-9</v>
       </c>
       <c r="I703" s="2" t="n">
-        <v>10045.22</v>
+        <v>4773.39</v>
       </c>
     </row>
     <row r="704">
       <c r="A704" s="2" t="n">
-        <v>1.7059248E12</v>
+        <v>1.7062704E12</v>
       </c>
       <c r="B704" s="2" t="n">
-        <v>1.706011199999E12</v>
+        <v>1.706356799999E12</v>
       </c>
       <c r="C704" s="2" t="n">
-        <v>1.70592546E12</v>
+        <v>1.70635314E12</v>
       </c>
       <c r="D704" s="2" t="n">
-        <v>1.70596212E12</v>
+        <v>1.70627244E12</v>
       </c>
       <c r="E704" s="2" t="n">
-        <v>2.2426108E-9</v>
+        <v>1.1055981E-9</v>
       </c>
       <c r="F704" s="2" t="n">
-        <v>2.2434756E-9</v>
+        <v>1.401266E-9</v>
       </c>
       <c r="G704" s="2" t="n">
-        <v>1.5690604E-9</v>
+        <v>1.104599E-9</v>
       </c>
       <c r="H704" s="2" t="n">
-        <v>1.7513692E-9</v>
+        <v>1.3739034E-9</v>
       </c>
       <c r="I704" s="2" t="n">
-        <v>25309.91</v>
+        <v>11562.89</v>
       </c>
     </row>
     <row r="705">
       <c r="A705" s="2" t="n">
-        <v>1.7058384E12</v>
+        <v>1.706184E12</v>
       </c>
       <c r="B705" s="2" t="n">
-        <v>1.705924799999E12</v>
+        <v>1.706270399999E12</v>
       </c>
       <c r="C705" s="2" t="n">
-        <v>1.70592456E12</v>
+        <v>1.70627028E12</v>
       </c>
       <c r="D705" s="2" t="n">
-        <v>1.7058384E12</v>
+        <v>1.70620512E12</v>
       </c>
       <c r="E705" s="2" t="n">
-        <v>1.4268817E-9</v>
+        <v>9.750911E-10</v>
       </c>
       <c r="F705" s="2" t="n">
-        <v>2.2426108E-9</v>
+        <v>1.105626E-9</v>
       </c>
       <c r="G705" s="2" t="n">
-        <v>1.4268817E-9</v>
+        <v>9.362388E-10</v>
       </c>
       <c r="H705" s="2" t="n">
-        <v>2.2426108E-9</v>
+        <v>1.1055981E-9</v>
       </c>
       <c r="I705" s="2" t="n">
-        <v>19593.64</v>
+        <v>8787.11</v>
       </c>
     </row>
     <row r="706">
       <c r="A706" s="2" t="n">
-        <v>1.705752E12</v>
+        <v>1.7060976E12</v>
       </c>
       <c r="B706" s="2" t="n">
-        <v>1.705838399999E12</v>
+        <v>1.706183999999E12</v>
       </c>
       <c r="C706" s="2" t="n">
-        <v>1.7058255E12</v>
+        <v>1.70610006E12</v>
       </c>
       <c r="D706" s="2" t="n">
-        <v>1.7057766E12</v>
+        <v>1.70614458E12</v>
       </c>
       <c r="E706" s="2" t="n">
-        <v>1.4121066E-9</v>
+        <v>1.4809733E-9</v>
       </c>
       <c r="F706" s="2" t="n">
-        <v>1.4419372E-9</v>
+        <v>1.5007598E-9</v>
       </c>
       <c r="G706" s="2" t="n">
-        <v>1.3751075E-9</v>
+        <v>7.000522E-10</v>
       </c>
       <c r="H706" s="2" t="n">
-        <v>1.4268817E-9</v>
+        <v>9.750911E-10</v>
       </c>
       <c r="I706" s="2" t="n">
-        <v>4121.17</v>
+        <v>44651.94</v>
       </c>
     </row>
     <row r="707">
       <c r="A707" s="2" t="n">
-        <v>1.7056656E12</v>
+        <v>1.7060112E12</v>
       </c>
       <c r="B707" s="2" t="n">
-        <v>1.705751999999E12</v>
+        <v>1.706097599999E12</v>
       </c>
       <c r="C707" s="2" t="n">
-        <v>1.7056656E12</v>
+        <v>1.70602482E12</v>
       </c>
       <c r="D707" s="2" t="n">
-        <v>1.70568954E12</v>
+        <v>1.70609532E12</v>
       </c>
       <c r="E707" s="2" t="n">
-        <v>1.4669713E-9</v>
+        <v>1.7513692E-9</v>
       </c>
       <c r="F707" s="2" t="n">
-        <v>1.4669713E-9</v>
+        <v>1.831732E-9</v>
       </c>
       <c r="G707" s="2" t="n">
-        <v>1.3507102E-9</v>
+        <v>1.4809733E-9</v>
       </c>
       <c r="H707" s="2" t="n">
-        <v>1.4121066E-9</v>
+        <v>1.4809733E-9</v>
       </c>
       <c r="I707" s="2" t="n">
-        <v>7156.0</v>
+        <v>10045.22</v>
       </c>
     </row>
     <row r="708">
       <c r="A708" s="2" t="n">
-        <v>1.7055792E12</v>
+        <v>1.7059248E12</v>
       </c>
       <c r="B708" s="2" t="n">
-        <v>1.705665599999E12</v>
+        <v>1.706011199999E12</v>
       </c>
       <c r="C708" s="2" t="n">
-        <v>1.70566524E12</v>
+        <v>1.70592546E12</v>
       </c>
       <c r="D708" s="2" t="n">
-        <v>1.705584E12</v>
+        <v>1.70596212E12</v>
       </c>
       <c r="E708" s="2" t="n">
-        <v>1.1735126E-9</v>
+        <v>2.2426108E-9</v>
       </c>
       <c r="F708" s="2" t="n">
-        <v>1.4669713E-9</v>
+        <v>2.2434756E-9</v>
       </c>
       <c r="G708" s="2" t="n">
-        <v>1.1681506E-9</v>
+        <v>1.5690604E-9</v>
       </c>
       <c r="H708" s="2" t="n">
-        <v>1.4669713E-9</v>
+        <v>1.7513692E-9</v>
       </c>
       <c r="I708" s="2" t="n">
-        <v>6878.52</v>
+        <v>25309.91</v>
       </c>
     </row>
     <row r="709">
       <c r="A709" s="2" t="n">
-        <v>1.7054928E12</v>
+        <v>1.7058384E12</v>
       </c>
       <c r="B709" s="2" t="n">
-        <v>1.705579199999E12</v>
+        <v>1.705924799999E12</v>
       </c>
       <c r="C709" s="2" t="n">
-        <v>1.70553636E12</v>
+        <v>1.70592456E12</v>
       </c>
       <c r="D709" s="2" t="n">
-        <v>1.70556138E12</v>
+        <v>1.7058384E12</v>
       </c>
       <c r="E709" s="2" t="n">
-        <v>1.1949708E-9</v>
+        <v>1.4268817E-9</v>
       </c>
       <c r="F709" s="2" t="n">
-        <v>1.2487135E-9</v>
+        <v>2.2426108E-9</v>
       </c>
       <c r="G709" s="2" t="n">
-        <v>1.1358935E-9</v>
+        <v>1.4268817E-9</v>
       </c>
       <c r="H709" s="2" t="n">
-        <v>1.1735126E-9</v>
+        <v>2.2426108E-9</v>
       </c>
       <c r="I709" s="2" t="n">
-        <v>8790.72</v>
+        <v>19593.64</v>
       </c>
     </row>
     <row r="710">
       <c r="A710" s="2" t="n">
-        <v>1.7054064E12</v>
+        <v>1.705752E12</v>
       </c>
       <c r="B710" s="2" t="n">
-        <v>1.705492799999E12</v>
+        <v>1.705838399999E12</v>
       </c>
       <c r="C710" s="2" t="n">
-        <v>1.7054838E12</v>
+        <v>1.7058255E12</v>
       </c>
       <c r="D710" s="2" t="n">
-        <v>1.7054064E12</v>
+        <v>1.7057766E12</v>
       </c>
       <c r="E710" s="2" t="n">
-        <v>8.554257E-10</v>
+        <v>1.4121066E-9</v>
       </c>
       <c r="F710" s="2" t="n">
-        <v>1.2621005E-9</v>
+        <v>1.4419372E-9</v>
       </c>
       <c r="G710" s="2" t="n">
-        <v>8.554257E-10</v>
+        <v>1.3751075E-9</v>
       </c>
       <c r="H710" s="2" t="n">
-        <v>1.1949708E-9</v>
+        <v>1.4268817E-9</v>
       </c>
       <c r="I710" s="2" t="n">
-        <v>17077.21</v>
+        <v>4121.17</v>
       </c>
     </row>
     <row r="711">
       <c r="A711" s="2" t="n">
-        <v>1.70532E12</v>
+        <v>1.7056656E12</v>
       </c>
       <c r="B711" s="2" t="n">
-        <v>1.705406399999E12</v>
+        <v>1.705751999999E12</v>
       </c>
       <c r="C711" s="2" t="n">
-        <v>1.70540112E12</v>
+        <v>1.7056656E12</v>
       </c>
       <c r="D711" s="2" t="n">
-        <v>1.70535744E12</v>
+        <v>1.70568954E12</v>
       </c>
       <c r="E711" s="2" t="n">
-        <v>7.752842E-10</v>
+        <v>1.4669713E-9</v>
       </c>
       <c r="F711" s="2" t="n">
-        <v>8.554257E-10</v>
+        <v>1.4669713E-9</v>
       </c>
       <c r="G711" s="2" t="n">
-        <v>7.699182E-10</v>
+        <v>1.3507102E-9</v>
       </c>
       <c r="H711" s="2" t="n">
-        <v>8.554257E-10</v>
+        <v>1.4121066E-9</v>
       </c>
       <c r="I711" s="2" t="n">
-        <v>3206.88</v>
+        <v>7156.0</v>
       </c>
     </row>
     <row r="712">
       <c r="A712" s="2" t="n">
-        <v>1.7052336E12</v>
+        <v>1.7055792E12</v>
       </c>
       <c r="B712" s="2" t="n">
-        <v>1.705319999999E12</v>
+        <v>1.705665599999E12</v>
       </c>
       <c r="C712" s="2" t="n">
-        <v>1.70531358E12</v>
+        <v>1.70566524E12</v>
       </c>
       <c r="D712" s="2" t="n">
-        <v>1.70523474E12</v>
+        <v>1.705584E12</v>
       </c>
       <c r="E712" s="2" t="n">
-        <v>7.041387E-10</v>
+        <v>1.1735126E-9</v>
       </c>
       <c r="F712" s="2" t="n">
-        <v>7.832911E-10</v>
+        <v>1.4669713E-9</v>
       </c>
       <c r="G712" s="2" t="n">
-        <v>7.005812E-10</v>
+        <v>1.1681506E-9</v>
       </c>
       <c r="H712" s="2" t="n">
-        <v>7.752842E-10</v>
+        <v>1.4669713E-9</v>
       </c>
       <c r="I712" s="2" t="n">
-        <v>2417.28</v>
+        <v>6878.52</v>
       </c>
     </row>
     <row r="713">
       <c r="A713" s="2" t="n">
-        <v>1.7051472E12</v>
+        <v>1.7054928E12</v>
       </c>
       <c r="B713" s="2" t="n">
-        <v>1.705233599999E12</v>
+        <v>1.705579199999E12</v>
       </c>
       <c r="C713" s="2" t="n">
-        <v>1.7052321E12</v>
+        <v>1.70553636E12</v>
       </c>
       <c r="D713" s="2" t="n">
-        <v>1.705152E12</v>
+        <v>1.70556138E12</v>
       </c>
       <c r="E713" s="2" t="n">
-        <v>6.463459E-10</v>
+        <v>1.1949708E-9</v>
       </c>
       <c r="F713" s="2" t="n">
-        <v>7.141823E-10</v>
+        <v>1.2487135E-9</v>
       </c>
       <c r="G713" s="2" t="n">
-        <v>6.424218E-10</v>
+        <v>1.1358935E-9</v>
       </c>
       <c r="H713" s="2" t="n">
-        <v>7.041387E-10</v>
+        <v>1.1735126E-9</v>
       </c>
       <c r="I713" s="2" t="n">
-        <v>3361.19</v>
+        <v>8790.72</v>
       </c>
     </row>
     <row r="714">
       <c r="A714" s="2" t="n">
-        <v>1.7050608E12</v>
+        <v>1.7054064E12</v>
       </c>
       <c r="B714" s="2" t="n">
-        <v>1.705147199999E12</v>
+        <v>1.705492799999E12</v>
       </c>
       <c r="C714" s="2" t="n">
-        <v>1.70507988E12</v>
+        <v>1.7054838E12</v>
       </c>
       <c r="D714" s="2" t="n">
-        <v>1.70514216E12</v>
+        <v>1.7054064E12</v>
       </c>
       <c r="E714" s="2" t="n">
-        <v>7.451825E-10</v>
+        <v>8.554257E-10</v>
       </c>
       <c r="F714" s="2" t="n">
-        <v>7.704918E-10</v>
+        <v>1.2621005E-9</v>
       </c>
       <c r="G714" s="2" t="n">
-        <v>6.458568E-10</v>
+        <v>8.554257E-10</v>
       </c>
       <c r="H714" s="2" t="n">
-        <v>6.463459E-10</v>
+        <v>1.1949708E-9</v>
       </c>
       <c r="I714" s="2" t="n">
-        <v>6526.47</v>
+        <v>17077.21</v>
       </c>
     </row>
     <row r="715">
       <c r="A715" s="2" t="n">
-        <v>1.7049744E12</v>
+        <v>1.70532E12</v>
       </c>
       <c r="B715" s="2" t="n">
-        <v>1.705060799999E12</v>
+        <v>1.705406399999E12</v>
       </c>
       <c r="C715" s="2" t="n">
-        <v>1.70502126E12</v>
+        <v>1.70540112E12</v>
       </c>
       <c r="D715" s="2" t="n">
-        <v>1.70505516E12</v>
+        <v>1.70535744E12</v>
       </c>
       <c r="E715" s="2" t="n">
-        <v>7.79669E-10</v>
+        <v>7.752842E-10</v>
       </c>
       <c r="F715" s="2" t="n">
-        <v>8.512982E-10</v>
+        <v>8.554257E-10</v>
       </c>
       <c r="G715" s="2" t="n">
-        <v>7.377281E-10</v>
+        <v>7.699182E-10</v>
       </c>
       <c r="H715" s="2" t="n">
-        <v>7.451825E-10</v>
+        <v>8.554257E-10</v>
       </c>
       <c r="I715" s="2" t="n">
-        <v>4722.07</v>
+        <v>3206.88</v>
       </c>
     </row>
     <row r="716">
       <c r="A716" s="2" t="n">
-        <v>1.704888E12</v>
+        <v>1.7052336E12</v>
       </c>
       <c r="B716" s="2" t="n">
-        <v>1.704974399999E12</v>
+        <v>1.705319999999E12</v>
       </c>
       <c r="C716" s="2" t="n">
-        <v>1.70497032E12</v>
+        <v>1.70531358E12</v>
       </c>
       <c r="D716" s="2" t="n">
-        <v>1.70490384E12</v>
+        <v>1.70523474E12</v>
       </c>
       <c r="E716" s="2" t="n">
-        <v>6.152576E-10</v>
+        <v>7.041387E-10</v>
       </c>
       <c r="F716" s="2" t="n">
-        <v>7.913745E-10</v>
+        <v>7.832911E-10</v>
       </c>
       <c r="G716" s="2" t="n">
-        <v>6.140538E-10</v>
+        <v>7.005812E-10</v>
       </c>
       <c r="H716" s="2" t="n">
-        <v>7.79669E-10</v>
+        <v>7.752842E-10</v>
       </c>
       <c r="I716" s="2" t="n">
-        <v>7378.11</v>
+        <v>2417.28</v>
       </c>
     </row>
     <row r="717">
       <c r="A717" s="2" t="n">
-        <v>1.7048016E12</v>
+        <v>1.7051472E12</v>
       </c>
       <c r="B717" s="2" t="n">
-        <v>1.704887999999E12</v>
+        <v>1.705233599999E12</v>
       </c>
       <c r="C717" s="2" t="n">
-        <v>1.70486244E12</v>
+        <v>1.7052321E12</v>
       </c>
       <c r="D717" s="2" t="n">
-        <v>1.70488572E12</v>
+        <v>1.705152E12</v>
       </c>
       <c r="E717" s="2" t="n">
-        <v>6.221407E-10</v>
+        <v>6.463459E-10</v>
       </c>
       <c r="F717" s="2" t="n">
-        <v>7.569155E-10</v>
+        <v>7.141823E-10</v>
       </c>
       <c r="G717" s="2" t="n">
-        <v>6.152576E-10</v>
+        <v>6.424218E-10</v>
       </c>
       <c r="H717" s="2" t="n">
-        <v>6.152576E-10</v>
+        <v>7.041387E-10</v>
       </c>
       <c r="I717" s="2" t="n">
-        <v>9790.19</v>
+        <v>3361.19</v>
       </c>
     </row>
     <row r="718">
       <c r="A718" s="2" t="n">
-        <v>1.7047152E12</v>
+        <v>1.7050608E12</v>
       </c>
       <c r="B718" s="2" t="n">
-        <v>1.704801599999E12</v>
+        <v>1.705147199999E12</v>
       </c>
       <c r="C718" s="2" t="n">
-        <v>1.7047989E12</v>
+        <v>1.70507988E12</v>
       </c>
       <c r="D718" s="2" t="n">
-        <v>1.70472756E12</v>
+        <v>1.70514216E12</v>
       </c>
       <c r="E718" s="2" t="n">
-        <v>5.234213E-10</v>
+        <v>7.451825E-10</v>
       </c>
       <c r="F718" s="2" t="n">
-        <v>6.23781E-10</v>
+        <v>7.704918E-10</v>
       </c>
       <c r="G718" s="2" t="n">
-        <v>5.010365E-10</v>
+        <v>6.458568E-10</v>
       </c>
       <c r="H718" s="2" t="n">
-        <v>6.221407E-10</v>
+        <v>6.463459E-10</v>
       </c>
       <c r="I718" s="2" t="n">
-        <v>4044.76</v>
+        <v>6526.47</v>
       </c>
     </row>
     <row r="719">
       <c r="A719" s="2" t="n">
-        <v>1.7046288E12</v>
+        <v>1.7049744E12</v>
       </c>
       <c r="B719" s="2" t="n">
-        <v>1.704715199999E12</v>
+        <v>1.705060799999E12</v>
       </c>
       <c r="C719" s="2" t="n">
-        <v>1.70468742E12</v>
+        <v>1.70502126E12</v>
       </c>
       <c r="D719" s="2" t="n">
-        <v>1.70464164E12</v>
+        <v>1.70505516E12</v>
       </c>
       <c r="E719" s="2" t="n">
-        <v>4.992901E-10</v>
+        <v>7.79669E-10</v>
       </c>
       <c r="F719" s="2" t="n">
-        <v>5.352107E-10</v>
+        <v>8.512982E-10</v>
       </c>
       <c r="G719" s="2" t="n">
-        <v>4.988752E-10</v>
+        <v>7.377281E-10</v>
       </c>
       <c r="H719" s="2" t="n">
-        <v>5.234213E-10</v>
+        <v>7.451825E-10</v>
       </c>
       <c r="I719" s="2" t="n">
-        <v>2270.7</v>
+        <v>4722.07</v>
       </c>
     </row>
     <row r="720">
       <c r="A720" s="2" t="n">
-        <v>1.7045424E12</v>
+        <v>1.704888E12</v>
       </c>
       <c r="B720" s="2" t="n">
-        <v>1.704628799999E12</v>
+        <v>1.704974399999E12</v>
       </c>
       <c r="C720" s="2" t="n">
-        <v>1.7046276E12</v>
+        <v>1.70497032E12</v>
       </c>
       <c r="D720" s="2" t="n">
-        <v>1.7045556E12</v>
+        <v>1.70490384E12</v>
       </c>
       <c r="E720" s="2" t="n">
-        <v>4.816611E-10</v>
+        <v>6.152576E-10</v>
       </c>
       <c r="F720" s="2" t="n">
-        <v>5.003974E-10</v>
+        <v>7.913745E-10</v>
       </c>
       <c r="G720" s="2" t="n">
-        <v>4.62239E-10</v>
+        <v>6.140538E-10</v>
       </c>
       <c r="H720" s="2" t="n">
-        <v>4.992901E-10</v>
+        <v>7.79669E-10</v>
       </c>
       <c r="I720" s="2" t="n">
-        <v>1513.67</v>
+        <v>7378.11</v>
       </c>
     </row>
     <row r="721">
       <c r="A721" s="2" t="n">
-        <v>1.704456E12</v>
+        <v>1.7048016E12</v>
       </c>
       <c r="B721" s="2" t="n">
-        <v>1.704542399999E12</v>
+        <v>1.704887999999E12</v>
       </c>
       <c r="C721" s="2" t="n">
-        <v>1.70453616E12</v>
+        <v>1.70486244E12</v>
       </c>
       <c r="D721" s="2" t="n">
-        <v>1.70451126E12</v>
+        <v>1.70488572E12</v>
       </c>
       <c r="E721" s="2" t="n">
-        <v>4.620563E-10</v>
+        <v>6.221407E-10</v>
       </c>
       <c r="F721" s="2" t="n">
-        <v>4.9157E-10</v>
+        <v>7.569155E-10</v>
       </c>
       <c r="G721" s="2" t="n">
-        <v>4.499479E-10</v>
+        <v>6.152576E-10</v>
       </c>
       <c r="H721" s="2" t="n">
-        <v>4.816611E-10</v>
+        <v>6.152576E-10</v>
       </c>
       <c r="I721" s="2" t="n">
-        <v>2729.55</v>
+        <v>9790.19</v>
       </c>
     </row>
     <row r="722">
       <c r="A722" s="2" t="n">
-        <v>1.7043696E12</v>
+        <v>1.7047152E12</v>
       </c>
       <c r="B722" s="2" t="n">
-        <v>1.704455999999E12</v>
+        <v>1.704801599999E12</v>
       </c>
       <c r="C722" s="2" t="n">
-        <v>1.70445528E12</v>
+        <v>1.7047989E12</v>
       </c>
       <c r="D722" s="2" t="n">
-        <v>1.7043696E12</v>
+        <v>1.70472756E12</v>
       </c>
       <c r="E722" s="2" t="n">
-        <v>3.904366E-10</v>
+        <v>5.234213E-10</v>
       </c>
       <c r="F722" s="2" t="n">
-        <v>4.620563E-10</v>
+        <v>6.23781E-10</v>
       </c>
       <c r="G722" s="2" t="n">
-        <v>3.904366E-10</v>
+        <v>5.010365E-10</v>
       </c>
       <c r="H722" s="2" t="n">
-        <v>4.620563E-10</v>
+        <v>6.221407E-10</v>
       </c>
       <c r="I722" s="2" t="n">
-        <v>2220.94</v>
+        <v>4044.76</v>
       </c>
     </row>
     <row r="723">
       <c r="A723" s="2" t="n">
-        <v>1.7042832E12</v>
+        <v>1.7046288E12</v>
       </c>
       <c r="B723" s="2" t="n">
-        <v>1.704369599999E12</v>
+        <v>1.704715199999E12</v>
       </c>
       <c r="C723" s="2" t="n">
-        <v>1.70432022E12</v>
+        <v>1.70468742E12</v>
       </c>
       <c r="D723" s="2" t="n">
-        <v>1.70432868E12</v>
+        <v>1.70464164E12</v>
       </c>
       <c r="E723" s="2" t="n">
-        <v>3.80546E-10</v>
+        <v>4.992901E-10</v>
       </c>
       <c r="F723" s="2" t="n">
-        <v>4.080456E-10</v>
+        <v>5.352107E-10</v>
       </c>
       <c r="G723" s="2" t="n">
-        <v>3.752042E-10</v>
+        <v>4.988752E-10</v>
       </c>
       <c r="H723" s="2" t="n">
-        <v>3.904366E-10</v>
+        <v>5.234213E-10</v>
       </c>
       <c r="I723" s="2" t="n">
-        <v>1011.92</v>
+        <v>2270.7</v>
       </c>
     </row>
     <row r="724">
       <c r="A724" s="2" t="n">
-        <v>1.7041968E12</v>
+        <v>1.7045424E12</v>
       </c>
       <c r="B724" s="2" t="n">
-        <v>1.704283199999E12</v>
+        <v>1.704628799999E12</v>
       </c>
       <c r="C724" s="2" t="n">
-        <v>1.70427E12</v>
+        <v>1.7046276E12</v>
       </c>
       <c r="D724" s="2" t="n">
-        <v>1.7041968E12</v>
+        <v>1.7045556E12</v>
       </c>
       <c r="E724" s="2" t="n">
-        <v>3.587217E-10</v>
+        <v>4.816611E-10</v>
       </c>
       <c r="F724" s="2" t="n">
-        <v>3.842424E-10</v>
+        <v>5.003974E-10</v>
       </c>
       <c r="G724" s="2" t="n">
-        <v>3.587217E-10</v>
+        <v>4.62239E-10</v>
       </c>
       <c r="H724" s="2" t="n">
-        <v>3.80546E-10</v>
+        <v>4.992901E-10</v>
       </c>
       <c r="I724" s="2" t="n">
-        <v>1455.5</v>
+        <v>1513.67</v>
       </c>
     </row>
     <row r="725">
       <c r="A725" s="2" t="n">
-        <v>1.7041104E12</v>
+        <v>1.704456E12</v>
       </c>
       <c r="B725" s="2" t="n">
-        <v>1.704196799999E12</v>
+        <v>1.704542399999E12</v>
       </c>
       <c r="C725" s="2" t="n">
-        <v>1.70414868E12</v>
+        <v>1.70453616E12</v>
       </c>
       <c r="D725" s="2" t="n">
-        <v>1.70416698E12</v>
+        <v>1.70451126E12</v>
       </c>
       <c r="E725" s="2" t="n">
-        <v>3.811254E-10</v>
+        <v>4.620563E-10</v>
       </c>
       <c r="F725" s="2" t="n">
-        <v>3.979916E-10</v>
+        <v>4.9157E-10</v>
       </c>
       <c r="G725" s="2" t="n">
-        <v>3.537289E-10</v>
+        <v>4.499479E-10</v>
       </c>
       <c r="H725" s="2" t="n">
-        <v>3.587217E-10</v>
+        <v>4.816611E-10</v>
       </c>
       <c r="I725" s="2" t="n">
-        <v>2878.55</v>
+        <v>2729.55</v>
       </c>
     </row>
     <row r="726">
       <c r="A726" s="2" t="n">
-        <v>1.704024E12</v>
+        <v>1.7043696E12</v>
       </c>
       <c r="B726" s="2" t="n">
-        <v>1.704110399999E12</v>
+        <v>1.704455999999E12</v>
       </c>
       <c r="C726" s="2" t="n">
-        <v>1.70409342E12</v>
+        <v>1.70445528E12</v>
       </c>
       <c r="D726" s="2" t="n">
-        <v>1.704024E12</v>
+        <v>1.7043696E12</v>
       </c>
       <c r="E726" s="2" t="n">
-        <v>3.562504E-10</v>
+        <v>3.904366E-10</v>
       </c>
       <c r="F726" s="2" t="n">
-        <v>3.901252E-10</v>
+        <v>4.620563E-10</v>
       </c>
       <c r="G726" s="2" t="n">
-        <v>3.562504E-10</v>
+        <v>3.904366E-10</v>
       </c>
       <c r="H726" s="2" t="n">
-        <v>3.811254E-10</v>
+        <v>4.620563E-10</v>
       </c>
       <c r="I726" s="2" t="n">
-        <v>1783.71</v>
+        <v>2220.94</v>
       </c>
     </row>
     <row r="727">
       <c r="A727" s="2" t="n">
-        <v>1.7039376E12</v>
+        <v>1.7042832E12</v>
       </c>
       <c r="B727" s="2" t="n">
-        <v>1.704023999999E12</v>
+        <v>1.704369599999E12</v>
       </c>
       <c r="C727" s="2" t="n">
-        <v>1.7040156E12</v>
+        <v>1.70432022E12</v>
       </c>
       <c r="D727" s="2" t="n">
-        <v>1.7039376E12</v>
+        <v>1.70432868E12</v>
       </c>
       <c r="E727" s="2" t="n">
-        <v>3.033261E-10</v>
+        <v>3.80546E-10</v>
       </c>
       <c r="F727" s="2" t="n">
-        <v>3.602337E-10</v>
+        <v>4.080456E-10</v>
       </c>
       <c r="G727" s="2" t="n">
-        <v>3.033261E-10</v>
+        <v>3.752042E-10</v>
       </c>
       <c r="H727" s="2" t="n">
-        <v>3.562504E-10</v>
+        <v>3.904366E-10</v>
       </c>
       <c r="I727" s="2" t="n">
-        <v>3525.92</v>
+        <v>1011.92</v>
       </c>
     </row>
     <row r="728">
       <c r="A728" s="2" t="n">
-        <v>1.7038512E12</v>
+        <v>1.7041968E12</v>
       </c>
       <c r="B728" s="2" t="n">
-        <v>1.703937599999E12</v>
+        <v>1.704283199999E12</v>
       </c>
       <c r="C728" s="2" t="n">
-        <v>1.70389902E12</v>
+        <v>1.70427E12</v>
       </c>
       <c r="D728" s="2" t="n">
-        <v>1.70388006E12</v>
+        <v>1.7041968E12</v>
       </c>
       <c r="E728" s="2" t="n">
-        <v>3.013387E-10</v>
+        <v>3.587217E-10</v>
       </c>
       <c r="F728" s="2" t="n">
-        <v>3.074878E-10</v>
+        <v>3.842424E-10</v>
       </c>
       <c r="G728" s="2" t="n">
-        <v>2.927262E-10</v>
+        <v>3.587217E-10</v>
       </c>
       <c r="H728" s="2" t="n">
-        <v>3.033261E-10</v>
+        <v>3.80546E-10</v>
       </c>
       <c r="I728" s="2" t="n">
-        <v>957.98</v>
+        <v>1455.5</v>
       </c>
     </row>
     <row r="729">
       <c r="A729" s="2" t="n">
-        <v>1.7037648E12</v>
+        <v>1.7041104E12</v>
       </c>
       <c r="B729" s="2" t="n">
-        <v>1.703851199999E12</v>
+        <v>1.704196799999E12</v>
       </c>
       <c r="C729" s="2" t="n">
-        <v>1.70376486E12</v>
+        <v>1.70414868E12</v>
       </c>
       <c r="D729" s="2" t="n">
-        <v>1.70383764E12</v>
+        <v>1.70416698E12</v>
       </c>
       <c r="E729" s="2" t="n">
-        <v>3.962394E-10</v>
+        <v>3.811254E-10</v>
       </c>
       <c r="F729" s="2" t="n">
-        <v>3.966958E-10</v>
+        <v>3.979916E-10</v>
       </c>
       <c r="G729" s="2" t="n">
-        <v>2.904732E-10</v>
+        <v>3.537289E-10</v>
       </c>
       <c r="H729" s="2" t="n">
-        <v>3.013387E-10</v>
+        <v>3.587217E-10</v>
       </c>
       <c r="I729" s="2" t="n">
-        <v>5363.2</v>
+        <v>2878.55</v>
       </c>
     </row>
     <row r="730">
       <c r="A730" s="2" t="n">
-        <v>1.7036784E12</v>
+        <v>1.704024E12</v>
       </c>
       <c r="B730" s="2" t="n">
-        <v>1.703764799999E12</v>
+        <v>1.704110399999E12</v>
       </c>
       <c r="C730" s="2" t="n">
-        <v>1.70376456E12</v>
+        <v>1.70409342E12</v>
       </c>
       <c r="D730" s="2" t="n">
-        <v>1.70368836E12</v>
+        <v>1.704024E12</v>
       </c>
       <c r="E730" s="2" t="n">
-        <v>3.430862E-10</v>
+        <v>3.562504E-10</v>
       </c>
       <c r="F730" s="2" t="n">
-        <v>3.954868E-10</v>
+        <v>3.901252E-10</v>
       </c>
       <c r="G730" s="2" t="n">
-        <v>3.271298E-10</v>
+        <v>3.562504E-10</v>
       </c>
       <c r="H730" s="2" t="n">
-        <v>3.95064E-10</v>
+        <v>3.811254E-10</v>
       </c>
       <c r="I730" s="2" t="n">
-        <v>1234.95</v>
+        <v>1783.71</v>
       </c>
     </row>
     <row r="731">
       <c r="A731" s="2" t="n">
-        <v>1.703592E12</v>
+        <v>1.7039376E12</v>
       </c>
       <c r="B731" s="2" t="n">
-        <v>1.703678399999E12</v>
+        <v>1.704023999999E12</v>
       </c>
       <c r="C731" s="2" t="n">
-        <v>1.70364498E12</v>
+        <v>1.7040156E12</v>
       </c>
       <c r="D731" s="2" t="n">
-        <v>1.70359812E12</v>
+        <v>1.7039376E12</v>
       </c>
       <c r="E731" s="2" t="n">
-        <v>2.722872E-10</v>
+        <v>3.033261E-10</v>
       </c>
       <c r="F731" s="2" t="n">
-        <v>3.432569E-10</v>
+        <v>3.602337E-10</v>
       </c>
       <c r="G731" s="2" t="n">
-        <v>2.701192E-10</v>
+        <v>3.033261E-10</v>
       </c>
       <c r="H731" s="2" t="n">
-        <v>3.430197E-10</v>
+        <v>3.562504E-10</v>
       </c>
       <c r="I731" s="2" t="n">
-        <v>2553.76</v>
+        <v>3525.92</v>
       </c>
     </row>
     <row r="732">
       <c r="A732" s="2" t="n">
-        <v>1.7035056E12</v>
+        <v>1.7038512E12</v>
       </c>
       <c r="B732" s="2" t="n">
-        <v>1.703591999999E12</v>
+        <v>1.703937599999E12</v>
       </c>
       <c r="C732" s="2" t="n">
-        <v>1.70358846E12</v>
+        <v>1.70389902E12</v>
       </c>
       <c r="D732" s="2" t="n">
-        <v>1.7035083E12</v>
+        <v>1.70388006E12</v>
       </c>
       <c r="E732" s="2" t="n">
-        <v>2.518161E-10</v>
+        <v>3.013387E-10</v>
       </c>
       <c r="F732" s="2" t="n">
-        <v>2.728986E-10</v>
+        <v>3.074878E-10</v>
       </c>
       <c r="G732" s="2" t="n">
-        <v>2.493346E-10</v>
+        <v>2.927262E-10</v>
       </c>
       <c r="H732" s="2" t="n">
-        <v>2.722215E-10</v>
+        <v>3.033261E-10</v>
       </c>
       <c r="I732" s="2" t="n">
-        <v>1017.79</v>
+        <v>957.98</v>
       </c>
     </row>
     <row r="733">
       <c r="A733" s="2" t="n">
-        <v>1.7034192E12</v>
+        <v>1.7037648E12</v>
       </c>
       <c r="B733" s="2" t="n">
-        <v>1.703505599999E12</v>
+        <v>1.703851199999E12</v>
       </c>
       <c r="C733" s="2" t="n">
-        <v>1.70348736E12</v>
+        <v>1.70376486E12</v>
       </c>
       <c r="D733" s="2" t="n">
-        <v>1.7034552E12</v>
+        <v>1.70383764E12</v>
       </c>
       <c r="E733" s="2" t="n">
-        <v>2.647102E-10</v>
+        <v>3.962394E-10</v>
       </c>
       <c r="F733" s="2" t="n">
-        <v>2.893012E-10</v>
+        <v>3.966958E-10</v>
       </c>
       <c r="G733" s="2" t="n">
-        <v>2.482493E-10</v>
+        <v>2.904732E-10</v>
       </c>
       <c r="H733" s="2" t="n">
-        <v>2.520115E-10</v>
+        <v>3.013387E-10</v>
       </c>
       <c r="I733" s="2" t="n">
-        <v>4875.43</v>
+        <v>5363.2</v>
       </c>
     </row>
     <row r="734">
       <c r="A734" s="2" t="n">
-        <v>1.7033328E12</v>
+        <v>1.7036784E12</v>
       </c>
       <c r="B734" s="2" t="n">
-        <v>1.703419199999E12</v>
+        <v>1.703764799999E12</v>
       </c>
       <c r="C734" s="2" t="n">
-        <v>1.7034162E12</v>
+        <v>1.70376456E12</v>
       </c>
       <c r="D734" s="2" t="n">
-        <v>1.70333586E12</v>
+        <v>1.70368836E12</v>
       </c>
       <c r="E734" s="2" t="n">
-        <v>1.788835E-10</v>
+        <v>3.430862E-10</v>
       </c>
       <c r="F734" s="2" t="n">
-        <v>2.667666E-10</v>
+        <v>3.954868E-10</v>
       </c>
       <c r="G734" s="2" t="n">
-        <v>1.782864E-10</v>
+        <v>3.271298E-10</v>
       </c>
       <c r="H734" s="2" t="n">
-        <v>2.648601E-10</v>
+        <v>3.95064E-10</v>
       </c>
       <c r="I734" s="2" t="n">
-        <v>5938.67</v>
+        <v>1234.95</v>
       </c>
     </row>
     <row r="735">
       <c r="A735" s="2" t="n">
-        <v>1.7032464E12</v>
+        <v>1.703592E12</v>
       </c>
       <c r="B735" s="2" t="n">
-        <v>1.703332799999E12</v>
+        <v>1.703678399999E12</v>
       </c>
       <c r="C735" s="2" t="n">
-        <v>1.703328E12</v>
+        <v>1.70364498E12</v>
       </c>
       <c r="D735" s="2" t="n">
-        <v>1.70324706E12</v>
+        <v>1.70359812E12</v>
       </c>
       <c r="E735" s="2" t="n">
-        <v>1.680618E-10</v>
+        <v>2.722872E-10</v>
       </c>
       <c r="F735" s="2" t="n">
-        <v>1.79937E-10</v>
+        <v>3.432569E-10</v>
       </c>
       <c r="G735" s="2" t="n">
-        <v>1.677585E-10</v>
+        <v>2.701192E-10</v>
       </c>
       <c r="H735" s="2" t="n">
-        <v>1.788865E-10</v>
+        <v>3.430197E-10</v>
       </c>
       <c r="I735" s="2" t="n">
-        <v>726.95</v>
+        <v>2553.76</v>
       </c>
     </row>
     <row r="736">
       <c r="A736" s="2" t="n">
-        <v>1.70316E12</v>
+        <v>1.7035056E12</v>
       </c>
       <c r="B736" s="2" t="n">
-        <v>1.703246399999E12</v>
+        <v>1.703591999999E12</v>
       </c>
       <c r="C736" s="2" t="n">
-        <v>1.70321394E12</v>
+        <v>1.70358846E12</v>
       </c>
       <c r="D736" s="2" t="n">
-        <v>1.70316576E12</v>
+        <v>1.7035083E12</v>
       </c>
       <c r="E736" s="2" t="n">
-        <v>1.538258E-10</v>
+        <v>2.518161E-10</v>
       </c>
       <c r="F736" s="2" t="n">
-        <v>1.695704E-10</v>
+        <v>2.728986E-10</v>
       </c>
       <c r="G736" s="2" t="n">
-        <v>1.516533E-10</v>
+        <v>2.493346E-10</v>
       </c>
       <c r="H736" s="2" t="n">
-        <v>1.679823E-10</v>
+        <v>2.722215E-10</v>
       </c>
       <c r="I736" s="2" t="n">
-        <v>736.66</v>
+        <v>1017.79</v>
       </c>
     </row>
     <row r="737">
       <c r="A737" s="2" t="n">
-        <v>1.7030736E12</v>
+        <v>1.7034192E12</v>
       </c>
       <c r="B737" s="2" t="n">
-        <v>1.703159999999E12</v>
+        <v>1.703505599999E12</v>
       </c>
       <c r="C737" s="2" t="n">
-        <v>1.70314404E12</v>
+        <v>1.70348736E12</v>
       </c>
       <c r="D737" s="2" t="n">
-        <v>1.70308098E12</v>
+        <v>1.7034552E12</v>
       </c>
       <c r="E737" s="2" t="n">
-        <v>1.459295E-10</v>
+        <v>2.647102E-10</v>
       </c>
       <c r="F737" s="2" t="n">
-        <v>1.538967E-10</v>
+        <v>2.893012E-10</v>
       </c>
       <c r="G737" s="2" t="n">
-        <v>1.434286E-10</v>
+        <v>2.482493E-10</v>
       </c>
       <c r="H737" s="2" t="n">
-        <v>1.537506E-10</v>
+        <v>2.520115E-10</v>
       </c>
       <c r="I737" s="2" t="n">
-        <v>965.05</v>
+        <v>4875.43</v>
       </c>
     </row>
     <row r="738">
       <c r="A738" s="2" t="n">
-        <v>1.7029872E12</v>
+        <v>1.7033328E12</v>
       </c>
       <c r="B738" s="2" t="n">
-        <v>1.703073599999E12</v>
+        <v>1.703419199999E12</v>
       </c>
       <c r="C738" s="2" t="n">
-        <v>1.70304876E12</v>
+        <v>1.7034162E12</v>
       </c>
       <c r="D738" s="2" t="n">
-        <v>1.70305278E12</v>
+        <v>1.70333586E12</v>
       </c>
       <c r="E738" s="2" t="n">
-        <v>1.475765E-10</v>
+        <v>1.788835E-10</v>
       </c>
       <c r="F738" s="2" t="n">
-        <v>1.563241E-10</v>
+        <v>2.667666E-10</v>
       </c>
       <c r="G738" s="2" t="n">
-        <v>1.447727E-10</v>
+        <v>1.782864E-10</v>
       </c>
       <c r="H738" s="2" t="n">
-        <v>1.459173E-10</v>
+        <v>2.648601E-10</v>
       </c>
       <c r="I738" s="2" t="n">
-        <v>906.78</v>
+        <v>5938.67</v>
       </c>
     </row>
     <row r="739">
       <c r="A739" s="2" t="n">
-        <v>1.7029008E12</v>
+        <v>1.7032464E12</v>
       </c>
       <c r="B739" s="2" t="n">
-        <v>1.702987199999E12</v>
+        <v>1.703332799999E12</v>
       </c>
       <c r="C739" s="2" t="n">
-        <v>1.70298714E12</v>
+        <v>1.703328E12</v>
       </c>
       <c r="D739" s="2" t="n">
-        <v>1.70293902E12</v>
+        <v>1.70324706E12</v>
       </c>
       <c r="E739" s="2" t="n">
-        <v>1.45087E-10</v>
+        <v>1.680618E-10</v>
       </c>
       <c r="F739" s="2" t="n">
-        <v>1.475867E-10</v>
+        <v>1.79937E-10</v>
       </c>
       <c r="G739" s="2" t="n">
-        <v>1.409444E-10</v>
+        <v>1.677585E-10</v>
       </c>
       <c r="H739" s="2" t="n">
-        <v>1.475867E-10</v>
+        <v>1.788865E-10</v>
       </c>
       <c r="I739" s="2" t="n">
-        <v>91.79</v>
+        <v>726.95</v>
       </c>
     </row>
     <row r="740">
       <c r="A740" s="2" t="n">
-        <v>1.7028144E12</v>
+        <v>1.70316E12</v>
       </c>
       <c r="B740" s="2" t="n">
-        <v>1.702900799999E12</v>
+        <v>1.703246399999E12</v>
       </c>
       <c r="C740" s="2" t="n">
-        <v>1.70286156E12</v>
+        <v>1.70321394E12</v>
       </c>
       <c r="D740" s="2" t="n">
-        <v>1.7028999E12</v>
+        <v>1.70316576E12</v>
       </c>
       <c r="E740" s="2" t="n">
-        <v>1.474036E-10</v>
+        <v>1.538258E-10</v>
       </c>
       <c r="F740" s="2" t="n">
-        <v>1.481364E-10</v>
+        <v>1.695704E-10</v>
       </c>
       <c r="G740" s="2" t="n">
-        <v>1.445063E-10</v>
+        <v>1.516533E-10</v>
       </c>
       <c r="H740" s="2" t="n">
-        <v>1.45204E-10</v>
+        <v>1.679823E-10</v>
       </c>
       <c r="I740" s="2" t="n">
-        <v>36.98</v>
+        <v>736.66</v>
       </c>
     </row>
     <row r="741">
       <c r="A741" s="2" t="n">
-        <v>1.702728E12</v>
+        <v>1.7030736E12</v>
       </c>
       <c r="B741" s="2" t="n">
-        <v>1.702814399999E12</v>
+        <v>1.703159999999E12</v>
       </c>
       <c r="C741" s="2" t="n">
-        <v>1.70274216E12</v>
+        <v>1.70314404E12</v>
       </c>
       <c r="D741" s="2" t="n">
-        <v>1.7028138E12</v>
+        <v>1.70308098E12</v>
       </c>
       <c r="E741" s="2" t="n">
-        <v>1.502983E-10</v>
+        <v>1.459295E-10</v>
       </c>
       <c r="F741" s="2" t="n">
-        <v>1.521589E-10</v>
+        <v>1.538967E-10</v>
       </c>
       <c r="G741" s="2" t="n">
-        <v>1.471101E-10</v>
+        <v>1.434286E-10</v>
       </c>
       <c r="H741" s="2" t="n">
-        <v>1.473738E-10</v>
+        <v>1.537506E-10</v>
       </c>
       <c r="I741" s="2" t="n">
-        <v>145.84</v>
+        <v>965.05</v>
       </c>
     </row>
     <row r="742">
       <c r="A742" s="2" t="n">
-        <v>1.7026416E12</v>
+        <v>1.7029872E12</v>
       </c>
       <c r="B742" s="2" t="n">
-        <v>1.702727999999E12</v>
+        <v>1.703073599999E12</v>
       </c>
       <c r="C742" s="2" t="n">
-        <v>1.7026416E12</v>
+        <v>1.70304876E12</v>
       </c>
       <c r="D742" s="2" t="n">
-        <v>1.70272626E12</v>
+        <v>1.70305278E12</v>
       </c>
       <c r="E742" s="2" t="n">
-        <v>1.568569E-10</v>
+        <v>1.475765E-10</v>
       </c>
       <c r="F742" s="2" t="n">
-        <v>1.568569E-10</v>
+        <v>1.563241E-10</v>
       </c>
       <c r="G742" s="2" t="n">
-        <v>1.494855E-10</v>
+        <v>1.447727E-10</v>
       </c>
       <c r="H742" s="2" t="n">
-        <v>1.50296E-10</v>
+        <v>1.459173E-10</v>
       </c>
       <c r="I742" s="2" t="n">
-        <v>133.19</v>
+        <v>906.78</v>
       </c>
     </row>
     <row r="743">
       <c r="A743" s="2" t="n">
-        <v>1.7025552E12</v>
+        <v>1.7029008E12</v>
       </c>
       <c r="B743" s="2" t="n">
-        <v>1.702641599999E12</v>
+        <v>1.702987199999E12</v>
       </c>
       <c r="C743" s="2" t="n">
-        <v>1.70263872E12</v>
+        <v>1.70298714E12</v>
       </c>
       <c r="D743" s="2" t="n">
-        <v>1.70256972E12</v>
+        <v>1.70293902E12</v>
       </c>
       <c r="E743" s="2" t="n">
-        <v>1.509715E-10</v>
+        <v>1.45087E-10</v>
       </c>
       <c r="F743" s="2" t="n">
-        <v>1.571696E-10</v>
+        <v>1.475867E-10</v>
       </c>
       <c r="G743" s="2" t="n">
-        <v>1.488151E-10</v>
+        <v>1.409444E-10</v>
       </c>
       <c r="H743" s="2" t="n">
-        <v>1.568412E-10</v>
+        <v>1.475867E-10</v>
       </c>
       <c r="I743" s="2" t="n">
-        <v>237.87</v>
+        <v>91.79</v>
       </c>
     </row>
     <row r="744">
       <c r="A744" s="2" t="n">
-        <v>1.7024688E12</v>
+        <v>1.7028144E12</v>
       </c>
       <c r="B744" s="2" t="n">
-        <v>1.702555199999E12</v>
+        <v>1.702900799999E12</v>
       </c>
       <c r="C744" s="2" t="n">
-        <v>1.7025489E12</v>
+        <v>1.70286156E12</v>
       </c>
       <c r="D744" s="2" t="n">
-        <v>1.70248446E12</v>
+        <v>1.7028999E12</v>
       </c>
       <c r="E744" s="2" t="n">
-        <v>1.472612E-10</v>
+        <v>1.474036E-10</v>
       </c>
       <c r="F744" s="2" t="n">
-        <v>1.524322E-10</v>
+        <v>1.481364E-10</v>
       </c>
       <c r="G744" s="2" t="n">
-        <v>1.409494E-10</v>
+        <v>1.445063E-10</v>
       </c>
       <c r="H744" s="2" t="n">
-        <v>1.510303E-10</v>
+        <v>1.45204E-10</v>
       </c>
       <c r="I744" s="2" t="n">
-        <v>461.68</v>
+        <v>36.98</v>
       </c>
     </row>
     <row r="745">
       <c r="A745" s="2" t="n">
-        <v>1.7023824E12</v>
+        <v>1.702728E12</v>
       </c>
       <c r="B745" s="2" t="n">
-        <v>1.702468799999E12</v>
+        <v>1.702814399999E12</v>
       </c>
       <c r="C745" s="2" t="n">
-        <v>1.70246778E12</v>
+        <v>1.70274216E12</v>
       </c>
       <c r="D745" s="2" t="n">
-        <v>1.70238342E12</v>
+        <v>1.7028138E12</v>
       </c>
       <c r="E745" s="2" t="n">
-        <v>1.414879E-10</v>
+        <v>1.502983E-10</v>
       </c>
       <c r="F745" s="2" t="n">
-        <v>1.48996E-10</v>
+        <v>1.521589E-10</v>
       </c>
       <c r="G745" s="2" t="n">
-        <v>1.411605E-10</v>
+        <v>1.471101E-10</v>
       </c>
       <c r="H745" s="2" t="n">
-        <v>1.475923E-10</v>
+        <v>1.473738E-10</v>
       </c>
       <c r="I745" s="2" t="n">
-        <v>79.9</v>
+        <v>145.84</v>
       </c>
     </row>
     <row r="746">
       <c r="A746" s="2" t="n">
-        <v>1.702296E12</v>
+        <v>1.7026416E12</v>
       </c>
       <c r="B746" s="2" t="n">
-        <v>1.702382399999E12</v>
+        <v>1.702727999999E12</v>
       </c>
       <c r="C746" s="2" t="n">
-        <v>1.7023575E12</v>
+        <v>1.7026416E12</v>
       </c>
       <c r="D746" s="2" t="n">
-        <v>1.70230434E12</v>
+        <v>1.70272626E12</v>
       </c>
       <c r="E746" s="2" t="n">
-        <v>1.372403E-10</v>
+        <v>1.568569E-10</v>
       </c>
       <c r="F746" s="2" t="n">
-        <v>1.426867E-10</v>
+        <v>1.568569E-10</v>
       </c>
       <c r="G746" s="2" t="n">
-        <v>1.320084E-10</v>
+        <v>1.494855E-10</v>
       </c>
       <c r="H746" s="2" t="n">
-        <v>1.414744E-10</v>
+        <v>1.50296E-10</v>
       </c>
       <c r="I746" s="2" t="n">
-        <v>116.25</v>
+        <v>133.19</v>
       </c>
     </row>
     <row r="747">
       <c r="A747" s="2" t="n">
-        <v>1.7022096E12</v>
+        <v>1.7025552E12</v>
       </c>
       <c r="B747" s="2" t="n">
-        <v>1.702295999999E12</v>
+        <v>1.702641599999E12</v>
       </c>
       <c r="C747" s="2" t="n">
-        <v>1.70222664E12</v>
+        <v>1.70263872E12</v>
       </c>
       <c r="D747" s="2" t="n">
-        <v>1.70225736E12</v>
+        <v>1.70256972E12</v>
       </c>
       <c r="E747" s="2" t="n">
-        <v>1.366843E-10</v>
+        <v>1.509715E-10</v>
       </c>
       <c r="F747" s="2" t="n">
-        <v>1.386638E-10</v>
+        <v>1.571696E-10</v>
       </c>
       <c r="G747" s="2" t="n">
-        <v>1.336759E-10</v>
+        <v>1.488151E-10</v>
       </c>
       <c r="H747" s="2" t="n">
-        <v>1.372032E-10</v>
+        <v>1.568412E-10</v>
       </c>
       <c r="I747" s="2" t="n">
-        <v>450.07</v>
+        <v>237.87</v>
       </c>
     </row>
     <row r="748">
       <c r="A748" s="2" t="n">
-        <v>1.7021232E12</v>
+        <v>1.7024688E12</v>
       </c>
       <c r="B748" s="2" t="n">
-        <v>1.702209599999E12</v>
+        <v>1.702555199999E12</v>
       </c>
       <c r="C748" s="2" t="n">
-        <v>1.70214522E12</v>
+        <v>1.7025489E12</v>
       </c>
       <c r="D748" s="2" t="n">
-        <v>1.70220816E12</v>
+        <v>1.70248446E12</v>
       </c>
       <c r="E748" s="2" t="n">
-        <v>1.449309E-10</v>
+        <v>1.472612E-10</v>
       </c>
       <c r="F748" s="2" t="n">
-        <v>1.505505E-10</v>
+        <v>1.524322E-10</v>
       </c>
       <c r="G748" s="2" t="n">
-        <v>1.361818E-10</v>
+        <v>1.409494E-10</v>
       </c>
       <c r="H748" s="2" t="n">
-        <v>1.366244E-10</v>
+        <v>1.510303E-10</v>
       </c>
       <c r="I748" s="2" t="n">
-        <v>694.78</v>
+        <v>461.68</v>
       </c>
     </row>
     <row r="749">
       <c r="A749" s="2" t="n">
-        <v>1.7020368E12</v>
+        <v>1.7023824E12</v>
       </c>
       <c r="B749" s="2" t="n">
-        <v>1.702123199999E12</v>
+        <v>1.702468799999E12</v>
       </c>
       <c r="C749" s="2" t="n">
-        <v>1.70211468E12</v>
+        <v>1.70246778E12</v>
       </c>
       <c r="D749" s="2" t="n">
-        <v>1.70206638E12</v>
+        <v>1.70238342E12</v>
       </c>
       <c r="E749" s="2" t="n">
-        <v>1.390172E-10</v>
+        <v>1.414879E-10</v>
       </c>
       <c r="F749" s="2" t="n">
-        <v>1.454849E-10</v>
+        <v>1.48996E-10</v>
       </c>
       <c r="G749" s="2" t="n">
-        <v>1.373997E-10</v>
+        <v>1.411605E-10</v>
       </c>
       <c r="H749" s="2" t="n">
-        <v>1.449268E-10</v>
+        <v>1.475923E-10</v>
       </c>
       <c r="I749" s="2" t="n">
-        <v>180.21</v>
+        <v>79.9</v>
       </c>
     </row>
     <row r="750">
       <c r="A750" s="2" t="n">
-        <v>1.7019504E12</v>
+        <v>1.702296E12</v>
       </c>
       <c r="B750" s="2" t="n">
-        <v>1.702036799999E12</v>
+        <v>1.702382399999E12</v>
       </c>
       <c r="C750" s="2" t="n">
-        <v>1.70201142E12</v>
+        <v>1.7023575E12</v>
       </c>
       <c r="D750" s="2" t="n">
-        <v>1.70198454E12</v>
+        <v>1.70230434E12</v>
       </c>
       <c r="E750" s="2" t="n">
-        <v>1.375872E-10</v>
+        <v>1.372403E-10</v>
       </c>
       <c r="F750" s="2" t="n">
-        <v>1.417815E-10</v>
+        <v>1.426867E-10</v>
       </c>
       <c r="G750" s="2" t="n">
-        <v>1.363716E-10</v>
+        <v>1.320084E-10</v>
       </c>
       <c r="H750" s="2" t="n">
-        <v>1.39064E-10</v>
+        <v>1.414744E-10</v>
       </c>
       <c r="I750" s="2" t="n">
-        <v>344.29</v>
+        <v>116.25</v>
       </c>
     </row>
     <row r="751">
       <c r="A751" s="2" t="n">
-        <v>1.701864E12</v>
+        <v>1.7022096E12</v>
       </c>
       <c r="B751" s="2" t="n">
-        <v>1.701950399999E12</v>
+        <v>1.702295999999E12</v>
       </c>
       <c r="C751" s="2" t="n">
-        <v>1.70189892E12</v>
+        <v>1.70222664E12</v>
       </c>
       <c r="D751" s="2" t="n">
-        <v>1.70186406E12</v>
+        <v>1.70225736E12</v>
       </c>
       <c r="E751" s="2" t="n">
-        <v>1.299654E-10</v>
+        <v>1.366843E-10</v>
       </c>
       <c r="F751" s="2" t="n">
-        <v>1.416937E-10</v>
+        <v>1.386638E-10</v>
       </c>
       <c r="G751" s="2" t="n">
-        <v>1.299621E-10</v>
+        <v>1.336759E-10</v>
       </c>
       <c r="H751" s="2" t="n">
-        <v>1.375674E-10</v>
+        <v>1.372032E-10</v>
       </c>
       <c r="I751" s="2" t="n">
-        <v>616.12</v>
+        <v>450.07</v>
       </c>
     </row>
     <row r="752">
       <c r="A752" s="2" t="n">
-        <v>1.7017776E12</v>
+        <v>1.7021232E12</v>
       </c>
       <c r="B752" s="2" t="n">
-        <v>1.701863999999E12</v>
+        <v>1.702209599999E12</v>
       </c>
       <c r="C752" s="2" t="n">
-        <v>1.70184318E12</v>
+        <v>1.70214522E12</v>
       </c>
       <c r="D752" s="2" t="n">
-        <v>1.70180436E12</v>
+        <v>1.70220816E12</v>
       </c>
       <c r="E752" s="2" t="n">
-        <v>1.284096E-10</v>
+        <v>1.449309E-10</v>
       </c>
       <c r="F752" s="2" t="n">
-        <v>1.308684E-10</v>
+        <v>1.505505E-10</v>
       </c>
       <c r="G752" s="2" t="n">
-        <v>1.264658E-10</v>
+        <v>1.361818E-10</v>
       </c>
       <c r="H752" s="2" t="n">
-        <v>1.299513E-10</v>
+        <v>1.366244E-10</v>
       </c>
       <c r="I752" s="2" t="n">
-        <v>121.28</v>
+        <v>694.78</v>
       </c>
     </row>
     <row r="753">
       <c r="A753" s="2" t="n">
-        <v>1.7016912E12</v>
+        <v>1.7020368E12</v>
       </c>
       <c r="B753" s="2" t="n">
-        <v>1.701777599999E12</v>
+        <v>1.702123199999E12</v>
       </c>
       <c r="C753" s="2" t="n">
-        <v>1.70172672E12</v>
+        <v>1.70211468E12</v>
       </c>
       <c r="D753" s="2" t="n">
-        <v>1.70173212E12</v>
+        <v>1.70206638E12</v>
       </c>
       <c r="E753" s="2" t="n">
-        <v>1.245821E-10</v>
+        <v>1.390172E-10</v>
       </c>
       <c r="F753" s="2" t="n">
-        <v>1.296973E-10</v>
+        <v>1.454849E-10</v>
       </c>
       <c r="G753" s="2" t="n">
-        <v>1.242759E-10</v>
+        <v>1.373997E-10</v>
       </c>
       <c r="H753" s="2" t="n">
-        <v>1.283831E-10</v>
+        <v>1.449268E-10</v>
       </c>
       <c r="I753" s="2" t="n">
-        <v>70.38</v>
+        <v>180.21</v>
       </c>
     </row>
     <row r="754">
       <c r="A754" s="2" t="n">
-        <v>1.7016048E12</v>
+        <v>1.7019504E12</v>
       </c>
       <c r="B754" s="2" t="n">
-        <v>1.701691199999E12</v>
+        <v>1.702036799999E12</v>
       </c>
       <c r="C754" s="2" t="n">
-        <v>1.70160846E12</v>
+        <v>1.70201142E12</v>
       </c>
       <c r="D754" s="2" t="n">
-        <v>1.70168352E12</v>
+        <v>1.70198454E12</v>
       </c>
       <c r="E754" s="2" t="n">
-        <v>1.516463E-10</v>
+        <v>1.375872E-10</v>
       </c>
       <c r="F754" s="2" t="n">
-        <v>1.533617E-10</v>
+        <v>1.417815E-10</v>
       </c>
       <c r="G754" s="2" t="n">
-        <v>1.213376E-10</v>
+        <v>1.363716E-10</v>
       </c>
       <c r="H754" s="2" t="n">
-        <v>1.245971E-10</v>
+        <v>1.39064E-10</v>
       </c>
       <c r="I754" s="2" t="n">
-        <v>1422.16</v>
+        <v>344.29</v>
       </c>
     </row>
     <row r="755">
       <c r="A755" s="2" t="n">
-        <v>1.7015184E12</v>
+        <v>1.701864E12</v>
       </c>
       <c r="B755" s="2" t="n">
-        <v>1.701604799999E12</v>
+        <v>1.701950399999E12</v>
       </c>
       <c r="C755" s="2" t="n">
-        <v>1.70159376E12</v>
+        <v>1.70189892E12</v>
       </c>
       <c r="D755" s="2" t="n">
-        <v>1.7015727E12</v>
+        <v>1.70186406E12</v>
       </c>
       <c r="E755" s="2" t="n">
-        <v>1.506973E-10</v>
+        <v>1.299654E-10</v>
       </c>
       <c r="F755" s="2" t="n">
-        <v>1.529037E-10</v>
+        <v>1.416937E-10</v>
       </c>
       <c r="G755" s="2" t="n">
-        <v>1.489329E-10</v>
+        <v>1.299621E-10</v>
       </c>
       <c r="H755" s="2" t="n">
-        <v>1.516436E-10</v>
+        <v>1.375674E-10</v>
       </c>
       <c r="I755" s="2" t="n">
-        <v>350.99</v>
+        <v>616.12</v>
       </c>
     </row>
     <row r="756">
       <c r="A756" s="2" t="n">
-        <v>1.701432E12</v>
+        <v>1.7017776E12</v>
       </c>
       <c r="B756" s="2" t="n">
-        <v>1.701518399999E12</v>
+        <v>1.701863999999E12</v>
       </c>
       <c r="C756" s="2" t="n">
-        <v>1.70144922E12</v>
+        <v>1.70184318E12</v>
       </c>
       <c r="D756" s="2" t="n">
-        <v>1.70148324E12</v>
+        <v>1.70180436E12</v>
       </c>
       <c r="E756" s="2" t="n">
-        <v>1.509328E-10</v>
+        <v>1.284096E-10</v>
       </c>
       <c r="F756" s="2" t="n">
-        <v>1.523937E-10</v>
+        <v>1.308684E-10</v>
       </c>
       <c r="G756" s="2" t="n">
-        <v>1.501974E-10</v>
+        <v>1.264658E-10</v>
       </c>
       <c r="H756" s="2" t="n">
-        <v>1.506937E-10</v>
+        <v>1.299513E-10</v>
       </c>
       <c r="I756" s="2" t="n">
-        <v>91.69</v>
+        <v>121.28</v>
       </c>
     </row>
     <row r="757">
       <c r="A757" s="2" t="n">
-        <v>1.7013456E12</v>
+        <v>1.7016912E12</v>
       </c>
       <c r="B757" s="2" t="n">
-        <v>1.701431999999E12</v>
+        <v>1.701777599999E12</v>
       </c>
       <c r="C757" s="2" t="n">
-        <v>1.70142726E12</v>
+        <v>1.70172672E12</v>
       </c>
       <c r="D757" s="2" t="n">
-        <v>1.70137674E12</v>
+        <v>1.70173212E12</v>
       </c>
       <c r="E757" s="2" t="n">
-        <v>1.447612E-10</v>
+        <v>1.245821E-10</v>
       </c>
       <c r="F757" s="2" t="n">
-        <v>1.510247E-10</v>
+        <v>1.296973E-10</v>
       </c>
       <c r="G757" s="2" t="n">
-        <v>1.416506E-10</v>
+        <v>1.242759E-10</v>
       </c>
       <c r="H757" s="2" t="n">
-        <v>1.509168E-10</v>
+        <v>1.283831E-10</v>
       </c>
       <c r="I757" s="2" t="n">
-        <v>611.26</v>
+        <v>70.38</v>
       </c>
     </row>
     <row r="758">
       <c r="A758" s="2" t="n">
-        <v>1.7012592E12</v>
+        <v>1.7016048E12</v>
       </c>
       <c r="B758" s="2" t="n">
-        <v>1.701345599999E12</v>
+        <v>1.701691199999E12</v>
       </c>
       <c r="C758" s="2" t="n">
-        <v>1.70134032E12</v>
+        <v>1.70160846E12</v>
       </c>
       <c r="D758" s="2" t="n">
-        <v>1.70129802E12</v>
+        <v>1.70168352E12</v>
       </c>
       <c r="E758" s="2" t="n">
-        <v>1.432856E-10</v>
+        <v>1.516463E-10</v>
       </c>
       <c r="F758" s="2" t="n">
-        <v>1.448615E-10</v>
+        <v>1.533617E-10</v>
       </c>
       <c r="G758" s="2" t="n">
-        <v>1.422402E-10</v>
+        <v>1.213376E-10</v>
       </c>
       <c r="H758" s="2" t="n">
-        <v>1.447373E-10</v>
+        <v>1.245971E-10</v>
       </c>
       <c r="I758" s="2" t="n">
-        <v>179.61</v>
+        <v>1422.16</v>
       </c>
     </row>
     <row r="759">
       <c r="A759" s="2" t="n">
-        <v>1.7011728E12</v>
+        <v>1.7015184E12</v>
       </c>
       <c r="B759" s="2" t="n">
-        <v>1.701259199999E12</v>
+        <v>1.701604799999E12</v>
       </c>
       <c r="C759" s="2" t="n">
-        <v>1.70123694E12</v>
+        <v>1.70159376E12</v>
       </c>
       <c r="D759" s="2" t="n">
-        <v>1.70120106E12</v>
+        <v>1.7015727E12</v>
       </c>
       <c r="E759" s="2" t="n">
-        <v>1.393859E-10</v>
+        <v>1.506973E-10</v>
       </c>
       <c r="F759" s="2" t="n">
-        <v>1.472916E-10</v>
+        <v>1.529037E-10</v>
       </c>
       <c r="G759" s="2" t="n">
-        <v>1.3683E-10</v>
+        <v>1.489329E-10</v>
       </c>
       <c r="H759" s="2" t="n">
-        <v>1.432932E-10</v>
+        <v>1.516436E-10</v>
       </c>
       <c r="I759" s="2" t="n">
-        <v>417.74</v>
+        <v>350.99</v>
       </c>
     </row>
     <row r="760">
       <c r="A760" s="2" t="n">
-        <v>1.7010864E12</v>
+        <v>1.701432E12</v>
       </c>
       <c r="B760" s="2" t="n">
-        <v>1.701172799999E12</v>
+        <v>1.701518399999E12</v>
       </c>
       <c r="C760" s="2" t="n">
-        <v>1.70109054E12</v>
+        <v>1.70144922E12</v>
       </c>
       <c r="D760" s="2" t="n">
-        <v>1.70114406E12</v>
+        <v>1.70148324E12</v>
       </c>
       <c r="E760" s="2" t="n">
-        <v>1.43107E-10</v>
+        <v>1.509328E-10</v>
       </c>
       <c r="F760" s="2" t="n">
-        <v>1.436773E-10</v>
+        <v>1.523937E-10</v>
       </c>
       <c r="G760" s="2" t="n">
-        <v>1.384674E-10</v>
+        <v>1.501974E-10</v>
       </c>
       <c r="H760" s="2" t="n">
-        <v>1.393838E-10</v>
+        <v>1.506937E-10</v>
       </c>
       <c r="I760" s="2" t="n">
-        <v>200.87</v>
+        <v>91.69</v>
       </c>
     </row>
     <row r="761">
       <c r="A761" s="2" t="n">
-        <v>1.701E12</v>
+        <v>1.7013456E12</v>
       </c>
       <c r="B761" s="2" t="n">
-        <v>1.701086399999E12</v>
+        <v>1.701431999999E12</v>
       </c>
       <c r="C761" s="2" t="n">
-        <v>1.70103726E12</v>
+        <v>1.70142726E12</v>
       </c>
       <c r="D761" s="2" t="n">
-        <v>1.70105934E12</v>
+        <v>1.70137674E12</v>
       </c>
       <c r="E761" s="2" t="n">
-        <v>1.465164E-10</v>
+        <v>1.447612E-10</v>
       </c>
       <c r="F761" s="2" t="n">
-        <v>1.470841E-10</v>
+        <v>1.510247E-10</v>
       </c>
       <c r="G761" s="2" t="n">
-        <v>1.420528E-10</v>
+        <v>1.416506E-10</v>
       </c>
       <c r="H761" s="2" t="n">
-        <v>1.431713E-10</v>
+        <v>1.509168E-10</v>
       </c>
       <c r="I761" s="2" t="n">
-        <v>145.51</v>
+        <v>611.26</v>
       </c>
     </row>
     <row r="762">
       <c r="A762" s="2" t="n">
-        <v>1.7009136E12</v>
+        <v>1.7012592E12</v>
       </c>
       <c r="B762" s="2" t="n">
-        <v>1.700999999999E12</v>
+        <v>1.701345599999E12</v>
       </c>
       <c r="C762" s="2" t="n">
-        <v>1.70097768E12</v>
+        <v>1.70134032E12</v>
       </c>
       <c r="D762" s="2" t="n">
-        <v>1.70098434E12</v>
+        <v>1.70129802E12</v>
       </c>
       <c r="E762" s="2" t="n">
-        <v>1.469653E-10</v>
+        <v>1.432856E-10</v>
       </c>
       <c r="F762" s="2" t="n">
-        <v>1.498887E-10</v>
+        <v>1.448615E-10</v>
       </c>
       <c r="G762" s="2" t="n">
-        <v>1.451473E-10</v>
+        <v>1.422402E-10</v>
       </c>
       <c r="H762" s="2" t="n">
-        <v>1.464658E-10</v>
+        <v>1.447373E-10</v>
       </c>
       <c r="I762" s="2" t="n">
-        <v>305.3</v>
+        <v>179.61</v>
       </c>
     </row>
     <row r="763">
       <c r="A763" s="2" t="n">
-        <v>1.7008272E12</v>
+        <v>1.7011728E12</v>
       </c>
       <c r="B763" s="2" t="n">
-        <v>1.700913599999E12</v>
+        <v>1.701259199999E12</v>
       </c>
       <c r="C763" s="2" t="n">
-        <v>1.70090934E12</v>
+        <v>1.70123694E12</v>
       </c>
       <c r="D763" s="2" t="n">
-        <v>1.70082816E12</v>
+        <v>1.70120106E12</v>
       </c>
       <c r="E763" s="2" t="n">
-        <v>1.228034E-10</v>
+        <v>1.393859E-10</v>
       </c>
       <c r="F763" s="2" t="n">
-        <v>1.472151E-10</v>
+        <v>1.472916E-10</v>
       </c>
       <c r="G763" s="2" t="n">
-        <v>1.227657E-10</v>
+        <v>1.3683E-10</v>
       </c>
       <c r="H763" s="2" t="n">
-        <v>1.469983E-10</v>
+        <v>1.432932E-10</v>
       </c>
       <c r="I763" s="2" t="n">
-        <v>1099.67</v>
+        <v>417.74</v>
       </c>
     </row>
     <row r="764">
       <c r="A764" s="2" t="n">
-        <v>1.7007408E12</v>
+        <v>1.7010864E12</v>
       </c>
       <c r="B764" s="2" t="n">
-        <v>1.700827199999E12</v>
+        <v>1.701172799999E12</v>
       </c>
       <c r="C764" s="2" t="n">
-        <v>1.70082414E12</v>
+        <v>1.70109054E12</v>
       </c>
       <c r="D764" s="2" t="n">
-        <v>1.70079816E12</v>
+        <v>1.70114406E12</v>
       </c>
       <c r="E764" s="2" t="n">
-        <v>1.186049E-10</v>
+        <v>1.43107E-10</v>
       </c>
       <c r="F764" s="2" t="n">
-        <v>1.230946E-10</v>
+        <v>1.436773E-10</v>
       </c>
       <c r="G764" s="2" t="n">
-        <v>1.171389E-10</v>
+        <v>1.384674E-10</v>
       </c>
       <c r="H764" s="2" t="n">
-        <v>1.228305E-10</v>
+        <v>1.393838E-10</v>
       </c>
       <c r="I764" s="2" t="n">
-        <v>274.65</v>
+        <v>200.87</v>
       </c>
     </row>
     <row r="765">
       <c r="A765" s="2" t="n">
-        <v>1.7006544E12</v>
+        <v>1.701E12</v>
       </c>
       <c r="B765" s="2" t="n">
-        <v>1.700740799999E12</v>
+        <v>1.701086399999E12</v>
       </c>
       <c r="C765" s="2" t="n">
-        <v>1.70067234E12</v>
+        <v>1.70103726E12</v>
       </c>
       <c r="D765" s="2" t="n">
-        <v>1.70065452E12</v>
+        <v>1.70105934E12</v>
       </c>
       <c r="E765" s="2" t="n">
-        <v>1.137318E-10</v>
+        <v>1.465164E-10</v>
       </c>
       <c r="F765" s="2" t="n">
-        <v>1.221067E-10</v>
+        <v>1.470841E-10</v>
       </c>
       <c r="G765" s="2" t="n">
-        <v>1.136934E-10</v>
+        <v>1.420528E-10</v>
       </c>
       <c r="H765" s="2" t="n">
-        <v>1.186141E-10</v>
+        <v>1.431713E-10</v>
       </c>
       <c r="I765" s="2" t="n">
-        <v>726.15</v>
+        <v>145.51</v>
       </c>
     </row>
     <row r="766">
       <c r="A766" s="2" t="n">
-        <v>1.700568E12</v>
+        <v>1.7009136E12</v>
       </c>
       <c r="B766" s="2" t="n">
-        <v>1.700654399999E12</v>
+        <v>1.700999999999E12</v>
       </c>
       <c r="C766" s="2" t="n">
-        <v>1.70056806E12</v>
+        <v>1.70097768E12</v>
       </c>
       <c r="D766" s="2" t="n">
-        <v>1.70065104E12</v>
+        <v>1.70098434E12</v>
       </c>
       <c r="E766" s="2" t="n">
-        <v>1.603086E-10</v>
+        <v>1.469653E-10</v>
       </c>
       <c r="F766" s="2" t="n">
-        <v>1.603119E-10</v>
+        <v>1.498887E-10</v>
       </c>
       <c r="G766" s="2" t="n">
-        <v>1.13053E-10</v>
+        <v>1.451473E-10</v>
       </c>
       <c r="H766" s="2" t="n">
-        <v>1.138403E-10</v>
+        <v>1.464658E-10</v>
       </c>
       <c r="I766" s="2" t="n">
-        <v>2673.27</v>
+        <v>305.3</v>
       </c>
     </row>
     <row r="767">
       <c r="A767" s="2" t="n">
-        <v>1.7004816E12</v>
+        <v>1.7008272E12</v>
       </c>
       <c r="B767" s="2" t="n">
-        <v>1.700567999999E12</v>
+        <v>1.700913599999E12</v>
       </c>
       <c r="C767" s="2" t="n">
-        <v>1.70048274E12</v>
+        <v>1.70090934E12</v>
       </c>
       <c r="D767" s="2" t="n">
-        <v>1.70054478E12</v>
+        <v>1.70082816E12</v>
       </c>
       <c r="E767" s="2" t="n">
-        <v>1.669229E-10</v>
+        <v>1.228034E-10</v>
       </c>
       <c r="F767" s="2" t="n">
-        <v>1.672229E-10</v>
+        <v>1.472151E-10</v>
       </c>
       <c r="G767" s="2" t="n">
-        <v>1.522383E-10</v>
+        <v>1.227657E-10</v>
       </c>
       <c r="H767" s="2" t="n">
-        <v>1.603232E-10</v>
+        <v>1.469983E-10</v>
       </c>
       <c r="I767" s="2" t="n">
-        <v>951.35</v>
+        <v>1099.67</v>
       </c>
     </row>
     <row r="768">
       <c r="A768" s="2" t="n">
-        <v>1.7003952E12</v>
+        <v>1.7007408E12</v>
       </c>
       <c r="B768" s="2" t="n">
-        <v>1.700481599999E12</v>
+        <v>1.700827199999E12</v>
       </c>
       <c r="C768" s="2" t="n">
-        <v>1.70042574E12</v>
+        <v>1.70082414E12</v>
       </c>
       <c r="D768" s="2" t="n">
-        <v>1.70047986E12</v>
+        <v>1.70079816E12</v>
       </c>
       <c r="E768" s="2" t="n">
-        <v>1.79989E-10</v>
+        <v>1.186049E-10</v>
       </c>
       <c r="F768" s="2" t="n">
-        <v>1.811604E-10</v>
+        <v>1.230946E-10</v>
       </c>
       <c r="G768" s="2" t="n">
-        <v>1.667114E-10</v>
+        <v>1.171389E-10</v>
       </c>
       <c r="H768" s="2" t="n">
-        <v>1.669385E-10</v>
+        <v>1.228305E-10</v>
       </c>
       <c r="I768" s="2" t="n">
-        <v>792.41</v>
+        <v>274.65</v>
       </c>
     </row>
     <row r="769">
       <c r="A769" s="2" t="n">
-        <v>1.7003088E12</v>
+        <v>1.7006544E12</v>
       </c>
       <c r="B769" s="2" t="n">
-        <v>1.700395199999E12</v>
+        <v>1.700740799999E12</v>
       </c>
       <c r="C769" s="2" t="n">
-        <v>1.70037804E12</v>
+        <v>1.70067234E12</v>
       </c>
       <c r="D769" s="2" t="n">
-        <v>1.70033448E12</v>
+        <v>1.70065452E12</v>
       </c>
       <c r="E769" s="2" t="n">
-        <v>1.692002E-10</v>
+        <v>1.137318E-10</v>
       </c>
       <c r="F769" s="2" t="n">
-        <v>1.802933E-10</v>
+        <v>1.221067E-10</v>
       </c>
       <c r="G769" s="2" t="n">
-        <v>1.65371E-10</v>
+        <v>1.136934E-10</v>
       </c>
       <c r="H769" s="2" t="n">
-        <v>1.799843E-10</v>
+        <v>1.186141E-10</v>
       </c>
       <c r="I769" s="2" t="n">
-        <v>502.92</v>
+        <v>726.15</v>
       </c>
     </row>
     <row r="770">
       <c r="A770" s="2" t="n">
-        <v>1.7002224E12</v>
+        <v>1.700568E12</v>
       </c>
       <c r="B770" s="2" t="n">
-        <v>1.700308799999E12</v>
+        <v>1.700654399999E12</v>
       </c>
       <c r="C770" s="2" t="n">
-        <v>1.70025852E12</v>
+        <v>1.70056806E12</v>
       </c>
       <c r="D770" s="2" t="n">
-        <v>1.70022258E12</v>
+        <v>1.70065104E12</v>
       </c>
       <c r="E770" s="2" t="n">
-        <v>1.663523E-10</v>
+        <v>1.603086E-10</v>
       </c>
       <c r="F770" s="2" t="n">
-        <v>1.71137E-10</v>
+        <v>1.603119E-10</v>
       </c>
       <c r="G770" s="2" t="n">
-        <v>1.651549E-10</v>
+        <v>1.13053E-10</v>
       </c>
       <c r="H770" s="2" t="n">
-        <v>1.690959E-10</v>
+        <v>1.138403E-10</v>
       </c>
       <c r="I770" s="2" t="n">
-        <v>387.86</v>
+        <v>2673.27</v>
       </c>
     </row>
     <row r="771">
       <c r="A771" s="2" t="n">
-        <v>1.700136E12</v>
+        <v>1.7004816E12</v>
       </c>
       <c r="B771" s="2" t="n">
-        <v>1.700222399999E12</v>
+        <v>1.700567999999E12</v>
       </c>
       <c r="C771" s="2" t="n">
-        <v>1.70017824E12</v>
+        <v>1.70048274E12</v>
       </c>
       <c r="D771" s="2" t="n">
-        <v>1.70015202E12</v>
+        <v>1.70054478E12</v>
       </c>
       <c r="E771" s="2" t="n">
-        <v>1.596761E-10</v>
+        <v>1.669229E-10</v>
       </c>
       <c r="F771" s="2" t="n">
-        <v>1.672823E-10</v>
+        <v>1.672229E-10</v>
       </c>
       <c r="G771" s="2" t="n">
-        <v>1.59128E-10</v>
+        <v>1.522383E-10</v>
       </c>
       <c r="H771" s="2" t="n">
-        <v>1.663663E-10</v>
+        <v>1.603232E-10</v>
       </c>
       <c r="I771" s="2" t="n">
-        <v>728.96</v>
+        <v>951.35</v>
       </c>
     </row>
     <row r="772">
       <c r="A772" s="2" t="n">
-        <v>1.7000496E12</v>
+        <v>1.7003952E12</v>
       </c>
       <c r="B772" s="2" t="n">
-        <v>1.700135999999E12</v>
+        <v>1.700481599999E12</v>
       </c>
       <c r="C772" s="2" t="n">
-        <v>1.70010018E12</v>
+        <v>1.70042574E12</v>
       </c>
       <c r="D772" s="2" t="n">
-        <v>1.70005644E12</v>
+        <v>1.70047986E12</v>
       </c>
       <c r="E772" s="2" t="n">
-        <v>1.496943E-10</v>
+        <v>1.79989E-10</v>
       </c>
       <c r="F772" s="2" t="n">
-        <v>1.608844E-10</v>
+        <v>1.811604E-10</v>
       </c>
       <c r="G772" s="2" t="n">
-        <v>1.490668E-10</v>
+        <v>1.667114E-10</v>
       </c>
       <c r="H772" s="2" t="n">
-        <v>1.597202E-10</v>
+        <v>1.669385E-10</v>
       </c>
       <c r="I772" s="2" t="n">
-        <v>711.77</v>
+        <v>792.41</v>
       </c>
     </row>
     <row r="773">
       <c r="A773" s="2" t="n">
-        <v>1.6999632E12</v>
+        <v>1.7003088E12</v>
       </c>
       <c r="B773" s="2" t="n">
-        <v>1.700049599999E12</v>
+        <v>1.700395199999E12</v>
       </c>
       <c r="C773" s="2" t="n">
-        <v>1.69999386E12</v>
+        <v>1.70037804E12</v>
       </c>
       <c r="D773" s="2" t="n">
-        <v>1.70003136E12</v>
+        <v>1.70033448E12</v>
       </c>
       <c r="E773" s="2" t="n">
-        <v>1.749254E-10</v>
+        <v>1.692002E-10</v>
       </c>
       <c r="F773" s="2" t="n">
-        <v>1.81274E-10</v>
+        <v>1.802933E-10</v>
       </c>
       <c r="G773" s="2" t="n">
-        <v>1.443164E-10</v>
+        <v>1.65371E-10</v>
       </c>
       <c r="H773" s="2" t="n">
-        <v>1.496963E-10</v>
+        <v>1.799843E-10</v>
       </c>
       <c r="I773" s="2" t="n">
-        <v>2109.46</v>
+        <v>502.92</v>
       </c>
     </row>
     <row r="774">
       <c r="A774" s="2" t="n">
-        <v>1.6998768E12</v>
+        <v>1.7002224E12</v>
       </c>
       <c r="B774" s="2" t="n">
-        <v>1.699963199999E12</v>
+        <v>1.700308799999E12</v>
       </c>
       <c r="C774" s="2" t="n">
-        <v>1.6999617E12</v>
+        <v>1.70025852E12</v>
       </c>
       <c r="D774" s="2" t="n">
-        <v>1.6999215E12</v>
+        <v>1.70022258E12</v>
       </c>
       <c r="E774" s="2" t="n">
-        <v>1.230365E-10</v>
+        <v>1.663523E-10</v>
       </c>
       <c r="F774" s="2" t="n">
-        <v>1.756765E-10</v>
+        <v>1.71137E-10</v>
       </c>
       <c r="G774" s="2" t="n">
-        <v>1.202341E-10</v>
+        <v>1.651549E-10</v>
       </c>
       <c r="H774" s="2" t="n">
-        <v>1.750512E-10</v>
+        <v>1.690959E-10</v>
       </c>
       <c r="I774" s="2" t="n">
-        <v>3130.75</v>
+        <v>387.86</v>
       </c>
     </row>
     <row r="775">
       <c r="A775" s="2" t="n">
-        <v>1.6997904E12</v>
+        <v>1.700136E12</v>
       </c>
       <c r="B775" s="2" t="n">
-        <v>1.699876799999E12</v>
+        <v>1.700222399999E12</v>
       </c>
       <c r="C775" s="2" t="n">
-        <v>1.69985772E12</v>
+        <v>1.70017824E12</v>
       </c>
       <c r="D775" s="2" t="n">
-        <v>1.69979346E12</v>
+        <v>1.70015202E12</v>
       </c>
       <c r="E775" s="2" t="n">
-        <v>1.10946E-10</v>
+        <v>1.596761E-10</v>
       </c>
       <c r="F775" s="2" t="n">
-        <v>1.284635E-10</v>
+        <v>1.672823E-10</v>
       </c>
       <c r="G775" s="2" t="n">
-        <v>1.089382E-10</v>
+        <v>1.59128E-10</v>
       </c>
       <c r="H775" s="2" t="n">
-        <v>1.230315E-10</v>
+        <v>1.663663E-10</v>
       </c>
       <c r="I775" s="2" t="n">
-        <v>1399.39</v>
+        <v>728.96</v>
       </c>
     </row>
     <row r="776">
       <c r="A776" s="2" t="n">
-        <v>1.699704E12</v>
+        <v>1.7000496E12</v>
       </c>
       <c r="B776" s="2" t="n">
-        <v>1.699790399999E12</v>
+        <v>1.700135999999E12</v>
       </c>
       <c r="C776" s="2" t="n">
-        <v>1.69976502E12</v>
+        <v>1.70010018E12</v>
       </c>
       <c r="D776" s="2" t="n">
-        <v>1.69972008E12</v>
+        <v>1.70005644E12</v>
       </c>
       <c r="E776" s="2" t="n">
-        <v>1.00385E-10</v>
+        <v>1.496943E-10</v>
       </c>
       <c r="F776" s="2" t="n">
-        <v>1.122604E-10</v>
+        <v>1.608844E-10</v>
       </c>
       <c r="G776" s="2" t="n">
-        <v>9.89509E-11</v>
+        <v>1.490668E-10</v>
       </c>
       <c r="H776" s="2" t="n">
-        <v>1.109696E-10</v>
+        <v>1.597202E-10</v>
       </c>
       <c r="I776" s="2" t="n">
-        <v>563.82</v>
+        <v>711.77</v>
       </c>
     </row>
     <row r="777">
       <c r="A777" s="2" t="n">
-        <v>1.6996176E12</v>
+        <v>1.6999632E12</v>
       </c>
       <c r="B777" s="2" t="n">
-        <v>1.699703999999E12</v>
+        <v>1.700049599999E12</v>
       </c>
       <c r="C777" s="2" t="n">
-        <v>1.69962258E12</v>
+        <v>1.69999386E12</v>
       </c>
       <c r="D777" s="2" t="n">
-        <v>1.69968564E12</v>
+        <v>1.70003136E12</v>
       </c>
       <c r="E777" s="2" t="n">
-        <v>1.374008E-10</v>
+        <v>1.749254E-10</v>
       </c>
       <c r="F777" s="2" t="n">
-        <v>1.404262E-10</v>
+        <v>1.81274E-10</v>
       </c>
       <c r="G777" s="2" t="n">
-        <v>9.62155E-11</v>
+        <v>1.443164E-10</v>
       </c>
       <c r="H777" s="2" t="n">
-        <v>1.004166E-10</v>
+        <v>1.496963E-10</v>
       </c>
       <c r="I777" s="2" t="n">
-        <v>2946.7</v>
+        <v>2109.46</v>
       </c>
     </row>
     <row r="778">
       <c r="A778" s="2" t="n">
-        <v>1.6995312E12</v>
+        <v>1.6998768E12</v>
       </c>
       <c r="B778" s="2" t="n">
-        <v>1.699617599999E12</v>
+        <v>1.699963199999E12</v>
       </c>
       <c r="C778" s="2" t="n">
-        <v>1.6995357E12</v>
+        <v>1.6999617E12</v>
       </c>
       <c r="D778" s="2" t="n">
-        <v>1.69960398E12</v>
+        <v>1.6999215E12</v>
       </c>
       <c r="E778" s="2" t="n">
-        <v>1.88762E-10</v>
+        <v>1.230365E-10</v>
       </c>
       <c r="F778" s="2" t="n">
-        <v>1.888843E-10</v>
+        <v>1.756765E-10</v>
       </c>
       <c r="G778" s="2" t="n">
-        <v>1.296527E-10</v>
+        <v>1.202341E-10</v>
       </c>
       <c r="H778" s="2" t="n">
-        <v>1.374025E-10</v>
+        <v>1.750512E-10</v>
       </c>
       <c r="I778" s="2" t="n">
-        <v>2571.74</v>
+        <v>3130.75</v>
       </c>
     </row>
     <row r="779">
       <c r="A779" s="2" t="n">
-        <v>1.6994448E12</v>
+        <v>1.6997904E12</v>
       </c>
       <c r="B779" s="2" t="n">
-        <v>1.699531199999E12</v>
+        <v>1.699876799999E12</v>
       </c>
       <c r="C779" s="2" t="n">
-        <v>1.69944906E12</v>
+        <v>1.69985772E12</v>
       </c>
       <c r="D779" s="2" t="n">
-        <v>1.69950348E12</v>
+        <v>1.69979346E12</v>
       </c>
       <c r="E779" s="2" t="n">
-        <v>2.514186E-10</v>
+        <v>1.10946E-10</v>
       </c>
       <c r="F779" s="2" t="n">
-        <v>2.532084E-10</v>
+        <v>1.284635E-10</v>
       </c>
       <c r="G779" s="2" t="n">
-        <v>1.84387E-10</v>
+        <v>1.089382E-10</v>
       </c>
       <c r="H779" s="2" t="n">
-        <v>1.894113E-10</v>
+        <v>1.230315E-10</v>
       </c>
       <c r="I779" s="2" t="n">
-        <v>2815.1</v>
+        <v>1399.39</v>
       </c>
     </row>
     <row r="780">
       <c r="A780" s="2" t="n">
-        <v>1.6993584E12</v>
+        <v>1.699704E12</v>
       </c>
       <c r="B780" s="2" t="n">
-        <v>1.699444799999E12</v>
+        <v>1.699790399999E12</v>
       </c>
       <c r="C780" s="2" t="n">
-        <v>1.6994355E12</v>
+        <v>1.69976502E12</v>
       </c>
       <c r="D780" s="2" t="n">
-        <v>1.69936926E12</v>
+        <v>1.69972008E12</v>
       </c>
       <c r="E780" s="2" t="n">
-        <v>1.904381E-10</v>
+        <v>1.00385E-10</v>
       </c>
       <c r="F780" s="2" t="n">
-        <v>2.537197E-10</v>
+        <v>1.122604E-10</v>
       </c>
       <c r="G780" s="2" t="n">
-        <v>1.869386E-10</v>
+        <v>9.89509E-11</v>
       </c>
       <c r="H780" s="2" t="n">
-        <v>2.515027E-10</v>
+        <v>1.109696E-10</v>
       </c>
       <c r="I780" s="2" t="n">
-        <v>732.0</v>
+        <v>563.82</v>
       </c>
     </row>
     <row r="781">
       <c r="A781" s="2" t="n">
-        <v>1.699272E12</v>
+        <v>1.6996176E12</v>
       </c>
       <c r="B781" s="2" t="n">
-        <v>1.699358399999E12</v>
+        <v>1.699703999999E12</v>
       </c>
       <c r="C781" s="2" t="n">
-        <v>1.69927626E12</v>
+        <v>1.69962258E12</v>
       </c>
       <c r="D781" s="2" t="n">
-        <v>1.69933068E12</v>
+        <v>1.69968564E12</v>
       </c>
       <c r="E781" s="2" t="n">
-        <v>2.514186E-10</v>
+        <v>1.374008E-10</v>
       </c>
       <c r="F781" s="2" t="n">
-        <v>2.532084E-10</v>
+        <v>1.404262E-10</v>
       </c>
       <c r="G781" s="2" t="n">
-        <v>1.84387E-10</v>
+        <v>9.62155E-11</v>
       </c>
       <c r="H781" s="2" t="n">
-        <v>1.894113E-10</v>
+        <v>1.004166E-10</v>
       </c>
       <c r="I781" s="2" t="n">
-        <v>2815.1</v>
+        <v>2946.7</v>
       </c>
     </row>
     <row r="782">
       <c r="A782" s="2" t="n">
-        <v>1.6991856E12</v>
+        <v>1.6995312E12</v>
       </c>
       <c r="B782" s="2" t="n">
-        <v>1.699271999999E12</v>
+        <v>1.699617599999E12</v>
       </c>
       <c r="C782" s="2" t="n">
-        <v>1.6992627E12</v>
+        <v>1.6995357E12</v>
       </c>
       <c r="D782" s="2" t="n">
-        <v>1.69918662E12</v>
+        <v>1.69960398E12</v>
       </c>
       <c r="E782" s="2" t="n">
-        <v>2.314051E-10</v>
+        <v>1.88762E-10</v>
       </c>
       <c r="F782" s="2" t="n">
-        <v>2.537197E-10</v>
+        <v>1.888843E-10</v>
       </c>
       <c r="G782" s="2" t="n">
-        <v>2.309814E-10</v>
+        <v>1.296527E-10</v>
       </c>
       <c r="H782" s="2" t="n">
-        <v>2.515027E-10</v>
+        <v>1.374025E-10</v>
       </c>
       <c r="I782" s="2" t="n">
-        <v>732.0</v>
+        <v>2571.74</v>
       </c>
     </row>
     <row r="783">
       <c r="A783" s="2" t="n">
-        <v>1.6990992E12</v>
+        <v>1.6994448E12</v>
       </c>
       <c r="B783" s="2" t="n">
-        <v>1.699185599999E12</v>
+        <v>1.699531199999E12</v>
       </c>
       <c r="C783" s="2" t="n">
-        <v>1.69918536E12</v>
+        <v>1.69944906E12</v>
       </c>
       <c r="D783" s="2" t="n">
-        <v>1.6991025E12</v>
+        <v>1.69950348E12</v>
       </c>
       <c r="E783" s="2" t="n">
-        <v>1.67243E-10</v>
+        <v>2.514186E-10</v>
       </c>
       <c r="F783" s="2" t="n">
-        <v>2.297843E-10</v>
+        <v>2.532084E-10</v>
       </c>
       <c r="G783" s="2" t="n">
-        <v>1.665807E-10</v>
+        <v>1.84387E-10</v>
       </c>
       <c r="H783" s="2" t="n">
-        <v>2.29684E-10</v>
+        <v>1.894113E-10</v>
       </c>
       <c r="I783" s="2" t="n">
-        <v>3006.39</v>
+        <v>2815.1</v>
       </c>
     </row>
     <row r="784">
       <c r="A784" s="2" t="n">
-        <v>1.6990128E12</v>
+        <v>1.6993584E12</v>
       </c>
       <c r="B784" s="2" t="n">
-        <v>1.699099199999E12</v>
+        <v>1.699444799999E12</v>
       </c>
       <c r="C784" s="2" t="n">
-        <v>1.6990707E12</v>
+        <v>1.6994355E12</v>
       </c>
       <c r="D784" s="2" t="n">
-        <v>1.69905006E12</v>
+        <v>1.69936926E12</v>
       </c>
       <c r="E784" s="2" t="n">
-        <v>1.679276E-10</v>
+        <v>1.904381E-10</v>
       </c>
       <c r="F784" s="2" t="n">
-        <v>1.713444E-10</v>
+        <v>2.537197E-10</v>
       </c>
       <c r="G784" s="2" t="n">
-        <v>1.646134E-10</v>
+        <v>1.869386E-10</v>
       </c>
       <c r="H784" s="2" t="n">
-        <v>1.672416E-10</v>
+        <v>2.515027E-10</v>
       </c>
       <c r="I784" s="2" t="n">
-        <v>664.3</v>
+        <v>732.0</v>
       </c>
     </row>
     <row r="785">
       <c r="A785" s="2" t="n">
-        <v>1.6989264E12</v>
+        <v>1.699272E12</v>
       </c>
       <c r="B785" s="2" t="n">
-        <v>1.699012799999E12</v>
+        <v>1.699358399999E12</v>
       </c>
       <c r="C785" s="2" t="n">
-        <v>1.69901268E12</v>
+        <v>1.69927626E12</v>
       </c>
       <c r="D785" s="2" t="n">
-        <v>1.69892916E12</v>
+        <v>1.69933068E12</v>
       </c>
       <c r="E785" s="2" t="n">
-        <v>1.613794E-10</v>
+        <v>2.514186E-10</v>
       </c>
       <c r="F785" s="2" t="n">
-        <v>1.679674E-10</v>
+        <v>2.532084E-10</v>
       </c>
       <c r="G785" s="2" t="n">
-        <v>1.611529E-10</v>
+        <v>1.84387E-10</v>
       </c>
       <c r="H785" s="2" t="n">
-        <v>1.679324E-10</v>
+        <v>1.894113E-10</v>
       </c>
       <c r="I785" s="2" t="n">
-        <v>156.22</v>
+        <v>2815.1</v>
       </c>
     </row>
     <row r="786">
       <c r="A786" s="2" t="n">
-        <v>1.69884E12</v>
+        <v>1.6991856E12</v>
       </c>
       <c r="B786" s="2" t="n">
-        <v>1.698926399999E12</v>
+        <v>1.699271999999E12</v>
       </c>
       <c r="C786" s="2" t="n">
-        <v>1.69888818E12</v>
+        <v>1.6992627E12</v>
       </c>
       <c r="D786" s="2" t="n">
-        <v>1.6989033E12</v>
+        <v>1.69918662E12</v>
       </c>
       <c r="E786" s="2" t="n">
-        <v>1.899757E-10</v>
+        <v>2.314051E-10</v>
       </c>
       <c r="F786" s="2" t="n">
-        <v>1.915976E-10</v>
+        <v>2.537197E-10</v>
       </c>
       <c r="G786" s="2" t="n">
-        <v>1.583236E-10</v>
+        <v>2.309814E-10</v>
       </c>
       <c r="H786" s="2" t="n">
-        <v>1.613302E-10</v>
+        <v>2.515027E-10</v>
       </c>
       <c r="I786" s="2" t="n">
-        <v>1461.82</v>
+        <v>732.0</v>
       </c>
     </row>
     <row r="787">
       <c r="A787" s="2" t="n">
-        <v>1.6987536E12</v>
+        <v>1.6990992E12</v>
       </c>
       <c r="B787" s="2" t="n">
-        <v>1.698839999999E12</v>
+        <v>1.699185599999E12</v>
       </c>
       <c r="C787" s="2" t="n">
-        <v>1.69875636E12</v>
+        <v>1.69918536E12</v>
       </c>
       <c r="D787" s="2" t="n">
-        <v>1.69882536E12</v>
+        <v>1.6991025E12</v>
       </c>
       <c r="E787" s="2" t="n">
-        <v>2.015602E-10</v>
+        <v>1.67243E-10</v>
       </c>
       <c r="F787" s="2" t="n">
-        <v>2.02483E-10</v>
+        <v>2.297843E-10</v>
       </c>
       <c r="G787" s="2" t="n">
-        <v>1.870338E-10</v>
+        <v>1.665807E-10</v>
       </c>
       <c r="H787" s="2" t="n">
-        <v>1.899847E-10</v>
+        <v>2.29684E-10</v>
       </c>
       <c r="I787" s="2" t="n">
-        <v>639.24</v>
+        <v>3006.39</v>
       </c>
     </row>
     <row r="788">
       <c r="A788" s="2" t="n">
-        <v>1.6986672E12</v>
+        <v>1.6990128E12</v>
       </c>
       <c r="B788" s="2" t="n">
-        <v>1.698753599999E12</v>
+        <v>1.699099199999E12</v>
       </c>
       <c r="C788" s="2" t="n">
-        <v>1.69870644E12</v>
+        <v>1.6990707E12</v>
       </c>
       <c r="D788" s="2" t="n">
-        <v>1.69871442E12</v>
+        <v>1.69905006E12</v>
       </c>
       <c r="E788" s="2" t="n">
-        <v>2.168975E-10</v>
+        <v>1.679276E-10</v>
       </c>
       <c r="F788" s="2" t="n">
-        <v>2.227801E-10</v>
+        <v>1.713444E-10</v>
       </c>
       <c r="G788" s="2" t="n">
-        <v>1.87612E-10</v>
+        <v>1.646134E-10</v>
       </c>
       <c r="H788" s="2" t="n">
-        <v>2.015685E-10</v>
+        <v>1.672416E-10</v>
       </c>
       <c r="I788" s="2" t="n">
-        <v>1996.75</v>
+        <v>664.3</v>
       </c>
     </row>
     <row r="789">
       <c r="A789" s="2" t="n">
-        <v>1.6985808E12</v>
+        <v>1.6989264E12</v>
       </c>
       <c r="B789" s="2" t="n">
-        <v>1.698667199999E12</v>
+        <v>1.699012799999E12</v>
       </c>
       <c r="C789" s="2" t="n">
-        <v>1.69866312E12</v>
+        <v>1.69901268E12</v>
       </c>
       <c r="D789" s="2" t="n">
-        <v>1.69858638E12</v>
+        <v>1.69892916E12</v>
       </c>
       <c r="E789" s="2" t="n">
-        <v>2.139748E-10</v>
+        <v>1.613794E-10</v>
       </c>
       <c r="F789" s="2" t="n">
-        <v>2.177636E-10</v>
+        <v>1.679674E-10</v>
       </c>
       <c r="G789" s="2" t="n">
-        <v>2.123707E-10</v>
+        <v>1.611529E-10</v>
       </c>
       <c r="H789" s="2" t="n">
-        <v>2.168779E-10</v>
+        <v>1.679324E-10</v>
       </c>
       <c r="I789" s="2" t="n">
-        <v>58.71</v>
+        <v>156.22</v>
       </c>
     </row>
     <row r="790">
       <c r="A790" s="2" t="n">
-        <v>1.6984944E12</v>
+        <v>1.69884E12</v>
       </c>
       <c r="B790" s="2" t="n">
-        <v>1.698580799999E12</v>
+        <v>1.698926399999E12</v>
       </c>
       <c r="C790" s="2" t="n">
-        <v>1.69854672E12</v>
+        <v>1.69888818E12</v>
       </c>
       <c r="D790" s="2" t="n">
-        <v>1.69849452E12</v>
+        <v>1.6989033E12</v>
       </c>
       <c r="E790" s="2" t="n">
-        <v>2.109928E-10</v>
+        <v>1.899757E-10</v>
       </c>
       <c r="F790" s="2" t="n">
-        <v>2.18593E-10</v>
+        <v>1.915976E-10</v>
       </c>
       <c r="G790" s="2" t="n">
-        <v>2.108576E-10</v>
+        <v>1.583236E-10</v>
       </c>
       <c r="H790" s="2" t="n">
-        <v>2.139482E-10</v>
+        <v>1.613302E-10</v>
       </c>
       <c r="I790" s="2" t="n">
-        <v>479.48</v>
+        <v>1461.82</v>
       </c>
     </row>
     <row r="791">
       <c r="A791" s="2" t="n">
-        <v>1.698408E12</v>
+        <v>1.6987536E12</v>
       </c>
       <c r="B791" s="2" t="n">
-        <v>1.698494399999E12</v>
+        <v>1.698839999999E12</v>
       </c>
       <c r="C791" s="2" t="n">
-        <v>1.69845912E12</v>
+        <v>1.69875636E12</v>
       </c>
       <c r="D791" s="2" t="n">
-        <v>1.6984155E12</v>
+        <v>1.69882536E12</v>
       </c>
       <c r="E791" s="2" t="n">
-        <v>2.103347E-10</v>
+        <v>2.015602E-10</v>
       </c>
       <c r="F791" s="2" t="n">
-        <v>2.159376E-10</v>
+        <v>2.02483E-10</v>
       </c>
       <c r="G791" s="2" t="n">
-        <v>2.074912E-10</v>
+        <v>1.870338E-10</v>
       </c>
       <c r="H791" s="2" t="n">
-        <v>2.109693E-10</v>
+        <v>1.899847E-10</v>
       </c>
       <c r="I791" s="2" t="n">
-        <v>180.81</v>
+        <v>639.24</v>
       </c>
     </row>
     <row r="792">
       <c r="A792" s="2" t="n">
-        <v>1.6983216E12</v>
+        <v>1.6986672E12</v>
       </c>
       <c r="B792" s="2" t="n">
-        <v>1.698407999999E12</v>
+        <v>1.698753599999E12</v>
       </c>
       <c r="C792" s="2" t="n">
-        <v>1.69835088E12</v>
+        <v>1.69870644E12</v>
       </c>
       <c r="D792" s="2" t="n">
-        <v>1.69838016E12</v>
+        <v>1.69871442E12</v>
       </c>
       <c r="E792" s="2" t="n">
-        <v>2.3295E-10</v>
+        <v>2.168975E-10</v>
       </c>
       <c r="F792" s="2" t="n">
-        <v>2.39384E-10</v>
+        <v>2.227801E-10</v>
       </c>
       <c r="G792" s="2" t="n">
-        <v>2.057624E-10</v>
+        <v>1.87612E-10</v>
       </c>
       <c r="H792" s="2" t="n">
-        <v>2.10294E-10</v>
+        <v>2.015685E-10</v>
       </c>
       <c r="I792" s="2" t="n">
-        <v>1270.98</v>
+        <v>1996.75</v>
       </c>
     </row>
     <row r="793">
       <c r="A793" s="2" t="n">
-        <v>1.6982352E12</v>
+        <v>1.6985808E12</v>
       </c>
       <c r="B793" s="2" t="n">
-        <v>1.698321599999E12</v>
+        <v>1.698667199999E12</v>
       </c>
       <c r="C793" s="2" t="n">
-        <v>1.69827594E12</v>
+        <v>1.69866312E12</v>
       </c>
       <c r="D793" s="2" t="n">
-        <v>1.69831296E12</v>
+        <v>1.69858638E12</v>
       </c>
       <c r="E793" s="2" t="n">
-        <v>2.969065E-10</v>
+        <v>2.139748E-10</v>
       </c>
       <c r="F793" s="2" t="n">
-        <v>3.051163E-10</v>
+        <v>2.177636E-10</v>
       </c>
       <c r="G793" s="2" t="n">
-        <v>2.290223E-10</v>
+        <v>2.123707E-10</v>
       </c>
       <c r="H793" s="2" t="n">
-        <v>2.328901E-10</v>
+        <v>2.168779E-10</v>
       </c>
       <c r="I793" s="2" t="n">
-        <v>3969.27</v>
+        <v>58.71</v>
       </c>
     </row>
     <row r="794">
       <c r="A794" s="2" t="n">
-        <v>1.6981488E12</v>
+        <v>1.6984944E12</v>
       </c>
       <c r="B794" s="2" t="n">
-        <v>1.698235199999E12</v>
+        <v>1.698580799999E12</v>
       </c>
       <c r="C794" s="2" t="n">
-        <v>1.69815216E12</v>
+        <v>1.69854672E12</v>
       </c>
       <c r="D794" s="2" t="n">
-        <v>1.69820526E12</v>
+        <v>1.69849452E12</v>
       </c>
       <c r="E794" s="2" t="n">
-        <v>3.085042E-10</v>
+        <v>2.109928E-10</v>
       </c>
       <c r="F794" s="2" t="n">
-        <v>3.144304E-10</v>
+        <v>2.18593E-10</v>
       </c>
       <c r="G794" s="2" t="n">
-        <v>2.935478E-10</v>
+        <v>2.108576E-10</v>
       </c>
       <c r="H794" s="2" t="n">
-        <v>2.967747E-10</v>
+        <v>2.139482E-10</v>
       </c>
       <c r="I794" s="2" t="n">
-        <v>591.69</v>
+        <v>479.48</v>
       </c>
     </row>
     <row r="795">
       <c r="A795" s="2" t="n">
-        <v>1.6980624E12</v>
+        <v>1.698408E12</v>
       </c>
       <c r="B795" s="2" t="n">
-        <v>1.698148799999E12</v>
+        <v>1.698494399999E12</v>
       </c>
       <c r="C795" s="2" t="n">
-        <v>1.69812318E12</v>
+        <v>1.69845912E12</v>
       </c>
       <c r="D795" s="2" t="n">
-        <v>1.69808856E12</v>
+        <v>1.6984155E12</v>
       </c>
       <c r="E795" s="2" t="n">
-        <v>2.85056E-10</v>
+        <v>2.103347E-10</v>
       </c>
       <c r="F795" s="2" t="n">
-        <v>3.192784E-10</v>
+        <v>2.159376E-10</v>
       </c>
       <c r="G795" s="2" t="n">
-        <v>2.843364E-10</v>
+        <v>2.074912E-10</v>
       </c>
       <c r="H795" s="2" t="n">
-        <v>3.085042E-10</v>
+        <v>2.109693E-10</v>
       </c>
       <c r="I795" s="2" t="n">
-        <v>2304.21</v>
+        <v>180.81</v>
       </c>
     </row>
     <row r="796">
       <c r="A796" s="2" t="n">
-        <v>1.697976E12</v>
+        <v>1.6983216E12</v>
       </c>
       <c r="B796" s="2" t="n">
-        <v>1.698062399999E12</v>
+        <v>1.698407999999E12</v>
       </c>
       <c r="C796" s="2" t="n">
-        <v>1.69806198E12</v>
+        <v>1.69835088E12</v>
       </c>
       <c r="D796" s="2" t="n">
-        <v>1.69798704E12</v>
+        <v>1.69838016E12</v>
       </c>
       <c r="E796" s="2" t="n">
-        <v>2.683898E-10</v>
+        <v>2.3295E-10</v>
       </c>
       <c r="F796" s="2" t="n">
-        <v>2.841922E-10</v>
+        <v>2.39384E-10</v>
       </c>
       <c r="G796" s="2" t="n">
-        <v>2.678557E-10</v>
+        <v>2.057624E-10</v>
       </c>
       <c r="H796" s="2" t="n">
-        <v>2.841209E-10</v>
+        <v>2.10294E-10</v>
       </c>
       <c r="I796" s="2" t="n">
-        <v>510.0</v>
+        <v>1270.98</v>
       </c>
     </row>
     <row r="797">
       <c r="A797" s="2" t="n">
-        <v>1.6978896E12</v>
+        <v>1.6982352E12</v>
       </c>
       <c r="B797" s="2" t="n">
-        <v>1.697975999999E12</v>
+        <v>1.698321599999E12</v>
       </c>
       <c r="C797" s="2" t="n">
-        <v>1.69793238E12</v>
+        <v>1.69827594E12</v>
       </c>
       <c r="D797" s="2" t="n">
-        <v>1.6979379E12</v>
+        <v>1.69831296E12</v>
       </c>
       <c r="E797" s="2" t="n">
-        <v>2.834796E-10</v>
+        <v>2.969065E-10</v>
       </c>
       <c r="F797" s="2" t="n">
-        <v>2.841372E-10</v>
+        <v>3.051163E-10</v>
       </c>
       <c r="G797" s="2" t="n">
-        <v>2.638995E-10</v>
+        <v>2.290223E-10</v>
       </c>
       <c r="H797" s="2" t="n">
-        <v>2.683659E-10</v>
+        <v>2.328901E-10</v>
       </c>
       <c r="I797" s="2" t="n">
-        <v>916.66</v>
+        <v>3969.27</v>
       </c>
     </row>
     <row r="798">
       <c r="A798" s="2" t="n">
-        <v>1.6978032E12</v>
+        <v>1.6981488E12</v>
       </c>
       <c r="B798" s="2" t="n">
-        <v>1.697889599999E12</v>
+        <v>1.698235199999E12</v>
       </c>
       <c r="C798" s="2" t="n">
-        <v>1.69783062E12</v>
+        <v>1.69815216E12</v>
       </c>
       <c r="D798" s="2" t="n">
-        <v>1.69788954E12</v>
+        <v>1.69820526E12</v>
       </c>
       <c r="E798" s="2" t="n">
-        <v>3.075318E-10</v>
+        <v>3.085042E-10</v>
       </c>
       <c r="F798" s="2" t="n">
-        <v>3.113919E-10</v>
+        <v>3.144304E-10</v>
       </c>
       <c r="G798" s="2" t="n">
-        <v>2.834991E-10</v>
+        <v>2.935478E-10</v>
       </c>
       <c r="H798" s="2" t="n">
-        <v>2.834991E-10</v>
+        <v>2.967747E-10</v>
       </c>
       <c r="I798" s="2" t="n">
-        <v>1306.6</v>
+        <v>591.69</v>
       </c>
     </row>
     <row r="799">
       <c r="A799" s="2" t="n">
-        <v>1.6977168E12</v>
+        <v>1.6980624E12</v>
       </c>
       <c r="B799" s="2" t="n">
-        <v>1.697803199999E12</v>
+        <v>1.698148799999E12</v>
       </c>
       <c r="C799" s="2" t="n">
-        <v>1.69780296E12</v>
+        <v>1.69812318E12</v>
       </c>
       <c r="D799" s="2" t="n">
-        <v>1.69772616E12</v>
+        <v>1.69808856E12</v>
       </c>
       <c r="E799" s="2" t="n">
-        <v>2.995196E-10</v>
+        <v>2.85056E-10</v>
       </c>
       <c r="F799" s="2" t="n">
-        <v>3.075243E-10</v>
+        <v>3.192784E-10</v>
       </c>
       <c r="G799" s="2" t="n">
-        <v>2.972777E-10</v>
+        <v>2.843364E-10</v>
       </c>
       <c r="H799" s="2" t="n">
-        <v>3.074937E-10</v>
+        <v>3.085042E-10</v>
       </c>
       <c r="I799" s="2" t="n">
-        <v>395.4</v>
+        <v>2304.21</v>
       </c>
     </row>
     <row r="800">
       <c r="A800" s="2" t="n">
-        <v>1.6976304E12</v>
+        <v>1.697976E12</v>
       </c>
       <c r="B800" s="2" t="n">
-        <v>1.697716799999E12</v>
+        <v>1.698062399999E12</v>
       </c>
       <c r="C800" s="2" t="n">
-        <v>1.6976649E12</v>
+        <v>1.69806198E12</v>
       </c>
       <c r="D800" s="2" t="n">
-        <v>1.69763334E12</v>
+        <v>1.69798704E12</v>
       </c>
       <c r="E800" s="2" t="n">
-        <v>2.904804E-10</v>
+        <v>2.683898E-10</v>
       </c>
       <c r="F800" s="2" t="n">
-        <v>3.289332E-10</v>
+        <v>2.841922E-10</v>
       </c>
       <c r="G800" s="2" t="n">
-        <v>2.898387E-10</v>
+        <v>2.678557E-10</v>
       </c>
       <c r="H800" s="2" t="n">
-        <v>2.995196E-10</v>
+        <v>2.841209E-10</v>
       </c>
       <c r="I800" s="2" t="n">
-        <v>1926.2</v>
+        <v>510.0</v>
       </c>
     </row>
     <row r="801">
       <c r="A801" s="2" t="n">
-        <v>1.697544E12</v>
+        <v>1.6978896E12</v>
       </c>
       <c r="B801" s="2" t="n">
-        <v>1.697630399999E12</v>
+        <v>1.697975999999E12</v>
       </c>
       <c r="C801" s="2" t="n">
-        <v>1.6975758E12</v>
+        <v>1.69793238E12</v>
       </c>
       <c r="D801" s="2" t="n">
-        <v>1.69754754E12</v>
+        <v>1.6979379E12</v>
       </c>
       <c r="E801" s="2" t="n">
-        <v>2.82359E-10</v>
+        <v>2.834796E-10</v>
       </c>
       <c r="F801" s="2" t="n">
-        <v>2.989744E-10</v>
+        <v>2.841372E-10</v>
       </c>
       <c r="G801" s="2" t="n">
-        <v>2.790987E-10</v>
+        <v>2.638995E-10</v>
       </c>
       <c r="H801" s="2" t="n">
-        <v>2.904804E-10</v>
+        <v>2.683659E-10</v>
       </c>
       <c r="I801" s="2" t="n">
-        <v>1680.85</v>
+        <v>916.66</v>
       </c>
     </row>
     <row r="802">
       <c r="A802" s="2" t="n">
-        <v>1.6973712E12</v>
+        <v>1.6978032E12</v>
       </c>
       <c r="B802" s="2" t="n">
-        <v>1.697457599999E12</v>
+        <v>1.697889599999E12</v>
       </c>
       <c r="C802" s="2" t="n">
-        <v>1.69737762E12</v>
+        <v>1.69783062E12</v>
       </c>
       <c r="D802" s="2" t="n">
-        <v>1.69740714E12</v>
+        <v>1.69788954E12</v>
       </c>
       <c r="E802" s="2" t="n">
-        <v>2.365878E-10</v>
+        <v>3.075318E-10</v>
       </c>
       <c r="F802" s="2" t="n">
-        <v>2.382838E-10</v>
+        <v>3.113919E-10</v>
       </c>
       <c r="G802" s="2" t="n">
-        <v>1.716742E-10</v>
+        <v>2.834991E-10</v>
       </c>
       <c r="H802" s="2" t="n">
-        <v>2.166759E-10</v>
+        <v>2.834991E-10</v>
       </c>
       <c r="I802" s="2" t="n">
-        <v>4313.28</v>
+        <v>1306.6</v>
       </c>
     </row>
     <row r="803">
       <c r="A803" s="2" t="n">
-        <v>1.6972848E12</v>
+        <v>1.6977168E12</v>
       </c>
       <c r="B803" s="2" t="n">
-        <v>1.697371199999E12</v>
+        <v>1.697803199999E12</v>
       </c>
       <c r="C803" s="2" t="n">
-        <v>1.69733628E12</v>
+        <v>1.69780296E12</v>
       </c>
       <c r="D803" s="2" t="n">
-        <v>1.69733814E12</v>
+        <v>1.69772616E12</v>
       </c>
       <c r="E803" s="2" t="n">
-        <v>2.497819E-10</v>
+        <v>2.995196E-10</v>
       </c>
       <c r="F803" s="2" t="n">
-        <v>2.535758E-10</v>
+        <v>3.075243E-10</v>
       </c>
       <c r="G803" s="2" t="n">
-        <v>2.202924E-10</v>
+        <v>2.972777E-10</v>
       </c>
       <c r="H803" s="2" t="n">
-        <v>2.365473E-10</v>
+        <v>3.074937E-10</v>
       </c>
       <c r="I803" s="2" t="n">
-        <v>1694.23</v>
+        <v>395.4</v>
       </c>
     </row>
     <row r="804">
       <c r="A804" s="2" t="n">
-        <v>1.6971984E12</v>
+        <v>1.6976304E12</v>
       </c>
       <c r="B804" s="2" t="n">
-        <v>1.697284799999E12</v>
+        <v>1.697716799999E12</v>
       </c>
       <c r="C804" s="2" t="n">
-        <v>1.69727424E12</v>
+        <v>1.6976649E12</v>
       </c>
       <c r="D804" s="2" t="n">
-        <v>1.69719894E12</v>
+        <v>1.69763334E12</v>
       </c>
       <c r="E804" s="2" t="n">
-        <v>2.328535E-10</v>
+        <v>2.904804E-10</v>
       </c>
       <c r="F804" s="2" t="n">
-        <v>2.542612E-10</v>
+        <v>3.289332E-10</v>
       </c>
       <c r="G804" s="2" t="n">
-        <v>2.32684E-10</v>
+        <v>2.898387E-10</v>
       </c>
       <c r="H804" s="2" t="n">
-        <v>2.497614E-10</v>
+        <v>2.995196E-10</v>
       </c>
       <c r="I804" s="2" t="n">
-        <v>1419.18</v>
+        <v>1926.2</v>
       </c>
     </row>
     <row r="805">
       <c r="A805" s="2" t="n">
-        <v>1.697112E12</v>
+        <v>1.697544E12</v>
       </c>
       <c r="B805" s="2" t="n">
-        <v>1.697198399999E12</v>
+        <v>1.697630399999E12</v>
       </c>
       <c r="C805" s="2" t="n">
-        <v>1.69716294E12</v>
+        <v>1.6975758E12</v>
       </c>
       <c r="D805" s="2" t="n">
-        <v>1.69719792E12</v>
+        <v>1.69754754E12</v>
       </c>
       <c r="E805" s="2" t="n">
-        <v>3.13369E-10</v>
+        <v>2.82359E-10</v>
       </c>
       <c r="F805" s="2" t="n">
-        <v>3.138974E-10</v>
+        <v>2.989744E-10</v>
       </c>
       <c r="G805" s="2" t="n">
-        <v>2.326911E-10</v>
+        <v>2.790987E-10</v>
       </c>
       <c r="H805" s="2" t="n">
-        <v>2.328048E-10</v>
+        <v>2.904804E-10</v>
       </c>
       <c r="I805" s="2" t="n">
-        <v>2736.5</v>
+        <v>1680.85</v>
       </c>
     </row>
     <row r="806">
       <c r="A806" s="2" t="n">
-        <v>1.6970256E12</v>
+        <v>1.6973712E12</v>
       </c>
       <c r="B806" s="2" t="n">
-        <v>1.697111999999E12</v>
+        <v>1.697457599999E12</v>
       </c>
       <c r="C806" s="2" t="n">
-        <v>1.69707072E12</v>
+        <v>1.69737762E12</v>
       </c>
       <c r="D806" s="2" t="n">
-        <v>1.69704516E12</v>
+        <v>1.69740714E12</v>
       </c>
       <c r="E806" s="2" t="n">
-        <v>3.132904E-10</v>
+        <v>2.365878E-10</v>
       </c>
       <c r="F806" s="2" t="n">
-        <v>3.193594E-10</v>
+        <v>2.382838E-10</v>
       </c>
       <c r="G806" s="2" t="n">
-        <v>3.018938E-10</v>
+        <v>1.716742E-10</v>
       </c>
       <c r="H806" s="2" t="n">
-        <v>3.133932E-10</v>
+        <v>2.166759E-10</v>
       </c>
       <c r="I806" s="2" t="n">
-        <v>1174.62</v>
+        <v>4313.28</v>
       </c>
     </row>
     <row r="807">
       <c r="A807" s="2" t="n">
-        <v>1.6967664E12</v>
+        <v>1.6972848E12</v>
       </c>
       <c r="B807" s="2" t="n">
-        <v>1.696852799999E12</v>
+        <v>1.697371199999E12</v>
       </c>
       <c r="C807" s="2" t="n">
-        <v>1.69684986E12</v>
+        <v>1.69733628E12</v>
       </c>
       <c r="D807" s="2" t="n">
-        <v>1.69676748E12</v>
+        <v>1.69733814E12</v>
       </c>
       <c r="E807" s="2" t="n">
-        <v>4.178282E-10</v>
+        <v>2.497819E-10</v>
       </c>
       <c r="F807" s="2" t="n">
-        <v>4.524884E-10</v>
+        <v>2.535758E-10</v>
       </c>
       <c r="G807" s="2" t="n">
-        <v>4.17722E-10</v>
+        <v>2.202924E-10</v>
       </c>
       <c r="H807" s="2" t="n">
-        <v>4.520559E-10</v>
+        <v>2.365473E-10</v>
       </c>
       <c r="I807" s="2" t="n">
-        <v>1120.86</v>
+        <v>1694.23</v>
       </c>
     </row>
     <row r="808">
       <c r="A808" s="2" t="n">
-        <v>1.69668E12</v>
+        <v>1.6971984E12</v>
       </c>
       <c r="B808" s="2" t="n">
-        <v>1.696766399999E12</v>
+        <v>1.697284799999E12</v>
       </c>
       <c r="C808" s="2" t="n">
-        <v>1.69668204E12</v>
+        <v>1.69727424E12</v>
       </c>
       <c r="D808" s="2" t="n">
-        <v>1.69676154E12</v>
+        <v>1.69719894E12</v>
       </c>
       <c r="E808" s="2" t="n">
-        <v>4.650274E-10</v>
+        <v>2.328535E-10</v>
       </c>
       <c r="F808" s="2" t="n">
-        <v>4.655392E-10</v>
+        <v>2.542612E-10</v>
       </c>
       <c r="G808" s="2" t="n">
-        <v>4.175648E-10</v>
+        <v>2.32684E-10</v>
       </c>
       <c r="H808" s="2" t="n">
-        <v>4.17827E-10</v>
+        <v>2.497614E-10</v>
       </c>
       <c r="I808" s="2" t="n">
-        <v>1339.45</v>
+        <v>1419.18</v>
       </c>
     </row>
     <row r="809">
       <c r="A809" s="2" t="n">
-        <v>1.6965936E12</v>
+        <v>1.697112E12</v>
       </c>
       <c r="B809" s="2" t="n">
-        <v>1.696679999999E12</v>
+        <v>1.697198399999E12</v>
       </c>
       <c r="C809" s="2" t="n">
-        <v>1.69660176E12</v>
+        <v>1.69716294E12</v>
       </c>
       <c r="D809" s="2" t="n">
-        <v>1.69666968E12</v>
+        <v>1.69719792E12</v>
       </c>
       <c r="E809" s="2" t="n">
-        <v>4.738183E-10</v>
+        <v>3.13369E-10</v>
       </c>
       <c r="F809" s="2" t="n">
-        <v>4.764003E-10</v>
+        <v>3.138974E-10</v>
       </c>
       <c r="G809" s="2" t="n">
-        <v>4.027316E-10</v>
+        <v>2.326911E-10</v>
       </c>
       <c r="H809" s="2" t="n">
-        <v>4.650225E-10</v>
+        <v>2.328048E-10</v>
       </c>
       <c r="I809" s="2" t="n">
-        <v>3851.3</v>
+        <v>2736.5</v>
       </c>
     </row>
     <row r="810">
       <c r="A810" s="2" t="n">
-        <v>1.6965072E12</v>
+        <v>1.6970256E12</v>
       </c>
       <c r="B810" s="2" t="n">
-        <v>1.696593599999E12</v>
+        <v>1.697111999999E12</v>
       </c>
       <c r="C810" s="2" t="n">
-        <v>1.69659084E12</v>
+        <v>1.69707072E12</v>
       </c>
       <c r="D810" s="2" t="n">
-        <v>1.69657548E12</v>
+        <v>1.69704516E12</v>
       </c>
       <c r="E810" s="2" t="n">
-        <v>4.504743E-10</v>
+        <v>3.132904E-10</v>
       </c>
       <c r="F810" s="2" t="n">
-        <v>4.747473E-10</v>
+        <v>3.193594E-10</v>
       </c>
       <c r="G810" s="2" t="n">
-        <v>4.242279E-10</v>
+        <v>3.018938E-10</v>
       </c>
       <c r="H810" s="2" t="n">
-        <v>4.737781E-10</v>
+        <v>3.133932E-10</v>
       </c>
       <c r="I810" s="2" t="n">
-        <v>1937.96</v>
+        <v>1174.62</v>
       </c>
     </row>
     <row r="811">
       <c r="A811" s="2" t="n">
-        <v>1.6963344E12</v>
+        <v>1.6967664E12</v>
       </c>
       <c r="B811" s="2" t="n">
-        <v>1.696420799999E12</v>
+        <v>1.696852799999E12</v>
       </c>
       <c r="C811" s="2" t="n">
-        <v>1.6964178E12</v>
+        <v>1.69684986E12</v>
       </c>
       <c r="D811" s="2" t="n">
-        <v>1.69637052E12</v>
+        <v>1.69676748E12</v>
       </c>
       <c r="E811" s="2" t="n">
-        <v>4.23392E-10</v>
+        <v>4.178282E-10</v>
       </c>
       <c r="F811" s="2" t="n">
-        <v>4.368446E-10</v>
+        <v>4.524884E-10</v>
       </c>
       <c r="G811" s="2" t="n">
-        <v>4.119466E-10</v>
+        <v>4.17722E-10</v>
       </c>
       <c r="H811" s="2" t="n">
-        <v>4.364989E-10</v>
+        <v>4.520559E-10</v>
       </c>
       <c r="I811" s="2" t="n">
-        <v>3740.72</v>
+        <v>1120.86</v>
       </c>
     </row>
     <row r="812">
       <c r="A812" s="2" t="n">
-        <v>1.696248E12</v>
+        <v>1.69668E12</v>
       </c>
       <c r="B812" s="2" t="n">
-        <v>1.696334399999E12</v>
+        <v>1.696766399999E12</v>
       </c>
       <c r="C812" s="2" t="n">
-        <v>1.69629606E12</v>
+        <v>1.69668204E12</v>
       </c>
       <c r="D812" s="2" t="n">
-        <v>1.69631766E12</v>
+        <v>1.69676154E12</v>
       </c>
       <c r="E812" s="2" t="n">
-        <v>4.420469E-10</v>
+        <v>4.650274E-10</v>
       </c>
       <c r="F812" s="2" t="n">
-        <v>5.339131E-10</v>
+        <v>4.655392E-10</v>
       </c>
       <c r="G812" s="2" t="n">
-        <v>4.090848E-10</v>
+        <v>4.175648E-10</v>
       </c>
       <c r="H812" s="2" t="n">
-        <v>4.234786E-10</v>
+        <v>4.17827E-10</v>
       </c>
       <c r="I812" s="2" t="n">
-        <v>5199.86</v>
+        <v>1339.45</v>
       </c>
     </row>
     <row r="813">
       <c r="A813" s="2" t="n">
-        <v>1.6961616E12</v>
+        <v>1.6965936E12</v>
       </c>
       <c r="B813" s="2" t="n">
-        <v>1.696247999999E12</v>
+        <v>1.696679999999E12</v>
       </c>
       <c r="C813" s="2" t="n">
-        <v>1.69620876E12</v>
+        <v>1.69660176E12</v>
       </c>
       <c r="D813" s="2" t="n">
-        <v>1.69624644E12</v>
+        <v>1.69666968E12</v>
       </c>
       <c r="E813" s="2" t="n">
-        <v>4.508823E-10</v>
+        <v>4.738183E-10</v>
       </c>
       <c r="F813" s="2" t="n">
-        <v>4.726629E-10</v>
+        <v>4.764003E-10</v>
       </c>
       <c r="G813" s="2" t="n">
-        <v>4.406038E-10</v>
+        <v>4.027316E-10</v>
       </c>
       <c r="H813" s="2" t="n">
-        <v>4.420333E-10</v>
+        <v>4.650225E-10</v>
       </c>
       <c r="I813" s="2" t="n">
-        <v>3742.84</v>
+        <v>3851.3</v>
       </c>
     </row>
     <row r="814">
       <c r="A814" s="2" t="n">
-        <v>1.6960752E12</v>
+        <v>1.6965072E12</v>
       </c>
       <c r="B814" s="2" t="n">
-        <v>1.696161599999E12</v>
+        <v>1.696593599999E12</v>
       </c>
       <c r="C814" s="2" t="n">
-        <v>1.69608006E12</v>
+        <v>1.69659084E12</v>
       </c>
       <c r="D814" s="2" t="n">
-        <v>1.69616154E12</v>
+        <v>1.69657548E12</v>
       </c>
       <c r="E814" s="2" t="n">
-        <v>5.500828E-10</v>
+        <v>4.504743E-10</v>
       </c>
       <c r="F814" s="2" t="n">
-        <v>5.523661E-10</v>
+        <v>4.747473E-10</v>
       </c>
       <c r="G814" s="2" t="n">
-        <v>4.508823E-10</v>
+        <v>4.242279E-10</v>
       </c>
       <c r="H814" s="2" t="n">
-        <v>4.508823E-10</v>
+        <v>4.737781E-10</v>
       </c>
       <c r="I814" s="2" t="n">
-        <v>2450.68</v>
+        <v>1937.96</v>
       </c>
     </row>
     <row r="815">
       <c r="A815" s="2" t="n">
-        <v>1.6959888E12</v>
+        <v>1.6963344E12</v>
       </c>
       <c r="B815" s="2" t="n">
-        <v>1.696075199999E12</v>
+        <v>1.696420799999E12</v>
       </c>
       <c r="C815" s="2" t="n">
-        <v>1.69607244E12</v>
+        <v>1.6964178E12</v>
       </c>
       <c r="D815" s="2" t="n">
-        <v>1.69600524E12</v>
+        <v>1.69637052E12</v>
       </c>
       <c r="E815" s="2" t="n">
-        <v>5.108242E-10</v>
+        <v>4.23392E-10</v>
       </c>
       <c r="F815" s="2" t="n">
-        <v>5.525398E-10</v>
+        <v>4.368446E-10</v>
       </c>
       <c r="G815" s="2" t="n">
-        <v>5.068169E-10</v>
+        <v>4.119466E-10</v>
       </c>
       <c r="H815" s="2" t="n">
-        <v>5.501125E-10</v>
+        <v>4.364989E-10</v>
       </c>
       <c r="I815" s="2" t="n">
-        <v>1174.2</v>
+        <v>3740.72</v>
       </c>
     </row>
     <row r="816">
       <c r="A816" s="2" t="n">
-        <v>1.6959024E12</v>
+        <v>1.696248E12</v>
       </c>
       <c r="B816" s="2" t="n">
-        <v>1.695988799999E12</v>
+        <v>1.696334399999E12</v>
       </c>
       <c r="C816" s="2" t="n">
-        <v>1.6959558E12</v>
+        <v>1.69629606E12</v>
       </c>
       <c r="D816" s="2" t="n">
-        <v>1.69590288E12</v>
+        <v>1.69631766E12</v>
       </c>
       <c r="E816" s="2" t="n">
-        <v>4.416309E-10</v>
+        <v>4.420469E-10</v>
       </c>
       <c r="F816" s="2" t="n">
-        <v>5.318551E-10</v>
+        <v>5.339131E-10</v>
       </c>
       <c r="G816" s="2" t="n">
-        <v>4.415733E-10</v>
+        <v>4.090848E-10</v>
       </c>
       <c r="H816" s="2" t="n">
-        <v>5.10822E-10</v>
+        <v>4.234786E-10</v>
       </c>
       <c r="I816" s="2" t="n">
-        <v>2671.77</v>
+        <v>5199.86</v>
       </c>
     </row>
     <row r="817">
       <c r="A817" s="2" t="n">
-        <v>1.695816E12</v>
+        <v>1.6961616E12</v>
       </c>
       <c r="B817" s="2" t="n">
-        <v>1.695902399999E12</v>
+        <v>1.696247999999E12</v>
       </c>
       <c r="C817" s="2" t="n">
-        <v>1.69585884E12</v>
+        <v>1.69620876E12</v>
       </c>
       <c r="D817" s="2" t="n">
-        <v>1.69590126E12</v>
+        <v>1.69624644E12</v>
       </c>
       <c r="E817" s="2" t="n">
-        <v>4.758565E-10</v>
+        <v>4.508823E-10</v>
       </c>
       <c r="F817" s="2" t="n">
-        <v>4.85261E-10</v>
+        <v>4.726629E-10</v>
       </c>
       <c r="G817" s="2" t="n">
-        <v>4.413192E-10</v>
+        <v>4.406038E-10</v>
       </c>
       <c r="H817" s="2" t="n">
-        <v>4.416329E-10</v>
+        <v>4.420333E-10</v>
       </c>
       <c r="I817" s="2" t="n">
-        <v>1363.55</v>
+        <v>3742.84</v>
       </c>
     </row>
     <row r="818">
       <c r="A818" s="2" t="n">
-        <v>1.6957296E12</v>
+        <v>1.6960752E12</v>
       </c>
       <c r="B818" s="2" t="n">
-        <v>1.695815999999E12</v>
+        <v>1.696161599999E12</v>
       </c>
       <c r="C818" s="2" t="n">
-        <v>1.69575918E12</v>
+        <v>1.69608006E12</v>
       </c>
       <c r="D818" s="2" t="n">
-        <v>1.69580658E12</v>
+        <v>1.69616154E12</v>
       </c>
       <c r="E818" s="2" t="n">
-        <v>5.329423E-10</v>
+        <v>5.500828E-10</v>
       </c>
       <c r="F818" s="2" t="n">
-        <v>5.413272E-10</v>
+        <v>5.523661E-10</v>
       </c>
       <c r="G818" s="2" t="n">
-        <v>4.726031E-10</v>
+        <v>4.508823E-10</v>
       </c>
       <c r="H818" s="2" t="n">
-        <v>4.75914E-10</v>
+        <v>4.508823E-10</v>
       </c>
       <c r="I818" s="2" t="n">
-        <v>1867.72</v>
+        <v>2450.68</v>
       </c>
     </row>
     <row r="819">
       <c r="A819" s="2" t="n">
-        <v>1.6956432E12</v>
+        <v>1.6959888E12</v>
       </c>
       <c r="B819" s="2" t="n">
-        <v>1.695729599999E12</v>
+        <v>1.696075199999E12</v>
       </c>
       <c r="C819" s="2" t="n">
-        <v>1.69568358E12</v>
+        <v>1.69607244E12</v>
       </c>
       <c r="D819" s="2" t="n">
-        <v>1.69571988E12</v>
+        <v>1.69600524E12</v>
       </c>
       <c r="E819" s="2" t="n">
-        <v>6.346158E-10</v>
+        <v>5.108242E-10</v>
       </c>
       <c r="F819" s="2" t="n">
-        <v>7.065479E-10</v>
+        <v>5.525398E-10</v>
       </c>
       <c r="G819" s="2" t="n">
-        <v>5.081978E-10</v>
+        <v>5.068169E-10</v>
       </c>
       <c r="H819" s="2" t="n">
-        <v>5.329395E-10</v>
+        <v>5.501125E-10</v>
       </c>
       <c r="I819" s="2" t="n">
-        <v>8494.63</v>
+        <v>1174.2</v>
       </c>
     </row>
     <row r="820">
       <c r="A820" s="2" t="n">
-        <v>1.6955568E12</v>
+        <v>1.6959024E12</v>
       </c>
       <c r="B820" s="2" t="n">
-        <v>1.695643199999E12</v>
+        <v>1.695988799999E12</v>
       </c>
       <c r="C820" s="2" t="n">
-        <v>1.69564308E12</v>
+        <v>1.6959558E12</v>
       </c>
       <c r="D820" s="2" t="n">
-        <v>1.69556142E12</v>
+        <v>1.69590288E12</v>
       </c>
       <c r="E820" s="2" t="n">
-        <v>4.340457E-10</v>
+        <v>4.416309E-10</v>
       </c>
       <c r="F820" s="2" t="n">
-        <v>6.347169E-10</v>
+        <v>5.318551E-10</v>
       </c>
       <c r="G820" s="2" t="n">
-        <v>4.331179E-10</v>
+        <v>4.415733E-10</v>
       </c>
       <c r="H820" s="2" t="n">
-        <v>6.347169E-10</v>
+        <v>5.10822E-10</v>
       </c>
       <c r="I820" s="2" t="n">
-        <v>6523.69</v>
+        <v>2671.77</v>
       </c>
     </row>
     <row r="821">
       <c r="A821" s="2" t="n">
+        <v>1.695816E12</v>
+      </c>
+      <c r="B821" s="2" t="n">
+        <v>1.695902399999E12</v>
+      </c>
+      <c r="C821" s="2" t="n">
+        <v>1.69585884E12</v>
+      </c>
+      <c r="D821" s="2" t="n">
+        <v>1.69590126E12</v>
+      </c>
+      <c r="E821" s="2" t="n">
+        <v>4.758565E-10</v>
+      </c>
+      <c r="F821" s="2" t="n">
+        <v>4.85261E-10</v>
+      </c>
+      <c r="G821" s="2" t="n">
+        <v>4.413192E-10</v>
+      </c>
+      <c r="H821" s="2" t="n">
+        <v>4.416329E-10</v>
+      </c>
+      <c r="I821" s="2" t="n">
+        <v>1363.55</v>
+      </c>
+    </row>
+    <row r="822">
+      <c r="A822" s="2" t="n">
+        <v>1.6957296E12</v>
+      </c>
+      <c r="B822" s="2" t="n">
+        <v>1.695815999999E12</v>
+      </c>
+      <c r="C822" s="2" t="n">
+        <v>1.69575918E12</v>
+      </c>
+      <c r="D822" s="2" t="n">
+        <v>1.69580658E12</v>
+      </c>
+      <c r="E822" s="2" t="n">
+        <v>5.329423E-10</v>
+      </c>
+      <c r="F822" s="2" t="n">
+        <v>5.413272E-10</v>
+      </c>
+      <c r="G822" s="2" t="n">
+        <v>4.726031E-10</v>
+      </c>
+      <c r="H822" s="2" t="n">
+        <v>4.75914E-10</v>
+      </c>
+      <c r="I822" s="2" t="n">
+        <v>1867.72</v>
+      </c>
+    </row>
+    <row r="823">
+      <c r="A823" s="2" t="n">
+        <v>1.6956432E12</v>
+      </c>
+      <c r="B823" s="2" t="n">
+        <v>1.695729599999E12</v>
+      </c>
+      <c r="C823" s="2" t="n">
+        <v>1.69568358E12</v>
+      </c>
+      <c r="D823" s="2" t="n">
+        <v>1.69571988E12</v>
+      </c>
+      <c r="E823" s="2" t="n">
+        <v>6.346158E-10</v>
+      </c>
+      <c r="F823" s="2" t="n">
+        <v>7.065479E-10</v>
+      </c>
+      <c r="G823" s="2" t="n">
+        <v>5.081978E-10</v>
+      </c>
+      <c r="H823" s="2" t="n">
+        <v>5.329395E-10</v>
+      </c>
+      <c r="I823" s="2" t="n">
+        <v>8494.63</v>
+      </c>
+    </row>
+    <row r="824">
+      <c r="A824" s="2" t="n">
+        <v>1.6955568E12</v>
+      </c>
+      <c r="B824" s="2" t="n">
+        <v>1.695643199999E12</v>
+      </c>
+      <c r="C824" s="2" t="n">
+        <v>1.69564308E12</v>
+      </c>
+      <c r="D824" s="2" t="n">
+        <v>1.69556142E12</v>
+      </c>
+      <c r="E824" s="2" t="n">
+        <v>4.340457E-10</v>
+      </c>
+      <c r="F824" s="2" t="n">
+        <v>6.347169E-10</v>
+      </c>
+      <c r="G824" s="2" t="n">
+        <v>4.331179E-10</v>
+      </c>
+      <c r="H824" s="2" t="n">
+        <v>6.347169E-10</v>
+      </c>
+      <c r="I824" s="2" t="n">
+        <v>6523.69</v>
+      </c>
+    </row>
+    <row r="825">
+      <c r="A825" s="2" t="n">
         <v>1.6952976E12</v>
       </c>
-      <c r="B821" s="2" t="n">
+      <c r="B825" s="2" t="n">
         <v>1.695383999999E12</v>
       </c>
-      <c r="C821" s="2" t="n">
+      <c r="C825" s="2" t="n">
         <v>1.69531212E12</v>
       </c>
-      <c r="D821" s="2" t="n">
+      <c r="D825" s="2" t="n">
         <v>1.69534896E12</v>
       </c>
-      <c r="E821" s="2" t="n">
+      <c r="E825" s="2" t="n">
         <v>3.661077E-10</v>
       </c>
-      <c r="F821" s="2" t="n">
+      <c r="F825" s="2" t="n">
         <v>3.684612E-10</v>
       </c>
-      <c r="G821" s="2" t="n">
+      <c r="G825" s="2" t="n">
         <v>3.159118E-10</v>
       </c>
-      <c r="H821" s="2" t="n">
+      <c r="H825" s="2" t="n">
         <v>3.213491E-10</v>
       </c>
-      <c r="I821" s="2" t="n">
+      <c r="I825" s="2" t="n">
         <v>1494.05</v>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>